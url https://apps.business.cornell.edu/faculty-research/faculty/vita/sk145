--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -61,124 +61,82 @@
     <w:p w14:paraId="58BC2CA0" w14:textId="77777777" w:rsidR="000408C3" w:rsidRPr="006925D5" w:rsidRDefault="006925D5" w:rsidP="000408C3">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Short Bio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4608E911" w14:textId="77777777" w:rsidR="000408C3" w:rsidRPr="00FE240B" w:rsidRDefault="000408C3" w:rsidP="000408C3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000408C3">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ravi Kanbur researches and </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> development economics, public economics and economic theory. He is well known for his role in policy analysis and engagement in international development. He has served on the senior staff of the World Bank including as Chief Economist for Africa. He is also </w:t>
+        <w:t xml:space="preserve">Ravi Kanbur researches and teaches in development economics, public economics and economic theory. He is well known for his role in policy analysis and engagement in international development. He has served on the senior staff of the World Bank including as Chief Economist for Africa. He is also </w:t>
       </w:r>
       <w:r w:rsidR="00FE240B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">published in the leading economics journals, including </w:t>
       </w:r>
       <w:r w:rsidR="00FE240B">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>American Economic Review, Journal of Political Economy, Review of Economic Studies, Journal of Economic Theory and Economic Journal</w:t>
       </w:r>
       <w:r w:rsidR="00FE240B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00644BDE">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00644BDE" w:rsidRPr="00644BDE">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> rankings place him in the top 1% of academic economists in the world.</w:t>
+        <w:t>The RePEc citation based rankings place him in the top 1% of academic economists in the world.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE1FD14" w14:textId="77777777" w:rsidR="000408C3" w:rsidRDefault="000408C3" w:rsidP="000408C3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EB6C22F" w14:textId="13DA3163" w:rsidR="006925D5" w:rsidRDefault="00782805" w:rsidP="000408C3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00782805">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The positions he has held include: </w:t>
       </w:r>
       <w:r w:rsidR="005D7EEC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -308,57 +266,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00140623">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The positions he has held include:</w:t>
       </w:r>
       <w:r w:rsidR="005D7EEC" w:rsidRPr="005D7EEC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Co-Chair of the Food Economics Commission</w:t>
       </w:r>
       <w:r w:rsidR="005D7EEC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005D7EEC" w:rsidRPr="005D7EEC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Co-Chair of the Scientific Council of the International Panel on Social Progress</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Co-Chair of the Scientific Council of the International Panel on Social Progress </w:t>
       </w:r>
       <w:r w:rsidRPr="00140623">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chair of the Board of United Nations University-World Institute for Development Economics Research, member of the OECD High Level Expert Group on the Measurement of Economic Performance, President of the Human Development and Capability Association, President of the Society for the Study of Economic Inequality, member of the High Level Advisory Council of the Climate Justice Dialogue, and member of the Core Group of the Commission on Global Poverty.</w:t>
       </w:r>
       <w:r w:rsidR="005D7EEC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F04B26">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="006925D5" w:rsidRPr="006925D5">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>he honors he has received include an Honorary Professorship at the University of Warwick. He delivered the Tenth Singapore Economic Revi</w:t>
       </w:r>
@@ -432,79 +384,51 @@
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000C0AD8">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidRPr="006925D5">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on Development Ideas</w:t>
       </w:r>
       <w:r w:rsidR="000C0AD8">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, on The Economics of China, and on The Economy of Ghana Sixty Years After Independence.</w:t>
       </w:r>
       <w:r w:rsidR="00644BDE">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> rankings place him in the top 1% of academic economists in the world.</w:t>
+        <w:t xml:space="preserve"> The RePEc citation based rankings place him in the top 1% of academic economists in the world.</w:t>
       </w:r>
       <w:r w:rsidR="000408C3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7819D0E0" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="116F25A1" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -550,67 +474,51 @@
           </w:rPr>
           <w:t>RAVI</w:t>
         </w:r>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   KANBUR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51872996" w14:textId="77777777" w:rsidR="00A873A2" w:rsidRDefault="00A873A2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Sanjiv </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Kanbur)</w:t>
+        <w:t>(Sanjiv Madhwarao Kanbur)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49533655" w14:textId="77777777" w:rsidR="007114EC" w:rsidRPr="00904420" w:rsidRDefault="00387268" w:rsidP="00904420">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F85DBD0" w14:textId="1AB569BA" w:rsidR="00387268" w:rsidRDefault="00387268">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="3240"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-450"/>
@@ -1809,59 +1717,51 @@
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>1981</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>D. Phil. (</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r>
             <w:t>Oxford</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
-        <w:t xml:space="preserve">).  Thesis title: “Risk Taking, Entrepreneurship and Income Distribution: An Essay in Economic Theory.”  (Advisers:  Joseph Stiglitz, James </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>).  Thesis title: “Risk Taking, Entrepreneurship and Income Distribution: An Essay in Economic Theory.”  (Advisers:  Joseph Stiglitz, James Mirrlees and</w:t>
       </w:r>
       <w:r w:rsidR="00AB76DC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Amartya Sen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B068AE" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="4320"/>
@@ -3328,136 +3228,122 @@
     </w:p>
     <w:p w14:paraId="547D2ECE" w14:textId="77777777" w:rsidR="0054093D" w:rsidRDefault="0054093D" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-900"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="617987B3" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
+    <w:p w14:paraId="617987B3" w14:textId="77777777" w:rsidR="00387268" w:rsidRPr="00A36B75" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-900"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>1993-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Member of the Conseil </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="0E57C954" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
+        <w:t xml:space="preserve">Member of the Conseil Scientifique, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Revue d’Economie du Developpement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E57C954" w14:textId="77777777" w:rsidR="00387268" w:rsidRPr="00A36B75" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-900"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58D35330" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-900"/>
         <w:rPr>
           <w:u w:val="single"/>
@@ -5124,59 +5010,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2250"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>2005-</w:t>
       </w:r>
       <w:r w:rsidR="00A054B9">
         <w:t>2010</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Member of the Strategic Advisory Board, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Centre for Research on Globalization and Economic Policy</w:t>
+        <w:t>Member of the Strategic Advisory Board, Leverhuhme Centre for Research on Globalization and Economic Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25066DF9" w14:textId="77777777" w:rsidR="00DD1CB5" w:rsidRDefault="00DD1CB5" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2250"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02B5A853" w14:textId="77777777" w:rsidR="00DD1CB5" w:rsidRDefault="00DD1CB5" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
@@ -5655,59 +5533,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2250"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
         <w:t>2013-</w:t>
       </w:r>
       <w:r w:rsidR="000743B3">
         <w:t>2015</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Member of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Advisory Committee, Climate Justice Dialogue</w:t>
+        <w:t>Member of High Level Advisory Committee, Climate Justice Dialogue</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C1B046" w14:textId="77777777" w:rsidR="00B13DED" w:rsidRDefault="00B13DED" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6124,74 +5994,58 @@
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A9ED0E4" w14:textId="77777777" w:rsidR="00F32E47" w:rsidRDefault="00F32E47" w:rsidP="00FD700B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
       <w:r>
-        <w:t>2020</w:t>
-[...3 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>2020-</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Member</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Research Into Inequality</w:t>
+        <w:t>Member of Advisory Board, Antwerp Interdisciplinary Platform For Research Into Inequality</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C06CF4" w14:textId="77777777" w:rsidR="00050BC4" w:rsidRDefault="00050BC4" w:rsidP="00FD700B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70994C15" w14:textId="77777777" w:rsidR="003E1041" w:rsidRDefault="003E1041" w:rsidP="00FD700B">
       <w:pPr>
         <w:tabs>
@@ -6468,66 +6322,108 @@
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E19CD78" w14:textId="7A71D553" w:rsidR="00F308A9" w:rsidRDefault="00F308A9" w:rsidP="00FD700B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
       <w:r>
-        <w:t>2022</w:t>
-[...3 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>2022-</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Member</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> of Coordination Council International Panel on Social Progress, Phase II.</w:t>
+        <w:t>Member of Coordination Council International Panel on Social Progress, Phase II.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7991FF" w14:textId="77777777" w:rsidR="00FB4731" w:rsidRDefault="00FB4731" w:rsidP="00FD700B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32572BC5" w14:textId="7591792B" w:rsidR="00FB4731" w:rsidRDefault="00FB4731" w:rsidP="00FD700B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2025-</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Co-Chair of Coordination Council International Panel on Social Progress, Phase II.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="120DEFDB" w14:textId="77777777" w:rsidR="001973F5" w:rsidRDefault="001973F5" w:rsidP="00714B75">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BB76AFE" w14:textId="77777777" w:rsidR="001973F5" w:rsidRPr="00FD700B" w:rsidRDefault="001973F5" w:rsidP="00FD700B">
       <w:pPr>
         <w:tabs>
@@ -6608,59 +6504,51 @@
     <w:p w14:paraId="7B5F3F13" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>1985</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Invited panelist, with Bernard Williams and John </w:t>
-[...7 lines deleted...]
-        <w:t>, on the 1985 Tanner Lectures, “The Standard of Living,” given by Amartya Sen</w:t>
+        <w:t>Invited panelist, with Bernard Williams and John Muellbauer, on the 1985 Tanner Lectures, “The Standard of Living,” given by Amartya Sen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1003A57B" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76F0109C" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -6981,75 +6869,75 @@
         <w:t>2005</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote Address, World Bank Conference on New Directions in Social Policy, Arusha, Tanzania</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29D022E2" w14:textId="77777777" w:rsidR="0025031E" w:rsidRDefault="0025031E" w:rsidP="00044A4C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-187"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>2006</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote Address, World Bank conference on Social Protection, Colombo, Sri Lanka</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30D6F0AC" w14:textId="77777777" w:rsidR="0025031E" w:rsidRDefault="0025031E" w:rsidP="0025031E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>2006</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote Address, Centre for the Study of African Economi</w:t>
       </w:r>
       <w:r w:rsidR="00627B43">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>s, University of Oxford, Conference on Reducing Poverty and Inequality</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DBD5A5" w14:textId="77777777" w:rsidR="000826FF" w:rsidRDefault="000826FF" w:rsidP="0025031E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -7371,59 +7259,51 @@
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
         <w:t>2008</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>V.V. Gi</w:t>
       </w:r>
       <w:r w:rsidR="00414F9A">
         <w:t>r</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">i Memorial Lecture, Indian Society of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Economists</w:t>
+        <w:t>i Memorial Lecture, Indian Society of Labour Economists</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9AE09F" w14:textId="77777777" w:rsidR="0080114F" w:rsidRDefault="0080114F" w:rsidP="00420939">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73A8219B" w14:textId="77777777" w:rsidR="0080114F" w:rsidRDefault="0080114F" w:rsidP="001F0086">
       <w:pPr>
         <w:numPr>
@@ -7951,59 +7831,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="1440" w:right="-180" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>2011-</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">D.M. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Chair Visiting Professor, Centre for Multidisciplinary Development Research, Dharwad, India</w:t>
+        <w:t>D.M. Nanjundappa Chair Visiting Professor, Centre for Multidisciplinary Development Research, Dharwad, India</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD5345F" w14:textId="77777777" w:rsidR="005C16B0" w:rsidRDefault="005C16B0" w:rsidP="007827E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57470E21" w14:textId="77777777" w:rsidR="005C16B0" w:rsidRPr="007827E3" w:rsidRDefault="005C16B0" w:rsidP="007827E3">
       <w:pPr>
         <w:tabs>
@@ -8217,50 +8089,51 @@
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47533199" w14:textId="77777777" w:rsidR="00292E7B" w:rsidRDefault="00292E7B" w:rsidP="008B303A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>2013-</w:t>
       </w:r>
       <w:r w:rsidR="002B2669">
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>President, Society for Study of Economic Inequality</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA28B47" w14:textId="77777777" w:rsidR="00E3664F" w:rsidRDefault="00E3664F" w:rsidP="008B303A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -8270,51 +8143,50 @@
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FC614AF" w14:textId="77777777" w:rsidR="00E3664F" w:rsidRDefault="00E3664F" w:rsidP="008B303A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>2013</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Plenary Address, International Institute of Public Finance, Annual Conference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D145B03" w14:textId="77777777" w:rsidR="00E3664F" w:rsidRPr="00B44A01" w:rsidRDefault="00E3664F" w:rsidP="008B303A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -8655,59 +8527,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-180"/>
       </w:pPr>
       <w:r>
         <w:t>2015</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Invited Lecture, National Treasury of South Africa, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and Unemployment in South Africa</w:t>
+        <w:t>Invited Lecture, National Treasury of South Africa, Labour and Unemployment in South Africa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58604462" w14:textId="77777777" w:rsidR="00DB21BE" w:rsidRDefault="00DB21BE" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -9242,67 +9106,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
         <w:t>2016</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Keynote Speech to </w:t>
-[...15 lines deleted...]
-        <w:t>, Paris</w:t>
+        <w:t>Keynote Speech to Agence Francaise de Developpment, Paris</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C0AC116" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00617E11" w:rsidP="00617E11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
@@ -9394,111 +9242,150 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote, OECD Metrics for Policy and Well Being, Bogota, Colombia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E18B9D1" w14:textId="77777777" w:rsidR="008221ED" w:rsidRDefault="008221ED" w:rsidP="00745ABB"/>
     <w:p w14:paraId="459D72E6" w14:textId="77777777" w:rsidR="008221ED" w:rsidRDefault="008221ED" w:rsidP="00745ABB">
       <w:r>
         <w:t>2019</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote, LACEA-LAMES Annual Conference, Puebla, Mexico</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444DB1A7" w14:textId="77777777" w:rsidR="00440DB9" w:rsidRDefault="00440DB9" w:rsidP="00745ABB"/>
     <w:p w14:paraId="73A5342C" w14:textId="77777777" w:rsidR="00440DB9" w:rsidRDefault="00440DB9" w:rsidP="00745ABB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>T.B. Davie Memorial Lecture on Academic Freedom, University of Cape Town</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23CF7A64" w14:textId="77777777" w:rsidR="00440DB9" w:rsidRDefault="00440DB9" w:rsidP="00745ABB"/>
     <w:p w14:paraId="69971249" w14:textId="77777777" w:rsidR="00440DB9" w:rsidRDefault="00440DB9" w:rsidP="00745ABB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Annual Inequality Lecture, Southern Centre for Inequality Studies, University of Witwatersrand</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="377B84DA" w14:textId="77777777" w:rsidR="00EE09F8" w:rsidRDefault="00EE09F8" w:rsidP="00745ABB"/>
     <w:p w14:paraId="74ED0C2B" w14:textId="538AAA10" w:rsidR="00EE09F8" w:rsidRDefault="00EE09F8" w:rsidP="00745ABB">
       <w:r>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote, National Tax Association Annual Conference, Denver.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6487ABB4" w14:textId="77777777" w:rsidR="00022337" w:rsidRDefault="00022337" w:rsidP="00745ABB"/>
     <w:p w14:paraId="6BAF0842" w14:textId="1E9CD341" w:rsidR="009A3CDA" w:rsidRDefault="009A3CDA" w:rsidP="00745ABB">
       <w:r>
         <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote, Annual Conference of the Bangladesh Institute for Development Studies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B0C975" w14:textId="77777777" w:rsidR="00291C41" w:rsidRDefault="00291C41" w:rsidP="00745ABB"/>
     <w:p w14:paraId="0795D532" w14:textId="2EFA1FB9" w:rsidR="00291C41" w:rsidRDefault="00291C41" w:rsidP="00745ABB">
       <w:r>
         <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Keynote, Luxembourg Income Study Annual Conference</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7E1F61" w14:textId="77777777" w:rsidR="007F6AF4" w:rsidRDefault="007F6AF4" w:rsidP="00745ABB"/>
+    <w:p w14:paraId="3E2DACF6" w14:textId="7372AF81" w:rsidR="007F6AF4" w:rsidRDefault="007F6AF4" w:rsidP="00745ABB">
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Keynote, Inequalities and Opportunities Conference, University of Bari</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29183291" w14:textId="77777777" w:rsidR="007F6AF4" w:rsidRDefault="007F6AF4" w:rsidP="00745ABB"/>
+    <w:p w14:paraId="057817D0" w14:textId="0EA3A0C3" w:rsidR="007F6AF4" w:rsidRDefault="007F6AF4" w:rsidP="00745ABB">
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Keynote, IIPF Conference, Nairobi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104B6AFF" w14:textId="77777777" w:rsidR="00484EFD" w:rsidRDefault="00484EFD" w:rsidP="00745ABB"/>
+    <w:p w14:paraId="183A97ED" w14:textId="088F9A29" w:rsidR="00484EFD" w:rsidRDefault="00484EFD" w:rsidP="00745ABB">
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Keynote, Development Economics Association, University of Manchester, UK</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A5710E" w14:textId="77777777" w:rsidR="00617E11" w:rsidRPr="00617E11" w:rsidRDefault="00617E11" w:rsidP="00745ABB">
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CEF0D8F" w14:textId="77777777" w:rsidR="006F6701" w:rsidRDefault="006F6701" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
@@ -11238,78 +11125,131 @@
       <w:r w:rsidR="006C4F11">
         <w:tab/>
         <w:t>Visitor, Institute for Advanced Study, Princeton</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567920F2" w14:textId="7FF1BAC1" w:rsidR="00266A72" w:rsidRDefault="00266A72" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77966BF5" w14:textId="36BE8171" w:rsidR="00266A72" w:rsidRPr="001F0086" w:rsidRDefault="00266A72" w:rsidP="00AB76DC">
+    <w:p w14:paraId="77966BF5" w14:textId="36BE8171" w:rsidR="00266A72" w:rsidRDefault="00266A72" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
         <w:t>2021-</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Life Fellow, Royal Society for Arts, Manufactures and Commerce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF4A85F" w14:textId="77777777" w:rsidR="00724969" w:rsidRDefault="00724969" w:rsidP="00AB76DC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DE549D" w14:textId="14099BA7" w:rsidR="00724969" w:rsidRPr="001F0086" w:rsidRDefault="00724969" w:rsidP="00AB76DC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63145">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F63145">
+        <w:tab/>
+        <w:t>Visitor, OECD, Paris</w:t>
+      </w:r>
+      <w:r w:rsidR="005B5EB2">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18564706" w14:textId="77777777" w:rsidR="001F0086" w:rsidRDefault="001F0086" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -11985,50 +11925,51 @@
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E2F0A70" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00870877" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:right="-180"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00387268">
         <w:t xml:space="preserve">Coordinator of the </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
           <w:r w:rsidR="00387268">
             <w:t>Cornell</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="00387268">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
           <w:r w:rsidR="00387268">
             <w:t>University</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidR="00387268">
         <w:t xml:space="preserve"> Social Science Seminar, 2003-2004.</w:t>
@@ -12202,51 +12143,50 @@
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-180" w:hanging="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FF677D4" w14:textId="77777777" w:rsidR="00BC1C4A" w:rsidRDefault="00BC1C4A" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-180" w:hanging="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>14.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Member of the Field of Economics Committee to nominate the Director of Graduate Studies, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D5FEF5C" w14:textId="77777777" w:rsidR="00DB21BE" w:rsidRDefault="00DB21BE" w:rsidP="00AB76DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-180" w:hanging="720"/>
@@ -15089,63 +15029,55 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Symposium on Spatial Inequality and Development</w:t>
       </w:r>
       <w:r w:rsidR="0062305E" w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Latin America</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Co-editor with L.F. Lopez-Calva and A.J. Venables), Special Issue of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Cuadernos</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">Cuadernos de </w:t>
       </w:r>
       <w:r w:rsidR="00A405DE" w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ec</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>onomia</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0062305E">
         <w:t xml:space="preserve">Vol. 42 (125), pp. 133-136, May </w:t>
       </w:r>
       <w:r>
         <w:t>2005.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="549C9B56" w14:textId="77777777" w:rsidR="00400EE6" w:rsidRDefault="00400EE6" w:rsidP="00BB1FB3">
       <w:pPr>
@@ -15285,59 +15217,51 @@
     <w:p w14:paraId="00C24C9C" w14:textId="77777777" w:rsidR="002A1846" w:rsidRDefault="002A1846" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3901BC83" w14:textId="77777777" w:rsidR="002A1846" w:rsidRDefault="002A1846" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Poverty, Inequality and Development:  Essays in Honor of Erik Thorbecke</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (co-editor with Alain de </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), Kluwer, </w:t>
+        <w:t xml:space="preserve"> (co-editor with Alain de Janvry), Kluwer, </w:t>
       </w:r>
       <w:r w:rsidR="00D64557">
         <w:t>2006</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A9BE24" w14:textId="77777777" w:rsidR="00FF5B93" w:rsidRDefault="00FF5B93" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14F03423" w14:textId="77777777" w:rsidR="0025031E" w:rsidRPr="00BB1FB3" w:rsidRDefault="0025031E" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
@@ -15477,59 +15401,51 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CB65180" w14:textId="77777777" w:rsidR="00045BA1" w:rsidRPr="00BB1FB3" w:rsidRDefault="00045BA1" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Shared Growth in Africa</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (Co-Editor with Ernest </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and John Page), Special Issue of </w:t>
+        <w:t xml:space="preserve"> (Co-Editor with Ernest Aryeety and John Page), Special Issue of </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>African Development Review</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FF5B93">
         <w:t xml:space="preserve">Vol. 18 (3), pp. 279-282, December </w:t>
       </w:r>
       <w:r>
         <w:t>2006.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296198EF" w14:textId="77777777" w:rsidR="00303E93" w:rsidRDefault="00303E93" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -15566,59 +15482,51 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E9B2266" w14:textId="77777777" w:rsidR="00045BA1" w:rsidRPr="00BB1FB3" w:rsidRDefault="00045BA1" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Poverty, Trade and Growth in Africa</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (Co-Editor with Haroon Bhorat and Stephen </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve"> (Co-Editor with Haroon Bhorat and Stephen Hanival), </w:t>
       </w:r>
       <w:r w:rsidRPr="00C167C0">
         <w:t>Special Issue of</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal of African Economies</w:t>
       </w:r>
       <w:r w:rsidR="00420939">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FF5B93">
         <w:t xml:space="preserve">Vol. 15 (4), pp. 505-509, December </w:t>
       </w:r>
       <w:r w:rsidR="00420939">
         <w:t>2006.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70835867" w14:textId="77777777" w:rsidR="00522DE1" w:rsidRPr="00420939" w:rsidRDefault="00522DE1" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
@@ -16279,59 +16187,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B986B86" w14:textId="77777777" w:rsidR="00684F73" w:rsidRPr="00BB1FB3" w:rsidRDefault="00684F73" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Risk, Knowledge and Health in Africa</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, (Co-Editor with O. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and others) Special Issue of </w:t>
+        <w:t xml:space="preserve">, (Co-Editor with O. Ajakaiye and others) Special Issue of </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>African Development Review</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 21, No. 1,</w:t>
       </w:r>
       <w:r w:rsidR="00FF5B93">
         <w:t xml:space="preserve"> pp. 1-4, </w:t>
       </w:r>
       <w:r>
         <w:t>April 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0161C7FA" w14:textId="77777777" w:rsidR="00A65474" w:rsidRDefault="00A65474" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -16913,143 +16813,119 @@
         <w:t>2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01F2FCDC" w14:textId="77777777" w:rsidR="00386B54" w:rsidRDefault="00386B54" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61DB3453" w14:textId="77777777" w:rsidR="00386B54" w:rsidRPr="00BB1FB3" w:rsidRDefault="00386B54" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Organising</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Organising Poor Women:  The Andhra Pradesh Experience</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Co-Editor with S. M. Dev, S. Galab, and G. Alivelu), Academic Foundation Press, 2012.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31733B08" w14:textId="77777777" w:rsidR="00A45ECC" w:rsidRDefault="00A45ECC" w:rsidP="00BB1FB3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CAC7B72" w14:textId="77777777" w:rsidR="00A45ECC" w:rsidRPr="00BB1FB3" w:rsidRDefault="00A45ECC" w:rsidP="00BB1FB3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Poor Women:  The Andhra Pradesh Experience</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="2CAC7B72" w14:textId="77777777" w:rsidR="00A45ECC" w:rsidRPr="00BB1FB3" w:rsidRDefault="00A45ECC" w:rsidP="00BB1FB3">
+        <w:t>Bridging Perspectives</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Co-Editor with N. Bali and M. Chen), SEWA Academy, 2012.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7008A093" w14:textId="77777777" w:rsidR="00DB21BE" w:rsidRDefault="00DB21BE" w:rsidP="00BB1FB3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16051147" w14:textId="77777777" w:rsidR="00DB21BE" w:rsidRPr="00BB1FB3" w:rsidRDefault="00DB21BE" w:rsidP="00BB1FB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1FB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Bridging Perspectives</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> in India:  Challenges, Opportunities and the Way Forward</w:t>
+        <w:t>Urbanisation in India:  Challenges, Opportunities and the Way Forward</w:t>
       </w:r>
       <w:r>
         <w:t>, (Co-Editor with I. J. Ahluwali</w:t>
       </w:r>
       <w:r w:rsidR="008F178F">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and  P. </w:t>
       </w:r>
       <w:r w:rsidR="00CF4D62">
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:t>. Mohanty), Sage, 201</w:t>
       </w:r>
       <w:r w:rsidR="00000EB9">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00CF4D62">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B749D98" w14:textId="77777777" w:rsidR="0010246D" w:rsidRDefault="0010246D" w:rsidP="00BB1FB3">
       <w:pPr>
@@ -17530,59 +17406,51 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00C10ACC" w:rsidRPr="00C10ACC">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Manifesto for Social Progress</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>: Ideas for a Better Society</w:t>
       </w:r>
       <w:r w:rsidR="00C10ACC">
         <w:t xml:space="preserve">, (with M. Fleurbaey, O. Bouin, </w:t>
       </w:r>
       <w:r w:rsidR="00F96338">
-        <w:t>M. Salles-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">M. Salles-Djellic, </w:t>
       </w:r>
       <w:r w:rsidR="00C10ACC">
         <w:t>H. Nowotny and E. Reis), C</w:t>
       </w:r>
       <w:r w:rsidR="005B7304">
         <w:t>ambridge University Press, 2018</w:t>
       </w:r>
       <w:r w:rsidR="00C10ACC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40884042" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRPr="005B61D2" w:rsidRDefault="005B61D2" w:rsidP="005B61D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4615F786" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRPr="005B61D2" w:rsidRDefault="005B61D2" w:rsidP="00C10ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
@@ -17610,63 +17478,55 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C59776" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRPr="005B61D2" w:rsidRDefault="005B61D2" w:rsidP="005B61D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E506427" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRPr="00F87619" w:rsidRDefault="005B61D2" w:rsidP="00C10ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Growth: When Growth Fails the Poor, (Co-Editor with Richard Sandbrook and Paul Shaffer), </w:t>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Immiserizing Growth: When Growth Fails the Poor, (Co-Editor with Richard Sandbrook and Paul Shaffer), </w:t>
       </w:r>
       <w:r w:rsidRPr="005B61D2">
         <w:t>Oxford Uni</w:t>
       </w:r>
       <w:r w:rsidR="00A71D34">
         <w:t>versity Press, 2019</w:t>
       </w:r>
       <w:r w:rsidRPr="005B61D2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1F27A6" w14:textId="77777777" w:rsidR="00F87619" w:rsidRPr="00F87619" w:rsidRDefault="00F87619" w:rsidP="00F87619">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F40F255" w14:textId="77777777" w:rsidR="00F87619" w:rsidRDefault="00F87619" w:rsidP="00F87619">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
@@ -17864,89 +17724,61 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Informality</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (Editor), Centenary Issue No. 1, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C3C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">International </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Review</w:t>
+        <w:t>International Labour Review</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00D55C3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">International </w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve"> Review - Centenary Collection (2021): Centenary Issue No. 1: Informality (ilo.org)</w:t>
+          <w:t>International Labour Review - Centenary Collection (2021): Centenary Issue No. 1: Informality (ilo.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0FD04483" w14:textId="77777777" w:rsidR="00D04857" w:rsidRPr="00D04857" w:rsidRDefault="00D04857" w:rsidP="00D04857">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AD35847" w14:textId="3A53A510" w:rsidR="00D04857" w:rsidRDefault="00D04857" w:rsidP="00D04857">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -17969,92 +17801,129 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F61AC3">
         <w:t>2022.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00807411" w:rsidRPr="00C66A12">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://ieg.worldbankgroup.org/evaluations/2022-external-review-independent-evaluation-group</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="35F01BF9" w14:textId="77777777" w:rsidR="00807411" w:rsidRPr="00807411" w:rsidRDefault="00807411" w:rsidP="00807411">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B69F7DB" w14:textId="7E6B2D0C" w:rsidR="00807411" w:rsidRPr="00F87619" w:rsidRDefault="00807411" w:rsidP="00D04857">
+    <w:p w14:paraId="26067B6D" w14:textId="77777777" w:rsidR="005E0059" w:rsidRPr="005E0059" w:rsidRDefault="00807411" w:rsidP="005E0059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk186010794"/>
       <w:r w:rsidRPr="00807411">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Economics of the Food System Transformation. Food System Economics Commission (FSEC), Global Policy Report.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> C. Ruggeri-Laderchi et. al.). 2024. </w:t>
+        <w:t xml:space="preserve"> (with C. Ruggeri-Laderchi et. al.). 2024. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00C66A12">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://foodsystemeconomics.org/wp-content/uploads/FSEC-GlobalPolicyReport-February2024.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B9CD77" w14:textId="77777777" w:rsidR="005E0059" w:rsidRPr="005E0059" w:rsidRDefault="005E0059" w:rsidP="005E0059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E741229" w14:textId="0E9A6AFA" w:rsidR="005E0059" w:rsidRPr="005E0059" w:rsidRDefault="005E0059" w:rsidP="005E0059">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E0059">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Poor Protection: The Role of Taxes and Social Benefits in the Developing World During Crises</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Editor with M. Jouste, J. Pirttila and P. Rattenhuber). 2025.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oxford University Press</w:t>
+      </w:r>
+      <w:r w:rsidR="0091554A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="2B4046FC" w14:textId="77777777" w:rsidR="00000EB9" w:rsidRPr="00000EB9" w:rsidRDefault="00000EB9" w:rsidP="00000EB9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BEFF4FB" w14:textId="77777777" w:rsidR="00000EB9" w:rsidRPr="00090005" w:rsidRDefault="00000EB9" w:rsidP="00090005">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -18069,51 +17938,50 @@
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00400EE6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Articles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F54E74B" w14:textId="77777777" w:rsidR="000831B6" w:rsidRDefault="000831B6" w:rsidP="00DC2405">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-630"/>
           <w:tab w:val="left" w:pos="-17"/>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
@@ -18228,58 +18096,56 @@
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D2C2A12" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Probabilistic Equity and Equality of Opportunity” (with V. Mukerji), </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Arthaniti</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, Vol. XX, pp. 1-9, 1980.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3256D1FA" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-630"/>
           <w:tab w:val="left" w:pos="-17"/>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
@@ -18500,58 +18366,56 @@
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A3B8F69" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Labor Supply Under Uncertainty with Piecewise Linear Tax Regimes,” </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Economica</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, Vol. 50, No. 200, pp. 379-394, November 1983.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F99AD2" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-630"/>
           <w:tab w:val="left" w:pos="-17"/>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
@@ -18776,51 +18640,50 @@
       </w:r>
       <w:r>
         <w:t>March</w:t>
       </w:r>
       <w:r w:rsidR="00BF45D5">
         <w:t xml:space="preserve">, pp 60-85. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1987.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A982B5" w14:textId="77777777" w:rsidR="00684F73" w:rsidRDefault="00684F73" w:rsidP="00684F73">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="430830AC" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Urban Bias and the Political Economy of Agricultural Price Reform” (with A. Braverman), </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>World Development</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 15, No. 9, pp. 1179-1187, 1987.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C4004F0" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-630"/>
           <w:tab w:val="left" w:pos="-17"/>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
@@ -19153,59 +19016,51 @@
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D6BF994" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Poverty, Incentives and Linear Income Taxation” (with M. J. Keen), in A. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and I. Walker, (eds.) </w:t>
+        <w:t xml:space="preserve">“Poverty, Incentives and Linear Income Taxation” (with M. J. Keen), in A. Dilnot and I. Walker, (eds.) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Economics of Social Security Reform</w:t>
       </w:r>
       <w:r>
         <w:t>, Oxford University Press, pp. 100-115, 1989.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="125287FF" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="0080114F">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03380454" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“How Serious is the Neglect of Intra-Household Inequality?” (with L. Haddad), </w:t>
@@ -19231,67 +19086,51 @@
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10336174" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Poverty and Development: The Human Development Report and The World Development Report, 1990,” in Rolph </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and Richard Anker (eds.), </w:t>
+        <w:t xml:space="preserve">“Poverty and Development: The Human Development Report and The World Development Report, 1990,” in Rolph vander Heeven and Richard Anker (eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Poverty Monitoring:  An International Concern</w:t>
       </w:r>
       <w:r>
         <w:t>, St. Martin’s Press, 1990.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E2E5D55" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-630"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
@@ -19484,181 +19323,135 @@
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Trade and Development in Sub-Saharan Africa</w:t>
       </w:r>
       <w:r>
         <w:t>, pp. 188-202, 1991.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5A6569" w14:textId="77777777" w:rsidR="00BC1C4A" w:rsidRDefault="00BC1C4A" w:rsidP="00BC1C4A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22F12ABD" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Costs and Benefits of Agricultural Price Stabilization in Brazil” (with A. Braverman et al.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pesquisa e </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pesquisa e Planejamento Economico</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, pp. 1-39, 1991. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190153FA" w14:textId="77777777" w:rsidR="004312DD" w:rsidRDefault="004312DD" w:rsidP="004312DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62FF63F4" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Projects Versus Policy Reform,” in  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Planejamento</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Proceedings of the Second Annual Bank Conference on Development Economics</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, The World Bank, pp. 397-413, 1991.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAA6213" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="00221294" w:rsidP="00221294">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75817C51" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Poverty Conscious Restructuring of Public Expenditure” (with M. Ferroni), in A. Chhibber and S. Fischer (eds.) </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>Economic Reform in Sub-Saharan Africa</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,, The World Bank, pp. 1-21, 1991..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038B34BA" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="001934CE">
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E727C72" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Projects Versus Policy Reform,” in  </w:t>
-[...60 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">“Labor Markets in an Era of Adjustment:  Evidence from 12 Developing Countries” (with S. Horton and D. Mazumdar), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">International </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Review</w:t>
+        <w:t>International Labour Review</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 130, No. 5-6, pp. 531-558, 1992.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591CCFB8" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-630"/>
           <w:tab w:val="left" w:pos="-17"/>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
@@ -19746,59 +19539,51 @@
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="7938"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CCC738A" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“A Poverty Profile for Ghana, 1987-88,” (with E. Oti Boateng, K. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and A. McKay), </w:t>
+        <w:t xml:space="preserve">“A Poverty Profile for Ghana, 1987-88,” (with E. Oti Boateng, K. Ewusi and A. McKay), </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of African Economies</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 1, No. 1, pp. 25-58, 1992.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7947DA" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="001934CE">
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49C6646A" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1332"/>
           <w:tab w:val="left" w:pos="-719"/>
@@ -19939,109 +19724,79 @@
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07F15324" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“How  to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the Brazilian Price Band Proposals” (with A. Braverman et al.), in A. Braverman, K. Hoff and J. E. Stiglitz (eds.),  </w:t>
+        <w:t xml:space="preserve">“How  to Analyse the Brazilian Price Band Proposals” (with A. Braverman et al.), in A. Braverman, K. Hoff and J. E. Stiglitz (eds.),  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Economics of Rural Organization</w:t>
       </w:r>
       <w:r>
         <w:t>, Oxford University Press, pp. 432-452, 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500F403A" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="0080114F"/>
     <w:p w14:paraId="741FDB17" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The Value of Intrahousehold Survey Data for Age-Based Nutritional Targeting” (with L. Haddad), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Annales </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Annales d’Economie et de Statistique</w:t>
+      </w:r>
       <w:r>
         <w:t>, No. 29, pp. 65-81, 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05250263" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00950BA7"/>
     <w:p w14:paraId="77D93B58" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Tax Competition and Tax Coordination When Countries Differ in Size” (with M. Keen), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>American Economic Review</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 83, No. 4, pp. 877-892, September 1993.</w:t>
       </w:r>
     </w:p>
@@ -20122,59 +19877,51 @@
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D0C0C57" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“A New Regional Price Index for Cote d’Ivoire Using ICP Data” (with C. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) in </w:t>
+        <w:t xml:space="preserve">“A New Regional Price Index for Cote d’Ivoire Using ICP Data” (with C. Grootaert) in </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of African Economies</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 3, No. 1, pp. 114-141, April 1994.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="724226CA" w14:textId="77777777" w:rsidR="005F2CBA" w:rsidRDefault="005F2CBA" w:rsidP="005F2CBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ED714A2" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -20207,50 +19954,51 @@
         <w:t xml:space="preserve">“Inherent Inequality and the Optimal Graduation of Marginal Tax Rates” (with M. Tuomala), </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Scandinavian Journal of Economics,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Vol. 96, No. 2, pp. 275-282, 1994.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50C57A21" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="001934CE">
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42EB276B" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Labor Supply and Targeting in Poverty Alleviation Programs” (with M. Keen and M. Tuomala), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>World Bank Economic Review</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 8, No. 2, pp. 191-211, 1994.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52540F22" w14:textId="77777777" w:rsidR="00F84E99" w:rsidRDefault="00F84E99" w:rsidP="00F84E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DD56E54" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
@@ -20259,94 +20007,77 @@
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>European Economic Review</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 38, pp. 1613-1632, 1994.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF68AB1" w14:textId="77777777" w:rsidR="004312DD" w:rsidRDefault="004312DD" w:rsidP="004312DD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3033A402" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Poverty and Accelerated Growth in Ghana” (with S. Mink), </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Bulletin of the Economic Society of Ghana</w:t>
       </w:r>
       <w:r>
         <w:t>, New Series Vol. 1, No. 1, pp. 2-26, 1994.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4827B65F" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="00221294" w:rsidP="00221294">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="368C2597" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“The Lucky Few Amidst Economic Decline: Distributional Change in Cote d’Ivoire </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">“The Lucky Few Amidst Economic Decline: Distributional Change in Cote d’Ivoire As Seen Through Panel Datasets, 1985-1988” (with C. Grootaert), </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Development Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 31, No. 4, pp. 603-619, April 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398AEBD8" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1332"/>
           <w:tab w:val="left" w:pos="-719"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -20424,173 +20155,127 @@
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2055867C" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Industrial Competitiveness, Environmental Regulation, and Foreign Direct Investment” (with M. Keen and S. Van </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), in I. Goldin and L. A. Winters (eds.) </w:t>
+        <w:t xml:space="preserve">“Industrial Competitiveness, Environmental Regulation, and Foreign Direct Investment” (with M. Keen and S. Van Wijnbergen), in I. Goldin and L. A. Winters (eds.) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Economics of Sustainable Development</w:t>
       </w:r>
       <w:r>
         <w:t>, CEPR and Cambridge University Press, pp. 289-302, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1507C2" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-630"/>
           <w:tab w:val="left" w:pos="-17"/>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1422"/>
           <w:tab w:val="left" w:pos="2142"/>
           <w:tab w:val="left" w:pos="2862"/>
           <w:tab w:val="left" w:pos="3582"/>
           <w:tab w:val="left" w:pos="4302"/>
           <w:tab w:val="left" w:pos="5022"/>
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DD7669C" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Unitary Versus Collective Models of the Household:  Is It Time </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> H. Alderman et al.)  </w:t>
+        <w:t xml:space="preserve">“Unitary Versus Collective Models of the Household:  Is It Time To Shift The Burden Of Proof?”  (with H. Alderman et al.)  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2B44">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>World Bank Research Observer</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 10, No. 1, pp. 1-19, February 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B882CEF" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="001934CE">
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6230CADA" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Child Labor: An Economic Perspective” (with C. </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Review</w:t>
+        <w:t xml:space="preserve">“Child Labor: An Economic Perspective” (with C. Grootaert), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Labour Review</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 134, No. 2, pp. 187-203, 1995.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E2FB1E" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00A7329A"/>
     <w:p w14:paraId="12C87349" w14:textId="77777777" w:rsidR="00745ABB" w:rsidRDefault="00745ABB" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Intrahousehold Inequality at Different Welfare Levels: Energy Intake and Energy Expenditure Data from the Philippines” (with L. Haddad and M. Bouis), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Oxford Bulletin of Economics and Statistics</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 57, No. 3, pp. 389-409, August 1995.</w:t>
       </w:r>
@@ -20667,166 +20352,134 @@
           <w:tab w:val="left" w:pos="5742"/>
           <w:tab w:val="left" w:pos="6462"/>
           <w:tab w:val="left" w:pos="7182"/>
           <w:tab w:val="left" w:pos="7902"/>
           <w:tab w:val="left" w:pos="8622"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E08596D" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">"The Dynamics of Welfare Gains and Losses: An African Case Study," (with C. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and G-T Oh), </w:t>
+        <w:t xml:space="preserve">"The Dynamics of Welfare Gains and Losses: An African Case Study," (with C. Grootaert and G-T Oh), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Development Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0018453D">
         <w:t xml:space="preserve">Vol. 33, No. 5, pp. 635-657, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">June 1997. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615B8B1B" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FF462DA" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">"HIPC's Debt Review of the Issues," (with S. Claessens, E. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, P. Wickham), </w:t>
+        <w:t xml:space="preserve">"HIPC's Debt Review of the Issues," (with S. Claessens, E. Detragiache, P. Wickham), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of African Economies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0018453D">
         <w:t xml:space="preserve">Vol. 6, No. 2, pp. 231-254, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1997. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D810915" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A4633D5" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">"Openness and Within Country Inequality," (with S. Horton and D. Mazumdar) in Y. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (ed.), </w:t>
+        <w:t xml:space="preserve">"Openness and Within Country Inequality," (with S. Horton and D. Mazumdar) in Y. Mundlak (ed.), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Contemporary Economic Issues, Vol. 2, Labor Food and Poverty</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, MacMillian and St. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Press, London, </w:t>
+        <w:t xml:space="preserve">, MacMillian and St. Martins Press, London, </w:t>
       </w:r>
       <w:r w:rsidR="0018453D">
         <w:t xml:space="preserve">Vol. 2, pp. 63-80, </w:t>
       </w:r>
       <w:r>
         <w:t>1997.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023F5DFB" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5405135D" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
@@ -20849,58 +20502,56 @@
       <w:r>
         <w:t xml:space="preserve">1998. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C4C4EE" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54C3CFC0" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Tagging and Taxing: The Optimal Use of Categorical and Income Information in Designing Tax/Transfer Schemes" (with R. Immonen, M. Keen and M. Tuomala), </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Economica</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0018453D">
         <w:t xml:space="preserve">Vol. 65, </w:t>
       </w:r>
       <w:r w:rsidR="00E02786">
         <w:t xml:space="preserve">Issue 258, </w:t>
       </w:r>
       <w:r w:rsidR="0018453D">
         <w:t xml:space="preserve">pp. 179-192, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1998. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7705EB2A" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="391B921C" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
@@ -20980,51 +20631,50 @@
       </w:r>
       <w:r w:rsidR="0018453D">
         <w:t xml:space="preserve">pp. 418-435, </w:t>
       </w:r>
       <w:r>
         <w:t>1999.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D0C1F0" w14:textId="77777777" w:rsidR="00F84E99" w:rsidRDefault="00F84E99" w:rsidP="00F84E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17ACE843" w14:textId="77777777" w:rsidR="00F84E99" w:rsidRDefault="00F84E99" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"Which Regional Inequality? The Evolution of Rural-Urban and Inland-Coastal Inequality in China, 1983-1995" (with X. Zhang), </w:t>
       </w:r>
       <w:r w:rsidRPr="00F84E99">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Comparative Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Vol. 27, pp. 686-701, 1999. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F56FE2C" w14:textId="77777777" w:rsidR="00F84E99" w:rsidRDefault="00F84E99" w:rsidP="00F84E99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2761C1CA" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
@@ -21212,74 +20862,52 @@
     <w:p w14:paraId="0D0C5D27" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E5E5CAA" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Non-linear Utility Pricing and Targeting the Poor," (with R. Tarkiainen and M. Tuomala), in P. Hammond and G. Myles (eds.), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Incentives, Organization, and Public Economics: Papers in </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Incentives, Organization, and Public Economics: Papers in Honour of Sir James Mirrlees</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">, Oxford University Press, </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">pp. 157-170, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2000. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7515A1C6" w14:textId="77777777" w:rsidR="00A7329A" w:rsidRDefault="00A7329A" w:rsidP="00A7329A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59EC15B9" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00386BDC" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
@@ -21358,73 +20986,57 @@
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Economic Policy, Distribution and Poverty: The Nature of Disagreements," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>World Development</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">Vol. 29, No. 6, pp. 1083-1094, </w:t>
       </w:r>
       <w:r>
         <w:t>2001.</w:t>
       </w:r>
       <w:r w:rsidR="00F53669">
-        <w:t xml:space="preserve">  Reprinted in Anthony </w:t>
-[...3 lines deleted...]
-        <w:t>Sh</w:t>
+        <w:t xml:space="preserve">  Reprinted in Anthony Sh</w:t>
       </w:r>
       <w:r w:rsidR="00AE3109">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00F53669">
-        <w:t>rrocks</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">rrocks and Rolph vander </w:t>
       </w:r>
       <w:r w:rsidR="00120EDF">
         <w:t>Hoeven</w:t>
       </w:r>
       <w:r w:rsidR="00F53669">
         <w:t xml:space="preserve"> (eds.) </w:t>
       </w:r>
       <w:r w:rsidR="00F53669">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Growth, Inequality and Poverty:  Prospects for Pro-Po</w:t>
       </w:r>
       <w:r w:rsidR="007508A3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00F53669">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Development</w:t>
       </w:r>
@@ -21629,231 +21241,207 @@
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">ESCO, 175, Vol. LV, No. 1, pp. 27-35, </w:t>
       </w:r>
       <w:r>
         <w:t>2003.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="604D8E37" w14:textId="77777777" w:rsidR="001F0086" w:rsidRDefault="001F0086" w:rsidP="001F0086">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A55AE7F" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Education, Empowerment and Gender Inequalities,” in B. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and N. Stern (eds.), </w:t>
+        <w:t xml:space="preserve">“Education, Empowerment and Gender Inequalities,” in B. Plesokvic and N. Stern (eds.), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The New Reform Agenda: The World Bank</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Washington, D.C., </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">28199, pp. 1-27, </w:t>
       </w:r>
       <w:r>
         <w:t>2003.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6414102E" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70BDB0F0" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"IFI'S and IPG's: Operational Implications for the World Bank," in Ariel Bura (ed.), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Challenges to the IMF and the World Bank</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Anthem Press, </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">pp. 251-266, </w:t>
       </w:r>
       <w:r>
         <w:t>2003</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3839ED89" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="215A6E79" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"Cross-Border Externalities, International Public Goods, and Their Implications for Aid Agencies," in L. Beneria and S. Bisnath (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Global Tensions: Challenges and Opportunities in the World Economy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Routledge, </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">pp. 65-75, </w:t>
       </w:r>
       <w:r>
         <w:t>2004.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="254CD94C" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1038FB13" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“On Obnoxious Markets,” in S. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and P. Pattanaik (eds.), </w:t>
+        <w:t xml:space="preserve">“On Obnoxious Markets,” in S. Cullenberg and P. Pattanaik (eds.), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Globalization, Culture, and the Limits of the Market:  Essays in Economics and Philosophy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Oxford University Press, </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">pp. 39-61, </w:t>
       </w:r>
       <w:r>
         <w:t>2004.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7504BFCC" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="523EE247" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00120EDF" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Globalization and Economic Reform as Seen from the Ground:  SEWA's Experience in India," (with R. Jhabvala), in K. Basu (ed.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">India's Emerging Economy: Performance and Prospects in the 1990's and </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>India's Emerging Economy: Performance and Prospects in the 1990's and Beyond</w:t>
+      </w:r>
       <w:r>
         <w:t>, M.I.T. Pres</w:t>
       </w:r>
       <w:r w:rsidR="0085485A">
         <w:t xml:space="preserve">s, </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">pp. 293-312, </w:t>
       </w:r>
       <w:r w:rsidR="0085485A">
         <w:t>2004.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="517BB0A8" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11350855" w14:textId="77777777" w:rsidR="00387268" w:rsidRDefault="00387268" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -22262,65 +21850,57 @@
         <w:t>2005.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34B5B95E" w14:textId="77777777" w:rsidR="00DC2405" w:rsidRDefault="00DC2405" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A9528E2" w14:textId="77777777" w:rsidR="00B16D3C" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
-        <w:t xml:space="preserve">“Regional Versus International Financial Institutions,” in A. </w:t>
-[...3 lines deleted...]
-        <w:t>Estev</w:t>
+        <w:t>“Regional Versus International Financial Institutions,” in A. Estev</w:t>
       </w:r>
       <w:r w:rsidR="00CC0678">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
-        <w:t>deordal</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, B. Frantz and T.R. Nguyen (editors), </w:t>
+        <w:t xml:space="preserve">deordal, B. Frantz and T.R. Nguyen (editors), </w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Regional Public Goods:  From Theory to Practice</w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
         <w:t xml:space="preserve">, Inter-American Development Bank, </w:t>
       </w:r>
       <w:r w:rsidR="005545E6">
         <w:t xml:space="preserve">pp. 31-40, </w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
         <w:t>2005.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="074E48DC" w14:textId="77777777" w:rsidR="00AB77B9" w:rsidRDefault="00AB77B9" w:rsidP="001934CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
     </w:p>
@@ -22405,2405 +21985,2269 @@
     <w:p w14:paraId="3654965D" w14:textId="77777777" w:rsidR="00096E47" w:rsidRDefault="00096E47" w:rsidP="00096E47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66193CFB" w14:textId="77777777" w:rsidR="001E015F" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
         <w:t xml:space="preserve">“Reforming the Formula:  A Modest Proposal for Introducing Development Outcomes in IDA Allocation Procedures,” </w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revue </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revue d’Economie du Developpement</w:t>
+      </w:r>
       <w:r w:rsidR="001E015F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00952E91">
         <w:t xml:space="preserve">pp. 79-99, </w:t>
       </w:r>
       <w:r w:rsidR="001E015F">
         <w:t>2005.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71456929" w14:textId="77777777" w:rsidR="007C155A" w:rsidRDefault="007C155A" w:rsidP="007C155A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EE02D07" w14:textId="77777777" w:rsidR="00F53669" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:t xml:space="preserve">“Incentives, Inequality and the Allocation of Aid when Conditionality Doesn’t Work:  An Optimal Non-linear Taxation Approach” (with M. Tuomala), in A. de Janvry and R. Kanbur (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poverty, Inequality and Development:  Essays in Honor of Erik Thorbecke</w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:t xml:space="preserve">, Kluwer, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 331-352, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E015F">
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492C2502" w14:textId="77777777" w:rsidR="001E015F" w:rsidRDefault="001E015F" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D9491CC" w14:textId="77777777" w:rsidR="001E015F" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E015F">
+        <w:t xml:space="preserve">“The Race to the Bottom, From the Bottom,” (with N. Chau), </w:t>
+      </w:r>
+      <w:r w:rsidR="001E015F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economica</w:t>
+      </w:r>
+      <w:r w:rsidR="001E015F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 73, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">Issue 290, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 193-228, May </w:t>
+      </w:r>
+      <w:r w:rsidR="001E015F">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AA114F" w14:textId="77777777" w:rsidR="004312DD" w:rsidRDefault="004312DD" w:rsidP="004312DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2266C124" w14:textId="77777777" w:rsidR="00120EDF" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:t xml:space="preserve">“Understanding the Evolution of Inequality During Transition:  The Optimal Income Taxation Approach” (with M. Tuomala), in A. Mody and C. Pattillo (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Macroeconomic Policies and Poverty Reduction</w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007508A3">
+        <w:t xml:space="preserve"> Routledge,</w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 173-188, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D72F31">
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidR="00120EDF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0C59D1" w14:textId="77777777" w:rsidR="00D72F31" w:rsidRDefault="00D72F31" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03DE9BAB" w14:textId="77777777" w:rsidR="00D72F31" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D72F31">
+        <w:t xml:space="preserve">“Population Growth and Poverty Measurement,” (with S. Chakravarty and D. Mukherjee), </w:t>
+      </w:r>
+      <w:r w:rsidR="00D72F31">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Social Choice and Welfare</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72F31">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 26, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">No. 3, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 471-483, </w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72F31">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E06A273" w14:textId="77777777" w:rsidR="004F7D61" w:rsidRDefault="004F7D61" w:rsidP="004F7D61">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F92D984" w14:textId="77777777" w:rsidR="00D72F31" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D72F31">
+        <w:t>“Informal Labor Markets and Development,” (with B. Guha-Khasnobis)</w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:t xml:space="preserve"> in B. Guha-Khasnobis and R. Kanbur (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Informal Labor Markets and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:t>,  Mac</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3582">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:t xml:space="preserve">illan, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 1-6, </w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FAF5839" w14:textId="77777777" w:rsidR="006F6701" w:rsidRDefault="006F6701" w:rsidP="006F6701">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74D8502E" w14:textId="77777777" w:rsidR="004854E2" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:t xml:space="preserve">“Beyond Formality and Informality” (with B. Guha-Khasnobis and E. Ostrom) in B. Guha-Khasnobis, R. Kanbur and E. Ostrom (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Linking the Formal and Informal Economy:  Concepts and Policies</w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:t xml:space="preserve">, Oxford University Press, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 1-20, </w:t>
+      </w:r>
+      <w:r w:rsidR="004854E2">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2988EDDF" w14:textId="77777777" w:rsidR="008F3582" w:rsidRDefault="008F3582" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="051A52EA" w14:textId="77777777" w:rsidR="008F3582" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3582">
+        <w:t xml:space="preserve">“The Conceptual Foundations of Poverty and Inequality Measurement,” (with D. Grusky) in D. Grusky and R. Kanbur (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3582">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poverty and Inequality</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3582" w:rsidRPr="008F3582">
+        <w:t>, Stanford University Press</w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 1-29, </w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEB98BF" w14:textId="77777777" w:rsidR="00B717E8" w:rsidRDefault="00B717E8" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="324FCB01" w14:textId="77777777" w:rsidR="002A1846" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1846">
+        <w:t>“The Economics of International Aid,” in Serge Christophe-Kolm and Jean Mercier-Ythie</w:t>
+      </w:r>
+      <w:r w:rsidR="003F34B8">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1846">
+        <w:t xml:space="preserve"> (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1846">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Handbook on the Economics of Giving, Reciprocity and Altruism</w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t xml:space="preserve">, North-Holland, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 2, pp. 1560-1588, </w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2BA341" w14:textId="77777777" w:rsidR="00517EB0" w:rsidRDefault="00517EB0" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3722CFCD" w14:textId="77777777" w:rsidR="00517EB0" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t>“Non-Welfar</w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t>ist</w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t xml:space="preserve"> Optimal Taxation and Behavioral Public Economics,” (with J. P</w:t>
+      </w:r>
+      <w:r w:rsidR="0015533E">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t>rt</w:t>
+      </w:r>
+      <w:r w:rsidR="0015533E">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t>il</w:t>
+      </w:r>
+      <w:r w:rsidR="0015533E">
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t xml:space="preserve"> and M. Tuomala), </w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Economic Surveys</w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 20, No. 5, pp. 849-868, </w:t>
+      </w:r>
+      <w:r w:rsidR="00517EB0">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8AC77C" w14:textId="77777777" w:rsidR="00C167C0" w:rsidRDefault="00C167C0" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6013BBFB" w14:textId="77777777" w:rsidR="00C167C0" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:t xml:space="preserve">“Measuring Poverty with a Changing Population,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poverty in Focus</w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:t xml:space="preserve">, UNDP, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 18 and </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4FE7">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t>9, December</w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701F8783" w14:textId="77777777" w:rsidR="00685395" w:rsidRDefault="00685395" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="049EAC0C" w14:textId="77777777" w:rsidR="00685395" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:t xml:space="preserve">“Samuelson Machines and the Optimal Public-Private Mix,” (with S. Clark) </w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economics Bulletin</w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 8, No. 13, pp. 1-11, </w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563AFAC9" w14:textId="77777777" w:rsidR="00685395" w:rsidRDefault="00685395" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FB3D43A" w14:textId="77777777" w:rsidR="00B717E8" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:t xml:space="preserve">“The Policy Significance of Inequality Decompositions,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Economic Inequality</w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 4, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">No. 3, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 367-374, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C167C0">
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E17B6E" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="002B2669" w:rsidP="002B2669">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0548F3F2" w14:textId="77777777" w:rsidR="00685395" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:t xml:space="preserve">“How Workers Get Poor Because Capitalists Get Rich:  A General Equilibrium Model of Labor Supply, Community, and the Class Distribution of Income,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00685395" w:rsidRPr="002F056D">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Arthaniti</w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 5 (1-2), pp. 1-23, </w:t>
+      </w:r>
+      <w:r w:rsidR="00685395">
+        <w:t>2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC33B3E" w14:textId="77777777" w:rsidR="004B0F22" w:rsidRDefault="004B0F22" w:rsidP="004B0F22">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC4996F" w14:textId="77777777" w:rsidR="004B0F22" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0F22">
+        <w:t>“Poverty and Well-being in Post-</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0F22" w:rsidRPr="00D4617D">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Apartheid</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0F22">
+        <w:t xml:space="preserve"> South Africa: An Overview of Data, Outcomes and Policy,” (with H. Bhorat) in H. Bhorat and R. Kanbur (eds.). </w:t>
+      </w:r>
+      <w:r w:rsidR="004B0F22">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poverty and Policy in Post-Apartheid South Africa</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0F22">
+        <w:t>, HSRC Press, pp. 1-17, 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273EFDFC" w14:textId="77777777" w:rsidR="004B0F22" w:rsidRDefault="004B0F22" w:rsidP="004B0F22">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A26B0A" w14:textId="77777777" w:rsidR="00B717E8" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:t>“Minimum Wages and Poverty</w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve"> with Income Sharing</w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:t xml:space="preserve">,” (with G. Fields), </w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Economic Inequality</w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 5, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">No. 2, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 135-147, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF124D8" w14:textId="77777777" w:rsidR="00F42EB2" w:rsidRDefault="00F42EB2" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311F2D83" w14:textId="77777777" w:rsidR="00B717E8" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:t xml:space="preserve">“Spatial Disparities and Economic Development,” (with A.J. Venables) in D. Held and A. Kaya (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Global Inequality</w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:t xml:space="preserve">, Polity Press, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 204-215, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B717E8">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1421D987" w14:textId="77777777" w:rsidR="002F056D" w:rsidRDefault="002F056D" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A2C8D6" w14:textId="77777777" w:rsidR="002F056D" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F056D">
+        <w:t xml:space="preserve">“Comparing the Evolution of Spatial Inequality in China and India:  A Fifty-Year Perspective,” (with K. Gajwani and X. Zhang), </w:t>
+      </w:r>
+      <w:r w:rsidR="002F056D">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annual World Bank Conference on Development Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="002F056D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 155-177, </w:t>
+      </w:r>
+      <w:r w:rsidR="002F056D">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CFFADCF" w14:textId="77777777" w:rsidR="00096E47" w:rsidRDefault="00096E47" w:rsidP="00096E47">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BB9F9D" w14:textId="77777777" w:rsidR="00B83FCB" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t>“Epistemology, Normative Theory and Poverty Analysis:  Implications for Q-Squared in Practice,”</w:t>
+      </w:r>
+      <w:r w:rsidR="0094088E">
+        <w:t xml:space="preserve"> (with P. Shaffer), </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>World Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 35, No. 2, pp. 183-196, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E71378" w14:textId="77777777" w:rsidR="007C155A" w:rsidRDefault="007C155A" w:rsidP="007C155A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E2965E" w14:textId="77777777" w:rsidR="00B83FCB" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t xml:space="preserve">“Governance and the Karnataka Model of Development,” (with G. Kadekodi and V. Rao), </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economic and Political Weekly</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 649-652, February </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AF81B1" w14:textId="77777777" w:rsidR="00B83FCB" w:rsidRDefault="00B83FCB" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D0F5292" w14:textId="77777777" w:rsidR="00B83FCB" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t xml:space="preserve">“Membership Based Organizations of the Poor:  Concepts, Experience and Policy,” (with M. Chen, R. Jhabvala and C. Richards).  In M. Chen, R. Jhabvala, R. Kanbur and C. Richards (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Membership Based Organizations of the Poor</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t xml:space="preserve">, Routledge, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 3-20, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83FCB">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDF7AC4" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="00221294" w:rsidP="00221294">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B756EDF" w14:textId="77777777" w:rsidR="00EA649A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:t xml:space="preserve">“A Framework for Scaling Up Poverty Reduction,” (with S. Devarajan) in D. Narayan and E. Glinskaya (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2031" w:rsidRPr="000B2031">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>En</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ding Poverty in South Asia:  Ideas That Work</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:t xml:space="preserve">, World Bank, Washington, DC, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">pp. 378-388, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:t>2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332B274C" w14:textId="77777777" w:rsidR="00721BDC" w:rsidRDefault="00721BDC" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="198F50A0" w14:textId="77777777" w:rsidR="00721BDC" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00721BDC">
+        <w:t xml:space="preserve">“What’s Social Policy Got </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00721BDC">
+        <w:t xml:space="preserve"> Do with Economic Growth?” </w:t>
+      </w:r>
+      <w:r w:rsidR="00721BDC">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Indian Journal of Human Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00721BDC">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">Vol. 1, No. 1, pp. 3-19, </w:t>
+      </w:r>
+      <w:r w:rsidR="00721BDC">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A14BE94" w14:textId="77777777" w:rsidR="0023234B" w:rsidRDefault="0023234B" w:rsidP="0023234B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DFECEF" w14:textId="77777777" w:rsidR="00721BDC" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA39B7">
+        <w:t xml:space="preserve">“Poverty, Relative to the Ability to Eradicate It:  An Index of Poverty Reduction Failure” (with D. Mukherjee), </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA39B7">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economics Letters</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA39B7">
+        <w:t xml:space="preserve">, Science Direct, Vol. 97, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">No. 1, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA39B7">
+        <w:t>pp. 52-57, 2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41917D5E" w14:textId="77777777" w:rsidR="00EA649A" w:rsidRDefault="00EA649A" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05835266" w14:textId="77777777" w:rsidR="00EA649A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:t xml:space="preserve">“Premature Mortality and Poverty Measurement,” (with D. Mukherjee), </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Bulletin of Economic Research</w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t>Vol. 59</w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">, No. </w:t>
+      </w:r>
+      <w:r w:rsidR="00952E91">
+        <w:t xml:space="preserve">4, pp. 339-359, </w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FCBEF7" w14:textId="77777777" w:rsidR="00721BDC" w:rsidRDefault="00721BDC" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1036CE25" w14:textId="77777777" w:rsidR="00721BDC" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00721BDC">
+        <w:t xml:space="preserve">“Community and Class Antagonism,” (with I. Dasgupta), </w:t>
+      </w:r>
+      <w:r w:rsidR="001D310E" w:rsidRPr="001D310E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Jo</w:t>
+      </w:r>
+      <w:r w:rsidR="00721BDC">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>urnal of Public Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="001D310E" w:rsidRPr="001D310E">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001D310E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00920597">
+        <w:t xml:space="preserve">Vol. 91, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">No. 9, </w:t>
+      </w:r>
+      <w:r w:rsidR="00920597">
+        <w:t xml:space="preserve">pp. 1816-1842, </w:t>
+      </w:r>
+      <w:r w:rsidR="001D310E">
+        <w:t>2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218F0EB3" w14:textId="77777777" w:rsidR="00A7329A" w:rsidRDefault="00A7329A" w:rsidP="00A7329A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0833B7C8" w14:textId="77777777" w:rsidR="00E503BE" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:t>“The National Rural Employment Guarantee Act of India, 2005,” (wit</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0F22">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:t xml:space="preserve"> A. Basu and N. Chau), in K. Basu (ed.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>The Oxford Companion to Economics in India</w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:t>, Oxford University Press, 2007</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86317">
+        <w:t>, pp. 365-367</w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431E2376" w14:textId="77777777" w:rsidR="00EA649A" w:rsidRDefault="00EA649A" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76433B5B" w14:textId="77777777" w:rsidR="00EA649A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:t xml:space="preserve">“Male Wages and Female Welfare:  Private Markets, Public Goods, and Intrahousehold Inequality,” (with S. Ghosh), </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA649A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Oxford Economic Papers</w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00920597">
+        <w:t xml:space="preserve">Vol. 60, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17EBE">
+        <w:t xml:space="preserve">No. 1, </w:t>
+      </w:r>
+      <w:r w:rsidR="00920597">
+        <w:t xml:space="preserve">pp. 42-56, </w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:t>2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C491BEE" w14:textId="77777777" w:rsidR="00B83FCB" w:rsidRDefault="00B83FCB" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC13554" w14:textId="77777777" w:rsidR="0088449E" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:t xml:space="preserve">“And Never the Twain Shall Meet?  An Exchange on the Strengths and Weaknesses of Anthropology and Economics in Analyzing the Commons,” (with A. Riles), in P. Bardhan and I. Ray (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>The Contested Commons:  Conversations Between Economists and Anthropologists</w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:t xml:space="preserve">, Blackwell Publishing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00920597">
+        <w:t xml:space="preserve">pp. 266-279, </w:t>
+      </w:r>
+      <w:r w:rsidR="0088449E">
+        <w:t>2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E27B65F" w14:textId="77777777" w:rsidR="004C0DDD" w:rsidRDefault="004C0DDD" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048C5938" w14:textId="77777777" w:rsidR="004C0DDD" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C0DDD">
+        <w:t>“Ghana’s Economy at Half-Century:  An Overview of Stability, Growth &amp; Poverty,” (with E. Aryeetey),</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4140">
+        <w:t xml:space="preserve"> in E. Aryeetey and R. Kanbur (eds.)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0DDD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C0DDD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>The Economy of Ghana:  Analytical Perspectives on Stability, Growth &amp; Poverty</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0DDD">
+        <w:t>, James Currey, pp. 1-19, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174772D1" w14:textId="77777777" w:rsidR="0033405B" w:rsidRDefault="0033405B" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0C7B9E" w14:textId="77777777" w:rsidR="0033405B" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0033405B">
+        <w:t>“Moral Hazard, Income Taxation, and Prospect Theory,</w:t>
+      </w:r>
+      <w:r w:rsidR="00192500">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="0033405B">
+        <w:t xml:space="preserve"> (with J. Pirttil</w:t>
+      </w:r>
+      <w:r w:rsidR="0015533E">
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidR="0033405B">
+        <w:t xml:space="preserve"> and M. Tuomala), </w:t>
+      </w:r>
+      <w:r w:rsidR="0033405B">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Scandinavian Journal of Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="0033405B">
+        <w:t>, Vol. 110, Issue 2, pp. 321-337, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EF1F03" w14:textId="77777777" w:rsidR="00044A4C" w:rsidRDefault="00044A4C" w:rsidP="00044A4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28857BED" w14:textId="77777777" w:rsidR="00192500" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00192500">
+        <w:t xml:space="preserve">“Introduction to Q-Squared in Policy”, (with P. Shaffer et.al.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00192500">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Journal of Multiple Research Approaches</w:t>
+      </w:r>
+      <w:r w:rsidR="00192500">
+        <w:t>, Vol. 2, Issue 2, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EFF1AA" w14:textId="77777777" w:rsidR="00A65474" w:rsidRDefault="00A65474" w:rsidP="00A65474">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4716D3EF" w14:textId="77777777" w:rsidR="00A65474" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65474">
+        <w:t xml:space="preserve">“Poverty and Distribution:  Twenty Years Ago and Now,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65474">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Golden Jubilee Lecture</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65474">
+        <w:t>, Institute of Economic Growth, Delhi, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CD551C" w14:textId="77777777" w:rsidR="003F1A93" w:rsidRDefault="003F1A93" w:rsidP="001934CE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D46F27B" w14:textId="77777777" w:rsidR="00E503BE" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:t>“Poverty Dynamics:  Measurement and Understanding from an Interdisciplinary Perspective,” (with A. Addison and D. Hulme), in A. Addison, D. Hulme and R. Kanbur (</w:t>
+      </w:r>
+      <w:r w:rsidR="003929F4">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:t xml:space="preserve">ds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poverty Dynamics:  Interdisciplinary Perspectives</w:t>
+      </w:r>
+      <w:r w:rsidR="00E503BE">
+        <w:t>, Oxford University Press, pp. 3-28, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D13452" w14:textId="77777777" w:rsidR="00BC1C4A" w:rsidRDefault="00BC1C4A" w:rsidP="00BC1C4A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D10D40" w14:textId="77777777" w:rsidR="000826FF" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:t>“China’s Growth Strategies,” (with D. Headey and X. Zhang), in R. Kanbur and X. Zhang (</w:t>
+      </w:r>
+      <w:r w:rsidR="003929F4">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:t>ds</w:t>
+      </w:r>
+      <w:r w:rsidR="00C746A0">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00C746A0" w:rsidRPr="00C746A0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Governing</w:t>
+      </w:r>
+      <w:r w:rsidR="00C746A0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Rapid Growth in China:  Equity and Institutions</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>, Routledge, pp. 1-17, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF61376" w14:textId="77777777" w:rsidR="00A65474" w:rsidRDefault="00A65474" w:rsidP="00A65474">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E556D16" w14:textId="77777777" w:rsidR="000826FF" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:t>“Regional Inequality in China:  An Overview,” (with S. Fan and X. Zhang), in S. Fan, R. Kanbur and x. Zhang (</w:t>
+      </w:r>
+      <w:r w:rsidR="003929F4">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:t>ds</w:t>
+      </w:r>
+      <w:r w:rsidR="00C746A0">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Regional Inequality in China</w:t>
+      </w:r>
+      <w:r w:rsidR="00C746A0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:  Trends, explanations and policy responses</w:t>
+      </w:r>
+      <w:r w:rsidR="000826FF">
+        <w:t>, Routledge</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>, pp. 1-12, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E46A8F3" w14:textId="77777777" w:rsidR="007C155A" w:rsidRDefault="007C155A" w:rsidP="007C155A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77CC68D0" w14:textId="77777777" w:rsidR="00A7329A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>“Monetary Policy Challenges in Emerging Market Economies,” (with G. Hammond and E. Prasad), in G. Hammo</w:t>
+      </w:r>
+      <w:r w:rsidR="002F66EB">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t xml:space="preserve">d, R. Kanbur and E. Prasad (Editors) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Monetary Policy Frameworks for Emerging Markets</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>, Edward Elgar, pp. 3-21, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DDDB2F" w14:textId="77777777" w:rsidR="00684F73" w:rsidRDefault="00684F73" w:rsidP="00684F73">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152EA25F" w14:textId="77777777" w:rsidR="00684F73" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00684F73">
+        <w:t xml:space="preserve">“Risk, Knowledge and Health in Africa:  Introduction to the Symposium,” (with O. Ajakaiye, C. Barrett, D. Sahn and S. Younger) </w:t>
+      </w:r>
+      <w:r w:rsidR="00684F73">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>African Development Review</w:t>
+      </w:r>
+      <w:r w:rsidR="00684F73">
+        <w:t>, Vol. 21, No. 1, pp. 1-4, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3917D993" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="00221294" w:rsidP="00221294">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6302A5AE" w14:textId="77777777" w:rsidR="00A7329A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>“Overview,” (with J. Svejnar) in R. Kanbur and J. Svejnar (</w:t>
+      </w:r>
+      <w:r w:rsidR="003929F4">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t xml:space="preserve">ds.). </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Labor Markets and Economic Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>, Routledge, pp. 1-11, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779AF6C6" w14:textId="77777777" w:rsidR="00A7329A" w:rsidRDefault="00A7329A" w:rsidP="00A7329A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF9FFB8" w14:textId="77777777" w:rsidR="00A7329A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00633A49">
+        <w:t>“T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>he Co-Evolution of the Washington Consensus and the Economic Development Disco</w:t>
+      </w:r>
+      <w:r w:rsidR="00633A49">
+        <w:t>ur</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t xml:space="preserve">se,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Macalester International</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7329A">
+        <w:t>, Volume 24, Summer, pp. 33-57, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D3FE00" w14:textId="77777777" w:rsidR="004F7D61" w:rsidRDefault="004F7D61" w:rsidP="004F7D61">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AC41CC5" w14:textId="77777777" w:rsidR="00237A7A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00237A7A">
+        <w:t xml:space="preserve">“Poverty, Disconnected,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00237A7A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Finance and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00237A7A">
+        <w:t>, Vol. 46, No. 4, pp. 32-34, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20907215" w14:textId="77777777" w:rsidR="00237A7A" w:rsidRDefault="00237A7A" w:rsidP="00237A7A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6075522A" w14:textId="77777777" w:rsidR="00237A7A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00237A7A">
+        <w:t xml:space="preserve">“A Theory of Employment Guarantees:  Contestability, Credibility and Distributional Concerns,” (with A. Basu and N. Chau), </w:t>
+      </w:r>
+      <w:r w:rsidR="00237A7A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Public Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61453">
+        <w:t>, Vol. 93, Nos. 3-4, pp. 482-497</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:t>, 2009</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61453">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDDFA7D" w14:textId="77777777" w:rsidR="00AF5C82" w:rsidRDefault="00AF5C82" w:rsidP="00AF5C82">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51DF5018" w14:textId="77777777" w:rsidR="00D61453" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61453">
+        <w:t xml:space="preserve">“Macro Crises and Targeting the Poor,” in </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61453">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Globalization and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61453">
+        <w:t>, Volume 1, Issue 1, Article 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:t>, 2009</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61453">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F109BE1" w14:textId="77777777" w:rsidR="00AF5C82" w:rsidRDefault="00AF5C82" w:rsidP="00AF5C82">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B390DE9" w14:textId="77777777" w:rsidR="00AF5C82" w:rsidRPr="00AF5C82" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:t>“Con</w:t>
+      </w:r>
+      <w:r w:rsidR="00554AC8">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:t xml:space="preserve">eptualising Informality:  Regulation and Enforcement,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Indian Journal of Labour Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82" w:rsidRPr="00AF5C82">
+        <w:t>, Vol. 52, No. 1, pp. 33-42, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D77133" w14:textId="77777777" w:rsidR="00237A7A" w:rsidRDefault="00237A7A" w:rsidP="00237A7A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="621E64ED" w14:textId="77777777" w:rsidR="00237A7A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00237A7A">
+        <w:t xml:space="preserve">“Turning a Blind Eye:  Costly Enforcement, Credible Commitment and Minimum Wage Laws,” (with A. Basu and N. Chau), </w:t>
+      </w:r>
+      <w:r w:rsidR="00237A7A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economic Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C4A">
+        <w:t>, Volume 120, March, pp. 244-269, 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4312C92A" w14:textId="77777777" w:rsidR="00237A7A" w:rsidRDefault="00237A7A" w:rsidP="002A5CAA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42BC2DC5" w14:textId="77777777" w:rsidR="00A65474" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5CAA">
+        <w:t xml:space="preserve">“Attacking Poverty:  What is the Value Added of a Human Rights Approach?” in R. Minnerath, O.F. Carulli, V. Possenti (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5CAA">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Catholic Social Doctrine and Human Rights</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5CAA">
+        <w:t>, 15</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5CAA" w:rsidRPr="00BC1C4A">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5CAA">
+        <w:t xml:space="preserve"> Plenary Session, Pontifical Academy of Social Sciences, Vatican City, pp. 388-393, 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4834AC6B" w14:textId="77777777" w:rsidR="002A5CAA" w:rsidRDefault="002A5CAA" w:rsidP="00A65474">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C75426" w14:textId="77777777" w:rsidR="00A65474" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65474">
+        <w:t xml:space="preserve">“Equity Within and Between Nations,” (with A. M. Spence) in Ravi Kanbur and A. Michael Spence (Editors), </w:t>
+      </w:r>
+      <w:r w:rsidR="00A65474">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Equity in a Globalizing World</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65474">
+        <w:t>, The World Bank for the Commission on Growth and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2CBA">
+        <w:t>, pp. 1-16,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65474">
+        <w:t xml:space="preserve">  2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F3F007" w14:textId="77777777" w:rsidR="008571DD" w:rsidRDefault="008571DD" w:rsidP="008571DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D4BF530" w14:textId="77777777" w:rsidR="000A3598" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008571DD">
+        <w:t>“Globalization, Growth and Distribution:  Framing the Questions</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0BB9">
+        <w:t>,” in</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3598">
+        <w:t xml:space="preserve"> Ravi Kanbur and A. Michael Spence (Editors), </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3598">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Equity in a Globalizing World</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3598">
+        <w:t>, The World Bank for the Commission on Growth and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2CBA">
+        <w:t>, pp. 41-70,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00726">
+        <w:t xml:space="preserve"> 2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260A1891" w14:textId="77777777" w:rsidR="000A3598" w:rsidRDefault="000A3598" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540" w:firstLine="45"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C5D3C41" w14:textId="77777777" w:rsidR="000A3598" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008571DD">
+        <w:t xml:space="preserve">“Millennium Development Goals at Midpoint:  Where Do </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF7C87">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="008571DD">
+        <w:t>e Stand?</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2CBA">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="008571DD">
+        <w:t xml:space="preserve"> (with F.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0BB9">
+        <w:t xml:space="preserve"> Bourguignon and others), in </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3598">
+        <w:t xml:space="preserve">Ravi Kanbur and A. Michael Spence (Editors), </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3598" w:rsidRPr="000A3598">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Equity in a Globalizing World</w:t>
+      </w:r>
+      <w:r w:rsidR="000A3598">
+        <w:t>, The World Bank for the Commission on Growth and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2CBA">
+        <w:t xml:space="preserve">, pp. 17-40, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3598">
+        <w:t>2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDD71B0" w14:textId="77777777" w:rsidR="004312DD" w:rsidRDefault="004312DD" w:rsidP="004312DD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5F5250" w14:textId="77777777" w:rsidR="004312DD" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004312DD">
+        <w:t>“African Development in an Urban World:  Beyond the Tipping Point,”</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2CBA">
+        <w:t xml:space="preserve"> (with J. Beall and B. Guha-Khasnobis) </w:t>
+      </w:r>
+      <w:r w:rsidR="004312DD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004312DD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Urban Forum</w:t>
+      </w:r>
+      <w:r w:rsidR="004312DD">
+        <w:t>, Vol. 21, No. 3, pp. 187-204, 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE5BE0C" w14:textId="77777777" w:rsidR="005F2CBA" w:rsidRDefault="005F2CBA" w:rsidP="005F2CBA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24B8BD49" w14:textId="77777777" w:rsidR="00AF5C82" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:t xml:space="preserve">“Conceptualising Social Security and Income Redistribution,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Bulletin Luxembourgeois des questions sociales</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5C82">
+        <w:t>, Volume 27, pp. 31-41, 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4254B6" w14:textId="77777777" w:rsidR="00290A5D" w:rsidRDefault="00290A5D" w:rsidP="00290A5D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:ind w:left="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B8B6FD" w14:textId="77777777" w:rsidR="00290A5D" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00120EDF">
-[...1425 lines deleted...]
-        <w:t>“Poverty Dynamics:  Measurement and Understanding from an Interdisciplinary Perspective,” (with A. Addison and D. Hulme), in A. Addison, D. Hulme and R. Kanbur (</w:t>
+      <w:r w:rsidR="00290A5D">
+        <w:t>“Beyond the Tipping Point:  A Multidisciplinary Perspective on Urbanization and Development,” (with J. Beall and B. Guha-Khasnobis) in J. Beall, B. Guha-Khasnobis and R. Kanbur (</w:t>
       </w:r>
       <w:r w:rsidR="003929F4">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00E503BE">
-[...786 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00290A5D">
         <w:t xml:space="preserve">ds.) </w:t>
       </w:r>
       <w:r w:rsidR="00290A5D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Urbanization and Development:  Multidisciplinary Perspectives</w:t>
       </w:r>
       <w:r w:rsidR="00290A5D">
         <w:t>, pp. 3-16, Oxford University Press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1650DED4" w14:textId="77777777" w:rsidR="00096E47" w:rsidRDefault="00096E47" w:rsidP="00096E47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37813977" w14:textId="77777777" w:rsidR="005F2CBA" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00025F2D">
-        <w:t xml:space="preserve">“Conceptualizing Inclusive Development”, (with G. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">“Conceptualizing Inclusive Development”, (with G. Rauniyar), </w:t>
       </w:r>
       <w:r w:rsidR="00025F2D" w:rsidRPr="00025F2D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of the Asia Pacific Economy</w:t>
       </w:r>
       <w:r w:rsidR="00025F2D">
         <w:t>, Vol. 15, No. 4, pp. 437-454, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73866AE3" w14:textId="77777777" w:rsidR="005F2CBA" w:rsidRDefault="005F2CBA" w:rsidP="005F2CBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06BF6C72" w14:textId="77777777" w:rsidR="00025F2D" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00025F2D">
-        <w:t xml:space="preserve">“Inclusive Growth and Inclusive Development:  A Review and Synthesis of Asian Development Bank Literature,” (with G. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">“Inclusive Growth and Inclusive Development:  A Review and Synthesis of Asian Development Bank Literature,” (with G. Rauniyar), </w:t>
       </w:r>
       <w:r w:rsidR="00025F2D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of the Asia Pacific Economy</w:t>
       </w:r>
       <w:r w:rsidR="00025F2D">
         <w:t>, Vol. 15, No. 4, pp. 455-469, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B00D21" w14:textId="77777777" w:rsidR="002F0A2E" w:rsidRDefault="002F0A2E" w:rsidP="002F0A2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14F4A247" w14:textId="77777777" w:rsidR="002F0A2E" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
@@ -24821,79 +24265,57 @@
         <w:t>Globalization and Growth:  Implications for a Post-Crisis World</w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E">
         <w:t>, The World Bank for the Commission on Growth and Development, pp. 109-122, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080237DE" w14:textId="77777777" w:rsidR="00F13E7A" w:rsidRDefault="00F13E7A" w:rsidP="00F13E7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5825EA5B" w14:textId="77777777" w:rsidR="00F13E7A" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F13E7A">
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">“Intergenerationalities:  Some Educational Questions on Quality, Quantity and Opportunity,” </w:t>
+      </w:r>
       <w:r w:rsidR="00F13E7A">
-        <w:t>Intergenerationalities</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Latino Americana De Desarrollo Humane</w:t>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Humanum: Revista Latino Americana De Desarrollo Humane</w:t>
       </w:r>
       <w:r w:rsidR="00F13E7A">
         <w:t>, No. 1, July 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419C936E" w14:textId="77777777" w:rsidR="00404C28" w:rsidRDefault="00404C28" w:rsidP="00404C28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2ED0ABCB" w14:textId="77777777" w:rsidR="00404C28" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00404C28">
         <w:t xml:space="preserve">“Development Disagreements and Water Privatization:  Bridging the Divide,” </w:t>
@@ -25234,127 +24656,97 @@
     <w:p w14:paraId="20049443" w14:textId="77777777" w:rsidR="001C50F9" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C50F9">
         <w:t>“Does Kuznets Still Matter?” in S.</w:t>
       </w:r>
       <w:r w:rsidR="002A7450">
         <w:t xml:space="preserve"> Koch</w:t>
       </w:r>
       <w:r w:rsidR="005F7C68">
         <w:t>ha</w:t>
       </w:r>
       <w:r w:rsidR="002A7450">
         <w:t xml:space="preserve">r (ed.), </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002A7450">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Policy-Making</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> S. Ahluwalia</w:t>
+        <w:t>Policy-Making for Indian Planning:  Essays on Contemporary Issues in Honor of Montek S. Ahluwalia</w:t>
       </w:r>
       <w:r w:rsidR="002A7450">
         <w:t xml:space="preserve">, Academic </w:t>
       </w:r>
       <w:r w:rsidR="00CB6C18">
         <w:t>Foundation Press, pp. 115-128, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB899F1" w14:textId="77777777" w:rsidR="00762795" w:rsidRDefault="00762795" w:rsidP="00762795">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46F696F4" w14:textId="77777777" w:rsidR="00762795" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00762795">
         <w:t>“Confronting Rising Inequality in Asia,” (with J.</w:t>
       </w:r>
       <w:r w:rsidR="00F31886">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00762795">
         <w:t xml:space="preserve">Zhuang), Theme Chapter of </w:t>
       </w:r>
       <w:r w:rsidR="00762795" w:rsidRPr="00762795">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Asian Development Outlook 2012</w:t>
       </w:r>
       <w:r w:rsidR="00762795">
-        <w:t xml:space="preserve">, Asian Development Bank, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 2012.</w:t>
+        <w:t>, Asian Development Bank, April, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D09F7C3" w14:textId="77777777" w:rsidR="00090005" w:rsidRDefault="00090005" w:rsidP="00090005">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0272EDFA" w14:textId="77777777" w:rsidR="00090005" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00090005">
         <w:t xml:space="preserve">“Introduction:  Informality </w:t>
       </w:r>
       <w:r w:rsidR="00090005">
         <w:sym w:font="Symbol" w:char="F02D"/>
       </w:r>
       <w:r w:rsidR="00090005">
@@ -25461,65 +24853,51 @@
         <w:t>Oxford University Press</w:t>
       </w:r>
       <w:r w:rsidR="005C16B0">
         <w:t>, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD176F1" w14:textId="77777777" w:rsidR="007C155A" w:rsidRDefault="007C155A" w:rsidP="007C155A"/>
     <w:p w14:paraId="70CCB4DE" w14:textId="77777777" w:rsidR="00C158FF" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C158FF">
         <w:t xml:space="preserve">“Minimum Wage Violation in South Africa,” (with H. Bhorat and N. Mayet), </w:t>
       </w:r>
       <w:r w:rsidR="00C158FF">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">International </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Review</w:t>
+        <w:t>International Labour Review</w:t>
       </w:r>
       <w:r w:rsidR="00C158FF">
         <w:t>, Vol. 151, No. 3, pp. 277-287, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7843A720" w14:textId="77777777" w:rsidR="00EC79E8" w:rsidRDefault="00EC79E8" w:rsidP="00EC79E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="566F67D7" w14:textId="77777777" w:rsidR="00EC79E8" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC79E8">
         <w:t xml:space="preserve">“Rethinking the Latin American City,” (with J. Beall and D. Rodgers), in D. Rodgers, J. Beall and R. Kanbur (eds.), </w:t>
       </w:r>
       <w:r w:rsidR="00EC79E8">
@@ -25572,126 +24950,86 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Development Economics</w:t>
       </w:r>
       <w:r w:rsidR="0071287D">
         <w:t>, Vol. 16, Issue No. 4, pp. 608-623, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5693EF14" w14:textId="77777777" w:rsidR="00386B54" w:rsidRDefault="00386B54" w:rsidP="00386B54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0447AC2F" w14:textId="77777777" w:rsidR="00386B54" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00386B54">
-        <w:t>“</w:t>
-[...3 lines deleted...]
-        <w:t>Organi</w:t>
+        <w:t>“Organi</w:t>
       </w:r>
       <w:r w:rsidR="00E07182">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00386B54">
-        <w:t>ation</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ation, Poverty and Women:  Andhra Pradesh in Global Perspective,” (with S.M. Dev, S. Galab, and G. Alivelu), in S.M. Dev, R. Kanbur, S. Galab, G. Alivelu (eds.).  </w:t>
+      </w:r>
       <w:r w:rsidR="00386B54">
-        <w:t xml:space="preserve">, Poverty and Women:  Andhra Pradesh in Global Perspective,” (with S.M. Dev, S. Galab, and G. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Poor Women:  The Andhra Pradesh Experience</w:t>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Organising Poor Women:  The Andhra Pradesh Experience</w:t>
       </w:r>
       <w:r w:rsidR="00386B54">
         <w:t>, pp. 19-33, Academic Foundation Press, 2012.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA5395A" w14:textId="77777777" w:rsidR="00A45ECC" w:rsidRDefault="00A45ECC" w:rsidP="00A45ECC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="799606F6" w14:textId="77777777" w:rsidR="00A45ECC" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A45ECC">
-        <w:t xml:space="preserve">“The Cornell-SEWA-WIEGO Exposure and Dialogue </w:t>
-[...7 lines deleted...]
-        <w:t>:  An Overview of the Process and Main Outcome</w:t>
+        <w:t>“The Cornell-SEWA-WIEGO Exposure and Dialogue Programme:  An Overview of the Process and Main Outcome</w:t>
       </w:r>
       <w:r w:rsidR="001D2B9A">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A45ECC">
         <w:t xml:space="preserve">” (with N. Bali and M. Chen), in N. Bali, M. Chen and </w:t>
       </w:r>
       <w:r w:rsidR="00C726AA">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00A45ECC">
         <w:t>. Kanbur (eds</w:t>
       </w:r>
       <w:r w:rsidR="006F6701">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A45ECC">
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
       <w:r w:rsidR="00A45ECC">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Bridging Perspectives</w:t>
       </w:r>
@@ -25815,58 +25153,56 @@
         <w:t>Asian Development Review</w:t>
       </w:r>
       <w:r w:rsidR="007C518D">
         <w:t>, Vol. 30, No. 1, pp. 131-147, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF8753E" w14:textId="77777777" w:rsidR="005E7F15" w:rsidRDefault="005E7F15" w:rsidP="005E7F15">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45B6A789" w14:textId="77777777" w:rsidR="005E7F15" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E7F15">
         <w:t xml:space="preserve">“A Note on Measuring the Depth of Minimum Wage Violation” (with H. Bhorat and N. Mayet), </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005E7F15">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Labour</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005E7F15">
         <w:t>, Vol. 27, No. 2, pp. 192-197, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B460EB6" w14:textId="77777777" w:rsidR="003034CF" w:rsidRDefault="003034CF" w:rsidP="003034CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19AF0ABA" w14:textId="77777777" w:rsidR="003034CF" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD4B78">
         <w:t xml:space="preserve">“Relativity, Inequality and Optimal Nonlinear Income Taxation” (with M. Tuomala), </w:t>
       </w:r>
       <w:r w:rsidR="00FD4B78">
         <w:rPr>
@@ -25885,87 +25221,57 @@
       </w:r>
       <w:r w:rsidR="00B24558">
         <w:t>, 2013</w:t>
       </w:r>
       <w:r w:rsidR="00FD4B78">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B3B344B" w14:textId="77777777" w:rsidR="00FD4B78" w:rsidRDefault="00FD4B78" w:rsidP="00FD4B78">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59522053" w14:textId="77777777" w:rsidR="00FD4B78" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD4B78">
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">“Labour Law Violations in Chile” (with L. Ronconi and L. Wedenoja), </w:t>
+      </w:r>
       <w:r w:rsidR="00FD4B78">
-        <w:t>Labour</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Review</w:t>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Labour Review</w:t>
       </w:r>
       <w:r w:rsidR="00B24558">
         <w:t xml:space="preserve">, Vol. 152, </w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E">
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00B24558">
         <w:t>o. 3-4, 2013.</w:t>
       </w:r>
       <w:r w:rsidR="00FD4B78">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAEEC64" w14:textId="77777777" w:rsidR="00FD4B78" w:rsidRDefault="00FD4B78" w:rsidP="00FD4B78">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57AF82CE" w14:textId="77777777" w:rsidR="00FD4B78" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
@@ -26000,91 +25306,75 @@
       </w:r>
       <w:r w:rsidR="00B24558">
         <w:t>, 2013</w:t>
       </w:r>
       <w:r w:rsidR="00FD4B78">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="033A07CF" w14:textId="77777777" w:rsidR="0086140B" w:rsidRDefault="0086140B" w:rsidP="0086140B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="644A440C" w14:textId="77777777" w:rsidR="0086140B" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086140B">
-        <w:t xml:space="preserve">“Challenges of </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> in India:  An Overview “ (with I. J. Ahluwali</w:t>
+        <w:t>“Challenges of Urbanisation in India:  An Overview “ (with I. J. Ahluwali</w:t>
       </w:r>
       <w:r w:rsidR="008F178F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0086140B">
         <w:t xml:space="preserve"> and P. K Mohanty), in I</w:t>
       </w:r>
       <w:r w:rsidR="003929F4">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0086140B">
         <w:t>.J. Ahluwali</w:t>
       </w:r>
       <w:r w:rsidR="008F178F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0086140B">
         <w:t xml:space="preserve">, R. Kanbur, and P. K. Mohanty (Editors), </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0086140B">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Urbanisation</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> in India:  Challenges, Opportunities and the Way Forward</w:t>
+        <w:t>Urbanisation in India:  Challenges, Opportunities and the Way Forward</w:t>
       </w:r>
       <w:r w:rsidR="0086140B">
         <w:t>, pp. 1-28, Sage, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102174E1" w14:textId="77777777" w:rsidR="002F0A2E" w:rsidRDefault="002F0A2E" w:rsidP="002F0A2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E8D9129" w14:textId="77777777" w:rsidR="002F0A2E" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E">
         <w:t xml:space="preserve">“Poverty, Development, and Behavioral Economics” (with M. Jäntti and J. Pirttilä), </w:t>
       </w:r>
       <w:r w:rsidR="00006EAE" w:rsidRPr="00006EAE">
@@ -26095,1246 +25385,1174 @@
       </w:r>
       <w:r w:rsidR="002F0A2E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Income and Wealth</w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E">
         <w:t>, Volume 60, Issue 1, pp. 1-6, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4806BF4A" w14:textId="77777777" w:rsidR="002F0A2E" w:rsidRDefault="002F0A2E" w:rsidP="002F0A2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45E55B37" w14:textId="77777777" w:rsidR="002F0A2E" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E">
-        <w:t xml:space="preserve">“Poverty and Welfare Measurement on the Basis of Prospect Theory” (with M. Jäntti, M. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, and J. Pirttilä), </w:t>
+        <w:t xml:space="preserve">“Poverty and Welfare Measurement on the Basis of Prospect Theory” (with M. Jäntti, M. Nyssolla, and J. Pirttilä), </w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E" w:rsidRPr="002F0A2E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Income and Wealth</w:t>
       </w:r>
       <w:r w:rsidR="002F0A2E">
         <w:t>, Volume 60, Issue 1, pp. 182-205, 2014.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AE924F3" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="00221294" w:rsidP="00221294">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D3B3B32" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:t xml:space="preserve">“Introduction to Inequality in Asia and the Pacific” (with C. Rhee and J. Zhuang), in R. Kanbur, C. Rhee and J. Zhuang (eds.). </w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Inequality in Asia and the Pacific</w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:t>, pp. 1-18, Sage, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545ABA7D" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="00221294" w:rsidP="00221294">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B138A2" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:t xml:space="preserve">“The State of Development Thought” (with B. Currie-Alder, D. Malone, and R. Medhora), in B. Currie-Alder, D. Malone, and R. Medhora (eds.).  </w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Development:  Ideas, Experience, and Prospects</w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:t>, Oxford University Press, pp. 1-20, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D675EC" w14:textId="77777777" w:rsidR="00221294" w:rsidRDefault="00221294" w:rsidP="00221294">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="527694C2" w14:textId="77777777" w:rsidR="00C6583D" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:t xml:space="preserve">“Epilogue” (with B. Currie-Alder, D. Malone, and R. Medhora), in B. Currie-Alder, D. Malone, and R. Medhora (eds.).  </w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Development:  Ideas, Experience, and Prospects</w:t>
+      </w:r>
+      <w:r w:rsidR="00221294">
+        <w:t>, Oxford University Press, pp. 899-902, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A35AEE5" w14:textId="77777777" w:rsidR="00C6583D" w:rsidRDefault="00C6583D" w:rsidP="00C6583D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6883478D" w14:textId="77777777" w:rsidR="00C6583D" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6583D">
+        <w:t xml:space="preserve">“Development Strategy as Balancing Market and Government Failure” (with </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0142B">
+        <w:t>S. Devarajan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6583D">
+        <w:t xml:space="preserve">), in B. Currie-Alder, D. Malone, and R. Medhora (eds.).  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6583D" w:rsidRPr="00C6583D">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Development:  Ideas, Experience, and Prospects</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6583D">
+        <w:t>, Oxford University Press, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5CED8D" w14:textId="77777777" w:rsidR="00096E47" w:rsidRDefault="00096E47" w:rsidP="00096E47">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B120154" w14:textId="77777777" w:rsidR="00096E47" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096E47">
+        <w:t xml:space="preserve">“Social Protection:  Consensus and Challenges,” in G.A. Cornia and Frances Stewart (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="00096E47">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Towards Human Development:  New Approaches to Macroeconomics and Inequality</w:t>
+      </w:r>
+      <w:r w:rsidR="00096E47">
+        <w:t>, Oxford University Press, pp. 86-98, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC9DBD0" w14:textId="77777777" w:rsidR="007D35C0" w:rsidRDefault="007D35C0" w:rsidP="007D35C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6702B4C5" w14:textId="77777777" w:rsidR="007D35C0" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:t xml:space="preserve">“Do Public Work Schemes Deter or Encourage Outmigration?  Empirical Evidence from China,” (with N. Chau and Y. Qin), </w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0" w:rsidRPr="007D35C0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>IZA Journal of Labor and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:t>, 3:4, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDDCD4B" w14:textId="77777777" w:rsidR="006F6701" w:rsidRDefault="006F6701" w:rsidP="006F6701">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7119AD61" w14:textId="77777777" w:rsidR="007D35C0" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:t>“Informality:  Mindsets and Policie</w:t>
+      </w:r>
+      <w:r w:rsidR="00831597">
+        <w:t>s” in B. Jalan and P. Balakrishn</w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:t xml:space="preserve">an (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Politics Trumps Economics:  The Interface of Economics and Politics in Contemporary India</w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:t>, Rupa Publications, pp. 130-145</w:t>
+      </w:r>
+      <w:r w:rsidR="007114EC">
+        <w:t>, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011D5B40" w14:textId="77777777" w:rsidR="007D35C0" w:rsidRDefault="007D35C0" w:rsidP="007D35C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E426736" w14:textId="77777777" w:rsidR="00096E47" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096E47">
+        <w:t>“Social Protection, Poverty and the Post-2015 Agenda” (with A. Fiszbein an</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30380">
+        <w:t xml:space="preserve">d R. Yemtsov).  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30380" w:rsidRPr="00E30380">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>World Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37FE8">
+        <w:t>, Vol. 61, pp. 167-177, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347E6EF7" w14:textId="77777777" w:rsidR="00096E47" w:rsidRDefault="00096E47" w:rsidP="00096E47">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7173D1B2" w14:textId="77777777" w:rsidR="00E30380" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30380">
+        <w:t xml:space="preserve">“Thresholds, Informality and Partitions of Compliance” (with M. Keen). </w:t>
+      </w:r>
+      <w:r w:rsidR="00A34479">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30380" w:rsidRPr="00E30380">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Tax and Public Finance</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37FE8">
+        <w:t>, Vol. 21, pp. 536-559, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03407CF3" w14:textId="77777777" w:rsidR="007D35C0" w:rsidRDefault="007D35C0" w:rsidP="007D35C0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C061D50" w14:textId="77777777" w:rsidR="007D35C0" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:t xml:space="preserve">“Estimating the Impact of Minimum Wages on Employment, Wages and Non-Wage Benefits:  The Case of Agriculture in South Africa” (with H. Bhorat and B. Stanwix.  </w:t>
+      </w:r>
+      <w:r w:rsidR="007D35C0">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>American Journal of Agricultural Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37FE8">
+        <w:t>, Vol. 96 (5), pp. 1402-1419, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719F7841" w14:textId="77777777" w:rsidR="00D37FE8" w:rsidRDefault="00D37FE8" w:rsidP="00D37FE8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DD53F91" w14:textId="77777777" w:rsidR="00D37FE8" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37FE8">
+        <w:t>“The Operational Dimensions of Results-Based Financing” (wi</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2111">
+        <w:t xml:space="preserve">th T. O’Brien). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37FE8" w:rsidRPr="00E30380">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Public Administration and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2111">
+        <w:t>, Volume 34, pp 345-358, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F44B28" w14:textId="77777777" w:rsidR="00EB4522" w:rsidRDefault="00EB4522" w:rsidP="00EB4522">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF4212F" w14:textId="77777777" w:rsidR="00EB4522" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4522">
+        <w:t xml:space="preserve">“The Economics of China: Successes and Challenges”, (with S. Fan, S. Wei and X. Zhang), in S. Fan, R. Kanbur, S. Wei and X. Zhang (Editors), </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4522">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>The Oxford Companion to the Economics of China</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4522">
+        <w:t>, Oxford University Press, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A9F83E" w14:textId="77777777" w:rsidR="00EB4522" w:rsidRDefault="00EB4522" w:rsidP="00EB4522">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A53924" w14:textId="77777777" w:rsidR="00EB4522" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4522">
+        <w:t xml:space="preserve">“Economic Policy in South Africa: Past Present and Future”, (with H. Bhorat, A. Hirsch and M. Ncube), in H. Bhorat, A. Hirsch, R. Kanbur and M. Ncube (Editors), </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4522">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>The Oxford Companion to the Economics of South Africa</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4522">
+        <w:t>, Oxford University Press, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8DF305" w14:textId="77777777" w:rsidR="00536033" w:rsidRDefault="00536033" w:rsidP="00536033">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B0D198" w14:textId="77777777" w:rsidR="00536033" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00536033">
+        <w:t xml:space="preserve">“Globalization and Inequality”, in A.B. Atkinson and F. Bourguignon (Editors), </w:t>
+      </w:r>
+      <w:r w:rsidR="00536033">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Handbook of Income Distribution Volume 2B</w:t>
+      </w:r>
+      <w:r w:rsidR="00536033">
+        <w:t>, Elsevier, 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146598B3" w14:textId="77777777" w:rsidR="00495F25" w:rsidRDefault="00495F25" w:rsidP="00495F25">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="189FD4C2" w14:textId="77777777" w:rsidR="00495F25" w:rsidRDefault="00495F25" w:rsidP="00495F25">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00495F25">
+        <w:t>“Urbanization and (In)Formalization” (with E. Ghani), in Edward Glaeser and Abha Joshi-Ghani (Editors) The Urban Imperative: Towards Competitive Cities</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Oxford University Press, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B1E620" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="002B2669" w:rsidP="002B2669">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31D636B0" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00221294">
-[...447 lines deleted...]
-      </w:r>
       <w:r w:rsidR="002B2669">
         <w:t xml:space="preserve">“Mitigating Risk:  Social Protection and the Rural Poor”, in </w:t>
       </w:r>
       <w:r w:rsidR="002B2669">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2014-2015 Global Food Policy Report</w:t>
       </w:r>
       <w:r w:rsidR="002B2669">
         <w:t>, International Food Policy Research Institute, 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FCC858" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="002B2669" w:rsidP="002B2669">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="599E999B" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:t>“Designing Efficient</w:t>
+      </w:r>
+      <w:r w:rsidR="00A704CE">
+        <w:t xml:space="preserve"> Markets</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:t xml:space="preserve"> for Carbon Offsets with Distributional Constraints” (with A. Bento and B. Leard), </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Environment</w:t>
+      </w:r>
+      <w:r w:rsidR="009813BA">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Economics and Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t>, Vol. 70, pp. 51-71, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3477ADA6" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="002B2669" w:rsidP="002B2669">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E4D77B8" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:t>“Contractual Dualism,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A704CE">
+        <w:t xml:space="preserve"> Market</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:t xml:space="preserve"> Power and Informality” (with A. Basu and N. Chau</w:t>
+      </w:r>
+      <w:r w:rsidR="009813BA">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economic Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B078DD">
+        <w:t>Vol. 125, pp. 1534-1573, 2015</w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF6B373" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="002B2669" w:rsidP="002B2669">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F4F01F2" w14:textId="77777777" w:rsidR="00901156" w:rsidRDefault="007C155A" w:rsidP="00495F25">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00B078DD">
+        <w:t>Non-Compliance with India’s Factor</w:t>
+      </w:r>
+      <w:r w:rsidR="00027D57">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B078DD">
+        <w:t xml:space="preserve">es Act: Magnitude and Patterns” (with U. Chatterjee), </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2669">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>International Labor Review</w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t>, Vol. 154</w:t>
+      </w:r>
+      <w:r w:rsidR="00B078DD">
+        <w:t xml:space="preserve"> No. </w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t>3, p. 393-412, 2015.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2B44">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650A591C" w14:textId="77777777" w:rsidR="00901156" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t xml:space="preserve">“Poverty and Distribution:  Thirty Years Ago and Now,” in B. Clements, R. de Mooij, S. Gupta, and M. Keen (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Inequality and Fiscal Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t>, pp. 77-96. International Monetary Fund, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590969DA" w14:textId="77777777" w:rsidR="00901156" w:rsidRDefault="00901156" w:rsidP="00901156">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592EB280" w14:textId="77777777" w:rsidR="00901156" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t xml:space="preserve">“Can a Country Be a Donor and a Recipient of Aid?” in S. Mahendra Dev and P.G. Babu (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Development in India:  Micro and Macro Perspectives</w:t>
+      </w:r>
+      <w:r w:rsidR="00901156">
+        <w:t>, pp. 71-82, Springer, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F82BE53" w14:textId="77777777" w:rsidR="00F721EA" w:rsidRDefault="00F721EA" w:rsidP="00F721EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05CC7097" w14:textId="77777777" w:rsidR="00F721EA" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:t xml:space="preserve">“Inequality of Opportunity:  The New Motherhood and Apple Pie?” (with A. Wagstaff), </w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Health Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:t>, Vol. 24, No. 10, pp. 1243-1247, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F07FCD7" w14:textId="77777777" w:rsidR="00F721EA" w:rsidRDefault="00F721EA" w:rsidP="00F721EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="407B8F7C" w14:textId="77777777" w:rsidR="00F721EA" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:t>“Inequality of Opportunity:  Reply</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2BA8">
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:t xml:space="preserve">” (with A. Wagstaff), </w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Health </w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA" w:rsidRPr="001C2BA8">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA" w:rsidRPr="00F721EA">
+        <w:t>Vol</w:t>
+      </w:r>
+      <w:r w:rsidR="00F721EA">
+        <w:t>. 24, No. 10, pp. 1253-1255, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3C578B" w14:textId="77777777" w:rsidR="00495BD7" w:rsidRDefault="00495BD7" w:rsidP="00495BD7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F764FC" w14:textId="77777777" w:rsidR="00495BD7" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00495BD7">
+        <w:t xml:space="preserve">“Reducing Informality” (with M. Keen), </w:t>
+      </w:r>
+      <w:r w:rsidR="00495BD7">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Finance and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00495BD7">
+        <w:t>, Vol. 52, No. 1, pp. 52-54, March, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E9EA32" w14:textId="77777777" w:rsidR="004706DB" w:rsidRDefault="004706DB" w:rsidP="004706DB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69CA410D" w14:textId="77777777" w:rsidR="004706DB" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004706DB">
+        <w:t xml:space="preserve">“Partial Minimum Wage Compliance” (with H. Bhorat and B. Stanwix), </w:t>
+      </w:r>
+      <w:r w:rsidR="004706DB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Labor and Development</w:t>
+      </w:r>
+      <w:r w:rsidR="004706DB">
+        <w:t>, Vol. 4, No. 18, pp. 1–20, 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2E751B" w14:textId="77777777" w:rsidR="004F7D61" w:rsidRDefault="004F7D61" w:rsidP="004F7D61">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="044F3712" w14:textId="77777777" w:rsidR="004F7D61" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D61">
+        <w:t xml:space="preserve">“Minimum Wages and Youth:  The Case of South Africa” (with H. Bhorat and others) </w:t>
+      </w:r>
+      <w:r w:rsidR="005807D3">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of African Economie</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D61">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D61">
+        <w:t>, Vol. 25, pp. i61-i102</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2CDD">
+        <w:t>, 2016</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D61">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E007219" w14:textId="77777777" w:rsidR="00495BD7" w:rsidRDefault="00495BD7" w:rsidP="00495BD7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22260AA4" w14:textId="77777777" w:rsidR="00D0142B" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0142B">
+        <w:t xml:space="preserve">“Middlemen, fair traders, and poverty” (with N. Chau and H. Goto), </w:t>
+      </w:r>
+      <w:r w:rsidR="00E97171">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Economic</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0142B">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inequality</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0142B">
+        <w:t>, Vol. 14, No. 14, pp. 81-108, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2872FC3D" w14:textId="77777777" w:rsidR="00D0142B" w:rsidRDefault="00D0142B" w:rsidP="00D0142B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E436EA6" w14:textId="77777777" w:rsidR="00D0142B" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0142B">
+        <w:t xml:space="preserve">“The End of Laissez Faire, The End of History and The Structure of Scientific Revolutions”, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0142B">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Challenge</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0142B">
+        <w:t>,   Vol. 59, No. 1, pp. 35-46, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF8C2E0" w14:textId="77777777" w:rsidR="00A2421E" w:rsidRDefault="00A2421E" w:rsidP="00A2421E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7158ECC7" w14:textId="77777777" w:rsidR="00A2421E" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2421E">
+        <w:t xml:space="preserve">“How  Useful Is Inequality of Opportunity as a Policy Construct”? (with A. Wagstaff in K. Basu and J.E. Stiglitz (Eds.) in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2421E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Inequality and Growth: Patterns and Policy, Vol. I: Concepts and Analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2421E">
+        <w:t>, Palgrave Macmillan, pp. 131-148, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B809396" w14:textId="77777777" w:rsidR="004F7D61" w:rsidRDefault="004F7D61" w:rsidP="004F7D61">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EAAE718" w14:textId="77777777" w:rsidR="004F7D61" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D61">
+        <w:t xml:space="preserve">“Groupings and the Gains from Targeting” (with M. Tuomala), </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D61">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Research in Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2421E">
+        <w:t>, Vol. 70, pp. 53-63, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D703219" w14:textId="77777777" w:rsidR="00E97171" w:rsidRDefault="00E97171" w:rsidP="00E97171">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="643ED3A1" w14:textId="77777777" w:rsidR="00E97171" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E97171">
+        <w:t xml:space="preserve">“Dynastic Inequality, Mobility and Equality of Opportunity” (with J.E. Stiglitz), </w:t>
+      </w:r>
+      <w:r w:rsidR="00E97171">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Economic Inequality</w:t>
+      </w:r>
+      <w:r w:rsidR="001973F5">
+        <w:t>, Vol. 14, No. 4, pp 419-434, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5949AC91" w14:textId="77777777" w:rsidR="00E97171" w:rsidRDefault="00E97171" w:rsidP="00E97171">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A6E11C9" w14:textId="77777777" w:rsidR="00EC66B8" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096F5E">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F5E" w:rsidRPr="00096F5E">
+        <w:t>Economic growth and poverty reduction: the inequality connection,</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3916">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F5E">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00096F5E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>World Science Report, 2016 Challenging Inequalities: Pathways to a Just World</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F5E">
+        <w:t xml:space="preserve">, UNESCO publishing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00096F5E" w:rsidRPr="00096F5E">
+        <w:t>ISBN 978-92-3-100164-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00096F5E">
+        <w:t>, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAD476D" w14:textId="77777777" w:rsidR="00EC66B8" w:rsidRDefault="00EC66B8" w:rsidP="00EC66B8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719A00BA" w14:textId="77777777" w:rsidR="00EC66B8" w:rsidRDefault="00EC66B8" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC66B8">
+        <w:t xml:space="preserve"> “Wealth and income Distribution: New Theories Needed for A New Era.” </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(With Joseph E. Stiglitz) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC66B8">
+        <w:t xml:space="preserve">In Pat Hudson and Keith Tribe (Ed.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00556889">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>The Contradictions of Capital in the Twentieth Century: The Piketty Opportunity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC66B8">
+        <w:t>, Agenda Pub</w:t>
+      </w:r>
+      <w:r>
+        <w:t>lishing, ISBN 978-1-911116-11-0, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1AE192" w14:textId="77777777" w:rsidR="00E21C4F" w:rsidRDefault="00E21C4F" w:rsidP="00E21C4F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E4C7D92" w14:textId="77777777" w:rsidR="00E21C4F" w:rsidRDefault="00E21C4F" w:rsidP="00AD2B44">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002B2669">
-[...35 lines deleted...]
-    <w:p w14:paraId="6E4D77B8" w14:textId="77777777" w:rsidR="002B2669" w:rsidRDefault="007C155A" w:rsidP="00AD2B44">
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Bien Publics Mondiaux et Institutions Internationale: Quel Avenir Pour La Banque Mondiale?” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Revue d’Economie Du Developpement</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Vol. 24 pp 9-24, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077A3A96" w14:textId="77777777" w:rsidR="008E2B48" w:rsidRDefault="008E2B48" w:rsidP="008E2B48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7726395F" w14:textId="77777777" w:rsidR="008E2B48" w:rsidRDefault="008E2B48" w:rsidP="008E2B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...614 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidRPr="008E2B48">
-        <w:t>Exposure and Dialogue Programs in the Training of Development Analysts and Practitioners. In G. DeMartino &amp; D. McCloskey (Eds.), The Oxford Handbook of Professional Economic Ethics. Oxford University Press. doi.org/10.1093/</w:t>
-[...7 lines deleted...]
-        <w:t>/9780199766635.013.038</w:t>
+        <w:t>Exposure and Dialogue Programs in the Training of Development Analysts and Practitioners. In G. DeMartino &amp; D. McCloskey (Eds.), The Oxford Handbook of Professional Economic Ethics. Oxford University Press. doi.org/10.1093/oxfordhb/9780199766635.013.038</w:t>
       </w:r>
       <w:r>
         <w:t>, 2016.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1073EA26" w14:textId="77777777" w:rsidR="008F5053" w:rsidRDefault="008F5053" w:rsidP="008F5053">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49EA785D" w14:textId="77777777" w:rsidR="008F5053" w:rsidRDefault="008F5053" w:rsidP="008E2B48">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “On the Importance of Baseline Setting in Carbon Offsets Markets,” (with A. Bento and B. Leard), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Climatic Change</w:t>
@@ -27490,59 +26708,51 @@
         <w:t xml:space="preserve">“Secondary Towns and Poverty Reduction: Refocusing the Urbanization Agenda,” (with L. Christiaensen), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Annual Review of Resource Economics</w:t>
       </w:r>
       <w:r w:rsidR="00AE4722">
         <w:t>, Vol. 9, pp. 405-419, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16217013" w14:textId="77777777" w:rsidR="002B3916" w:rsidRDefault="002B3916" w:rsidP="002B3916">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BD551F6" w14:textId="77777777" w:rsidR="002B3916" w:rsidRDefault="002B3916" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>“The Digital Revolution and Targeting Public Expenditure for Poverty Reduction,” in S. Gupta et. al. (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">“The Digital Revolution and Targeting Public Expenditure for Poverty Reduction,” in S. Gupta et. al. (EDs.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Digital Revolutions in Public Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, International Monetary Fund, 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B601AA" w14:textId="77777777" w:rsidR="004A08A9" w:rsidRDefault="004A08A9" w:rsidP="004A08A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E6AB28C" w14:textId="77777777" w:rsidR="004A08A9" w:rsidRPr="00565566" w:rsidRDefault="00416AA7" w:rsidP="00565566">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -27625,59 +26835,51 @@
         <w:t xml:space="preserve">“Citizenship, Migration and Opportunity”. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Human Development and Capabilities</w:t>
       </w:r>
       <w:r w:rsidR="004B1B98">
         <w:t>. Vol. 18, No. 4, pp 429-441, 2018</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097BE3FB" w14:textId="77777777" w:rsidR="00204F3F" w:rsidRDefault="00204F3F" w:rsidP="00204F3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70E5D54B" w14:textId="77777777" w:rsidR="00EB5491" w:rsidRDefault="00204F3F" w:rsidP="000031C7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“Optional Taxation and Public Provisions for Poverty Reduction” (with T. Paukkeri, J. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, M. Tuomala), </w:t>
+        <w:t xml:space="preserve">“Optional Taxation and Public Provisions for Poverty Reduction” (with T. Paukkeri, J. Pirttila, M. Tuomala), </w:t>
       </w:r>
       <w:r w:rsidRPr="009410E4">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>International Tax and Public Finance</w:t>
       </w:r>
       <w:r w:rsidR="00EB5491">
         <w:t>, Vol. 25, pp. 64-98, 2018</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C349888" w14:textId="77777777" w:rsidR="00BC4A13" w:rsidRDefault="00BC4A13" w:rsidP="00BC4A13">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48CC5DAA" w14:textId="77777777" w:rsidR="00BC4A13" w:rsidRDefault="00BC4A13" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
@@ -27803,78 +27005,64 @@
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Toward a Just Society: Joseph Stiglitz and Twenty-First Century Economics</w:t>
       </w:r>
       <w:r>
         <w:t>, pp 48-62, Columbia University Press</w:t>
       </w:r>
       <w:r w:rsidR="00465A2C">
         <w:t>, 2018</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F2388B9" w14:textId="77777777" w:rsidR="004B1B98" w:rsidRPr="0084782F" w:rsidRDefault="004B1B98" w:rsidP="004B1B98"/>
     <w:p w14:paraId="0140E147" w14:textId="77777777" w:rsidR="0084782F" w:rsidRDefault="004B1B98" w:rsidP="00AD2B44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> “The Contribution of the</w:t>
       </w:r>
       <w:r w:rsidR="00465A2C">
         <w:t xml:space="preserve"> Social Sciences to Policy and I</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">nstitutional Change,” (with M. Adler, H. Nowotny, C. Coglianese, B. Levy, O. Norheim, S. </w:t>
-[...20 lines deleted...]
-        <w:t>Society for the 21</w:t>
+        <w:t xml:space="preserve">nstitutional Change,” (with M. Adler, H. Nowotny, C. Coglianese, B. Levy, O. Norheim, S. Scwarzman, C. Spiel and S. Starobin, in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Rethinking Society for the 21</w:t>
       </w:r>
       <w:r w:rsidRPr="004B1B98">
         <w:rPr>
           <w:u w:val="single"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00D63A90">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Century: R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>eport of the International Panel on Social Progress</w:t>
       </w:r>
       <w:r>
         <w:t>, Cambridg</w:t>
       </w:r>
       <w:r w:rsidR="00F87A7C">
         <w:t>e University Press,</w:t>
@@ -27996,105 +27184,83 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pp 605-607,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2384D">
         <w:t xml:space="preserve"> Cambridge University Press, 2018.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D64DA9F" w14:textId="77777777" w:rsidR="00E64DAE" w:rsidRDefault="00E64DAE" w:rsidP="00E64DAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6123E358" w14:textId="77777777" w:rsidR="00E64DAE" w:rsidRDefault="00E64DAE" w:rsidP="00E64DAE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> “A Dominant Presence in Indian </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Economics, “ </w:t>
+        <w:t xml:space="preserve"> “A Dominant Presence in Indian Labour Economics, “ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Economic and Political Weekly</w:t>
       </w:r>
       <w:r w:rsidR="00B57F4A">
         <w:t>, Vol. 53, No. 30, pp. 23-25, 2018.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D5A227" w14:textId="77777777" w:rsidR="009410E4" w:rsidRDefault="009410E4" w:rsidP="009410E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76BA7D51" w14:textId="77777777" w:rsidR="009410E4" w:rsidRDefault="009410E4" w:rsidP="009410E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009410E4">
         <w:t xml:space="preserve">“Enforcement Matters; The Effective Regulation of Labor” (with L. Ronconi), </w:t>
       </w:r>
       <w:r w:rsidRPr="005B61D2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">International </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Review, </w:t>
+        <w:t xml:space="preserve">International Labour Review, </w:t>
       </w:r>
       <w:r w:rsidR="00BA7B52" w:rsidRPr="00BA7B52">
         <w:t>Vol. 157, N. 3, pp 331-356</w:t>
       </w:r>
       <w:r w:rsidRPr="009410E4">
         <w:t>, 2018.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6693BE" w14:textId="77777777" w:rsidR="007B74F7" w:rsidRDefault="007B74F7" w:rsidP="007B74F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="593EE206" w14:textId="77777777" w:rsidR="007B74F7" w:rsidRDefault="007B74F7" w:rsidP="007B74F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Sustainable Development Goals and the Measurem</w:t>
       </w:r>
       <w:r w:rsidR="004C58FB">
@@ -28215,59 +27381,51 @@
       </w:r>
       <w:r w:rsidR="001A4C41">
         <w:t>107-121, 2018.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ADF3FD3" w14:textId="77777777" w:rsidR="001A4C41" w:rsidRPr="001A4C41" w:rsidRDefault="001A4C41" w:rsidP="001A4C41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01A0549A" w14:textId="77777777" w:rsidR="001A4C41" w:rsidRDefault="00DF62EF" w:rsidP="007B74F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A4C41" w:rsidRPr="001A4C41">
-        <w:t xml:space="preserve">“The Role of the World Bank in Middle-Income Countries.” In: </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> V., Deshpande R., Dholakia R. (eds) </w:t>
+        <w:t xml:space="preserve">“The Role of the World Bank in Middle-Income Countries.” In: Annigeri V., Deshpande R., Dholakia R. (eds) </w:t>
       </w:r>
       <w:r w:rsidR="001A4C41" w:rsidRPr="001A4C41">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Issues in Indian Public Policies</w:t>
       </w:r>
       <w:r w:rsidR="001A4C41">
         <w:t>, pp</w:t>
       </w:r>
       <w:r w:rsidR="001A4C41" w:rsidRPr="001A4C41">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A4C41">
         <w:t xml:space="preserve">167-180. </w:t>
       </w:r>
       <w:r w:rsidR="001A4C41" w:rsidRPr="001A4C41">
         <w:t>India Studies in Business and Economics. Springer, Singapore</w:t>
       </w:r>
       <w:r w:rsidR="001A4C41">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="007A1E21" w:rsidRPr="00CB22D9">
           <w:rPr>
@@ -28295,57 +27453,52 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Migration, Growth and Secondary Towns in Tanzania” (with L. Christiaensen, J. De Weerdt and B. Ingelaere). In </w:t>
       </w:r>
       <w:r w:rsidRPr="007A1E21">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>People on the Move: Advancing the Discourse on Migration and Jobs</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007A1E21">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E16270">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 31-40 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Network, </w:t>
+      <w:r>
+        <w:t xml:space="preserve">JustJobs Network, </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="002E4EB2" w:rsidRPr="00542232">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.justjobsnetwork.org/wp-content/uploads/2018/12/People-on-the-move-v3-web.pdf 2018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4736AE05" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRDefault="005B61D2" w:rsidP="002E4EB2"/>
     <w:p w14:paraId="17BED893" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRDefault="005B61D2" w:rsidP="009410E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Climate Justice: Integrating Economics and Philosophy” (with H. Shue), in Ravi Kanbur and Henry Shue (Eds.) </w:t>
       </w:r>
@@ -28397,63 +27550,55 @@
         <w:t>, Vol. 71, No. 1, pp 119-144</w:t>
       </w:r>
       <w:r w:rsidR="00E16270">
         <w:t>, 2019</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F13D202" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRDefault="005B61D2" w:rsidP="005B61D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="666C8BC3" w14:textId="77777777" w:rsidR="005B61D2" w:rsidRDefault="005B61D2" w:rsidP="009410E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Introduction” (with R. Sandbrook and P. Shaffer), in Paul Shaffer, Ravi Kanbur and Richard Sandbrook (eds.), </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000D7DA8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Immiserizing</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Growth: When Growth Fails the Poor</w:t>
+        <w:t>Immiserizing Growth: When Growth Fails the Poor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FB4AD3">
         <w:t>pp 3-20</w:t>
       </w:r>
       <w:r w:rsidR="007612E1">
         <w:t>, Oxfo</w:t>
       </w:r>
       <w:r w:rsidR="00FB4AD3">
         <w:t>rd University Press, 2019</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D3AAD8D" w14:textId="77777777" w:rsidR="00FB4AD3" w:rsidRDefault="00FB4AD3" w:rsidP="00FB4AD3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F20E1C5" w14:textId="77777777" w:rsidR="00FB4AD3" w:rsidRDefault="00FB4AD3" w:rsidP="009410E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -28476,50 +27621,51 @@
           <w:i/>
         </w:rPr>
         <w:t>The Oxford Handbook of Structural Transformation</w:t>
       </w:r>
       <w:r>
         <w:t>, pp 96-108. Oxford University Press</w:t>
       </w:r>
       <w:r w:rsidR="00FC3F9B">
         <w:t>, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B8243F8" w14:textId="77777777" w:rsidR="00FC3F9B" w:rsidRDefault="00FC3F9B" w:rsidP="00FC3F9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F764F3F" w14:textId="77777777" w:rsidR="00FC3F9B" w:rsidRDefault="00FC3F9B" w:rsidP="009410E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Decomposing the Contribution of Migration to Poverty Reduction: Methodology and Application to Tanzania” (with L. Christiaensen and J. De Weerdt), </w:t>
       </w:r>
       <w:r w:rsidRPr="00A12CB8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Applied Economics Letters</w:t>
       </w:r>
       <w:r>
         <w:t>, Vol. 26, No. 12, pp 978-982, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CAE8AC" w14:textId="77777777" w:rsidR="002E4EB2" w:rsidRDefault="002E4EB2" w:rsidP="002E4EB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B4CDE95" w14:textId="77777777" w:rsidR="002E4EB2" w:rsidRDefault="002E4EB2" w:rsidP="002E4EB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
@@ -28616,142 +27762,90 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “On the Volume Redistribution: Across Income Levels and Across Groups” in I. Dasgupta and M. Mitra (Eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="008D19DA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>eprivation, Inequality and Pola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">rization: Essays in </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of Satya Ranjan Chakravarty</w:t>
+        <w:t>rization: Essays in Honour of Satya Ranjan Chakravarty</w:t>
       </w:r>
       <w:r w:rsidR="000D0105">
         <w:t>, pp. 53-66, Springer, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A80403" w14:textId="77777777" w:rsidR="00E17925" w:rsidRDefault="00E17925" w:rsidP="00E17925">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69AE9445" w14:textId="77777777" w:rsidR="00E17925" w:rsidRDefault="00E17925" w:rsidP="002E4EB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...48 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Pauvrete et Inegalites A L’Horizon 2030”, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Politique Etranger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36B75">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve">, Vol. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2019, pp. 71-82, 2019.</w:t>
+      <w:r>
+        <w:t>Printemps 2019, pp. 71-82, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="697B0935" w14:textId="77777777" w:rsidR="000D7DA8" w:rsidRDefault="000D7DA8" w:rsidP="000D7DA8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301D36E8" w14:textId="77777777" w:rsidR="00D0496C" w:rsidRDefault="000D7DA8" w:rsidP="00D0496C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>“Inequality Indices as Test</w:t>
       </w:r>
       <w:r w:rsidR="001A0465">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of Fairness” (with A. Snell), </w:t>
       </w:r>
       <w:r>
@@ -28972,57 +28066,52 @@
     <w:p w14:paraId="676C2C49" w14:textId="77777777" w:rsidR="00E458F4" w:rsidRDefault="00E458F4" w:rsidP="00E458F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BEBDBCA" w14:textId="77777777" w:rsidR="00E458F4" w:rsidRDefault="00E458F4" w:rsidP="00E458F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Compliance with Labor Laws in Developing Countries,” (with H. Bhorat and B. Stanwix), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>IZA World of Labor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E458F4">
-        <w:t>doi</w:t>
-[...3 lines deleted...]
-        <w:t>: 10.15185/izawol.80.v2</w:t>
+        <w:t>doi: 10.15185/izawol.80.v2</w:t>
       </w:r>
       <w:r>
         <w:t>, 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="625BA41B" w14:textId="77777777" w:rsidR="00A322CC" w:rsidRDefault="00A322CC" w:rsidP="00A322CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70B383D6" w14:textId="77777777" w:rsidR="00A322CC" w:rsidRDefault="00A322CC" w:rsidP="00E458F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Gunnar Myrdal and </w:t>
       </w:r>
       <w:r w:rsidRPr="00A322CC">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -29053,57 +28142,52 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Social Progress and Global Governance,” (with M. Fleurbaey), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Global Summitry</w:t>
       </w:r>
       <w:r w:rsidRPr="00835172">
         <w:t>, 2019.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00835172">
-        <w:t>doi</w:t>
-[...3 lines deleted...]
-        <w:t>: 10.1093/global/guz003</w:t>
+        <w:t>doi: 10.1093/global/guz003</w:t>
       </w:r>
       <w:r w:rsidR="00397F90">
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="0087414D">
         <w:t>19</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D77D49F" w14:textId="77777777" w:rsidR="0087414D" w:rsidRDefault="0087414D" w:rsidP="0087414D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="717415DE" w14:textId="14B314C0" w:rsidR="0087414D" w:rsidRPr="0087414D" w:rsidRDefault="0087414D" w:rsidP="0087414D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
@@ -29145,50 +28229,51 @@
           </w:rPr>
           <w:t>http://dx.doi.org/10.22617/TCS190016-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0087414D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0623F34F" w14:textId="77777777" w:rsidR="0087414D" w:rsidRDefault="0087414D" w:rsidP="0087414D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46D8CC57" w14:textId="1F40914A" w:rsidR="0087414D" w:rsidRPr="0087414D" w:rsidRDefault="0087414D" w:rsidP="0087414D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0087414D">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">“Growth and Inclusiveness in </w:t>
       </w:r>
       <w:r w:rsidRPr="0087414D">
         <w:t>Good Jobs for Inclusive Growth in Central Asia and the South Caucasus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">,” (with J. Zhuang), in </w:t>
       </w:r>
       <w:r w:rsidRPr="0087414D">
         <w:t xml:space="preserve">Giovanni Capannelli and Ravi Kanbur (Eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="0087414D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Good Jobs for Inclusive Growth in Central Asia and the South Caucasus</w:t>
       </w:r>
       <w:r w:rsidRPr="0087414D">
         <w:t xml:space="preserve">,  Asian Development Bank, </w:t>
       </w:r>
       <w:r w:rsidR="004B6771">
         <w:t xml:space="preserve">2019. </w:t>
@@ -29409,108 +28494,87 @@
       </w:hyperlink>
       <w:r>
         <w:t>, 2020</w:t>
       </w:r>
       <w:r w:rsidR="00B23460">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4149C6D9" w14:textId="77777777" w:rsidR="00B23460" w:rsidRDefault="00B23460" w:rsidP="00B23460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="465E4D45" w14:textId="31AED3B6" w:rsidR="00B23460" w:rsidRDefault="00B23460" w:rsidP="00B23460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B23460">
-        <w:t xml:space="preserve">"Measuring Multidimensional </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">"Measuring Multidimensional Labour Law Violation with an Application to South Africa" (with H. Bhorat, B. Stanwix and A. Thornton), </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B23460">
-        <w:t>Labour</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>British Journal of Industrial Relations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B23460">
-        <w:t xml:space="preserve"> Law Violation with an Application to South Africa" (with H. Bhorat, B. Stanwix and A. Thornton), </w:t>
-[...16 lines deleted...]
-        <w:t>: 10.1111/bjir.12580</w:t>
+        <w:t>doi: 10.1111/bjir.12580</w:t>
       </w:r>
       <w:r>
         <w:t>, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16590E27" w14:textId="77777777" w:rsidR="00134610" w:rsidRDefault="00134610" w:rsidP="00134610">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AFCBC78" w14:textId="39511402" w:rsidR="00134610" w:rsidRDefault="00134610" w:rsidP="00134610">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk131857383"/>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00134610">
-        <w:t xml:space="preserve">Capability, Opportunity, Outcome and </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Equality. In E. Chiappero-Martinetti, S. Osmani</w:t>
+        <w:t>Capability, Opportunity, Outcome and and Equality. In E. Chiappero-Martinetti, S. Osmani</w:t>
       </w:r>
       <w:r w:rsidR="005931A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00134610">
         <w:t>and, &amp; M. Qizilbash (Eds.), The Cambridge Handbook of the Capability Approach (pp. 333-34</w:t>
       </w:r>
       <w:r>
         <w:t>6). Cambridge University Press. 202</w:t>
       </w:r>
       <w:r w:rsidR="005931A4">
         <w:t>1</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC73320" w14:textId="77777777" w:rsidR="00BD24C8" w:rsidRDefault="00BD24C8" w:rsidP="00BD24C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37010B0C" w14:textId="77777777" w:rsidR="00BD24C8" w:rsidRDefault="00BD24C8" w:rsidP="00B23460">
       <w:pPr>
@@ -29567,109 +28631,73 @@
       <w:r w:rsidRPr="00AF29FA">
         <w:t xml:space="preserve">, Vol. 49, Issue 2, </w:t>
       </w:r>
       <w:r>
         <w:t>pp. 467-482, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F11577D" w14:textId="77777777" w:rsidR="00D55C3C" w:rsidRDefault="00D55C3C" w:rsidP="00D55C3C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67564647" w14:textId="7830CC78" w:rsidR="00D55C3C" w:rsidRPr="00531A03" w:rsidRDefault="00D55C3C" w:rsidP="00D55C3C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">“The Long Discourse on Informality as Reflected in Selected Articles of the International </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Review”, </w:t>
+        <w:t xml:space="preserve">“The Long Discourse on Informality as Reflected in Selected Articles of the International Labour Review”, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C3C">
         <w:t xml:space="preserve">Centenary Issue No. 1, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pp. 1-11, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C3C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">International </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Review</w:t>
+        <w:t>International Labour Review</w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C3C">
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00D55C3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">International </w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve"> Review - Centenary Collection (2021): Centenary Issue No. 1: Informality (ilo.org)</w:t>
+          <w:t>International Labour Review - Centenary Collection (2021): Centenary Issue No. 1: Informality (ilo.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="27DFBBC1" w14:textId="77777777" w:rsidR="00531A03" w:rsidRPr="00531A03" w:rsidRDefault="00531A03" w:rsidP="00531A03">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03211999" w14:textId="7ECC016D" w:rsidR="00531A03" w:rsidRDefault="00531A03" w:rsidP="00D55C3C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00531A03">
         <w:t xml:space="preserve"> “An Empirical Assessment of the National Minimum Wage in South Africa</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">” (with H. Bhorat and B. Stanwix). In Narnia Bohler-Muller, Vasu Reddy and Craig Soudien (Editors), </w:t>
       </w:r>
@@ -29858,108 +28886,103 @@
       </w:r>
       <w:r w:rsidRPr="009307FE">
         <w:t xml:space="preserve">Oxford University Press, </w:t>
       </w:r>
       <w:r>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="009307FE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4657363A" w14:textId="77777777" w:rsidR="006910B7" w:rsidRDefault="006910B7" w:rsidP="006910B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18AD2AFF" w14:textId="325901BB" w:rsidR="006910B7" w:rsidRDefault="006910B7" w:rsidP="00C8296A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidRPr="006910B7">
         <w:t>Past, Present and Future of International Organizations, Seen Through the Lens of Bretton Woods and the World Bank</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, in </w:t>
       </w:r>
       <w:r w:rsidRPr="006910B7">
         <w:t>Enrica Chiappero-Martinetti</w:t>
       </w:r>
       <w:r w:rsidRPr="006910B7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Ed.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Social Justice in a Global Society</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006910B7">
-        <w:t>Annale</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Feltrinelli 2021</w:t>
+        <w:t>Annale Feltrinelli 2021</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="078E202A" w14:textId="77777777" w:rsidR="00AE4423" w:rsidRDefault="00AE4423" w:rsidP="00AE4423">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BA4423F" w14:textId="67CBDCCE" w:rsidR="00AE4423" w:rsidRDefault="00AE4423" w:rsidP="00AE4423">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0077176E">
         <w:t>Employer Power, Labor Saving T</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">echnical Change, and Inequality” (with N. Chau). In K. Basu, M. Ghatak, K. Kletzer, S. Mundle and E. Verhoogen (Eds.), Development, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE4423">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution and Markets: Festschrift </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>in Honor of Pranab Bardhan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
@@ -29993,163 +29016,135 @@
       </w:r>
       <w:r w:rsidR="00190CB5" w:rsidRPr="00190CB5">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>LSE Public Policy Review</w:t>
       </w:r>
       <w:r w:rsidR="00190CB5" w:rsidRPr="00190CB5">
         <w:t>. 2022; 2(4): 3, pp. 1–10.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F629B18" w14:textId="77777777" w:rsidR="00BD365B" w:rsidRDefault="00BD365B" w:rsidP="00BD365B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56B6DADB" w14:textId="3A16B796" w:rsidR="00BD365B" w:rsidRDefault="00BD365B" w:rsidP="00BD365B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD365B">
-        <w:t>“Measuring Unfair Inequality: Reconciling Equality of Opportunity and Freedom from Poverty,” (with P. Hufe and A. Peichl), Review of Economic Studies, Vol. 89, Issue 6, pp. 3345-3380, 2022.</w:t>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00F365AB">
+        <w:t xml:space="preserve">“Measuring Unfair Inequality: Reconciling Equality of Opportunity and Freedom from Poverty,” (with P. Hufe and A. Peichl), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000558AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Journal of Economic Inequality.</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="58460079" w14:textId="2BB833ED" w:rsidR="00BD365B" w:rsidRDefault="00BD365B" w:rsidP="00BD365B">
+        <w:t>Review of Economic Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD365B">
+        <w:t>, Vol. 89, Issue 6, pp. 3345-3380, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61ECEEB1" w14:textId="77777777" w:rsidR="00F365AB" w:rsidRDefault="00F365AB" w:rsidP="00F365AB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59C47C99" w14:textId="5E6CEBB9" w:rsidR="00F365AB" w:rsidRDefault="00F365AB" w:rsidP="00F365AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:rPr>
-[...29 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F365AB">
+        <w:t>“Promoting Education Under Distortionary Taxation: Equality of Opportunity Versus Welfarism” (with P. Haaparanta, T. Paukkeri, J. Pirttila and M. Tuomala).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F365AB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">International </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Journal of Economic Inequality.</w:t>
+      </w:r>
+      <w:r w:rsidR="00451D7B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vol. 20, pp. 281–297, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367C4C1B" w14:textId="05CF948F" w:rsidR="00BD365B" w:rsidRPr="00A65438" w:rsidRDefault="00BD365B" w:rsidP="00A65438">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58460079" w14:textId="2BB833ED" w:rsidR="00BD365B" w:rsidRDefault="00BD365B" w:rsidP="00BD365B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD365B">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“Who Demands Labor (De) regulation in the Developing World? Insider-Outsider Theory Revisited. (with L.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ronconi and S. Lopez-Caroboni), </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Labour</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Review</w:t>
+        <w:t>International Labour Review</w:t>
       </w:r>
       <w:r w:rsidR="00833C88">
         <w:t>, Vol. 162, Issue 2, pp 223-243, 2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2369A259" w14:textId="77777777" w:rsidR="009D2115" w:rsidRPr="009D2115" w:rsidRDefault="009D2115" w:rsidP="009D2115">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="204C1FB8" w14:textId="4D6E45F9" w:rsidR="009D2115" w:rsidRDefault="009D2115" w:rsidP="00BD365B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
@@ -30262,154 +29257,928 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="484DFDD3" w14:textId="48CCBE00" w:rsidR="00D06AC2" w:rsidRDefault="00D06AC2" w:rsidP="00BD365B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk154734481"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Minimum Wages and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Minimum Wages and Labour Supply in an Emerging Market: The Case of Mauritius.” </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>Labour</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>(With Z. Asmal, H. Bhorat, M. Ranzani, P. Paci</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16A17">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Supply in an Emerging Market: The Case of Mauritius.” </w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Journal of African Economies</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">(With Z. Asmal, H. Bhorat, M. </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16A17">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>Ranzani</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Vol. 33, No. 2, pp 185-203, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69144124" w14:textId="77777777" w:rsidR="00C16A17" w:rsidRPr="00C16A17" w:rsidRDefault="00C16A17" w:rsidP="00C16A17">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>, P. Paci</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C16A17">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E817FE5" w14:textId="6436F2E1" w:rsidR="00C16A17" w:rsidRDefault="00C16A17" w:rsidP="00BD365B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Is the Era of Declining Global Inequality Over?” (with E. Ortiz-Juarez and A. Sumner). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Structural Change and Economic Dynamics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. Vol. 70, pp. 45-55</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2579E">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD59EC4" w14:textId="77777777" w:rsidR="00A36B75" w:rsidRPr="00A36B75" w:rsidRDefault="00A36B75" w:rsidP="00A36B75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36105D3C" w14:textId="5BA4BED7" w:rsidR="00A36B75" w:rsidRDefault="00A36B75" w:rsidP="00BD365B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“How Does Predistribution Affect Redistribution?” (with M. Tuomala). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Journal of Economic Inequality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21C60">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> online, 22 Jan</w:t>
+      </w:r>
+      <w:r w:rsidR="0006067E">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ry, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBBC338" w14:textId="77777777" w:rsidR="00916E7E" w:rsidRPr="00916E7E" w:rsidRDefault="00916E7E" w:rsidP="00916E7E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16D17D2C" w14:textId="158FAE6A" w:rsidR="00916E7E" w:rsidRDefault="00B25F33" w:rsidP="00BD365B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Is There A </w:t>
+      </w:r>
+      <w:r w:rsidR="00A814BB">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">evelopment Economics Anymore?” </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84677" w:rsidRPr="00F84677">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>The European Journal of Development Research</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84677" w:rsidRPr="00F84677">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84677">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vol. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84677" w:rsidRPr="00F84677">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidR="00A814BB">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pp. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84677" w:rsidRPr="00F84677">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>391–397</w:t>
+      </w:r>
+      <w:r w:rsidR="00A814BB">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84677" w:rsidRPr="00F84677">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidR="00A814BB" w:rsidRPr="00A6041B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>https://doi.or</w:t>
+        </w:r>
+        <w:r w:rsidR="00A814BB" w:rsidRPr="00A6041B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>g</w:t>
+        </w:r>
+        <w:r w:rsidR="00A814BB" w:rsidRPr="00A6041B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>/10.1057/s41287-024-00677-2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A814BB">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006379B1">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C215F30" w14:textId="77777777" w:rsidR="00A36B75" w:rsidRPr="00A36B75" w:rsidRDefault="00A36B75" w:rsidP="00A36B75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C3730C" w14:textId="7EB1A416" w:rsidR="00A36B75" w:rsidRDefault="00A36B75" w:rsidP="00BD365B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Is Predistribution Superior to Redistribution?” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21C60">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>International Tax and Public Finance</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21C60">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. Published Online 25 August 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC6FE98" w14:textId="77777777" w:rsidR="00A21C60" w:rsidRPr="00AD1F22" w:rsidRDefault="00A21C60" w:rsidP="00AD1F22">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="734DCD39" w14:textId="14062308" w:rsidR="00A21C60" w:rsidRDefault="0091554A" w:rsidP="0091554A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Protecting the Poor and Vulnerable Wen Crises are the New Normal.” (with J. Pirttila, M. Jouste and P. Rattenhuber). In M. Jou</w:t>
+      </w:r>
+      <w:r w:rsidR="007012CA">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e, R, Kanbur, J. Pirttila and P. Rattenhuber (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poor Protection: The Role of Taxes and Social Benefits in the Developing World During Crises</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oxford University Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD53B9B" w14:textId="77777777" w:rsidR="0091554A" w:rsidRPr="0091554A" w:rsidRDefault="0091554A" w:rsidP="0091554A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5E5AFC" w14:textId="2D344337" w:rsidR="0091554A" w:rsidRPr="0091554A" w:rsidRDefault="0091554A" w:rsidP="0091554A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Targeted versus universal benefits: Poverty-reduction performance in times of crisis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Adnan Shahir, Jukka Pirttil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, and Pia Rattenhuber</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">). In </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk207785645"/>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>M. Jou</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e, R, Kanbur, J. Pirttila and P. Rattenhuber (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poor Protection: The Role of Taxes and Social Benefits in the Developing World During Crises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. 2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oxford University Press.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="219D6D8F" w14:textId="77777777" w:rsidR="0091554A" w:rsidRPr="0091554A" w:rsidRDefault="0091554A" w:rsidP="0091554A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C9826D" w14:textId="040A6A35" w:rsidR="0091554A" w:rsidRPr="00E35145" w:rsidRDefault="0091554A" w:rsidP="0091554A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Optimal taxation in crisis times: Simulation results for Zambia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.” (with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dingquan Miao</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>and Jukka Pirttil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ä</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk207785733"/>
+      <w:r w:rsidR="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145" w:rsidRPr="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>M. Jou</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145" w:rsidRPr="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">e, R, Kanbur, J. Pirttila and P. Rattenhuber (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poor Protection: The Role of Taxes and Social Benefits in the Developing World During Crises</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145" w:rsidRPr="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. 2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35145" w:rsidRPr="00E35145">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oxford University Press.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="3ED7C1D7" w14:textId="77777777" w:rsidR="00E35145" w:rsidRPr="00E35145" w:rsidRDefault="00E35145" w:rsidP="00E35145">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5206B3" w14:textId="26329BA4" w:rsidR="00E35145" w:rsidRPr="00AD1F22" w:rsidRDefault="00E35145" w:rsidP="0091554A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> “Summary and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1F22">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Discussion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Main Policy Implications.” (with J. Pirttila, M. Jouste, R. Kanbur and P. Rattenhuber). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In M. Jouste, R, Kanbur, J. Pirttila and P. Rattenhuber (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="0091554A" w:rsidRPr="0091554A">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Poor Protection: The Role of Taxes and Social Benefits in the Developing World During Crises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35145">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. 2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35145">
+        <w:rPr>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oxford University Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6286ACD5" w14:textId="77777777" w:rsidR="00AD1F22" w:rsidRPr="00AD1F22" w:rsidRDefault="00AD1F22" w:rsidP="00AD1F22">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E5C55C" w14:textId="26871B9C" w:rsidR="000D43EA" w:rsidRDefault="00AD1F22" w:rsidP="00C35A41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Resisting the Drift Away from Redistribution.” In Timothy Besley and Andres Velasco (Eds.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1F22">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Journal of African Economies</w:t>
+        <w:t>Towards a New Economic Consensus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
+        <w:t>. 2025. LSE Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8EF024" w14:textId="77777777" w:rsidR="00C35A41" w:rsidRPr="00C35A41" w:rsidRDefault="00C35A41" w:rsidP="00C35A41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799B72C5" w14:textId="4B3403E1" w:rsidR="00C35A41" w:rsidRPr="00A7012E" w:rsidRDefault="00C35A41" w:rsidP="00A7012E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7012E">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7012E">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7012E" w:rsidRPr="00A7012E">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Targeting for poverty reduction: some open questions</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7012E">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00C123BA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Tax and Public Finance. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C123BA">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Published online</w:t>
+      </w:r>
+      <w:r w:rsidR="003F60CC">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 November 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434E73B3" w14:textId="77777777" w:rsidR="00AD1F22" w:rsidRPr="00AD1F22" w:rsidRDefault="00AD1F22" w:rsidP="00AD1F22">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B7E163" w14:textId="2585A3C9" w:rsidR="00AD1F22" w:rsidRDefault="00AD1F22" w:rsidP="00AD1F22">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1F22">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The Social Welfare Value of the Global Food System.” (with S. Dietz and others). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00276959">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ecological Economics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1F22">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, Vol. 239, pp. 1-12. 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="003F60CC">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C16A17">
+    </w:p>
+    <w:p w14:paraId="0C651984" w14:textId="77777777" w:rsidR="003F60CC" w:rsidRPr="003F60CC" w:rsidRDefault="003F60CC" w:rsidP="003F60CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vol. 33, No. 2, pp 185-203, 2024</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="120CB414" w14:textId="614212F2" w:rsidR="003F60CC" w:rsidRPr="00AD1F22" w:rsidRDefault="00B05819" w:rsidP="00AD1F22">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        </w:numPr>
+      <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05819">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">“Is the Era of Declining Global Inequality Over?” (with E. Ortiz-Juarez and A. Sumner). </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Food system transformation pathway reconciles 1.5° global warming with 5 improved health, environment and social inclusion</w:t>
+      </w:r>
+      <w:r w:rsidR="007D64CF">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” (with B. Bodirsky and others). </w:t>
+      </w:r>
+      <w:r w:rsidR="007D64CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Structural Change and Economic Dynamics</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Nature </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0B6B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Food</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0B6B">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>. Vol. 70, pp. 45-55</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A2579E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D6654">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>, 2024.</w:t>
+        <w:t xml:space="preserve">2025. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="006D6654" w:rsidRPr="003E14E9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>file:///C:/Users/sk145/Downloads/s43016-025-01268-y.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006D6654">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DEB591D" w14:textId="721AD9C2" w:rsidR="00BD365B" w:rsidRPr="00BD365B" w:rsidRDefault="00BD365B" w:rsidP="00BD365B">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F4F5FC8" w14:textId="77777777" w:rsidR="00D0142B" w:rsidRDefault="00D0142B" w:rsidP="00D0142B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="431A4D07" w14:textId="77777777" w:rsidR="006C54FF" w:rsidRDefault="006C54FF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6309E96C" w14:textId="77777777" w:rsidR="00387268" w:rsidRPr="00A7329A" w:rsidRDefault="003F438E" w:rsidP="001934CE">
       <w:pPr>
@@ -30669,60 +30438,51 @@
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>“Structural Inequality and the New Growth Path:  A Response to Jeremy Cronin, Deputy Minister of Transport, Republic of South Africa”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5AF798" w14:textId="77777777" w:rsidR="00656F0E" w:rsidRDefault="00656F0E" w:rsidP="00656F0E">
       <w:pPr>
         <w:ind w:left="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22D95039" w14:textId="77777777" w:rsidR="0071287D" w:rsidRDefault="0071287D" w:rsidP="0071287D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> and A. Gelb).</w:t>
+        <w:t>“Results Based Development Assistance:  Perspectives from the South Asia Region of the World Bank,” (with T. O’Brien, A. Fiszbein and A. Gelb).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E7518F" w14:textId="77777777" w:rsidR="00386B54" w:rsidRDefault="00386B54" w:rsidP="00386B54">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16308CEE" w14:textId="77777777" w:rsidR="0071287D" w:rsidRDefault="00006EAE" w:rsidP="0071287D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="0071287D">
         <w:t>Peer Effects, Risk Poo</w:t>
       </w:r>
@@ -30773,248 +30533,243 @@
       </w:pPr>
       <w:r>
         <w:t>“Urbanization and Agglomeration Benefits:  Gender Differentiated Impacts on Enterprise Creation in India’s Informa</w:t>
       </w:r>
       <w:r w:rsidR="008F178F">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Sector” (with E. Ghani and S. O’Connell).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E69E905" w14:textId="77777777" w:rsidR="009D3D4B" w:rsidRDefault="009D3D4B" w:rsidP="00932E80"/>
     <w:p w14:paraId="201D5CA1" w14:textId="77777777" w:rsidR="009D3D4B" w:rsidRDefault="0057114A" w:rsidP="0083538D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>“The Index Ecosystem and the Commitment to Development Index.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6ED62C" w14:textId="77777777" w:rsidR="00277B74" w:rsidRDefault="00277B74" w:rsidP="00C16A17"/>
     <w:p w14:paraId="261B2B42" w14:textId="77777777" w:rsidR="00277B74" w:rsidRDefault="00277B74" w:rsidP="0083538D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>“Economic Inequality and Academic Freedom”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B574236" w14:textId="77777777" w:rsidR="002F5B07" w:rsidRDefault="002F5B07" w:rsidP="002F5B07">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D941D82" w14:textId="77777777" w:rsidR="00B74E1E" w:rsidRDefault="002F5B07" w:rsidP="00B74E1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>“The Economic Basis of Academic Privilege and the Academic Basis of Economic Privilege.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD8BAC6" w14:textId="77777777" w:rsidR="0031459F" w:rsidRDefault="0031459F" w:rsidP="006910B7"/>
-    <w:p w14:paraId="305F0F51" w14:textId="3C9F9A56" w:rsidR="00924CA9" w:rsidRDefault="0031459F" w:rsidP="00C16A17">
+    <w:p w14:paraId="2FFCB484" w14:textId="57D696FE" w:rsidR="008B05BC" w:rsidRDefault="0031459F" w:rsidP="000B418B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>“Moral Motives in Economic and Social Decisions” (with M. Fleurbaey and D. Snower).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA5FA7B" w14:textId="77777777" w:rsidR="008B05BC" w:rsidRDefault="008B05BC" w:rsidP="008B05BC">
-[...4 lines deleted...]
-    <w:p w14:paraId="2FFCB484" w14:textId="64798473" w:rsidR="008B05BC" w:rsidRDefault="008B05BC" w:rsidP="00B74E1E">
+    <w:p w14:paraId="263E5E0E" w14:textId="77777777" w:rsidR="00F96D7A" w:rsidRDefault="00F96D7A" w:rsidP="00F96D7A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E050740" w14:textId="77777777" w:rsidR="000E478B" w:rsidRDefault="00F96D7A" w:rsidP="000E478B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
-        <w:t>“Resisting the Drift Away from Income Redistribution.”</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="156030D7" w14:textId="13839E13" w:rsidR="00F96D7A" w:rsidRDefault="00F96D7A" w:rsidP="00B74E1E">
+        <w:t>“Shannon-Theil-Rawls: “Information Theory, Inequality and the Veil of Ignorance.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4EAA">
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F3EDDA" w14:textId="77777777" w:rsidR="000E478B" w:rsidRDefault="000E478B" w:rsidP="000E478B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08E8E91B" w14:textId="36DB74A4" w:rsidR="00D7221F" w:rsidRPr="00AA4EAA" w:rsidRDefault="000E478B" w:rsidP="000E478B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:r>
-        <w:t>“Shannon-Theil-Rawls: “Information Theory, Inequality and the Veil of Ignorance.”</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:rPr>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7221F" w:rsidRPr="000E478B">
+        <w:rPr>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+        <w:t>Kuznets at 70</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA4EAA" w:rsidRPr="000E478B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7221F" w:rsidRPr="000E478B">
+        <w:rPr>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+        <w:t>The enduring significance of a curve and a hypothesis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00356E71">
+        <w:rPr>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(with </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3817">
+        <w:rPr>
+          <w:color w:val="15234A"/>
+        </w:rPr>
+        <w:t>J. Galbraith, K. Sen and A. Sumner.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04ECC648" w14:textId="77777777" w:rsidR="00175AFD" w:rsidRDefault="00175AFD" w:rsidP="00AA4EAA"/>
     <w:p w14:paraId="7E38D05C" w14:textId="77777777" w:rsidR="009A3CDA" w:rsidRDefault="009A3CDA" w:rsidP="009A3CDA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-    </w:p>
-[...51 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="50DAEE39" w14:textId="77777777" w:rsidR="00A71D34" w:rsidRPr="004B4E83" w:rsidRDefault="00A71D34" w:rsidP="00A26A1B"/>
     <w:p w14:paraId="79F1E6E8" w14:textId="77777777" w:rsidR="000D7DA8" w:rsidRDefault="000D7DA8" w:rsidP="000D7DA8">
       <w:pPr>
         <w:ind w:left="540"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50344931" w14:textId="77777777" w:rsidR="002C6EC2" w:rsidRPr="002C6EC2" w:rsidRDefault="002C6EC2" w:rsidP="002C6EC2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002C6EC2" w:rsidRPr="002C6EC2" w:rsidSect="001B7485">
-      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:headerReference w:type="default" r:id="rId33"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="3"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DB890B2" w14:textId="77777777" w:rsidR="00D45F70" w:rsidRDefault="00D45F70">
+    <w:p w14:paraId="70D75358" w14:textId="77777777" w:rsidR="006743A5" w:rsidRDefault="006743A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="224D79DC" w14:textId="77777777" w:rsidR="00D45F70" w:rsidRDefault="00D45F70">
+    <w:p w14:paraId="519B8C5C" w14:textId="77777777" w:rsidR="006743A5" w:rsidRDefault="006743A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New">
@@ -31030,179 +30785,173 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1813A552" w14:textId="77777777" w:rsidR="00D45F70" w:rsidRDefault="00D45F70">
+    <w:p w14:paraId="5E527E8A" w14:textId="77777777" w:rsidR="006743A5" w:rsidRDefault="006743A5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BD6D9CD" w14:textId="77777777" w:rsidR="00D45F70" w:rsidRDefault="00D45F70">
+    <w:p w14:paraId="6C4B6C0D" w14:textId="77777777" w:rsidR="006743A5" w:rsidRDefault="006743A5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7CC89891" w14:textId="77777777" w:rsidR="009421C6" w:rsidRDefault="009421C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3691DB5A" w14:textId="77777777" w:rsidR="009421C6" w:rsidRDefault="009421C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47405ABC" w14:textId="1FF831FF" w:rsidR="009421C6" w:rsidRDefault="009421C6">
+  <w:p w14:paraId="47405ABC" w14:textId="47ECC91F" w:rsidR="009421C6" w:rsidRPr="00484EFD" w:rsidRDefault="009421C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00484EFD">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Ravi Kanbur, Curriculum Vitae </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00484EFD">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00484EFD">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="005D7EEC">
+    <w:r w:rsidR="005A1106" w:rsidRPr="00484EFD">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>December</w:t>
     </w:r>
-    <w:r w:rsidR="00576110">
+    <w:r w:rsidR="00823FDD" w:rsidRPr="00484EFD">
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> 202</w:t>
-[...5 lines deleted...]
-      <w:t>4</w:t>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0AE5CC38" w14:textId="77777777" w:rsidR="009421C6" w:rsidRDefault="009421C6">
+  <w:p w14:paraId="0AE5CC38" w14:textId="77777777" w:rsidR="009421C6" w:rsidRPr="00484EFD" w:rsidRDefault="009421C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="2CD845BB" w14:textId="77777777" w:rsidR="009421C6" w:rsidRDefault="009421C6">
+  <w:p w14:paraId="2CD845BB" w14:textId="77777777" w:rsidR="009421C6" w:rsidRPr="00484EFD" w:rsidRDefault="009421C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="329AB470" w14:textId="0FE9275E" w:rsidR="009421C6" w:rsidRDefault="009421C6" w:rsidP="007A33F4">
+  <w:p w14:paraId="329AB470" w14:textId="40EDE832" w:rsidR="009421C6" w:rsidRDefault="009421C6" w:rsidP="007A33F4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Ravi Kanbur, Curriculum Vitae </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
@@ -31217,67 +30966,61 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00365A16">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="005D7EEC">
+    <w:r w:rsidR="005A1106">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>December</w:t>
     </w:r>
-    <w:r w:rsidR="00CB42D5">
+    <w:r w:rsidR="00823FDD">
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> 202</w:t>
-[...5 lines deleted...]
-      <w:t>4</w:t>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="016F30BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66BE18C4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -31468,70 +31211,159 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="075D3166"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42F2A892"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C054B81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="AC9A0214"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2142"/>
         </w:tabs>
         <w:ind w:left="2142" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11E52A56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5630E6F8"/>
     <w:lvl w:ilvl="0" w:tplc="C77A170C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7BC6DB38">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -31579,51 +31411,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16C66716"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A906D2E"/>
     <w:lvl w:ilvl="0" w:tplc="2CB81EE4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -31669,51 +31501,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19C54BB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43E28CFA"/>
     <w:lvl w:ilvl="0" w:tplc="2CB81EE4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -31759,51 +31591,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A7E057D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60C25782"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1994"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="900"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1997"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="900"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -31872,51 +31704,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="208B213C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69F8C10A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -31988,51 +31820,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24DD7BF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B502891A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -32101,51 +31933,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25BC58E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0D0304A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -32217,51 +32049,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="267A54A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B8EF4FA"/>
     <w:lvl w:ilvl="0" w:tplc="C1EE3BD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -32307,51 +32139,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27CE41C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5EE4C8C"/>
     <w:lvl w:ilvl="0" w:tplc="3E42D828">
       <w:start w:val="2008"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -32396,51 +32228,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A6643A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42F2A892"/>
     <w:lvl w:ilvl="0" w:tplc="84DC768A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -32485,71 +32317,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EF80DD1"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5692846C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1997"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="390"/>
         </w:tabs>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F190924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD2C12F0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32591,51 +32423,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31024FFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1012D178"/>
     <w:lvl w:ilvl="0" w:tplc="B47A2850">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -32681,71 +32513,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CC920F6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7AD2529C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2001"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F3A610B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD8A62B2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -32814,51 +32646,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40856BAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF30CBE4"/>
     <w:lvl w:ilvl="0" w:tplc="36083A60">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1782" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -32903,51 +32735,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6102" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7542" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CDC6B79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B0AA07E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2011"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="900"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2012"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="990" w:hanging="900"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -33016,51 +32848,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2070" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F011FDC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EB360674"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -33129,71 +32961,71 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F721F33"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3F4CA3CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2001"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53B46F70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DCC4D97A"/>
     <w:lvl w:ilvl="0" w:tplc="E01E87B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -33239,51 +33071,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54B15948"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EC821C6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -33352,93 +33184,182 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5697361C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2334D28E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2001"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="585F6CA4"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="27485806"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1996"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62941445"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42F2A892"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69164E19"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D62CF5EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1979"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1983"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -33534,51 +33455,137 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A13395C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD2C12F0"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A5B6DAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B42801EC"/>
     <w:lvl w:ilvl="0" w:tplc="9AC60CA8">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1455" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2175" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -33623,51 +33630,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5775" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6495" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7215" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B736D07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD2C12F0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -33709,51 +33716,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D244382"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64B4AFB2"/>
     <w:lvl w:ilvl="0" w:tplc="D92628AA">
       <w:start w:val="2009"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1620" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -33825,71 +33832,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5850"/>
         </w:tabs>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6570"/>
         </w:tabs>
         <w:ind w:left="6570" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E4401BE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0BA2911E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2000"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71F91E7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D29C65E4"/>
     <w:lvl w:ilvl="0" w:tplc="8D6E2348">
       <w:start w:val="2016"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -33934,51 +33941,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="749D0837"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD8A62B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -34047,51 +34054,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FA4674"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="20B07CE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1987"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1991"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -34187,51 +34194,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A4170B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64126EEC"/>
     <w:lvl w:ilvl="0" w:tplc="39363A8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -34277,51 +34284,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E804765"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="434AEA12"/>
     <w:lvl w:ilvl="0" w:tplc="2CB81EE4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -34367,51 +34374,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EBD6E8E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2628431A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2008"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1890"/>
         </w:tabs>
         <w:ind w:left="1890" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2009"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -34508,169 +34515,177 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2042171883">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="486632837">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1487744130">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="486632837">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="4" w16cid:durableId="476148293">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1487744130">
+  <w:num w:numId="5" w16cid:durableId="1594588243">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1414548906">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="798839703">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="657726885">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="936788141">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1630821673">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="154804742">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1562057681">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1753356660">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="339702928">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="476148293">
-[...20 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="154804742">
+  <w:num w:numId="15" w16cid:durableId="506603852">
     <w:abstractNumId w:val="9"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1349257197">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1554929060">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1632520087">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1498961688">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2110350403">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="762998388">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="586115388">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="499349896">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="2096437409">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="558175258">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1868372498">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1678190641">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="486284951">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="940795035">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="406344266">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="586115388">
+  <w:num w:numId="31" w16cid:durableId="1519346928">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1592818311">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="663237519">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1585525857">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="499349896">
+  <w:num w:numId="35" w16cid:durableId="81219600">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1442144598">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1643732778">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="2096437409">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="38" w16cid:durableId="1155607941">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="558175258">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="39" w16cid:durableId="1665011893">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1868372498">
-[...26 lines deleted...]
-  <w:num w:numId="35" w16cid:durableId="81219600">
+  <w:num w:numId="40" w16cid:durableId="1435784161">
     <w:abstractNumId w:val="27"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -34680,117 +34695,125 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00444747"/>
     <w:rsid w:val="00000EB9"/>
     <w:rsid w:val="00000FB9"/>
     <w:rsid w:val="000031C7"/>
     <w:rsid w:val="00003473"/>
     <w:rsid w:val="00004225"/>
     <w:rsid w:val="00006EAE"/>
     <w:rsid w:val="00013971"/>
     <w:rsid w:val="000157BF"/>
     <w:rsid w:val="0001720D"/>
     <w:rsid w:val="00020214"/>
     <w:rsid w:val="0002078A"/>
     <w:rsid w:val="00022337"/>
     <w:rsid w:val="000224EC"/>
     <w:rsid w:val="00025CE9"/>
     <w:rsid w:val="00025F2D"/>
     <w:rsid w:val="00027D57"/>
     <w:rsid w:val="000408C3"/>
     <w:rsid w:val="00041175"/>
     <w:rsid w:val="00044A4C"/>
     <w:rsid w:val="00045BA1"/>
     <w:rsid w:val="00050BC4"/>
     <w:rsid w:val="00051B6C"/>
+    <w:rsid w:val="000558AA"/>
+    <w:rsid w:val="0006067E"/>
     <w:rsid w:val="00064094"/>
     <w:rsid w:val="00071779"/>
     <w:rsid w:val="000743B3"/>
     <w:rsid w:val="00075017"/>
     <w:rsid w:val="00076867"/>
     <w:rsid w:val="00077157"/>
     <w:rsid w:val="000826FF"/>
     <w:rsid w:val="000831B6"/>
     <w:rsid w:val="00090005"/>
     <w:rsid w:val="000903B5"/>
     <w:rsid w:val="000930AF"/>
     <w:rsid w:val="00094B41"/>
     <w:rsid w:val="00096E47"/>
     <w:rsid w:val="00096F5E"/>
+    <w:rsid w:val="000A14D9"/>
     <w:rsid w:val="000A3598"/>
     <w:rsid w:val="000B2031"/>
+    <w:rsid w:val="000B418B"/>
     <w:rsid w:val="000C0AD8"/>
     <w:rsid w:val="000C0FE0"/>
     <w:rsid w:val="000C3C9C"/>
     <w:rsid w:val="000C3DB6"/>
     <w:rsid w:val="000C49E6"/>
     <w:rsid w:val="000C68EF"/>
     <w:rsid w:val="000C6F3D"/>
     <w:rsid w:val="000D0105"/>
+    <w:rsid w:val="000D43EA"/>
     <w:rsid w:val="000D457F"/>
     <w:rsid w:val="000D4FE7"/>
     <w:rsid w:val="000D7DA8"/>
     <w:rsid w:val="000E05F7"/>
     <w:rsid w:val="000E1E72"/>
     <w:rsid w:val="000E2344"/>
     <w:rsid w:val="000E41AD"/>
+    <w:rsid w:val="000E478B"/>
     <w:rsid w:val="000E64AE"/>
     <w:rsid w:val="000F18AB"/>
     <w:rsid w:val="000F492D"/>
     <w:rsid w:val="000F4ABB"/>
     <w:rsid w:val="000F5497"/>
     <w:rsid w:val="0010246D"/>
     <w:rsid w:val="00102A72"/>
     <w:rsid w:val="00105A89"/>
     <w:rsid w:val="0010607B"/>
     <w:rsid w:val="00106665"/>
     <w:rsid w:val="001104A2"/>
     <w:rsid w:val="00110623"/>
     <w:rsid w:val="0011251B"/>
+    <w:rsid w:val="001131D2"/>
     <w:rsid w:val="00115ED9"/>
     <w:rsid w:val="00120EDF"/>
     <w:rsid w:val="00130446"/>
     <w:rsid w:val="00130B8E"/>
     <w:rsid w:val="001314DD"/>
     <w:rsid w:val="00131DB3"/>
     <w:rsid w:val="00134610"/>
     <w:rsid w:val="00134E63"/>
     <w:rsid w:val="00140110"/>
     <w:rsid w:val="00140623"/>
     <w:rsid w:val="0014584E"/>
     <w:rsid w:val="00154FE7"/>
     <w:rsid w:val="0015533E"/>
     <w:rsid w:val="00160B06"/>
     <w:rsid w:val="00162E8F"/>
     <w:rsid w:val="001655A6"/>
     <w:rsid w:val="00166515"/>
     <w:rsid w:val="001675AD"/>
     <w:rsid w:val="0017135A"/>
     <w:rsid w:val="001725AC"/>
     <w:rsid w:val="00174225"/>
     <w:rsid w:val="001748E0"/>
     <w:rsid w:val="00174994"/>
+    <w:rsid w:val="00175AFD"/>
     <w:rsid w:val="0018453D"/>
     <w:rsid w:val="00184CC9"/>
     <w:rsid w:val="00185191"/>
     <w:rsid w:val="0019031A"/>
     <w:rsid w:val="00190CB5"/>
     <w:rsid w:val="00192500"/>
     <w:rsid w:val="001934CE"/>
     <w:rsid w:val="00195215"/>
     <w:rsid w:val="001973F5"/>
     <w:rsid w:val="001A0465"/>
     <w:rsid w:val="001A0BB9"/>
     <w:rsid w:val="001A3FFC"/>
     <w:rsid w:val="001A464A"/>
     <w:rsid w:val="001A4C41"/>
     <w:rsid w:val="001A5C04"/>
     <w:rsid w:val="001A62AC"/>
     <w:rsid w:val="001B2709"/>
     <w:rsid w:val="001B61B3"/>
     <w:rsid w:val="001B7485"/>
     <w:rsid w:val="001C1051"/>
     <w:rsid w:val="001C28BE"/>
     <w:rsid w:val="001C2BA8"/>
     <w:rsid w:val="001C4266"/>
     <w:rsid w:val="001C50F9"/>
     <w:rsid w:val="001D0C5B"/>
@@ -34805,418 +34828,442 @@
     <w:rsid w:val="001F0086"/>
     <w:rsid w:val="001F0D66"/>
     <w:rsid w:val="001F2852"/>
     <w:rsid w:val="001F4A3A"/>
     <w:rsid w:val="001F4A87"/>
     <w:rsid w:val="001F5792"/>
     <w:rsid w:val="00204F3F"/>
     <w:rsid w:val="002110C7"/>
     <w:rsid w:val="002155D0"/>
     <w:rsid w:val="002168FE"/>
     <w:rsid w:val="00217753"/>
     <w:rsid w:val="00217EED"/>
     <w:rsid w:val="00221294"/>
     <w:rsid w:val="0023234B"/>
     <w:rsid w:val="0023391F"/>
     <w:rsid w:val="00236B50"/>
     <w:rsid w:val="00237A7A"/>
     <w:rsid w:val="00237D24"/>
     <w:rsid w:val="00240D85"/>
     <w:rsid w:val="00242364"/>
     <w:rsid w:val="002440CA"/>
     <w:rsid w:val="0025031E"/>
     <w:rsid w:val="002528A0"/>
     <w:rsid w:val="00256597"/>
     <w:rsid w:val="00262833"/>
+    <w:rsid w:val="00264AA8"/>
     <w:rsid w:val="0026681C"/>
     <w:rsid w:val="00266A72"/>
     <w:rsid w:val="00272EA0"/>
     <w:rsid w:val="0027417E"/>
+    <w:rsid w:val="00276959"/>
     <w:rsid w:val="00277B74"/>
     <w:rsid w:val="00280CA2"/>
     <w:rsid w:val="00284906"/>
     <w:rsid w:val="00286FA4"/>
     <w:rsid w:val="00290A5D"/>
     <w:rsid w:val="00291C41"/>
     <w:rsid w:val="00291EC4"/>
     <w:rsid w:val="0029277C"/>
     <w:rsid w:val="00292E7B"/>
     <w:rsid w:val="002A1846"/>
     <w:rsid w:val="002A5029"/>
     <w:rsid w:val="002A50C8"/>
     <w:rsid w:val="002A5CAA"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B001B"/>
     <w:rsid w:val="002B2486"/>
     <w:rsid w:val="002B2669"/>
     <w:rsid w:val="002B3916"/>
     <w:rsid w:val="002B5109"/>
+    <w:rsid w:val="002B6BC7"/>
     <w:rsid w:val="002C28EE"/>
     <w:rsid w:val="002C2E51"/>
     <w:rsid w:val="002C6EC2"/>
     <w:rsid w:val="002D1FC5"/>
     <w:rsid w:val="002D3736"/>
     <w:rsid w:val="002D76FF"/>
     <w:rsid w:val="002D7C0F"/>
     <w:rsid w:val="002D7F3E"/>
     <w:rsid w:val="002E0893"/>
     <w:rsid w:val="002E08F3"/>
     <w:rsid w:val="002E0CB4"/>
     <w:rsid w:val="002E3509"/>
     <w:rsid w:val="002E4EB2"/>
     <w:rsid w:val="002E75FA"/>
     <w:rsid w:val="002F017E"/>
     <w:rsid w:val="002F056D"/>
     <w:rsid w:val="002F078D"/>
     <w:rsid w:val="002F0A2E"/>
     <w:rsid w:val="002F1C34"/>
     <w:rsid w:val="002F4A0E"/>
     <w:rsid w:val="002F5B07"/>
     <w:rsid w:val="002F66EB"/>
     <w:rsid w:val="002F6C1F"/>
     <w:rsid w:val="003034CF"/>
     <w:rsid w:val="00303E93"/>
     <w:rsid w:val="00304B49"/>
     <w:rsid w:val="00307DD6"/>
     <w:rsid w:val="00311BA9"/>
     <w:rsid w:val="00311F03"/>
     <w:rsid w:val="0031459F"/>
     <w:rsid w:val="0031565E"/>
     <w:rsid w:val="003204F5"/>
     <w:rsid w:val="00320725"/>
     <w:rsid w:val="0033200B"/>
     <w:rsid w:val="00332206"/>
     <w:rsid w:val="0033405B"/>
     <w:rsid w:val="0034102D"/>
     <w:rsid w:val="003444D9"/>
     <w:rsid w:val="003451C3"/>
     <w:rsid w:val="00345EAC"/>
     <w:rsid w:val="00351295"/>
+    <w:rsid w:val="00356E71"/>
     <w:rsid w:val="00362504"/>
     <w:rsid w:val="00365A16"/>
     <w:rsid w:val="00370133"/>
     <w:rsid w:val="00371561"/>
     <w:rsid w:val="00371B21"/>
     <w:rsid w:val="00371E4C"/>
     <w:rsid w:val="00386B54"/>
     <w:rsid w:val="00386BDC"/>
     <w:rsid w:val="00387268"/>
     <w:rsid w:val="003910E8"/>
     <w:rsid w:val="003929F4"/>
     <w:rsid w:val="003970AD"/>
     <w:rsid w:val="00397F90"/>
     <w:rsid w:val="003A199A"/>
     <w:rsid w:val="003B12A9"/>
     <w:rsid w:val="003C482B"/>
     <w:rsid w:val="003D2E62"/>
     <w:rsid w:val="003D3202"/>
     <w:rsid w:val="003D5128"/>
     <w:rsid w:val="003E0C5C"/>
     <w:rsid w:val="003E1041"/>
     <w:rsid w:val="003E1304"/>
     <w:rsid w:val="003E3F30"/>
     <w:rsid w:val="003E67AC"/>
     <w:rsid w:val="003E6AC4"/>
     <w:rsid w:val="003F0959"/>
     <w:rsid w:val="003F0969"/>
     <w:rsid w:val="003F1A93"/>
     <w:rsid w:val="003F34B8"/>
     <w:rsid w:val="003F422B"/>
     <w:rsid w:val="003F438E"/>
     <w:rsid w:val="003F56FE"/>
+    <w:rsid w:val="003F60CC"/>
     <w:rsid w:val="003F74E7"/>
     <w:rsid w:val="00400EE6"/>
     <w:rsid w:val="00404C28"/>
     <w:rsid w:val="004060F3"/>
     <w:rsid w:val="00410264"/>
     <w:rsid w:val="004113FA"/>
     <w:rsid w:val="004149AE"/>
     <w:rsid w:val="00414AFC"/>
     <w:rsid w:val="00414F9A"/>
     <w:rsid w:val="00416AA7"/>
     <w:rsid w:val="00420939"/>
     <w:rsid w:val="00421E63"/>
     <w:rsid w:val="00422B41"/>
     <w:rsid w:val="004264F2"/>
     <w:rsid w:val="004306E0"/>
     <w:rsid w:val="004312DD"/>
     <w:rsid w:val="0043356E"/>
     <w:rsid w:val="00433A8E"/>
     <w:rsid w:val="004352E3"/>
     <w:rsid w:val="00436B2D"/>
     <w:rsid w:val="00440182"/>
     <w:rsid w:val="00440DB9"/>
     <w:rsid w:val="00444658"/>
     <w:rsid w:val="00444747"/>
     <w:rsid w:val="004458BC"/>
     <w:rsid w:val="0044673E"/>
     <w:rsid w:val="00447DE4"/>
     <w:rsid w:val="004518F1"/>
     <w:rsid w:val="00451D7B"/>
     <w:rsid w:val="004543D2"/>
     <w:rsid w:val="00456542"/>
     <w:rsid w:val="0045703E"/>
     <w:rsid w:val="00460772"/>
     <w:rsid w:val="00462C13"/>
     <w:rsid w:val="00463DF0"/>
     <w:rsid w:val="00464803"/>
     <w:rsid w:val="00465A2C"/>
     <w:rsid w:val="00466A2A"/>
+    <w:rsid w:val="0046733A"/>
     <w:rsid w:val="004706DB"/>
     <w:rsid w:val="00471304"/>
     <w:rsid w:val="0047132C"/>
     <w:rsid w:val="00477EC6"/>
     <w:rsid w:val="00481BC8"/>
+    <w:rsid w:val="00484EFD"/>
     <w:rsid w:val="004854E2"/>
     <w:rsid w:val="00491D14"/>
     <w:rsid w:val="00492262"/>
     <w:rsid w:val="00493070"/>
     <w:rsid w:val="00494A01"/>
     <w:rsid w:val="004959A3"/>
     <w:rsid w:val="00495BD7"/>
     <w:rsid w:val="00495F25"/>
     <w:rsid w:val="00496941"/>
     <w:rsid w:val="004A08A9"/>
     <w:rsid w:val="004A1461"/>
     <w:rsid w:val="004A3062"/>
     <w:rsid w:val="004A4728"/>
     <w:rsid w:val="004A6E30"/>
     <w:rsid w:val="004B0F22"/>
     <w:rsid w:val="004B1B98"/>
     <w:rsid w:val="004B2243"/>
     <w:rsid w:val="004B446B"/>
     <w:rsid w:val="004B4E83"/>
     <w:rsid w:val="004B5859"/>
     <w:rsid w:val="004B6771"/>
     <w:rsid w:val="004C03D8"/>
     <w:rsid w:val="004C0DDD"/>
     <w:rsid w:val="004C24E6"/>
     <w:rsid w:val="004C2FB3"/>
     <w:rsid w:val="004C58FB"/>
     <w:rsid w:val="004D0D7D"/>
     <w:rsid w:val="004D2C94"/>
+    <w:rsid w:val="004D44D1"/>
     <w:rsid w:val="004D47F8"/>
     <w:rsid w:val="004D5857"/>
     <w:rsid w:val="004E20B8"/>
     <w:rsid w:val="004E72DB"/>
     <w:rsid w:val="004F0816"/>
     <w:rsid w:val="004F316C"/>
     <w:rsid w:val="004F37A5"/>
+    <w:rsid w:val="004F4894"/>
     <w:rsid w:val="004F5F22"/>
     <w:rsid w:val="004F7D61"/>
     <w:rsid w:val="005004CA"/>
     <w:rsid w:val="00501207"/>
     <w:rsid w:val="00501F5D"/>
     <w:rsid w:val="005028EB"/>
     <w:rsid w:val="00515F2C"/>
     <w:rsid w:val="00517EB0"/>
     <w:rsid w:val="005228AB"/>
     <w:rsid w:val="00522DE1"/>
     <w:rsid w:val="00526507"/>
     <w:rsid w:val="00531A03"/>
     <w:rsid w:val="005327F9"/>
     <w:rsid w:val="00532E7D"/>
     <w:rsid w:val="005347AF"/>
     <w:rsid w:val="00536033"/>
     <w:rsid w:val="00536085"/>
     <w:rsid w:val="0054093D"/>
     <w:rsid w:val="00554080"/>
     <w:rsid w:val="005545E6"/>
     <w:rsid w:val="00554AC8"/>
     <w:rsid w:val="00556889"/>
     <w:rsid w:val="00563A23"/>
     <w:rsid w:val="00563BD0"/>
     <w:rsid w:val="005650CA"/>
     <w:rsid w:val="00565566"/>
     <w:rsid w:val="00567A21"/>
     <w:rsid w:val="0057005A"/>
     <w:rsid w:val="0057114A"/>
     <w:rsid w:val="005724D1"/>
     <w:rsid w:val="00573E96"/>
     <w:rsid w:val="00574646"/>
     <w:rsid w:val="0057522E"/>
     <w:rsid w:val="00576110"/>
     <w:rsid w:val="005807D3"/>
     <w:rsid w:val="00591B26"/>
     <w:rsid w:val="005931A4"/>
     <w:rsid w:val="0059406B"/>
+    <w:rsid w:val="005A04A2"/>
+    <w:rsid w:val="005A1106"/>
+    <w:rsid w:val="005B5EB2"/>
     <w:rsid w:val="005B61D2"/>
     <w:rsid w:val="005B6597"/>
     <w:rsid w:val="005B7304"/>
     <w:rsid w:val="005C00B8"/>
     <w:rsid w:val="005C0150"/>
     <w:rsid w:val="005C16B0"/>
     <w:rsid w:val="005C1FD0"/>
     <w:rsid w:val="005C24D9"/>
     <w:rsid w:val="005D084C"/>
     <w:rsid w:val="005D19AB"/>
     <w:rsid w:val="005D3638"/>
     <w:rsid w:val="005D419D"/>
     <w:rsid w:val="005D67EF"/>
     <w:rsid w:val="005D7EEC"/>
+    <w:rsid w:val="005E0059"/>
     <w:rsid w:val="005E0C1E"/>
     <w:rsid w:val="005E1BB9"/>
     <w:rsid w:val="005E4D5F"/>
     <w:rsid w:val="005E7F15"/>
     <w:rsid w:val="005F2CBA"/>
     <w:rsid w:val="005F327B"/>
     <w:rsid w:val="005F7C68"/>
     <w:rsid w:val="006032C6"/>
     <w:rsid w:val="00605019"/>
     <w:rsid w:val="0060654C"/>
     <w:rsid w:val="006115A9"/>
     <w:rsid w:val="00612D29"/>
     <w:rsid w:val="00614B14"/>
     <w:rsid w:val="00617E11"/>
     <w:rsid w:val="00620F05"/>
     <w:rsid w:val="0062305E"/>
     <w:rsid w:val="00624A38"/>
     <w:rsid w:val="00625F79"/>
     <w:rsid w:val="006267A8"/>
     <w:rsid w:val="00627B43"/>
     <w:rsid w:val="006326B5"/>
     <w:rsid w:val="00633A49"/>
     <w:rsid w:val="00635A88"/>
     <w:rsid w:val="006368E8"/>
     <w:rsid w:val="00637928"/>
+    <w:rsid w:val="006379B1"/>
     <w:rsid w:val="00637B8E"/>
     <w:rsid w:val="00641973"/>
     <w:rsid w:val="00644BDE"/>
     <w:rsid w:val="00645516"/>
     <w:rsid w:val="00653EDD"/>
     <w:rsid w:val="0065562B"/>
     <w:rsid w:val="00656714"/>
     <w:rsid w:val="00656F0E"/>
     <w:rsid w:val="006627F7"/>
     <w:rsid w:val="00667F12"/>
+    <w:rsid w:val="006743A5"/>
     <w:rsid w:val="0067718E"/>
     <w:rsid w:val="00677501"/>
     <w:rsid w:val="00680333"/>
     <w:rsid w:val="00682E29"/>
     <w:rsid w:val="00684F73"/>
     <w:rsid w:val="00685395"/>
+    <w:rsid w:val="006901C3"/>
     <w:rsid w:val="006910B7"/>
     <w:rsid w:val="006925D5"/>
     <w:rsid w:val="00697A17"/>
     <w:rsid w:val="006A12F4"/>
     <w:rsid w:val="006A2FAD"/>
     <w:rsid w:val="006A72B8"/>
     <w:rsid w:val="006B05CF"/>
     <w:rsid w:val="006B10F7"/>
     <w:rsid w:val="006B23A7"/>
     <w:rsid w:val="006B4140"/>
     <w:rsid w:val="006B7BD4"/>
     <w:rsid w:val="006C4723"/>
     <w:rsid w:val="006C4F11"/>
     <w:rsid w:val="006C54FF"/>
     <w:rsid w:val="006D23EC"/>
     <w:rsid w:val="006D3658"/>
+    <w:rsid w:val="006D6654"/>
     <w:rsid w:val="006D6CA2"/>
     <w:rsid w:val="006E6754"/>
     <w:rsid w:val="006E6E7A"/>
     <w:rsid w:val="006F060D"/>
     <w:rsid w:val="006F3B25"/>
     <w:rsid w:val="006F4AA7"/>
     <w:rsid w:val="006F6701"/>
+    <w:rsid w:val="007012CA"/>
     <w:rsid w:val="00703680"/>
     <w:rsid w:val="00711297"/>
     <w:rsid w:val="007114EC"/>
     <w:rsid w:val="0071287D"/>
     <w:rsid w:val="00714719"/>
     <w:rsid w:val="00714B75"/>
     <w:rsid w:val="00717230"/>
     <w:rsid w:val="007205F2"/>
     <w:rsid w:val="00720E73"/>
     <w:rsid w:val="00721BDC"/>
+    <w:rsid w:val="00724969"/>
     <w:rsid w:val="007352EA"/>
     <w:rsid w:val="0074120A"/>
     <w:rsid w:val="007453FE"/>
     <w:rsid w:val="00745ABB"/>
     <w:rsid w:val="00746CC1"/>
     <w:rsid w:val="007508A3"/>
     <w:rsid w:val="00750A6E"/>
     <w:rsid w:val="00750B74"/>
     <w:rsid w:val="00751177"/>
     <w:rsid w:val="0075357E"/>
     <w:rsid w:val="007546E5"/>
     <w:rsid w:val="007612E1"/>
     <w:rsid w:val="00761E3B"/>
     <w:rsid w:val="00762795"/>
     <w:rsid w:val="00763B49"/>
     <w:rsid w:val="0077176E"/>
     <w:rsid w:val="0077489F"/>
     <w:rsid w:val="0078231C"/>
     <w:rsid w:val="007827E3"/>
     <w:rsid w:val="00782805"/>
     <w:rsid w:val="00783CE1"/>
     <w:rsid w:val="00785741"/>
     <w:rsid w:val="00786094"/>
     <w:rsid w:val="00790C1B"/>
     <w:rsid w:val="00791316"/>
     <w:rsid w:val="007A1E21"/>
     <w:rsid w:val="007A33F4"/>
     <w:rsid w:val="007A4E73"/>
     <w:rsid w:val="007A75AD"/>
     <w:rsid w:val="007B0D21"/>
     <w:rsid w:val="007B18D6"/>
     <w:rsid w:val="007B1CEF"/>
     <w:rsid w:val="007B6FB7"/>
     <w:rsid w:val="007B74F7"/>
     <w:rsid w:val="007B7B17"/>
     <w:rsid w:val="007C155A"/>
     <w:rsid w:val="007C2341"/>
     <w:rsid w:val="007C518D"/>
     <w:rsid w:val="007C6620"/>
     <w:rsid w:val="007D35C0"/>
+    <w:rsid w:val="007D64CF"/>
     <w:rsid w:val="007D7BE3"/>
     <w:rsid w:val="007E0AE7"/>
     <w:rsid w:val="007E2C70"/>
+    <w:rsid w:val="007E2DDD"/>
     <w:rsid w:val="007E79D2"/>
     <w:rsid w:val="007E7D56"/>
     <w:rsid w:val="007F0365"/>
     <w:rsid w:val="007F054E"/>
     <w:rsid w:val="007F1580"/>
     <w:rsid w:val="007F18D1"/>
     <w:rsid w:val="007F2645"/>
+    <w:rsid w:val="007F324E"/>
     <w:rsid w:val="007F33C8"/>
     <w:rsid w:val="007F39C0"/>
     <w:rsid w:val="007F4538"/>
     <w:rsid w:val="007F4931"/>
     <w:rsid w:val="007F5C0A"/>
+    <w:rsid w:val="007F6AF4"/>
     <w:rsid w:val="0080114F"/>
     <w:rsid w:val="00803422"/>
     <w:rsid w:val="00805A27"/>
     <w:rsid w:val="00807411"/>
     <w:rsid w:val="008101EB"/>
     <w:rsid w:val="00810B6E"/>
     <w:rsid w:val="00810D83"/>
     <w:rsid w:val="008124BB"/>
     <w:rsid w:val="00812B23"/>
     <w:rsid w:val="008138A5"/>
     <w:rsid w:val="008170F4"/>
     <w:rsid w:val="00821249"/>
     <w:rsid w:val="008221ED"/>
+    <w:rsid w:val="00823FDD"/>
     <w:rsid w:val="00831597"/>
     <w:rsid w:val="00831826"/>
     <w:rsid w:val="00831A0E"/>
     <w:rsid w:val="00833601"/>
     <w:rsid w:val="00833C88"/>
     <w:rsid w:val="00835172"/>
     <w:rsid w:val="0083538D"/>
     <w:rsid w:val="00835E35"/>
     <w:rsid w:val="0083631B"/>
     <w:rsid w:val="008375BB"/>
     <w:rsid w:val="0084782F"/>
     <w:rsid w:val="008479C0"/>
     <w:rsid w:val="008502EC"/>
     <w:rsid w:val="00853560"/>
     <w:rsid w:val="0085485A"/>
     <w:rsid w:val="008571DD"/>
     <w:rsid w:val="00861289"/>
     <w:rsid w:val="0086140B"/>
     <w:rsid w:val="00861541"/>
     <w:rsid w:val="008645B2"/>
     <w:rsid w:val="008674A0"/>
     <w:rsid w:val="008677F5"/>
     <w:rsid w:val="00870877"/>
     <w:rsid w:val="00872AA9"/>
     <w:rsid w:val="0087414D"/>
@@ -35231,360 +35278,380 @@
     <w:rsid w:val="008A15BF"/>
     <w:rsid w:val="008A2B69"/>
     <w:rsid w:val="008B05BC"/>
     <w:rsid w:val="008B303A"/>
     <w:rsid w:val="008C0AF5"/>
     <w:rsid w:val="008C3F8C"/>
     <w:rsid w:val="008C5EEC"/>
     <w:rsid w:val="008C74F6"/>
     <w:rsid w:val="008D19DA"/>
     <w:rsid w:val="008D1EA6"/>
     <w:rsid w:val="008D22CD"/>
     <w:rsid w:val="008D3FE2"/>
     <w:rsid w:val="008D5BC1"/>
     <w:rsid w:val="008E1D28"/>
     <w:rsid w:val="008E2B48"/>
     <w:rsid w:val="008F178F"/>
     <w:rsid w:val="008F3582"/>
     <w:rsid w:val="008F3A9D"/>
     <w:rsid w:val="008F5053"/>
     <w:rsid w:val="00900705"/>
     <w:rsid w:val="00901156"/>
     <w:rsid w:val="00904420"/>
     <w:rsid w:val="00906B6B"/>
     <w:rsid w:val="00910910"/>
     <w:rsid w:val="009142D0"/>
+    <w:rsid w:val="0091554A"/>
     <w:rsid w:val="00916A77"/>
+    <w:rsid w:val="00916E7E"/>
     <w:rsid w:val="009174C4"/>
     <w:rsid w:val="00920597"/>
     <w:rsid w:val="009209A4"/>
     <w:rsid w:val="00924B08"/>
     <w:rsid w:val="00924CA9"/>
     <w:rsid w:val="009274FD"/>
     <w:rsid w:val="009307FE"/>
     <w:rsid w:val="00930DF7"/>
     <w:rsid w:val="00932E80"/>
     <w:rsid w:val="00934F17"/>
     <w:rsid w:val="00935671"/>
     <w:rsid w:val="009365DD"/>
     <w:rsid w:val="0094088E"/>
     <w:rsid w:val="009410E4"/>
     <w:rsid w:val="00941CC5"/>
     <w:rsid w:val="009421C6"/>
     <w:rsid w:val="00945858"/>
     <w:rsid w:val="00946BBA"/>
     <w:rsid w:val="00950BA7"/>
     <w:rsid w:val="0095276D"/>
     <w:rsid w:val="00952C87"/>
     <w:rsid w:val="00952E91"/>
+    <w:rsid w:val="00966D05"/>
     <w:rsid w:val="00967320"/>
     <w:rsid w:val="00975321"/>
     <w:rsid w:val="00981317"/>
     <w:rsid w:val="009813BA"/>
     <w:rsid w:val="009914AB"/>
     <w:rsid w:val="00992FE2"/>
     <w:rsid w:val="00993A4A"/>
     <w:rsid w:val="009A21BC"/>
     <w:rsid w:val="009A3CDA"/>
     <w:rsid w:val="009A3EAC"/>
     <w:rsid w:val="009A4AD7"/>
     <w:rsid w:val="009A5DA8"/>
     <w:rsid w:val="009A77CC"/>
     <w:rsid w:val="009B7225"/>
     <w:rsid w:val="009C1A0B"/>
     <w:rsid w:val="009C2CDD"/>
     <w:rsid w:val="009C4E0F"/>
     <w:rsid w:val="009C6D62"/>
     <w:rsid w:val="009D10BE"/>
     <w:rsid w:val="009D2115"/>
     <w:rsid w:val="009D3D4B"/>
     <w:rsid w:val="009D6111"/>
     <w:rsid w:val="009E15D4"/>
     <w:rsid w:val="009E6145"/>
     <w:rsid w:val="009F2FCF"/>
     <w:rsid w:val="009F682F"/>
     <w:rsid w:val="00A00EB7"/>
     <w:rsid w:val="00A02303"/>
     <w:rsid w:val="00A0540C"/>
     <w:rsid w:val="00A054B9"/>
     <w:rsid w:val="00A0719B"/>
     <w:rsid w:val="00A07596"/>
     <w:rsid w:val="00A12CB8"/>
     <w:rsid w:val="00A14A5D"/>
     <w:rsid w:val="00A14EB6"/>
     <w:rsid w:val="00A15A45"/>
     <w:rsid w:val="00A175AD"/>
     <w:rsid w:val="00A2180D"/>
+    <w:rsid w:val="00A21C60"/>
     <w:rsid w:val="00A21E89"/>
     <w:rsid w:val="00A2421E"/>
     <w:rsid w:val="00A24C37"/>
     <w:rsid w:val="00A2579E"/>
     <w:rsid w:val="00A26A1B"/>
     <w:rsid w:val="00A322CC"/>
     <w:rsid w:val="00A34479"/>
     <w:rsid w:val="00A35190"/>
     <w:rsid w:val="00A36654"/>
+    <w:rsid w:val="00A36B75"/>
     <w:rsid w:val="00A37724"/>
     <w:rsid w:val="00A378C5"/>
     <w:rsid w:val="00A405DE"/>
     <w:rsid w:val="00A45ECC"/>
     <w:rsid w:val="00A47461"/>
     <w:rsid w:val="00A50F57"/>
     <w:rsid w:val="00A52C2B"/>
     <w:rsid w:val="00A54057"/>
     <w:rsid w:val="00A5480C"/>
     <w:rsid w:val="00A5505A"/>
     <w:rsid w:val="00A627D2"/>
     <w:rsid w:val="00A64F23"/>
     <w:rsid w:val="00A65438"/>
     <w:rsid w:val="00A65474"/>
+    <w:rsid w:val="00A7012E"/>
     <w:rsid w:val="00A704CE"/>
     <w:rsid w:val="00A71D34"/>
     <w:rsid w:val="00A7329A"/>
     <w:rsid w:val="00A735F7"/>
     <w:rsid w:val="00A75F2A"/>
+    <w:rsid w:val="00A814BB"/>
     <w:rsid w:val="00A86317"/>
     <w:rsid w:val="00A873A2"/>
     <w:rsid w:val="00A909F3"/>
     <w:rsid w:val="00A9495C"/>
     <w:rsid w:val="00AA13FB"/>
     <w:rsid w:val="00AA2168"/>
     <w:rsid w:val="00AA2BA3"/>
+    <w:rsid w:val="00AA4EAA"/>
     <w:rsid w:val="00AA5F77"/>
     <w:rsid w:val="00AB5FB9"/>
     <w:rsid w:val="00AB7499"/>
     <w:rsid w:val="00AB76DC"/>
     <w:rsid w:val="00AB77B9"/>
     <w:rsid w:val="00AC06A3"/>
     <w:rsid w:val="00AC43E2"/>
+    <w:rsid w:val="00AD1F22"/>
     <w:rsid w:val="00AD2B44"/>
     <w:rsid w:val="00AD415A"/>
     <w:rsid w:val="00AE2B75"/>
     <w:rsid w:val="00AE3109"/>
     <w:rsid w:val="00AE3400"/>
     <w:rsid w:val="00AE4423"/>
     <w:rsid w:val="00AE4722"/>
     <w:rsid w:val="00AE495C"/>
     <w:rsid w:val="00AE7AD6"/>
     <w:rsid w:val="00AF0E2C"/>
     <w:rsid w:val="00AF29FA"/>
     <w:rsid w:val="00AF34E8"/>
     <w:rsid w:val="00AF5C82"/>
     <w:rsid w:val="00AF6C7A"/>
     <w:rsid w:val="00B03297"/>
+    <w:rsid w:val="00B05819"/>
     <w:rsid w:val="00B05A61"/>
     <w:rsid w:val="00B06AD7"/>
     <w:rsid w:val="00B078DD"/>
     <w:rsid w:val="00B10879"/>
     <w:rsid w:val="00B13DED"/>
     <w:rsid w:val="00B15E2B"/>
     <w:rsid w:val="00B16D3C"/>
     <w:rsid w:val="00B21D3D"/>
     <w:rsid w:val="00B23460"/>
     <w:rsid w:val="00B24558"/>
+    <w:rsid w:val="00B25F33"/>
     <w:rsid w:val="00B26364"/>
     <w:rsid w:val="00B35605"/>
     <w:rsid w:val="00B428D2"/>
     <w:rsid w:val="00B42D01"/>
     <w:rsid w:val="00B4420C"/>
     <w:rsid w:val="00B448A5"/>
     <w:rsid w:val="00B44A01"/>
     <w:rsid w:val="00B47D75"/>
+    <w:rsid w:val="00B506E3"/>
     <w:rsid w:val="00B531EF"/>
     <w:rsid w:val="00B54E93"/>
     <w:rsid w:val="00B56552"/>
     <w:rsid w:val="00B57F4A"/>
     <w:rsid w:val="00B62BAF"/>
     <w:rsid w:val="00B633D0"/>
     <w:rsid w:val="00B64171"/>
     <w:rsid w:val="00B717E8"/>
     <w:rsid w:val="00B73428"/>
     <w:rsid w:val="00B74E1E"/>
     <w:rsid w:val="00B81165"/>
     <w:rsid w:val="00B83FCB"/>
     <w:rsid w:val="00B84A35"/>
     <w:rsid w:val="00B84BF9"/>
     <w:rsid w:val="00B869C2"/>
     <w:rsid w:val="00B8753D"/>
     <w:rsid w:val="00B93265"/>
     <w:rsid w:val="00BA24CE"/>
     <w:rsid w:val="00BA37AA"/>
     <w:rsid w:val="00BA5CB0"/>
+    <w:rsid w:val="00BA6523"/>
     <w:rsid w:val="00BA7056"/>
     <w:rsid w:val="00BA7B52"/>
     <w:rsid w:val="00BB0C13"/>
     <w:rsid w:val="00BB126F"/>
     <w:rsid w:val="00BB1FB3"/>
     <w:rsid w:val="00BB2296"/>
     <w:rsid w:val="00BB22D5"/>
     <w:rsid w:val="00BB2F08"/>
     <w:rsid w:val="00BC1C4A"/>
     <w:rsid w:val="00BC2087"/>
     <w:rsid w:val="00BC4A13"/>
     <w:rsid w:val="00BD24C8"/>
     <w:rsid w:val="00BD365B"/>
     <w:rsid w:val="00BD743E"/>
     <w:rsid w:val="00BE12EB"/>
     <w:rsid w:val="00BF1C60"/>
     <w:rsid w:val="00BF4542"/>
     <w:rsid w:val="00BF45D5"/>
     <w:rsid w:val="00BF53BC"/>
     <w:rsid w:val="00BF6854"/>
     <w:rsid w:val="00C003C1"/>
     <w:rsid w:val="00C008B5"/>
     <w:rsid w:val="00C00E67"/>
     <w:rsid w:val="00C04A5F"/>
     <w:rsid w:val="00C0686C"/>
     <w:rsid w:val="00C078EF"/>
     <w:rsid w:val="00C10ACC"/>
     <w:rsid w:val="00C122F6"/>
+    <w:rsid w:val="00C123BA"/>
     <w:rsid w:val="00C158FF"/>
     <w:rsid w:val="00C167C0"/>
     <w:rsid w:val="00C16A17"/>
     <w:rsid w:val="00C1731A"/>
     <w:rsid w:val="00C17696"/>
     <w:rsid w:val="00C21774"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22819"/>
     <w:rsid w:val="00C231A2"/>
     <w:rsid w:val="00C2384D"/>
     <w:rsid w:val="00C24E1B"/>
     <w:rsid w:val="00C2718A"/>
     <w:rsid w:val="00C2726A"/>
     <w:rsid w:val="00C32EC0"/>
     <w:rsid w:val="00C332B7"/>
+    <w:rsid w:val="00C35A41"/>
     <w:rsid w:val="00C36288"/>
     <w:rsid w:val="00C36D91"/>
     <w:rsid w:val="00C57537"/>
     <w:rsid w:val="00C60E58"/>
     <w:rsid w:val="00C6583D"/>
     <w:rsid w:val="00C726AA"/>
     <w:rsid w:val="00C74275"/>
     <w:rsid w:val="00C746A0"/>
+    <w:rsid w:val="00C76D22"/>
     <w:rsid w:val="00C8296A"/>
     <w:rsid w:val="00C8341C"/>
     <w:rsid w:val="00C84D2F"/>
     <w:rsid w:val="00C85B66"/>
     <w:rsid w:val="00C905F7"/>
     <w:rsid w:val="00C9095E"/>
     <w:rsid w:val="00C966E3"/>
     <w:rsid w:val="00C9769C"/>
     <w:rsid w:val="00CA25C7"/>
     <w:rsid w:val="00CA2D39"/>
     <w:rsid w:val="00CB2078"/>
     <w:rsid w:val="00CB3319"/>
     <w:rsid w:val="00CB3342"/>
     <w:rsid w:val="00CB42D5"/>
     <w:rsid w:val="00CB6C18"/>
     <w:rsid w:val="00CC0678"/>
     <w:rsid w:val="00CC222D"/>
     <w:rsid w:val="00CC463A"/>
     <w:rsid w:val="00CC600C"/>
     <w:rsid w:val="00CD11F5"/>
     <w:rsid w:val="00CD6EA3"/>
     <w:rsid w:val="00CD7EBB"/>
     <w:rsid w:val="00CE6260"/>
     <w:rsid w:val="00CE6B43"/>
     <w:rsid w:val="00CE708E"/>
+    <w:rsid w:val="00CF0B6B"/>
     <w:rsid w:val="00CF15DC"/>
     <w:rsid w:val="00CF4D62"/>
     <w:rsid w:val="00CF5ACB"/>
     <w:rsid w:val="00CF7C87"/>
     <w:rsid w:val="00D0142B"/>
     <w:rsid w:val="00D01D7B"/>
     <w:rsid w:val="00D03D54"/>
     <w:rsid w:val="00D04857"/>
     <w:rsid w:val="00D0496C"/>
     <w:rsid w:val="00D06AC2"/>
     <w:rsid w:val="00D2005E"/>
     <w:rsid w:val="00D21C43"/>
     <w:rsid w:val="00D30D28"/>
     <w:rsid w:val="00D3160B"/>
     <w:rsid w:val="00D37FE8"/>
     <w:rsid w:val="00D40327"/>
     <w:rsid w:val="00D42C48"/>
     <w:rsid w:val="00D440A6"/>
     <w:rsid w:val="00D442DB"/>
     <w:rsid w:val="00D45732"/>
     <w:rsid w:val="00D45EF9"/>
     <w:rsid w:val="00D45F70"/>
     <w:rsid w:val="00D4617D"/>
     <w:rsid w:val="00D47820"/>
     <w:rsid w:val="00D51126"/>
     <w:rsid w:val="00D53ED7"/>
     <w:rsid w:val="00D5545E"/>
     <w:rsid w:val="00D55C3C"/>
     <w:rsid w:val="00D56A7F"/>
     <w:rsid w:val="00D60AAE"/>
     <w:rsid w:val="00D61453"/>
     <w:rsid w:val="00D62113"/>
     <w:rsid w:val="00D62503"/>
     <w:rsid w:val="00D63A90"/>
     <w:rsid w:val="00D64557"/>
     <w:rsid w:val="00D663BA"/>
+    <w:rsid w:val="00D7221F"/>
     <w:rsid w:val="00D72F31"/>
     <w:rsid w:val="00D738E0"/>
     <w:rsid w:val="00D76CAE"/>
     <w:rsid w:val="00D77969"/>
     <w:rsid w:val="00D82195"/>
     <w:rsid w:val="00D85911"/>
     <w:rsid w:val="00D85F46"/>
     <w:rsid w:val="00D875F7"/>
     <w:rsid w:val="00D87B4F"/>
     <w:rsid w:val="00D9028E"/>
     <w:rsid w:val="00D914CA"/>
     <w:rsid w:val="00D94801"/>
     <w:rsid w:val="00DA15FA"/>
     <w:rsid w:val="00DA2A60"/>
     <w:rsid w:val="00DA53CE"/>
+    <w:rsid w:val="00DB17BB"/>
     <w:rsid w:val="00DB21BE"/>
     <w:rsid w:val="00DC2405"/>
     <w:rsid w:val="00DC3FD7"/>
     <w:rsid w:val="00DC6FFC"/>
     <w:rsid w:val="00DC7E3A"/>
     <w:rsid w:val="00DD1613"/>
     <w:rsid w:val="00DD1C00"/>
     <w:rsid w:val="00DD1CB5"/>
     <w:rsid w:val="00DD5A20"/>
     <w:rsid w:val="00DE2111"/>
     <w:rsid w:val="00DE2FBF"/>
     <w:rsid w:val="00DE52F6"/>
     <w:rsid w:val="00DF62EF"/>
     <w:rsid w:val="00E02786"/>
     <w:rsid w:val="00E07182"/>
     <w:rsid w:val="00E10F03"/>
     <w:rsid w:val="00E131A4"/>
     <w:rsid w:val="00E16045"/>
     <w:rsid w:val="00E16270"/>
     <w:rsid w:val="00E170BB"/>
     <w:rsid w:val="00E17925"/>
     <w:rsid w:val="00E17EBE"/>
     <w:rsid w:val="00E21C4F"/>
     <w:rsid w:val="00E22D2F"/>
     <w:rsid w:val="00E30380"/>
     <w:rsid w:val="00E306CF"/>
     <w:rsid w:val="00E3177D"/>
+    <w:rsid w:val="00E35145"/>
     <w:rsid w:val="00E3664F"/>
     <w:rsid w:val="00E375C0"/>
     <w:rsid w:val="00E37860"/>
     <w:rsid w:val="00E40E27"/>
     <w:rsid w:val="00E42F06"/>
     <w:rsid w:val="00E44D2E"/>
     <w:rsid w:val="00E458F4"/>
     <w:rsid w:val="00E503BE"/>
     <w:rsid w:val="00E51D51"/>
     <w:rsid w:val="00E5420D"/>
     <w:rsid w:val="00E55DCE"/>
     <w:rsid w:val="00E56332"/>
     <w:rsid w:val="00E578CC"/>
     <w:rsid w:val="00E579FD"/>
     <w:rsid w:val="00E64DAE"/>
     <w:rsid w:val="00E705F7"/>
     <w:rsid w:val="00E7150B"/>
     <w:rsid w:val="00E73A6A"/>
     <w:rsid w:val="00E81E09"/>
     <w:rsid w:val="00E85C48"/>
     <w:rsid w:val="00E86499"/>
     <w:rsid w:val="00E92B7F"/>
     <w:rsid w:val="00E97171"/>
     <w:rsid w:val="00EA286B"/>
     <w:rsid w:val="00EA39B7"/>
@@ -35612,86 +35679,90 @@
     <w:rsid w:val="00F12754"/>
     <w:rsid w:val="00F13E7A"/>
     <w:rsid w:val="00F1537F"/>
     <w:rsid w:val="00F174F9"/>
     <w:rsid w:val="00F2304C"/>
     <w:rsid w:val="00F3010E"/>
     <w:rsid w:val="00F308A9"/>
     <w:rsid w:val="00F31886"/>
     <w:rsid w:val="00F32E47"/>
     <w:rsid w:val="00F35C34"/>
     <w:rsid w:val="00F365AB"/>
     <w:rsid w:val="00F42EB2"/>
     <w:rsid w:val="00F4474C"/>
     <w:rsid w:val="00F4493A"/>
     <w:rsid w:val="00F450E1"/>
     <w:rsid w:val="00F51049"/>
     <w:rsid w:val="00F51A04"/>
     <w:rsid w:val="00F53669"/>
     <w:rsid w:val="00F53945"/>
     <w:rsid w:val="00F56E64"/>
     <w:rsid w:val="00F5753E"/>
     <w:rsid w:val="00F57FE1"/>
     <w:rsid w:val="00F6115C"/>
     <w:rsid w:val="00F61AC3"/>
     <w:rsid w:val="00F62260"/>
+    <w:rsid w:val="00F63145"/>
     <w:rsid w:val="00F64621"/>
     <w:rsid w:val="00F71BF3"/>
     <w:rsid w:val="00F721EA"/>
     <w:rsid w:val="00F7285D"/>
     <w:rsid w:val="00F7312B"/>
     <w:rsid w:val="00F7509D"/>
     <w:rsid w:val="00F75741"/>
     <w:rsid w:val="00F764F6"/>
     <w:rsid w:val="00F82DC2"/>
+    <w:rsid w:val="00F84677"/>
     <w:rsid w:val="00F84E99"/>
     <w:rsid w:val="00F87619"/>
     <w:rsid w:val="00F87A7C"/>
     <w:rsid w:val="00F94652"/>
     <w:rsid w:val="00F96338"/>
     <w:rsid w:val="00F96D7A"/>
     <w:rsid w:val="00FA0551"/>
     <w:rsid w:val="00FA2387"/>
     <w:rsid w:val="00FB3140"/>
     <w:rsid w:val="00FB4475"/>
     <w:rsid w:val="00FB4542"/>
+    <w:rsid w:val="00FB4731"/>
     <w:rsid w:val="00FB4AD3"/>
     <w:rsid w:val="00FB4C89"/>
     <w:rsid w:val="00FB6DEE"/>
     <w:rsid w:val="00FB7A42"/>
     <w:rsid w:val="00FC0152"/>
     <w:rsid w:val="00FC3F9B"/>
     <w:rsid w:val="00FC437C"/>
     <w:rsid w:val="00FC77DE"/>
     <w:rsid w:val="00FD18CE"/>
     <w:rsid w:val="00FD4B78"/>
     <w:rsid w:val="00FD6D99"/>
     <w:rsid w:val="00FD700B"/>
     <w:rsid w:val="00FE240B"/>
     <w:rsid w:val="00FE26EC"/>
     <w:rsid w:val="00FE2E10"/>
     <w:rsid w:val="00FF0676"/>
+    <w:rsid w:val="00FF3817"/>
     <w:rsid w:val="00FF5B93"/>
     <w:rsid w:val="00FF6777"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
@@ -36145,50 +36216,51 @@
     <w:rsid w:val="00567A21"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-5760"/>
         <w:tab w:val="right" w:pos="-4320"/>
         <w:tab w:val="left" w:pos="-2520"/>
         <w:tab w:val="left" w:pos="-2160"/>
         <w:tab w:val="left" w:pos="-1440"/>
         <w:tab w:val="left" w:pos="-720"/>
         <w:tab w:val="right" w:pos="2880"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:ind w:left="4320" w:right="-450" w:hanging="4320"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -37400,51 +37472,51 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilo.org/global/publications/journals/international-labour-review/WCMS_775853/lang--en/index.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1787/9789264307278-en" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mcn.13086" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbvaopenmind.com/wp-content/uploads/2019/02/BBVA-OpenMind-book-2019-Towards-a-New-Enlightenment-A-Trascendent-Decade-2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sk145@cornell.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22617/TCS190016-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1787/9789264307278-en" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1140/epjst/e2020-900140-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.izajold.com/content/2/1/1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justjobsnetwork.org/wp-content/uploads/2018/12/People-on-the-move-v3-web.pdf%202018" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s43016-021-00421-7" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/world-development/special-issue/10M1NZVG3C4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22617/TCS190016-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://foodsystemeconomics.org/wp-content/uploads/FSEC-GlobalPolicyReport-February2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22617/TCS190016-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilo.org/global/publications/journals/international-labour-review/WCMS_775853/lang--en/index.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-981-10-7950-4_8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ieg.worldbankgroup.org/evaluations/2022-external-review-independent-evaluation-group" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10888-019-09419-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10888-020-09452-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00199-023-01546-5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kanbur.dyson.cornell.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilo.org/global/publications/journals/international-labour-review/WCMS_775853/lang--en/index.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1787/9789264307278-en" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mcn.13086" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbvaopenmind.com/wp-content/uploads/2019/02/BBVA-OpenMind-book-2019-Towards-a-New-Enlightenment-A-Trascendent-Decade-2.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sk145@cornell.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22617/TCS190016-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1787/9789264307278-en" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1140/epjst/e2020-900140-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.izajold.com/content/2/1/1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justjobsnetwork.org/wp-content/uploads/2018/12/People-on-the-move-v3-web.pdf%202018" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/articles/s43016-021-00421-7" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/world-development/special-issue/10M1NZVG3C4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22617/TCS190016-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/sk145/Downloads/s43016-025-01268-y.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://foodsystemeconomics.org/wp-content/uploads/FSEC-GlobalPolicyReport-February2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.22617/TCS190016-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilo.org/global/publications/journals/international-labour-review/WCMS_775853/lang--en/index.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-981-10-7950-4_8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1057/s41287-024-00677-2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ieg.worldbankgroup.org/evaluations/2022-external-review-independent-evaluation-group" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10888-019-09419-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10888-020-09452-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00199-023-01546-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kanbur.dyson.cornell.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -37690,76 +37762,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>36</Pages>
-[...1 lines deleted...]
-  <Characters>77688</Characters>
+  <Pages>37</Pages>
+  <Words>14062</Words>
+  <Characters>80157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>647</Lines>
-  <Paragraphs>182</Paragraphs>
+  <Lines>667</Lines>
+  <Paragraphs>188</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>January 1998</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cornell University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>91135</CharactersWithSpaces>
+  <CharactersWithSpaces>94031</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>3538981</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.kanbur.aem.cornell.edu/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1900658</vt:i4>
       </vt:variant>
       <vt:variant>