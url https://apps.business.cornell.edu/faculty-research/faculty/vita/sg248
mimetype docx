--- v0 (2025-10-12)
+++ v1 (2026-03-31)
@@ -7,356 +7,347 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="79BEF0B8" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="003C2D71" w:rsidP="003C2D71">
+    <w:p w14:paraId="4400F8EE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="003C2D71" w:rsidP="003C2D71">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4320"/>
           <w:tab w:val="left" w:pos="6783"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D361CD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sachin Gupta</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D25ACB8" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="003F24CF">
+    <w:p w14:paraId="745AAD3B" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00815444">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00860D7F">
-[...18 lines deleted...]
-    <w:p w14:paraId="195FDBA6" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="007A6418">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cornell SC Johnson College of Business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B4AA6A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="007A6418">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">452 </w:t>
       </w:r>
       <w:r w:rsidR="00D361CD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sage Hall, Cornell University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D7A29C1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="0EFA99A0" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ithaca NY 14853</w:t>
       </w:r>
       <w:r w:rsidR="00442A3A" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, USA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A0784E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00321FB2" w:rsidP="002E68A8">
+    <w:p w14:paraId="3EE43EEE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00321FB2" w:rsidP="002E68A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003F0B0F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>achin.gupta</w:t>
       </w:r>
       <w:r w:rsidR="00D361CD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>@cornell.edu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0133FBBE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="554F05F4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="009E4DA6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424D4C5D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="53A44525" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A77694C" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+    <w:p w14:paraId="5FFD7EAC" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Academic Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420F61ED" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+    <w:p w14:paraId="1AF16B59" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="632C885A" w14:textId="77777777" w:rsidR="001306FB" w:rsidRDefault="001306FB" w:rsidP="001306FB">
+    <w:p w14:paraId="3AAFE729" w14:textId="77777777" w:rsidR="001306FB" w:rsidRDefault="001306FB" w:rsidP="001306FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cornell SC Johnson College of Business</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E77DAEF" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRDefault="001306FB" w:rsidP="00BC081A">
+    <w:p w14:paraId="0943E1B8" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRDefault="001306FB" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SC </w:t>
       </w:r>
       <w:r w:rsidR="00BC081A" w:rsidRPr="00860D7F">
@@ -368,1777 +359,1847 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Johnso</w:t>
       </w:r>
       <w:r w:rsidR="003F24CF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n Graduate School of Management at</w:t>
       </w:r>
       <w:r w:rsidR="00BC081A" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cornell University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1716CE6E" w14:textId="77777777" w:rsidR="00CF3DC4" w:rsidRPr="00860D7F" w:rsidRDefault="00CF3DC4" w:rsidP="00BC081A">
+    <w:p w14:paraId="0C3710CF" w14:textId="77777777" w:rsidR="004D3433" w:rsidRPr="00860D7F" w:rsidRDefault="00B6761E" w:rsidP="004D3433">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="60FA1000" w14:textId="77777777" w:rsidR="004D3433" w:rsidRPr="00860D7F" w:rsidRDefault="00B6761E" w:rsidP="004D3433">
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D3433" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Henrietta Johnson Louis Professor of Management, </w:t>
+      </w:r>
+      <w:r w:rsidR="001306FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nov </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3433" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2007 to present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378C9B2F" w14:textId="77777777" w:rsidR="00B6761E" w:rsidRPr="00860D7F" w:rsidRDefault="004D3433" w:rsidP="00B6761E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00860D7F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004D3433" w:rsidRPr="00860D7F">
-[...27 lines deleted...]
-    <w:p w14:paraId="7444B91F" w14:textId="77777777" w:rsidR="00B6761E" w:rsidRPr="00860D7F" w:rsidRDefault="004D3433" w:rsidP="00B6761E">
+      <w:r w:rsidR="00F42E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Area Chair, Marketing and Management Communications, July 2022 to </w:t>
+      </w:r>
+      <w:r w:rsidR="007851DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>June 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282A2694" w14:textId="77777777" w:rsidR="00922803" w:rsidRPr="00860D7F" w:rsidRDefault="00815165" w:rsidP="00815165">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F42E72">
-[...27 lines deleted...]
-    <w:p w14:paraId="0B7ED466" w14:textId="77777777" w:rsidR="00922803" w:rsidRPr="00860D7F" w:rsidRDefault="00815165" w:rsidP="00815165">
+      <w:r w:rsidR="00922803" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Director of the Ph.D. Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6761E" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00922803" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, July 2014 </w:t>
+      </w:r>
+      <w:r w:rsidR="005776F0" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6761E" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> June 2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7416C0B2" w14:textId="77777777" w:rsidR="0061503C" w:rsidRPr="00860D7F" w:rsidRDefault="00C27937" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00922803" w:rsidRPr="00860D7F">
-[...45 lines deleted...]
-    <w:p w14:paraId="1BA70388" w14:textId="77777777" w:rsidR="0061503C" w:rsidRPr="00860D7F" w:rsidRDefault="00C27937" w:rsidP="00BC081A">
+      <w:r w:rsidR="0061503C" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Associate Dean for Academic Affairs, July 2010 to </w:t>
+      </w:r>
+      <w:r w:rsidR="00815165" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>June 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EB7110" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="713F2DE7" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+        <w:t>Professor of Marketing, July 2005 to present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5D4B28" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Professor of Marketing, July 2005 to present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1FD0EB49" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+        <w:t>Associate Professor of Ma</w:t>
+      </w:r>
+      <w:r w:rsidR="005F3BF7" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rketing, July 2000 to June 2005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C18F6EE" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720" w:right="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C5C12E" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:spacing w:val="-3"/>
-[...12 lines deleted...]
-        <w:t>Associate Professor of Ma</w:t>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kellogg School of Mana</w:t>
       </w:r>
       <w:r w:rsidR="005F3BF7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:spacing w:val="-3"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="0306FC5D" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gement, Northwestern University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4190EECF" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:i/>
-[...13 lines deleted...]
-        <w:t>Kellogg School of Mana</w:t>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Assistant Professor of Marketi</w:t>
       </w:r>
       <w:r w:rsidR="005F3BF7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:i/>
-[...7 lines deleted...]
-    <w:p w14:paraId="3E0C310F" w14:textId="77777777" w:rsidR="005D323B" w:rsidRPr="00860D7F" w:rsidRDefault="005D323B" w:rsidP="00BC081A">
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ng, September 1993 to June 2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702640A8" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74C2EBE8" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+    <w:p w14:paraId="068B557C" w14:textId="77777777" w:rsidR="004D3433" w:rsidRDefault="004D3433" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:spacing w:val="-3"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="74E123DB" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indian Institute of Management, Ahmedabad, India </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5B319E" w14:textId="77777777" w:rsidR="004D3433" w:rsidRPr="004D3433" w:rsidRDefault="004D3433" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:spacing w:val="-3"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7C297D12" w14:textId="77777777" w:rsidR="004D3433" w:rsidRDefault="004D3433" w:rsidP="00BC081A">
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004D3433">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HUL Visiting Chair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ed Professor, February 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078B3D63" w14:textId="77777777" w:rsidR="00C40001" w:rsidRPr="00860D7F" w:rsidRDefault="00C40001" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Indian Institute of Management, Ahmedabad, India </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5EB006C3" w14:textId="77777777" w:rsidR="004D3433" w:rsidRPr="004D3433" w:rsidRDefault="004D3433" w:rsidP="00BC081A">
+        <w:t>University of Washington, Foster School of Business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BEC148" w14:textId="77777777" w:rsidR="00C40001" w:rsidRPr="00860D7F" w:rsidRDefault="00C40001" w:rsidP="00C40001">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004D3433">
-[...20 lines deleted...]
-    <w:p w14:paraId="22003DFC" w14:textId="77777777" w:rsidR="00C40001" w:rsidRPr="00860D7F" w:rsidRDefault="00C40001" w:rsidP="00BC081A">
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Visiting Scholar, April – June 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4809911E" w14:textId="77777777" w:rsidR="000F3384" w:rsidRPr="00860D7F" w:rsidRDefault="000F3384" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>University of Washington, Foster School of Business</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E56A989" w14:textId="77777777" w:rsidR="00C40001" w:rsidRPr="00860D7F" w:rsidRDefault="00C40001" w:rsidP="00C40001">
+        <w:t>Stanford University, Graduate School of Business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3210FAF3" w14:textId="77777777" w:rsidR="000F3384" w:rsidRPr="00860D7F" w:rsidRDefault="000F3384" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Visiting Scholar, April – June 2019</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5DB2E76D" w14:textId="77777777" w:rsidR="000F3384" w:rsidRPr="00860D7F" w:rsidRDefault="000F3384" w:rsidP="00BC081A">
+        <w:t>Vi</w:t>
+      </w:r>
+      <w:r w:rsidR="00421292" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siting Scholar, Jan – March 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="507807F4" w14:textId="77777777" w:rsidR="001A3027" w:rsidRPr="00860D7F" w:rsidRDefault="001A3027" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Stanford University, Graduate School of Business</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="336527C6" w14:textId="77777777" w:rsidR="000F3384" w:rsidRPr="00860D7F" w:rsidRDefault="000F3384" w:rsidP="00BC081A">
+        <w:t>MYRA School of Business, Mysore, India</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D60704" w14:textId="77777777" w:rsidR="001A3027" w:rsidRPr="00860D7F" w:rsidRDefault="001A3027" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="4AB3B557" w14:textId="77777777" w:rsidR="001A3027" w:rsidRPr="00860D7F" w:rsidRDefault="001A3027" w:rsidP="00BC081A">
+        <w:t>Visiting Professor, March 2015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D7E318" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>MYRA School of Business, Mysore, India</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B409F59" w14:textId="77777777" w:rsidR="001A3027" w:rsidRPr="00860D7F" w:rsidRDefault="001A3027" w:rsidP="00BC081A">
+        <w:t>Indian School of Business, Hyderabad, India</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D2FE3DC" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Visiting Professor, March 2015</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="292E03E2" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+        <w:t xml:space="preserve">Visiting </w:t>
+      </w:r>
+      <w:r w:rsidR="005D323B" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, December 2004</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6FC9" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, November 2005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61456E73" w14:textId="77777777" w:rsidR="008B6FC9" w:rsidRPr="00860D7F" w:rsidRDefault="008B6FC9" w:rsidP="008B6FC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Indian School of Business, Hyderabad, India</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6557B3F7" w14:textId="77777777" w:rsidR="00BC081A" w:rsidRPr="00860D7F" w:rsidRDefault="00BC081A" w:rsidP="00BC081A">
+        <w:t>Nanjing University School of Management, Nanjing, China</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAB119C" w14:textId="77777777" w:rsidR="008B6FC9" w:rsidRPr="00860D7F" w:rsidRDefault="008B6FC9" w:rsidP="008B6FC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Visiting </w:t>
-[...76 lines deleted...]
-        <w:tab/>
         <w:t>Visiting Professor</w:t>
       </w:r>
       <w:r w:rsidR="005F3BF7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, August 2005</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E2C563" w14:textId="77777777" w:rsidR="008B6FC9" w:rsidRPr="00860D7F" w:rsidRDefault="008B6FC9">
+    <w:p w14:paraId="20CF73BA" w14:textId="77777777" w:rsidR="008B6FC9" w:rsidRPr="00860D7F" w:rsidRDefault="008B6FC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DBB3B7C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="5197692E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E5D9B1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="38AAF5E8" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66DD2660" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="11A8AA36" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ph.D. in Management, Cornell University, Ithaca</w:t>
       </w:r>
       <w:r w:rsidR="0062100F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, NY</w:t>
       </w:r>
       <w:r w:rsidR="005F3BF7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 1993</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D16313A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="0E96A6CC" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Post Graduate Diploma in Management, Indian Institute of Management, Ahmedabad, India</w:t>
       </w:r>
       <w:r w:rsidR="005F3BF7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 1984</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676B5DAD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="44899708" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B.A. (Honours) Economics, St. Stephen's College, Delhi University, </w:t>
       </w:r>
       <w:r w:rsidR="00646CEF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">India, </w:t>
       </w:r>
       <w:r w:rsidR="005F3BF7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1982</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF5AD5C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="6D73ED36" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18087166" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00F44B71">
-[...28 lines deleted...]
-    <w:p w14:paraId="16F31AC4" w14:textId="77777777" w:rsidR="007E3733" w:rsidRPr="00860D7F" w:rsidRDefault="007E3733" w:rsidP="00FF21F9">
+    <w:p w14:paraId="1360329F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00455FED">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:spacing w:val="-3"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="07569A56" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="00860D7F" w:rsidRDefault="003B7938" w:rsidP="00F44B71">
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Awards and Honors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C82B6EE" w14:textId="77777777" w:rsidR="007E3733" w:rsidRPr="00860D7F" w:rsidRDefault="007E3733" w:rsidP="00455FED">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:right="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DB0B900" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="00860D7F" w:rsidRDefault="003B7938" w:rsidP="00455FED">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:right="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB62E9C" w14:textId="77777777" w:rsidR="00783AE2" w:rsidRDefault="00783AE2" w:rsidP="00455FED">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:right="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B26E904" w14:textId="77777777" w:rsidR="00783AE2" w:rsidRDefault="00783AE2" w:rsidP="00455FED">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:right="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cornell SC Johnson College </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dean’s Distinguished Award for Societal Impact in Research</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This award honors faculty whose research transforms critical thinking into </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>practical solutions, extending beyond the traditional boundaries of business education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC63032" w14:textId="77777777" w:rsidR="00200BC6" w:rsidRPr="00860D7F" w:rsidRDefault="00200BC6" w:rsidP="00F44B71">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="206B9383" w14:textId="77777777" w:rsidR="00200BC6" w:rsidRPr="00860D7F" w:rsidRDefault="00200BC6" w:rsidP="00F44B71">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Paul E. Green Award (American Marketing Association), 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iven to the article published in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Marketing Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in 2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that shows the most potential to contribute significantly to the practice of marketing research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3433BDD0" w14:textId="77777777" w:rsidR="002B73C1" w:rsidRPr="003626F4" w:rsidRDefault="002B73C1" w:rsidP="00F44B71">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00860D7F">
-[...51 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="003626F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201C0E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="007E17F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201C0E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>merican Marketing Association</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003626F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201C0E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-EBSCO Annual Award for Responsible Research in Marketing, 2020,</w:t>
+      </w:r>
+      <w:r w:rsidR="00567CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201C0E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Winner”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003626F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201C0E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the paper “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003626F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spillover Effects of Mission Activities on Revenues in Nonprofit Health Care: The Case of Aravind Eye Hospitals, India,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003626F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201C0E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003626F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">published in the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00860D7F">
+      <w:r w:rsidRPr="003626F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
-      <w:r w:rsidRPr="00860D7F">
-[...29 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="003626F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in 2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4005B1A0" w14:textId="77777777" w:rsidR="004C2A4A" w:rsidRPr="00860D7F" w:rsidRDefault="004C2A4A">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003626F4">
-[...69 lines deleted...]
-      <w:r w:rsidRPr="003626F4">
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Outstanding Paper award for 2014, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="4F164D99" w14:textId="77777777" w:rsidR="004C2A4A" w:rsidRPr="00860D7F" w:rsidRDefault="004C2A4A">
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International Journal of Pharmaceutical and Healthcare Marketing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357C1188" w14:textId="77777777" w:rsidR="004B2D76" w:rsidRPr="00860D7F" w:rsidRDefault="004B2D76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Outstanding Paper award for 2014, </w:t>
+        <w:t>Paper recognized as 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 20 marketing science articles with greatest dual impact on academics and practice </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47D29" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “From Academic Research to Marketing Practice: Exploring the Marketing Science Value Chain,” by Roberts et al.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5561B" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>International Journal of Pharmaceutical and Healthcare Marketing</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="25ABC465" w14:textId="77777777" w:rsidR="004B2D76" w:rsidRPr="00860D7F" w:rsidRDefault="004B2D76">
+        <w:t>International Journal of Research in Marketing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B9500A" w14:textId="77777777" w:rsidR="00435CD1" w:rsidRPr="00435CD1" w:rsidRDefault="00435CD1" w:rsidP="00435CD1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00860D7F">
-[...63 lines deleted...]
-      <w:r w:rsidRPr="00860D7F">
+      <w:r w:rsidRPr="00435CD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O’Dell Award (American Marketing Association), 2008. </w:t>
+      </w:r>
+      <w:r w:rsidR="00200BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iven to the authors of the “best” article published in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:spacing w:val="-3"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="499A1A0D" w14:textId="77777777" w:rsidR="00435CD1" w:rsidRPr="00435CD1" w:rsidRDefault="00435CD1" w:rsidP="00435CD1">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Marketing Research </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>five years before.  Articles are judged with respect to the degree to which they have made a significant, long-run contribution to marketing theory, and/or methodology, and/or practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27409455" w14:textId="77777777" w:rsidR="003349F0" w:rsidRPr="00860D7F" w:rsidRDefault="003349F0" w:rsidP="003349F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00435CD1">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00435CD1">
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emerald Management Review’s Citation of Excellence in 2008 for article published in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="37E649E0" w14:textId="77777777" w:rsidR="003349F0" w:rsidRPr="00860D7F" w:rsidRDefault="003349F0" w:rsidP="003349F0">
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cornell Hospitality Quarterly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in 2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73874EBA" w14:textId="77777777" w:rsidR="003349F0" w:rsidRPr="00860D7F" w:rsidRDefault="003349F0" w:rsidP="003349F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Emerald Management Review’s Citation of Excellence in 2008 for article published in </w:t>
+        <w:t xml:space="preserve">Best Paper Award, 2007, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cornell Hospitality Quarterly </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="18ACF875" w14:textId="77777777" w:rsidR="003349F0" w:rsidRPr="00860D7F" w:rsidRDefault="003349F0" w:rsidP="003349F0">
+        <w:t>Cornell Hospitality Quarterly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E42B36" w14:textId="77777777" w:rsidR="003349F0" w:rsidRPr="00860D7F" w:rsidRDefault="003349F0" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Best Paper Award, 2007, </w:t>
+        <w:t xml:space="preserve">Paul E. Green Award (American Marketing Association), 2003. </w:t>
+      </w:r>
+      <w:r w:rsidR="00200BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iven to the article published that year in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Cornell Hospitality Quarterly</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3EC4716D" w14:textId="77777777" w:rsidR="003349F0" w:rsidRPr="00860D7F" w:rsidRDefault="003349F0" w:rsidP="003B7938">
+        <w:t>Journal of Marketing Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that shows the most potential to contribute significantly to the practice of marketing research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545A70FC" w14:textId="77777777" w:rsidR="009334CA" w:rsidRDefault="009334CA" w:rsidP="003F493C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00860D7F">
-[...46 lines deleted...]
-    <w:p w14:paraId="11404309" w14:textId="77777777" w:rsidR="003F493C" w:rsidRPr="003B7938" w:rsidRDefault="003F493C" w:rsidP="003F493C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Finalist, Weitz-Winer-O’Dell Award (American Marketing Association), 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAD607E" w14:textId="77777777" w:rsidR="003F493C" w:rsidRDefault="003F493C" w:rsidP="003F493C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Finalist, O’Dell Award (American Marketing Association), 2001, 2002, 2014</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69585AFA" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
+    <w:p w14:paraId="125B9FA9" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Finalist, Paul E. Green Award (American Marketing Association), 1997, 2005.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA71730" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
+    <w:p w14:paraId="6008E0B9" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Finalist, John D. C. Little Award (INFORMS), 2004.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E317BA2" w14:textId="77777777" w:rsidR="0008601B" w:rsidRPr="003B7938" w:rsidRDefault="0008601B" w:rsidP="0008601B">
+    <w:p w14:paraId="4FA1FA3D" w14:textId="77777777" w:rsidR="0008601B" w:rsidRPr="003B7938" w:rsidRDefault="0008601B" w:rsidP="0008601B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Faculty Research Award 2006-07, Johnson School.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B60BE9C" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
+    <w:p w14:paraId="1409D89E" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Honorable Mention</w:t>
       </w:r>
       <w:r w:rsidR="007E17F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2155,149 +2216,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Best Paper Award, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Journal of Research in Marketing</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 1997.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697D2875" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
+    <w:p w14:paraId="58C7F2CC" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D63B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kraft and McManus Research Chairs, 1993-2000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Kellogg Graduate School of Management.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0185FCC8" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="00860D7F" w:rsidRDefault="003B7938" w:rsidP="003B7938">
+    <w:p w14:paraId="09BA6E4E" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="00860D7F" w:rsidRDefault="003B7938" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C3F23D4" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="00435CD1">
+    <w:p w14:paraId="502652EB" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="00435CD1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Teaching</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4E4512" w14:textId="77777777" w:rsidR="0050220A" w:rsidRDefault="0050220A" w:rsidP="003B7938">
+    <w:p w14:paraId="6947DE21" w14:textId="77777777" w:rsidR="0050220A" w:rsidRDefault="0050220A" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Curriculum Development Award, Johnson Graduate School of Management, Spring 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBCACB3" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
+    <w:p w14:paraId="05219340" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stephen Russell Distinguished Teaching Award 2009, selected and presented by the Johnson school class of 2004 at their </w:t>
       </w:r>
       <w:r w:rsidR="00603AAD" w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2313,276 +2374,276 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00603AAD" w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>reunion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573A3980" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
+    <w:p w14:paraId="741AAA01" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Apple award for excellence in teaching based on vote by graduating MBA class, Johnson School, 2007.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBCC1AF" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
+    <w:p w14:paraId="3DF8EB90" w14:textId="77777777" w:rsidR="003B7938" w:rsidRPr="003B7938" w:rsidRDefault="003B7938" w:rsidP="003B7938">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B7938">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Finalist, Apple Teaching Award, Johnson School, 2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375F3CC7" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
+    <w:p w14:paraId="1171CF41" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D63B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching Honors, Johnson School, multiple semesters.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BAB6ED7" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
+    <w:p w14:paraId="56289F38" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D63B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sidney Levy Award for Excellence in Teaching, Kellogg School, 1996.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC8120F" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
+    <w:p w14:paraId="6F71006E" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="006D63B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D63B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dean’s four-star rating for teaching excellence, Kellogg School, multiple quarters 1993-1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4869AF20" w14:textId="77777777" w:rsidR="003B7938" w:rsidRDefault="003B7938" w:rsidP="00435CD1">
+    <w:p w14:paraId="5D2A7B0A" w14:textId="77777777" w:rsidR="003B7938" w:rsidRDefault="003B7938" w:rsidP="00435CD1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19704B20" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="00435CD1">
+    <w:p w14:paraId="41BF0ADF" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="006D63B4" w:rsidRDefault="006D63B4" w:rsidP="00435CD1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D63B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FEBEB4" w14:textId="77777777" w:rsidR="008A2D27" w:rsidRDefault="008A2D27" w:rsidP="00200151">
+    <w:p w14:paraId="5910D77D" w14:textId="77777777" w:rsidR="008A2D27" w:rsidRDefault="008A2D27" w:rsidP="00200151">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Keynote Speaker – the 52</w:t>
       </w:r>
       <w:r w:rsidRPr="008A2D27">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Haring Symposium (promoting doctoral research in marketing), Indiana University, April 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE6BC15" w14:textId="77777777" w:rsidR="00200151" w:rsidRPr="00435CD1" w:rsidRDefault="00200151" w:rsidP="00200151">
+    <w:p w14:paraId="7627C560" w14:textId="77777777" w:rsidR="00200151" w:rsidRPr="00435CD1" w:rsidRDefault="00200151" w:rsidP="00200151">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435CD1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">American Marketing Association – Sheth Foundation Doctoral Consortium Faculty Fellow, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indiana</w:t>
       </w:r>
       <w:r w:rsidRPr="00435CD1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> University, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -2596,477 +2657,457 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00605EC1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CA506A" w14:textId="77777777" w:rsidR="00435CD1" w:rsidRPr="00435CD1" w:rsidRDefault="00435CD1" w:rsidP="00435CD1">
+    <w:p w14:paraId="6ECBF473" w14:textId="77777777" w:rsidR="00435CD1" w:rsidRPr="00435CD1" w:rsidRDefault="00435CD1" w:rsidP="00435CD1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435CD1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Marketing Association – Sheth Foundation Doctoral Consortium Faculty Fellow, New York University, NY, 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707BC3BA" w14:textId="77777777" w:rsidR="00435CD1" w:rsidRPr="00435CD1" w:rsidRDefault="00435CD1" w:rsidP="00435CD1">
+    <w:p w14:paraId="216DD44B" w14:textId="77777777" w:rsidR="00435CD1" w:rsidRPr="00435CD1" w:rsidRDefault="00435CD1" w:rsidP="00435CD1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00435CD1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Marketing Association – AIM- Sheth Foundation Doctoral Consortium Faculty Fellow, Bangalore, India, 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5710B2E0" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2">
+    <w:p w14:paraId="0D76061C" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Marketing Association</w:t>
       </w:r>
       <w:r w:rsidR="003349F0" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Sheth Foundation</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Doctoral Consortium Faculty Fellow, Ann Arbor, Michigan, 2013</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36AB2267" w14:textId="77777777" w:rsidR="00E4280E" w:rsidRPr="00860D7F" w:rsidRDefault="00E4280E">
+    <w:p w14:paraId="03D510E1" w14:textId="77777777" w:rsidR="00E4280E" w:rsidRPr="00860D7F" w:rsidRDefault="00E4280E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clifford </w:t>
       </w:r>
       <w:r w:rsidR="00264779" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H. </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Whitcomb Faculty Fellowship</w:t>
       </w:r>
       <w:r w:rsidR="00273A7C" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> School</w:t>
+        <w:t xml:space="preserve"> at the Johnson School</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2003-2004.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5399E4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="1FF53DC4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Marketing Association Doctoral Consortium Fellow, 1992.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48439CD0" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="00860D7F" w:rsidRDefault="006D63B4">
+    <w:p w14:paraId="1E4F3A42" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="00860D7F" w:rsidRDefault="006D63B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E3C15C" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="00860D7F" w:rsidRDefault="006D63B4">
+    <w:p w14:paraId="607AB657" w14:textId="77777777" w:rsidR="006D63B4" w:rsidRPr="00860D7F" w:rsidRDefault="006D63B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Academic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107DD28C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="5EB20291" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Industrial Scholarship, Indian Institute of Management, Ahmedabad, 1982-83.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4602FC75" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="6E196225" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>K.C. Nag Memorial Prize awarded by St. Stephen's College for obtaining first position in Delhi University's B.A. (Hons.) Economics Exam, 1980.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9BE5CC" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="5ED70DBD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>National Talent Search Scholarship, Government of India, 1977-1984.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26CBC663" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="7B3705DD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Second Merit Position, All-India Senior School Examination, 1979.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7286806E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="08E8F94F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CF9EC34" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="6CB0EF4A" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF6600"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Editorial Appointments and Experience</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE764A1" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="5AD8CE6F" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A0C30E1" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="4A746F89" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Editorship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70BC1103" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00774FC0" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="6FE7B43B" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00774FC0" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774FC0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Editor-in-chief, </w:t>
       </w:r>
       <w:r w:rsidRPr="00774FC0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Marketing Research, </w:t>
       </w:r>
@@ -3090,137 +3131,137 @@
       <w:r w:rsidRPr="00774FC0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1, 2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="006C49F1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E581CB" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00774FC0" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="26FA36FE" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00774FC0" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774FC0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Co-Editor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00774FC0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00774FC0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016 - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B1438D" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="681C75FA" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F796D56" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="26E6F181" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Editorial Review Board</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0064527D" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="04CBBB1B" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -3238,294 +3279,294 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B53E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2002 - </w:t>
       </w:r>
       <w:r w:rsidR="00246238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BD3B83" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="16D5BB1A" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Marketing Research </w:t>
       </w:r>
       <w:r w:rsidR="00983F1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00983F1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B53E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2003 - 2013</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA0C99D" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="20778214" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quantitative Marketing and Economics</w:t>
       </w:r>
       <w:r w:rsidR="00983F1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B53E5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2001 - 2009</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6356AB" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="23C6047F" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A008E4C" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="7EA73DB2" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ad Hoc Reviewer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="625FF1F1" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
+    <w:p w14:paraId="70F6D364" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRPr="00860D7F" w:rsidRDefault="00862B9F" w:rsidP="00862B9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>National Science Foundation, Management Science, Journal of Marketing, Journal of Business, Journal of Business and Economic Statistics, Journal of Economics and Management Strategy, Administrative Science Quarterly.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D19FD1" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F">
+    <w:p w14:paraId="48189BBD" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25ECD2AB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="731B779A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF6600"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Industry Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095AB760" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="7FC835E5" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78399BC3" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="3EC88236" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consulting: CommerceNet, Gallup and Robinson, Hyatt International Corporation, US Cellular</w:t>
       </w:r>
       <w:r w:rsidR="008218AF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3541,196 +3582,196 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DA0127" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Microsoft</w:t>
       </w:r>
       <w:r w:rsidR="00F35BA0" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55198964" w14:textId="77777777" w:rsidR="00F35BA0" w:rsidRPr="00860D7F" w:rsidRDefault="00B763B8" w:rsidP="00B763B8">
+    <w:p w14:paraId="2D381A60" w14:textId="77777777" w:rsidR="00F35BA0" w:rsidRPr="00860D7F" w:rsidRDefault="00B763B8" w:rsidP="00B763B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Executive Education: ACNielsen, The Monitor Company, Daum Communications, Merrill Lynch, Health Care Association of New York State (HANYS), Procter and Gamble, Peking-Cornell certificate program, Nanjing-Cornell certificate program, CKGSB-Cornell certificate program, SP Jain Institute of Management Research certificate program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB89D6A" w14:textId="77777777" w:rsidR="00103387" w:rsidRPr="00103387" w:rsidRDefault="00103387" w:rsidP="00103387">
+    <w:p w14:paraId="5C5896A9" w14:textId="77777777" w:rsidR="00103387" w:rsidRPr="00103387" w:rsidRDefault="00103387" w:rsidP="00103387">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103387">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Product Manager, Cadbury's India Ltd., Bombay, India, 1986-89.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787BCE69" w14:textId="77777777" w:rsidR="00103387" w:rsidRPr="00103387" w:rsidRDefault="00103387" w:rsidP="00103387">
+    <w:p w14:paraId="4D98BDAA" w14:textId="77777777" w:rsidR="00103387" w:rsidRPr="00103387" w:rsidRDefault="00103387" w:rsidP="00103387">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103387">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Assistant (Marketing), I.T.C. Ltd., India, 1984-86.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AA895B" w14:textId="77777777" w:rsidR="00B763B8" w:rsidRDefault="00B763B8" w:rsidP="007E060C">
+    <w:p w14:paraId="77B10EA7" w14:textId="77777777" w:rsidR="00B763B8" w:rsidRDefault="00B763B8" w:rsidP="007E060C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69644198" w14:textId="77777777" w:rsidR="00E65D45" w:rsidRPr="00860D7F" w:rsidRDefault="00E65D45" w:rsidP="00E65D45">
+    <w:p w14:paraId="5E8C0C16" w14:textId="77777777" w:rsidR="00E65D45" w:rsidRPr="00860D7F" w:rsidRDefault="00E65D45" w:rsidP="00E65D45">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF6600"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Boards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463566BE" w14:textId="77777777" w:rsidR="00767AAF" w:rsidRDefault="007B18FF" w:rsidP="00CA6EF6">
+    <w:p w14:paraId="3DB885BA" w14:textId="77777777" w:rsidR="00767AAF" w:rsidRDefault="007B18FF" w:rsidP="00CA6EF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B370E7" w14:textId="77777777" w:rsidR="00E65D45" w:rsidRPr="00860D7F" w:rsidRDefault="00767AAF" w:rsidP="00CA6EF6">
+    <w:p w14:paraId="6AEF1353" w14:textId="77777777" w:rsidR="00E65D45" w:rsidRPr="00860D7F" w:rsidRDefault="00767AAF" w:rsidP="00CA6EF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E65D45">
@@ -3760,68 +3801,68 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020 </w:t>
       </w:r>
       <w:r w:rsidR="00215C4F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to date</w:t>
       </w:r>
       <w:r w:rsidR="00E65D45">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FEF448" w14:textId="77777777" w:rsidR="00E65D45" w:rsidRDefault="00E65D45" w:rsidP="007E060C">
+    <w:p w14:paraId="70C5406D" w14:textId="77777777" w:rsidR="00E65D45" w:rsidRDefault="00E65D45" w:rsidP="007E060C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26EE47FF" w14:textId="77777777" w:rsidR="007E060C" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00200151">
+    <w:p w14:paraId="5A457761" w14:textId="77777777" w:rsidR="007E060C" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00200151">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -3829,453 +3870,799 @@
         <w:t>Publications</w:t>
       </w:r>
       <w:r w:rsidR="00411174" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F2A0D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>in Peer-Reviewed Journals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4CD350" w14:textId="77777777" w:rsidR="007E060C" w:rsidRPr="00860D7F" w:rsidRDefault="007E060C" w:rsidP="00200151">
+    <w:p w14:paraId="36019FBA" w14:textId="77777777" w:rsidR="007E060C" w:rsidRPr="00860D7F" w:rsidRDefault="007E060C" w:rsidP="00200151">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04535718" w14:textId="77777777" w:rsidR="0007692A" w:rsidRDefault="0007692A" w:rsidP="0007692A">
+    <w:p w14:paraId="77597417" w14:textId="77777777" w:rsidR="00A93290" w:rsidRPr="000B12F6" w:rsidRDefault="00A93290" w:rsidP="00A93290">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk91045535"/>
-      <w:r w:rsidRPr="000B12F6">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Ganesh-Babu Subburaman, </w:t>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Balu Subburaman, Ganesh-Babu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sachin Gupta, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Ashok Vardhan, </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93290">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sachin Gupta, Thulasiraj Ravilla, Helen Mertens, Carroll AB Webers, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">K. Balagiri, </w:t>
-[...7 lines deleted...]
-        <w:t>and Thulasiraj Ravilla</w:t>
+        <w:t xml:space="preserve">K. Balagiri, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frits van Merode</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, “</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B12F6">
-[...5 lines deleted...]
-        <w:t>Prevalence of Refractive Error and Refractive Error Coverage in all Age Groups in Theni District,</w:t>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assessing Alignment of Organizational Practices with Operational Excellence Principles: Evidence from an Eye Hospital Setting</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93290">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B12F6">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="0007692A">
+      <w:r w:rsidRPr="00A93290">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>American Journal of Ophthalmology International</w:t>
+        <w:t>International Journal of Lean Six Sigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00391F59" w:rsidRPr="00646E01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1108/IJLSS-08-2025-0232</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>accepted</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="0C40DB96" w14:textId="77777777" w:rsidR="0007692A" w:rsidRDefault="0007692A" w:rsidP="0007692A">
+        <w:t>, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC7882C" w14:textId="77777777" w:rsidR="00A93290" w:rsidRDefault="00A93290" w:rsidP="00A93290">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F34AEE2" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="009C5BF7">
+    <w:p w14:paraId="2ABFD687" w14:textId="31D863B7" w:rsidR="00487D26" w:rsidRDefault="00487D26" w:rsidP="0007692A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000B12F6">
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Balu Subburaman, Ganesh-Babu, Sachin Gupta, Thulasiraj Ravilla, Helen Mertens, Carroll AB Webers, Frits van Merode</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93290">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93290">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Factors Enabling Data-Based Management in Healthcare: Insights from Case Studies of Eye Hospitals</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93290">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93290">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>British Journal of Ophthalmology</w:t>
+        <w:t>Hospitals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2(4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C62A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00C62A31" w:rsidRPr="00042B3F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.mdpi.com/2813-4524/2/4/25</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C62A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005A6ADB">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2025.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1325E015" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="000B12F6">
+        <w:t xml:space="preserve"> 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C95CB04" w14:textId="77777777" w:rsidR="00487D26" w:rsidRDefault="00487D26" w:rsidP="00487D26">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F124026" w14:textId="77777777" w:rsidR="00C95BDE" w:rsidRPr="00C95BDE" w:rsidRDefault="00C95BDE" w:rsidP="009C5BF7">
+    <w:p w14:paraId="399A275A" w14:textId="77777777" w:rsidR="0007692A" w:rsidRDefault="00A93290" w:rsidP="0007692A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A7E3E">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Balu Subburaman, Ganesh-Babu</w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A" w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sachin Gupta, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A7E3E">
-[...48 lines deleted...]
-          <w:lang w:val="en-IN"/>
+      <w:r w:rsidR="0007692A" w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ashok Vardhan, </w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">K. Balagiri, </w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A" w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and Thulasiraj Ravilla</w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, “</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C95BDE">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00C95BDE">
+      <w:r w:rsidR="0007692A" w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prevalence of Refractive Error and Refractive Error Coverage in all Age Groups in Theni District,</w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A" w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>India,</w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A" w:rsidRPr="0007692A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Journal of Ophthalmology International</w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A" w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00487D26" w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00487D26" w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(3), e100162</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6ADB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00487D26" w:rsidRPr="00487D26">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1016/j.ajoint.2025.100162</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A6ADB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="0007692A" w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E48BCC" w14:textId="77777777" w:rsidR="0007692A" w:rsidRDefault="0007692A" w:rsidP="0007692A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD404B8" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="009C5BF7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">R. Vinothkumar, Ramalakshmi Raman, Ashok Vardhan, Sachin Gupta, Abhinaya Bharat, and Thulasiraj Ravilla, “Impact of Vision Centres on Achieving Universal Eye Health Coverage: Prevalence, Coverage and Utilisation of Eye Care Services in Southern India,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B12F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>British Journal of Ophthalmology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6980">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>published online 9/5/2025</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6ADB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00CF6980" w:rsidRPr="00CF6980">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1136/bjo-2024-326637</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CF6980">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C61177" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="000B12F6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6098B734" w14:textId="77777777" w:rsidR="00C95BDE" w:rsidRPr="00C95BDE" w:rsidRDefault="00C95BDE" w:rsidP="009C5BF7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ganesh-Babu Subburaman, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sachin Gupta, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thulasiraj Ravilla, Helen Mertens, Carroll A.B. Webers, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frank J.H.M. van den Biggelaar, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
+        <w:t xml:space="preserve">Maaike van Zuilen, Balagiri Sundar, and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frits </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+        <w:t>van Merode</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+        <w:t>, “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+        <w:t>Evaluating the Adoption of Evidence-Based Management Practices in Eye Hospitals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C95BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
         <w:t>Healthcare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13(3), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00D44A3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-IN"/>
           </w:rPr>
           <w:t>https://doi.org/10.3390/healthcare13030222</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C95BDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:t>2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A33C652" w14:textId="77777777" w:rsidR="00C95BDE" w:rsidRDefault="00C95BDE" w:rsidP="00C95BDE">
+    <w:p w14:paraId="5DB92FD6" w14:textId="77777777" w:rsidR="00C95BDE" w:rsidRDefault="00C95BDE" w:rsidP="00C95BDE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F4C33CB" w14:textId="77777777" w:rsidR="009C5BF7" w:rsidRPr="009C5BF7" w:rsidRDefault="009C5BF7" w:rsidP="009C5BF7">
+    <w:p w14:paraId="246D1ECD" w14:textId="77777777" w:rsidR="009C5BF7" w:rsidRPr="009C5BF7" w:rsidRDefault="009C5BF7" w:rsidP="009C5BF7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gupta, Sachin, Ravilla D. Ravindran, Aravind Haripriya, Shivkumar Chandrashekharan, and Thulasiraj Ravilla, “</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk163452062"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk179623261"/>
       <w:r w:rsidRPr="009C5BF7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -4296,98 +4683,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidRPr="009C5BF7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Lancet Regional Health Southeast Asia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00A01412" w:rsidRPr="00D44A3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.lansea.2025.100530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="00A01412">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="096BE431" w14:textId="77777777" w:rsidR="009C5BF7" w:rsidRDefault="009C5BF7" w:rsidP="009C5BF7">
+    <w:p w14:paraId="09437432" w14:textId="77777777" w:rsidR="009C5BF7" w:rsidRDefault="009C5BF7" w:rsidP="009C5BF7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B1DDF6E" w14:textId="77777777" w:rsidR="00962397" w:rsidRPr="00860D7F" w:rsidRDefault="00962397" w:rsidP="00962397">
+    <w:p w14:paraId="7BCD4DD8" w14:textId="77777777" w:rsidR="00962397" w:rsidRPr="00860D7F" w:rsidRDefault="00962397" w:rsidP="00962397">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gupta, Sachin, Peter Danaher, Vikas Mittal, and Maureen Morrin, “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4408,81 +4795,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="009D431A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Editorial,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16587">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00277EF4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://journals.sagepub.com/doi/10.1177/00222437241256710</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14113836" w14:textId="77777777" w:rsidR="00962397" w:rsidRDefault="00962397" w:rsidP="00962397">
+    <w:p w14:paraId="0E3053B4" w14:textId="77777777" w:rsidR="00962397" w:rsidRDefault="00962397" w:rsidP="00962397">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A61A66" w14:textId="77777777" w:rsidR="00EB3FCF" w:rsidRPr="00BD1A66" w:rsidRDefault="00EB3FCF" w:rsidP="00BD1A66">
+    <w:p w14:paraId="6F07DA28" w14:textId="77777777" w:rsidR="00EB3FCF" w:rsidRPr="00BD1A66" w:rsidRDefault="00EB3FCF" w:rsidP="00BD1A66">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gupta, Sachin, Ravilla D. Ravindran, Ashok Vardhan, and Thulasiraj Ravilla, “</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3FCF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
@@ -4502,98 +4889,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3FCF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>British Journal of Ophthalmology</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3FCF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00BD1A66" w:rsidRPr="00BD1A66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://bjo.bmj.com/content/early/2024/03/19/bjo-2023-325098</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1A66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464FB064" w14:textId="77777777" w:rsidR="00EB3FCF" w:rsidRDefault="00EB3FCF" w:rsidP="00EB3FCF">
+    <w:p w14:paraId="1B493276" w14:textId="77777777" w:rsidR="00EB3FCF" w:rsidRDefault="00EB3FCF" w:rsidP="00EB3FCF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A2ED78C" w14:textId="77777777" w:rsidR="00421CC3" w:rsidRPr="00860D7F" w:rsidRDefault="00421CC3" w:rsidP="00421CC3">
+    <w:p w14:paraId="62218B24" w14:textId="77777777" w:rsidR="00421CC3" w:rsidRPr="00860D7F" w:rsidRDefault="00421CC3" w:rsidP="00421CC3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Gupta, Sachin, Peter Danaher, Vikas Mittal, and Maureen Morrin, “</w:t>
       </w:r>
       <w:r w:rsidRPr="004D3433">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A Manuscript’s Journey through Peer Review: Insights from Almost 3,000 Editorial Decisions at </w:t>
       </w:r>
       <w:r w:rsidRPr="004D3433">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>JMR</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4606,158 +4994,158 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="009D431A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, October, Editorial,</w:t>
       </w:r>
       <w:r w:rsidR="00D16587" w:rsidRPr="00D16587">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00D16587" w:rsidRPr="003E7C5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://journals.sagepub.com/doi/10.1177/00222437231188507</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72101349" w14:textId="77777777" w:rsidR="00421CC3" w:rsidRDefault="00421CC3" w:rsidP="00421CC3">
+    <w:p w14:paraId="3BE3DFB6" w14:textId="77777777" w:rsidR="00421CC3" w:rsidRDefault="00421CC3" w:rsidP="00421CC3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DC0DA6B" w14:textId="77777777" w:rsidR="007C4880" w:rsidRDefault="007C4880" w:rsidP="007C4880">
+    <w:p w14:paraId="300A17B8" w14:textId="77777777" w:rsidR="007C4880" w:rsidRDefault="007C4880" w:rsidP="007C4880">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Ashok Vardhan, Viraj Ambalam, Vinothkumar Rajendran, Sanil Joseph, and Thulasiraj Ravilla, “Cataract Surgery Workload Estimates in Theni District, India,” </w:t>
       </w:r>
       <w:r w:rsidRPr="007C4880">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>British Journal of Ophthalmology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidR="00002306" w:rsidRPr="00002306">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.1136/bjo-2023-323182</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00002306">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A88214D" w14:textId="77777777" w:rsidR="004D3433" w:rsidRPr="004D3433" w:rsidRDefault="004D3433" w:rsidP="004D3433">
+    <w:p w14:paraId="0E3CB614" w14:textId="77777777" w:rsidR="004D3433" w:rsidRPr="004D3433" w:rsidRDefault="004D3433" w:rsidP="004D3433">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73724622" w14:textId="77777777" w:rsidR="000B39E3" w:rsidRPr="00CF2ED6" w:rsidRDefault="00412309" w:rsidP="000B39E3">
+    <w:p w14:paraId="4A21D4A3" w14:textId="77777777" w:rsidR="000B39E3" w:rsidRPr="00CF2ED6" w:rsidRDefault="00412309" w:rsidP="000B39E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Balu</w:t>
       </w:r>
       <w:r w:rsidR="000B39E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4819,189 +5207,208 @@
       <w:r w:rsidR="000B39E3" w:rsidRPr="000B39E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B39E3" w:rsidRPr="007503DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Eye</w:t>
       </w:r>
       <w:r w:rsidR="000B39E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (The </w:t>
+        <w:t xml:space="preserve"> (The Scientific Journal of the Royal College of Ophthalmologists</w:t>
+      </w:r>
+      <w:r w:rsidR="000B39E3" w:rsidRPr="003C74E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000B39E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00E029FD" w:rsidRPr="00E029FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1038/s41433-023-02687-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000B39E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F98B47" w14:textId="77777777" w:rsidR="000B39E3" w:rsidRDefault="000B39E3" w:rsidP="000B39E3">
+    <w:p w14:paraId="0EE753F9" w14:textId="77777777" w:rsidR="000B39E3" w:rsidRDefault="000B39E3" w:rsidP="000B39E3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D60DF42" w14:textId="77777777" w:rsidR="00540B49" w:rsidRDefault="00540B49" w:rsidP="000708C0">
+    <w:p w14:paraId="5B8D3A5E" w14:textId="77777777" w:rsidR="00540B49" w:rsidRDefault="00540B49" w:rsidP="000708C0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vasan, Chandrakumar Subbiah, Sachin Gupta, Madhu Shekhar, Kamatchi Nagu, Logesh Balakrishnan, Ravilla D. Ravindran, Thulasiraj Ravilla, Ganesh-Babu Balu Subburaman, “Accuracy of an artificial intelligence-based mobile application for detecting cataracts: Results from a field study,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00540B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indian Journal of Ophthalmology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006F5EA3" w:rsidRPr="002E68A8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>https://</w:t>
       </w:r>
       <w:r w:rsidR="0025389B" w:rsidRPr="0025389B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="0016563A" w:rsidRPr="00BB2878">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.4103/ijo.ijo_3372_22</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="0025389B" w:rsidRPr="002E68A8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">https://doi.org/10.4103/ijo.ijo_3372_22, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6861D738" w14:textId="77777777" w:rsidR="00540B49" w:rsidRDefault="00540B49" w:rsidP="00540B49">
+      <w:r w:rsidR="006E1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1361" w:rsidRPr="006E1361">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Featured by the journal amongst the “most cited publications of IJO 2023.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540509DB" w14:textId="77777777" w:rsidR="00540B49" w:rsidRDefault="00540B49" w:rsidP="00540B49">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C8A73F0" w14:textId="77777777" w:rsidR="00F864B9" w:rsidRDefault="00F864B9" w:rsidP="000708C0">
+    <w:p w14:paraId="6057EB00" w14:textId="77777777" w:rsidR="00F864B9" w:rsidRDefault="00F864B9" w:rsidP="000708C0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Balu, Ganesh-Babu, Sachin Gupta, Ravilla</w:t>
       </w:r>
       <w:r w:rsidR="00540B49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5027,81 +5434,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidRPr="000808FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BMJ Open</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0003269C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://bmjopen.bmj.com/content/13/6/e071860</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="368E6394" w14:textId="77777777" w:rsidR="00F864B9" w:rsidRDefault="00F864B9" w:rsidP="00F864B9">
+    <w:p w14:paraId="27DF540A" w14:textId="77777777" w:rsidR="00F864B9" w:rsidRDefault="00F864B9" w:rsidP="00F864B9">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F8EF0BF" w14:textId="77777777" w:rsidR="00C24F9D" w:rsidRDefault="00C24F9D" w:rsidP="000708C0">
+    <w:p w14:paraId="3DA7D2D5" w14:textId="77777777" w:rsidR="00C24F9D" w:rsidRDefault="00C24F9D" w:rsidP="000708C0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Li, Shaobo, Matthew Schneider, Yan Yu, and Sachin Gupta, “Reidentification Risk in Panel Data: Protecting for </w:t>
       </w:r>
       <w:r w:rsidRPr="00C24F9D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
@@ -5129,81 +5536,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="009239D6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Information Systems Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00130D36" w:rsidRPr="004273B0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://pubsonline.informs.org/doi/abs/10.1287/isre.2022.1169</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B689E7" w14:textId="77777777" w:rsidR="00C24F9D" w:rsidRDefault="00C24F9D" w:rsidP="00C24F9D">
+    <w:p w14:paraId="6A500EFE" w14:textId="77777777" w:rsidR="00C24F9D" w:rsidRDefault="00C24F9D" w:rsidP="00C24F9D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AD55DCC" w14:textId="77777777" w:rsidR="000708C0" w:rsidRPr="00860D7F" w:rsidRDefault="000708C0" w:rsidP="000708C0">
+    <w:p w14:paraId="1C5C0968" w14:textId="77777777" w:rsidR="000708C0" w:rsidRPr="00860D7F" w:rsidRDefault="000708C0" w:rsidP="000708C0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Thomas, Manoj, Helen Chun, Sachin Gupta, Jura Liaukonyte, Suzanne Shu, and Kaitlin Woolley, “</w:t>
       </w:r>
       <w:r w:rsidRPr="000708C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5239,81 +5646,81 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Customer Needs and Solutions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00D75FF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/s40547-022-00129-0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="167C571E" w14:textId="77777777" w:rsidR="000708C0" w:rsidRDefault="000708C0" w:rsidP="000708C0">
+    <w:p w14:paraId="11E19A2C" w14:textId="77777777" w:rsidR="000708C0" w:rsidRDefault="000708C0" w:rsidP="000708C0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B26E50D" w14:textId="77777777" w:rsidR="00894725" w:rsidRPr="00860D7F" w:rsidRDefault="00894725" w:rsidP="00894725">
+    <w:p w14:paraId="16E45717" w14:textId="77777777" w:rsidR="00894725" w:rsidRPr="00860D7F" w:rsidRDefault="00894725" w:rsidP="00894725">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Grewal, Rajdeep, Sachin Gupta, and Rebecca Hamilton, “</w:t>
       </w:r>
       <w:r w:rsidRPr="000708C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5349,84 +5756,84 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="009D431A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 58, 6, December, 1-9, Editorial, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00C277D1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/00222437211054601</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2021.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="5E2E04AE" w14:textId="77777777" w:rsidR="00894725" w:rsidRDefault="00894725" w:rsidP="00894725">
+    <w:p w14:paraId="50EDBD4F" w14:textId="77777777" w:rsidR="00894725" w:rsidRDefault="00894725" w:rsidP="00894725">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="267662B3" w14:textId="77777777" w:rsidR="001F71B4" w:rsidRDefault="001F71B4" w:rsidP="00200151">
+    <w:p w14:paraId="4B846321" w14:textId="77777777" w:rsidR="001F71B4" w:rsidRDefault="001F71B4" w:rsidP="00200151">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk91045047"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, </w:t>
       </w:r>
       <w:r w:rsidRPr="00204B06">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -5479,98 +5886,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indian Journal of Ophthalmology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00716C3A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69, 10, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00215C4F" w:rsidRPr="00340AB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.4103/ijo.IJO_661_21</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00215C4F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021.</w:t>
       </w:r>
       <w:r w:rsidR="00215C4F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="26B53E8D" w14:textId="77777777" w:rsidR="00200151" w:rsidRDefault="00200151" w:rsidP="00200151">
+    <w:p w14:paraId="30DBC441" w14:textId="77777777" w:rsidR="00200151" w:rsidRDefault="00200151" w:rsidP="00200151">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="122D72AE" w14:textId="77777777" w:rsidR="009B7141" w:rsidRDefault="004E57C7" w:rsidP="009828D0">
+    <w:p w14:paraId="7A04AE3A" w14:textId="77777777" w:rsidR="009B7141" w:rsidRDefault="004E57C7" w:rsidP="009828D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kim, Sungjin, Sachin Gupta and Clarence Lee</w:t>
       </w:r>
       <w:r w:rsidR="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5595,187 +6002,188 @@
       <w:r w:rsidRPr="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing</w:t>
       </w:r>
       <w:r w:rsidR="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003D23B0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Special Issue on “Better Marketing for a Better World,” </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00B25479" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/0022242921994587</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B25479">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74952D50" w14:textId="77777777" w:rsidR="009B7141" w:rsidRPr="009B7141" w:rsidRDefault="009B7141" w:rsidP="009B7141">
+    <w:p w14:paraId="209CE540" w14:textId="77777777" w:rsidR="009B7141" w:rsidRPr="009B7141" w:rsidRDefault="009B7141" w:rsidP="009B7141">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19F8476F" w14:textId="77777777" w:rsidR="001A15F1" w:rsidRPr="009B7141" w:rsidRDefault="001A15F1" w:rsidP="009828D0">
+    <w:p w14:paraId="3E139D98" w14:textId="77777777" w:rsidR="001A15F1" w:rsidRPr="009B7141" w:rsidRDefault="001A15F1" w:rsidP="009828D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Gupta, Sachin, </w:t>
       </w:r>
       <w:r w:rsidRPr="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ravilla D. Ravindran, Aravind Haripriya, and Thulasiraj Ravilla</w:t>
       </w:r>
       <w:r w:rsidRPr="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, “Differences Between Male and Female Residents in Case Volumes and Learning in Cataract Surgery,”</w:t>
       </w:r>
       <w:r w:rsidRPr="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Surgical Education</w:t>
       </w:r>
       <w:r w:rsidR="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="0008221C" w:rsidRPr="00863052">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0C7DBB"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jsurg.2020.12.017</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0008221C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> , </w:t>
       </w:r>
       <w:r w:rsidR="009B7141">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D91A0E" w14:textId="77777777" w:rsidR="009B7141" w:rsidRPr="008073EF" w:rsidRDefault="009B7141" w:rsidP="009B7141">
+    <w:p w14:paraId="1191A5CA" w14:textId="77777777" w:rsidR="009B7141" w:rsidRPr="008073EF" w:rsidRDefault="009B7141" w:rsidP="009B7141">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77C975C8" w14:textId="77777777" w:rsidR="00E35718" w:rsidRPr="00860D7F" w:rsidRDefault="00E35718" w:rsidP="00E35718">
+    <w:p w14:paraId="1B91FA7F" w14:textId="77777777" w:rsidR="00E35718" w:rsidRPr="00860D7F" w:rsidRDefault="00E35718" w:rsidP="00E35718">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Grewal, Rajdeep, Sachin Gupta, and Rebecca Hamilton, “</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35718">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5801,89 +6209,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidRPr="009D431A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 57, 6, December, 1-14, Editorial, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="003C5EBD" w:rsidRPr="00A65981">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/0022243720965237</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007F34AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B86CAD" w14:textId="77777777" w:rsidR="00E35718" w:rsidRDefault="00E35718" w:rsidP="00E35718">
+    <w:p w14:paraId="4A4391E2" w14:textId="77777777" w:rsidR="00E35718" w:rsidRDefault="00E35718" w:rsidP="00E35718">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C2DD56D" w14:textId="77777777" w:rsidR="009D431A" w:rsidRPr="00860D7F" w:rsidRDefault="009D431A" w:rsidP="009D431A">
+    <w:p w14:paraId="1D406A56" w14:textId="77777777" w:rsidR="009D431A" w:rsidRPr="00860D7F" w:rsidRDefault="009D431A" w:rsidP="009D431A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kim, Sungjin, Clarence Lee, and Sachin Gupta, “</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5908,51 +6316,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005B7602">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>57, 5, October, 831-852</w:t>
       </w:r>
       <w:r w:rsidR="003412F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="003412F7" w:rsidRPr="00277FE7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="006ACC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/0022243720936230</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005B7602">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2020.</w:t>
       </w:r>
       <w:r w:rsidR="00200BC6" w:rsidRPr="00200BC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
@@ -5967,85 +6375,124 @@
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Winner of the </w:t>
       </w:r>
       <w:r w:rsidR="00200BC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2020 </w:t>
       </w:r>
       <w:r w:rsidR="00200BC6" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Paul E. Green Award of the American Marketing Association.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3561B9B9" w14:textId="77777777" w:rsidR="009D431A" w:rsidRDefault="009D431A" w:rsidP="009D431A">
+        <w:t>Paul E. Green Award of the American Marketing Association</w:t>
+      </w:r>
+      <w:r w:rsidR="0016563A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, finalist for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B07B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="0016563A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Weitz-Winer-O’Dell Award of the American Marketing Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00200BC6" w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3C39E9" w14:textId="77777777" w:rsidR="009D431A" w:rsidRDefault="009D431A" w:rsidP="009D431A">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="011EC341" w14:textId="77777777" w:rsidR="00EA6534" w:rsidRDefault="00EA6534" w:rsidP="00DD38BB">
+    <w:p w14:paraId="60868339" w14:textId="77777777" w:rsidR="00EA6534" w:rsidRDefault="00EA6534" w:rsidP="00DD38BB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk41994929"/>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ravindran</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007503DE" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ravilla D.</w:t>
@@ -6161,103 +6608,83 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (The Scientific Journal of the Royal College of Ophthalmologists</w:t>
       </w:r>
       <w:r w:rsidR="00385273" w:rsidRPr="003C74E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003C74E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00FB0FBA" w:rsidRPr="003C74E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>https://doi.org/</w:t>
-[...19 lines deleted...]
-          <w:t>0.1038/s41433-020-0954-5</w:t>
+          <w:t>https://doi.org/10.1038/s41433-020-0954-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005B7602">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2020.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14354E50" w14:textId="77777777" w:rsidR="00FB0FBA" w:rsidRDefault="00FB0FBA" w:rsidP="00FB0FBA">
+    <w:p w14:paraId="23650AE9" w14:textId="77777777" w:rsidR="00FB0FBA" w:rsidRDefault="00FB0FBA" w:rsidP="00FB0FBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="5C0A014B" w14:textId="77777777" w:rsidR="000E1A6B" w:rsidRPr="000E1A6B" w:rsidRDefault="009E4DA6" w:rsidP="00DD38BB">
+    <w:p w14:paraId="76604104" w14:textId="77777777" w:rsidR="000E1A6B" w:rsidRPr="000E1A6B" w:rsidRDefault="009E4DA6" w:rsidP="00DD38BB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D787B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Subburaman, Ganesh-Babu B., John H. Kempen, D. Saravanan, B. Vijayakumar, V. Valaguru, NV Prajna, T</w:t>
       </w:r>
       <w:r w:rsidR="00A25B1B" w:rsidRPr="000D787B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6281,101 +6708,101 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Making the decision to donate eye organs: perspectives from the families of the deceased in Madurai, India,” </w:t>
       </w:r>
       <w:r w:rsidRPr="000D787B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indian Journal of Ophthalmology</w:t>
       </w:r>
       <w:r w:rsidR="000E1A6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68, 10, 2094-98, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00505333" w:rsidRPr="00F778F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-IN"/>
           </w:rPr>
           <w:t>http://www.ijo.in/text.asp?2020/68/10/2094/295718</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00505333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000E1A6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidR="000E1A6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E0825D" w14:textId="77777777" w:rsidR="009E4DA6" w:rsidRDefault="009E4DA6" w:rsidP="009E4DA6">
+    <w:p w14:paraId="65AB3561" w14:textId="77777777" w:rsidR="009E4DA6" w:rsidRDefault="009E4DA6" w:rsidP="009E4DA6">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DF5D8FD" w14:textId="77777777" w:rsidR="00FA3446" w:rsidRPr="00860D7F" w:rsidRDefault="00FA3446" w:rsidP="00DD38BB">
+    <w:p w14:paraId="742BBF0C" w14:textId="77777777" w:rsidR="00FA3446" w:rsidRPr="00860D7F" w:rsidRDefault="00FA3446" w:rsidP="00DD38BB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Ravilla D. Ravindran, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -6387,91 +6814,91 @@
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ashok Vardhan, Thulasiraj Ravilla, “Predictors of Patient Compliance with Follow-up after Cataract Surgery,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Cataract and Refractive Surgery</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+      <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="008A24A7" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0C7DBB"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jcrs.2019.02.024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008A24A7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B924C63" w14:textId="77777777" w:rsidR="00FA3446" w:rsidRPr="00860D7F" w:rsidRDefault="00FA3446" w:rsidP="00FA3446">
+    <w:p w14:paraId="4D4D3661" w14:textId="77777777" w:rsidR="00FA3446" w:rsidRPr="00860D7F" w:rsidRDefault="00FA3446" w:rsidP="00FA3446">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068929CA" w14:textId="77777777" w:rsidR="0019722A" w:rsidRPr="00860D7F" w:rsidRDefault="0019722A" w:rsidP="00DD38BB">
+    <w:p w14:paraId="262C0D5E" w14:textId="77777777" w:rsidR="0019722A" w:rsidRPr="00860D7F" w:rsidRDefault="0019722A" w:rsidP="00DD38BB">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Ravilla D. Ravindran, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -6483,286 +6910,286 @@
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ashok Vardhan, Thulasiraj Ravilla, “Evidence on Importance of Follow-up Visits after Cataract Surgery,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ophthalmology</w:t>
       </w:r>
       <w:r w:rsidR="00B4419A" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+      <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="00F803C7" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="007398"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.ophtha.2018.12.044</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F803C7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001757BA" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C4BE1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidR="00463FFB" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5714EA38" w14:textId="77777777" w:rsidR="0019722A" w:rsidRPr="00860D7F" w:rsidRDefault="0019722A" w:rsidP="0019722A">
+    <w:p w14:paraId="030998BB" w14:textId="77777777" w:rsidR="0019722A" w:rsidRPr="00860D7F" w:rsidRDefault="0019722A" w:rsidP="0019722A">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="586A5D41" w14:textId="77777777" w:rsidR="00DD38BB" w:rsidRPr="00860D7F" w:rsidRDefault="00DD38BB" w:rsidP="00BC6676">
+    <w:p w14:paraId="2234FFA6" w14:textId="77777777" w:rsidR="00DD38BB" w:rsidRPr="00860D7F" w:rsidRDefault="00DD38BB" w:rsidP="00BC6676">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Aravind Haripriya, Ashok Vardhan, Thulasiraj Ravilla, Ravilla D. Ravindran, Madhu Shekhar, “Visual Acuity Outcomes in Resident-Performed Manual Small Incision Cataract Surgery,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ophthalmology</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00BC6676" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.1016/j.ophtha.2018.12.036</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E7385A" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C4BE1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03886A92" w14:textId="77777777" w:rsidR="00DD38BB" w:rsidRPr="00860D7F" w:rsidRDefault="00DD38BB" w:rsidP="00DD38BB">
+    <w:p w14:paraId="6640423F" w14:textId="77777777" w:rsidR="00DD38BB" w:rsidRPr="00860D7F" w:rsidRDefault="00DD38BB" w:rsidP="00DD38BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="236D225B" w14:textId="77777777" w:rsidR="00270724" w:rsidRPr="00860D7F" w:rsidRDefault="00270724" w:rsidP="00270724">
+    <w:p w14:paraId="4A3A4B8B" w14:textId="77777777" w:rsidR="00270724" w:rsidRPr="00860D7F" w:rsidRDefault="00270724" w:rsidP="00270724">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Omkar D. Palsule-Desai, C. Gnanasekaran, and Thulasiraj Ravilla, “Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals, India,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidR="002831E4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="002831E4" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/0022243718813347</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002831E4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2018.</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00304651" w:rsidRPr="00304651">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="201C0E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AMA-EBSCO Annual Award for Responsible Research in Marketing, 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCBC331" w14:textId="77777777" w:rsidR="00270724" w:rsidRPr="00860D7F" w:rsidRDefault="00270724" w:rsidP="00270724">
+    <w:p w14:paraId="3970F979" w14:textId="77777777" w:rsidR="00270724" w:rsidRPr="00860D7F" w:rsidRDefault="00270724" w:rsidP="00270724">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="200C093E" w14:textId="77777777" w:rsidR="0015610B" w:rsidRPr="00860D7F" w:rsidRDefault="0015610B" w:rsidP="006358B1">
+    <w:p w14:paraId="3E1F78F7" w14:textId="77777777" w:rsidR="0015610B" w:rsidRPr="00860D7F" w:rsidRDefault="0015610B" w:rsidP="006358B1">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Aravind Haripriya, Ashok Vardhan, Thulasiraj Ravilla, Ravilla D. Ravindran, “Residents’ Learning Curve for Manual Small Incision Cataract Surgery at Aravind Eye Hospital, India,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
@@ -6780,126 +7207,90 @@
       </w:r>
       <w:r w:rsidR="008A0BB9" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11, 125, </w:t>
       </w:r>
       <w:r w:rsidR="006737B3" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1692-99,</w:t>
       </w:r>
       <w:r w:rsidR="001757BA" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00CA026E" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://doi.org/10</w:t>
-[...35 lines deleted...]
-          <w:t>.033</w:t>
+          <w:t>https://doi.org/10.1016/j.ophtha.2018.04.033</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001757BA" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2018</w:t>
       </w:r>
       <w:r w:rsidR="00B45E94">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CB4C38" w14:textId="77777777" w:rsidR="0015610B" w:rsidRPr="00860D7F" w:rsidRDefault="0015610B" w:rsidP="0015610B">
+    <w:p w14:paraId="587065AF" w14:textId="77777777" w:rsidR="0015610B" w:rsidRPr="00860D7F" w:rsidRDefault="0015610B" w:rsidP="0015610B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A37B8C3" w14:textId="77777777" w:rsidR="00C332A0" w:rsidRPr="00860D7F" w:rsidRDefault="00C332A0" w:rsidP="006358B1">
+    <w:p w14:paraId="6AF9CF20" w14:textId="77777777" w:rsidR="00C332A0" w:rsidRPr="00860D7F" w:rsidRDefault="00C332A0" w:rsidP="006358B1">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Schneider, Matthew, Sharan Jagpal, Sachi</w:t>
       </w:r>
       <w:r w:rsidR="006358B1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6917,81 +7308,81 @@
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006358B1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="006358B1" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mksc.2017.1064</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006358B1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B8086D" w14:textId="77777777" w:rsidR="00C332A0" w:rsidRPr="00860D7F" w:rsidRDefault="00C332A0" w:rsidP="00C332A0">
+    <w:p w14:paraId="0C8BF5B1" w14:textId="77777777" w:rsidR="00C332A0" w:rsidRPr="00860D7F" w:rsidRDefault="00C332A0" w:rsidP="00C332A0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D28138B" w14:textId="77777777" w:rsidR="00B67DBC" w:rsidRPr="00860D7F" w:rsidRDefault="00B67DBC" w:rsidP="00B67DBC">
+    <w:p w14:paraId="705D2C8A" w14:textId="77777777" w:rsidR="00B67DBC" w:rsidRPr="00860D7F" w:rsidRDefault="00B67DBC" w:rsidP="00B67DBC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Schneider, Matthew, Sharan Jagpal, Sachi</w:t>
       </w:r>
       <w:r w:rsidR="006358B1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7000,81 +7391,81 @@
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, “Protecting Customer Privacy when Marketing with Second-Party Data,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Journal of Research in Marketing</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidR="006358B1" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.1016/j.ijresmar.2017.02.003</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006358B1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25827C16" w14:textId="77777777" w:rsidR="00B67DBC" w:rsidRPr="00860D7F" w:rsidRDefault="00B67DBC" w:rsidP="00B67DBC">
+    <w:p w14:paraId="41828E89" w14:textId="77777777" w:rsidR="00B67DBC" w:rsidRPr="00860D7F" w:rsidRDefault="00B67DBC" w:rsidP="00B67DBC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19DF2180" w14:textId="77777777" w:rsidR="00CC46C5" w:rsidRPr="00F2363F" w:rsidRDefault="00CC46C5" w:rsidP="00CC46C5">
+    <w:p w14:paraId="48A306E5" w14:textId="77777777" w:rsidR="00CC46C5" w:rsidRPr="00F2363F" w:rsidRDefault="00CC46C5" w:rsidP="00CC46C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Schneider, Matthew, and Sachin Gupta, “Forecasting Sales of New and Existing Products Using Consumer Reviews: A Random Projections Approach,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7099,51 +7490,51 @@
       </w:r>
       <w:r w:rsidR="003C2D71" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32, </w:t>
       </w:r>
       <w:r w:rsidR="003C2D71" w:rsidRPr="00F2363F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="005528E5" w:rsidRPr="00F2363F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
+      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="00F63329" w:rsidRPr="00F2363F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0C7DBB"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.ijforecast.2015.08.005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F63329" w:rsidRPr="00F2363F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> , </w:t>
       </w:r>
       <w:r w:rsidR="005528E5" w:rsidRPr="00F2363F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7153,200 +7544,199 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2363F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2363F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2014E63F" w14:textId="77777777" w:rsidR="00CC46C5" w:rsidRPr="00860D7F" w:rsidRDefault="00CC46C5" w:rsidP="00CC46C5">
+    <w:p w14:paraId="314C52F6" w14:textId="77777777" w:rsidR="00CC46C5" w:rsidRPr="00860D7F" w:rsidRDefault="00CC46C5" w:rsidP="00CC46C5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CD1C1F2" w14:textId="77777777" w:rsidR="00F63329" w:rsidRDefault="00226D85" w:rsidP="00F63329">
+    <w:p w14:paraId="5817840D" w14:textId="77777777" w:rsidR="00F63329" w:rsidRDefault="00226D85" w:rsidP="00F63329">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liu, Qiang, Sachin Gupta, Sriram Venkataraman, and Hongju Liu, “An Empirical Model of Drug Detailing: Dynamic Competition and Policy Implications,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management Science</w:t>
       </w:r>
       <w:r w:rsidR="00855C76" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F067C7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 62, 8, 2321-2340, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidR="00F63329" w:rsidRPr="00561A91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://pubsonline.informs.org/doi/10.1287/mnsc.2015.2239</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F63329">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760A508E" w14:textId="77777777" w:rsidR="00226D85" w:rsidRPr="00860D7F" w:rsidRDefault="00226D85" w:rsidP="00226D85">
+    <w:p w14:paraId="1931DB04" w14:textId="77777777" w:rsidR="00226D85" w:rsidRPr="00860D7F" w:rsidRDefault="00226D85" w:rsidP="00226D85">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04C14A28" w14:textId="77777777" w:rsidR="00591586" w:rsidRPr="00860D7F" w:rsidRDefault="00591586" w:rsidP="005F7AAB">
+    <w:p w14:paraId="28ABD856" w14:textId="77777777" w:rsidR="00591586" w:rsidRPr="00860D7F" w:rsidRDefault="00591586" w:rsidP="005F7AAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Liu, Qiang, Thomas Steenburgh, and Sachin Gupta, “The Cross-Attributes Flexible Substitution Logit: Uncovering Category Expansion and Share Impacts of Marketing Instruments,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Marketing Science, </w:t>
       </w:r>
       <w:r w:rsidR="00F32EA6" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>34, 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F32EA6" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144-159, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="00FC2883" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mksc.2014.0886</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FC2883">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>201</w:t>
@@ -7355,112 +7745,112 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064689AC" w14:textId="77777777" w:rsidR="00591586" w:rsidRPr="00860D7F" w:rsidRDefault="00591586" w:rsidP="00591586">
+    <w:p w14:paraId="63971157" w14:textId="77777777" w:rsidR="00591586" w:rsidRPr="00860D7F" w:rsidRDefault="00591586" w:rsidP="00591586">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B1C343E" w14:textId="77777777" w:rsidR="005F7AAB" w:rsidRPr="00860D7F" w:rsidRDefault="005F7AAB" w:rsidP="005F7AAB">
+    <w:p w14:paraId="358115FD" w14:textId="77777777" w:rsidR="005F7AAB" w:rsidRPr="00860D7F" w:rsidRDefault="005F7AAB" w:rsidP="005F7AAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Yu Yu and Sachin Gupta, “Pioneering Advantage in Generic Drug Competition,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Journal of Pharmaceutical and Healthcare Marketing</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8, 2, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidR="005504F7" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1108/IJPHM-11-2013-0063</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005504F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005504F7" w:rsidRPr="005504F7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -7502,66 +7892,66 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Outstanding Paper award 2014</w:t>
       </w:r>
       <w:r w:rsidR="00B763B8" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640D2788" w14:textId="77777777" w:rsidR="005F7AAB" w:rsidRPr="00860D7F" w:rsidRDefault="005F7AAB" w:rsidP="005F7AAB">
+    <w:p w14:paraId="34356D84" w14:textId="77777777" w:rsidR="005F7AAB" w:rsidRPr="00860D7F" w:rsidRDefault="005F7AAB" w:rsidP="005F7AAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="14"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67B273A8" w14:textId="77777777" w:rsidR="00002437" w:rsidRPr="00860D7F" w:rsidRDefault="00002437" w:rsidP="00002437">
+    <w:p w14:paraId="00B73C4B" w14:textId="77777777" w:rsidR="00002437" w:rsidRPr="00860D7F" w:rsidRDefault="00002437" w:rsidP="00002437">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="14"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Liu, Qiang, and Sachin Gupta, “</w:t>
       </w:r>
@@ -7579,207 +7969,189 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:kern w:val="14"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Product Innovation Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="14"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29, 3, 372–384, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00C72D1E" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://doi.org/10.1111/j.1540-5885</w:t>
-[...17 lines deleted...]
-          <w:t>2012.00912.x</w:t>
+          <w:t>https://doi.org/10.1111/j.1540-5885.2012.00912.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C72D1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C72D1E" w:rsidRPr="00C72D1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="14"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440BD969" w14:textId="77777777" w:rsidR="00002437" w:rsidRPr="00860D7F" w:rsidRDefault="00002437" w:rsidP="00002437">
+    <w:p w14:paraId="1090CCD6" w14:textId="77777777" w:rsidR="00002437" w:rsidRPr="00860D7F" w:rsidRDefault="00002437" w:rsidP="00002437">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15A061C5" w14:textId="77777777" w:rsidR="00B53D89" w:rsidRPr="00860D7F" w:rsidRDefault="00B53D89" w:rsidP="00B53D89">
+    <w:p w14:paraId="1E0EDB14" w14:textId="77777777" w:rsidR="00B53D89" w:rsidRPr="00860D7F" w:rsidRDefault="00B53D89" w:rsidP="00B53D89">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Park, Sungho, and Sachin Gupta, “Handling Endogenous Regressors via Joint Estimation Using Copulas,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science</w:t>
       </w:r>
       <w:r w:rsidR="009464A7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31, 4, 567-86, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00C72D1E" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mksc.1120.0718</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C72D1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009464A7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D38720" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2" w:rsidP="00D013C2">
+    <w:p w14:paraId="3AF7491F" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2" w:rsidP="00D013C2">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01F3B830" w14:textId="77777777" w:rsidR="004571C6" w:rsidRPr="00860D7F" w:rsidRDefault="004571C6" w:rsidP="004571C6">
+    <w:p w14:paraId="3BBD0AF5" w14:textId="77777777" w:rsidR="004571C6" w:rsidRPr="00860D7F" w:rsidRDefault="004571C6" w:rsidP="004571C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Park, Sungho, and Sachin Gupta, “Comparison of SML and GMM Estimators for the Random Coefficient Logit Model Using Aggregate Data,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7796,188 +8168,188 @@
       </w:r>
       <w:r w:rsidR="00B53D89" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B02A54" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>43, 3, 1253-72,</w:t>
       </w:r>
       <w:r w:rsidR="00C72D1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00C72D1E" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1007/s00181-011-0519-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C72D1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B02A54" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012</w:t>
       </w:r>
       <w:r w:rsidR="00B53D89" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DEDA994" w14:textId="77777777" w:rsidR="004571C6" w:rsidRPr="00860D7F" w:rsidRDefault="004571C6" w:rsidP="004571C6">
+    <w:p w14:paraId="5E5A2F52" w14:textId="77777777" w:rsidR="004571C6" w:rsidRPr="00860D7F" w:rsidRDefault="004571C6" w:rsidP="004571C6">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="218F900D" w14:textId="77777777" w:rsidR="008D4098" w:rsidRPr="00860D7F" w:rsidRDefault="008D4098" w:rsidP="005231A2">
+    <w:p w14:paraId="44D64038" w14:textId="77777777" w:rsidR="008D4098" w:rsidRPr="00860D7F" w:rsidRDefault="008D4098" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Liu, Qiang, and Sachin Gupta, “The Impact of Direct-to-Consumer Advertising of Prescription Drugs on Physician Visits and Drug Requests: Empirical Findings and Public Policy Implications,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Journal of Research in Marketing</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00830288" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28, 205-17, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="002235BA" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.ijresmar.2011.04.001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002235BA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00830288" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9601E4" w14:textId="77777777" w:rsidR="008D4098" w:rsidRPr="00860D7F" w:rsidRDefault="008D4098" w:rsidP="008D4098">
+    <w:p w14:paraId="6A6A7F9B" w14:textId="77777777" w:rsidR="008D4098" w:rsidRPr="00860D7F" w:rsidRDefault="008D4098" w:rsidP="008D4098">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64D34006" w14:textId="77777777" w:rsidR="005231A2" w:rsidRPr="00860D7F" w:rsidRDefault="005231A2" w:rsidP="005231A2">
+    <w:p w14:paraId="12AE404B" w14:textId="77777777" w:rsidR="005231A2" w:rsidRPr="00860D7F" w:rsidRDefault="005231A2" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Park, Sungho, and Sachin Gupta, “A Regime-Switching Model of Cyclical Category Buying,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7990,112 +8362,112 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004E3B51" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rStyle w:val="medium-font"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>30, 3, p469-480</w:t>
       </w:r>
       <w:r w:rsidR="007D6477" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rStyle w:val="medium-font"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00482E21" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mksc.1110.0643</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00482E21">
         <w:rPr>
           <w:rStyle w:val="medium-font"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00482E21" w:rsidRPr="00482E21">
         <w:rPr>
           <w:rStyle w:val="medium-font"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D6477" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rStyle w:val="medium-font"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174C08DD" w14:textId="77777777" w:rsidR="00150365" w:rsidRPr="00860D7F" w:rsidRDefault="00150365" w:rsidP="007E060C">
+    <w:p w14:paraId="41E52EB3" w14:textId="77777777" w:rsidR="00150365" w:rsidRPr="00860D7F" w:rsidRDefault="00150365" w:rsidP="007E060C">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AFCC23A" w14:textId="77777777" w:rsidR="00CA05F4" w:rsidRPr="00860D7F" w:rsidRDefault="00661322" w:rsidP="005231A2">
+    <w:p w14:paraId="103D5E60" w14:textId="77777777" w:rsidR="00CA05F4" w:rsidRPr="00860D7F" w:rsidRDefault="00661322" w:rsidP="005231A2">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Park, Sungho, and Sachin Gupta</w:t>
       </w:r>
       <w:r w:rsidR="00CA05F4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -8114,51 +8486,51 @@
       </w:r>
       <w:r w:rsidR="00CA05F4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00920B6F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>August</w:t>
       </w:r>
       <w:r w:rsidR="00DD5EE9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="00DD5EE9" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1509/jmkr.46.4.531</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD5EE9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0004347A" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2009</w:t>
@@ -8191,62 +8563,62 @@
         <w:t>Finalist for the 2014 O’Dell Award</w:t>
       </w:r>
       <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the American Marketing Association</w:t>
       </w:r>
       <w:r w:rsidR="00664D82" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB410E6" w14:textId="77777777" w:rsidR="00CA05F4" w:rsidRPr="00860D7F" w:rsidRDefault="00CA05F4" w:rsidP="00FE1137">
+    <w:p w14:paraId="1D5A3815" w14:textId="77777777" w:rsidR="00CA05F4" w:rsidRPr="00860D7F" w:rsidRDefault="00CA05F4" w:rsidP="00FE1137">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF91B9F" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="005C6345" w:rsidP="005231A2">
+    <w:p w14:paraId="292641BE" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="005C6345" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dube, Jean-Pierre, and Sachin Gupta, “Cross-Brand Pass-through in Supermarket Pricing,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -8270,201 +8642,181 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E570B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>May-June</w:t>
       </w:r>
       <w:r w:rsidR="00A62FCB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="00A62FCB" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mksc.1080.0373</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A62FCB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009E570B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C15473" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2008</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A59B52" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="005C6345" w:rsidP="00FE1137">
+    <w:p w14:paraId="3BB4CDC5" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="005C6345" w:rsidP="00FE1137">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66447CAB" w14:textId="77777777" w:rsidR="00FE1137" w:rsidRPr="00860D7F" w:rsidRDefault="00FE1137" w:rsidP="005231A2">
+    <w:p w14:paraId="2246DDCD" w14:textId="77777777" w:rsidR="00FE1137" w:rsidRPr="00860D7F" w:rsidRDefault="00FE1137" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gupta, Sachin, Edward </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, and Miguel Gomez, “Customer Satisfaction and Restaurant Performance,” </w:t>
+        <w:t xml:space="preserve">Gupta, Sachin, Edward C.McLaughlin, and Miguel Gomez, “Customer Satisfaction and Restaurant Performance,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cornell </w:t>
       </w:r>
       <w:r w:rsidR="00DF1F95" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hospitality </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quarterly</w:t>
       </w:r>
       <w:r w:rsidR="00B0775F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, August</w:t>
       </w:r>
       <w:r w:rsidR="00671B99">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidR="00493837" w:rsidRPr="00720952">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1177/0010880407301735</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009D473E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B0775F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -8566,203 +8918,202 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reprinted in </w:t>
       </w:r>
       <w:r w:rsidR="00364503" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Next Frontier of Restaurant Management</w:t>
       </w:r>
       <w:r w:rsidR="00364503" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, eds. Alex M. Susskind and Mark Maynard, Cornell University Press, Ithaca and London.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6F8AD4" w14:textId="77777777" w:rsidR="00FE1137" w:rsidRPr="00860D7F" w:rsidRDefault="00FE1137" w:rsidP="00FE1137">
-[...8 lines deleted...]
-    <w:p w14:paraId="0E2DD7A3" w14:textId="77777777" w:rsidR="005A7859" w:rsidRPr="00860D7F" w:rsidRDefault="005A7859" w:rsidP="005231A2">
+    <w:p w14:paraId="13B7D625" w14:textId="77777777" w:rsidR="00FE1137" w:rsidRPr="00860D7F" w:rsidRDefault="00FE1137" w:rsidP="00FE1137">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9F06A9" w14:textId="77777777" w:rsidR="005A7859" w:rsidRPr="00860D7F" w:rsidRDefault="005A7859" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with P.B. Seetharaman, and others, “Models of Multi-Category Choice Behavior,” paper based on discussions at the Sixth CU-Boulder Invitational Choice Symposium, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Letters</w:t>
       </w:r>
       <w:r w:rsidR="0000168D" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, December</w:t>
       </w:r>
       <w:r w:rsidR="00907097">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidR="00907097" w:rsidRPr="005A205D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://</w:t>
         </w:r>
         <w:r w:rsidR="00907097" w:rsidRPr="005A205D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>10.1007/s11002-005-5888-y</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00907097">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="595959"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0000168D" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB63BFE" w14:textId="77777777" w:rsidR="005A7859" w:rsidRPr="00860D7F" w:rsidRDefault="005A7859" w:rsidP="00ED396F">
+    <w:p w14:paraId="05CF443C" w14:textId="77777777" w:rsidR="005A7859" w:rsidRPr="00860D7F" w:rsidRDefault="005A7859" w:rsidP="00ED396F">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D284674" w14:textId="77777777" w:rsidR="00ED396F" w:rsidRPr="00860D7F" w:rsidRDefault="00ED396F" w:rsidP="005231A2">
+    <w:p w14:paraId="7B79662B" w14:textId="77777777" w:rsidR="00ED396F" w:rsidRPr="00860D7F" w:rsidRDefault="00ED396F" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bodapati, Anand, and Sachin Gupta, “Purchase Frequency Bias in Random Coefficients Brand Choice Models,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Business and Economic Statistics,</w:t>
       </w:r>
       <w:r w:rsidRPr="008D7936">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidR="008D7936" w:rsidRPr="008D7936">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1198/073500104000000569</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008D7936">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008D7936" w:rsidRPr="008D7936">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8770,66 +9121,66 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00526532" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">October </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2005.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D23BF68" w14:textId="77777777" w:rsidR="00ED396F" w:rsidRPr="00860D7F" w:rsidRDefault="00ED396F" w:rsidP="00ED396F">
+    <w:p w14:paraId="7B517E8C" w14:textId="77777777" w:rsidR="00ED396F" w:rsidRPr="00860D7F" w:rsidRDefault="00ED396F" w:rsidP="00ED396F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F72EEDF" w14:textId="77777777" w:rsidR="000A310D" w:rsidRPr="00860D7F" w:rsidRDefault="000A310D" w:rsidP="005231A2">
+    <w:p w14:paraId="0070B5AD" w14:textId="77777777" w:rsidR="000A310D" w:rsidRPr="00860D7F" w:rsidRDefault="000A310D" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Singh, Vishal, Karsten Hansen, and Sachin Gupta, “Modeling Preferences for Common Attributes in Multi-category Brand </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8843,51 +9194,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidR="0023227C" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1509/jmkr.42.2.195.62282</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0023227C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0023227C" w:rsidRPr="0023227C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8956,62 +9307,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of the American Marketing Association</w:t>
       </w:r>
       <w:r w:rsidR="00314FE2" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47429EAD" w14:textId="77777777" w:rsidR="000A310D" w:rsidRPr="00860D7F" w:rsidRDefault="000A310D" w:rsidP="000A310D">
+    <w:p w14:paraId="7EF66837" w14:textId="77777777" w:rsidR="000A310D" w:rsidRPr="00860D7F" w:rsidRDefault="000A310D" w:rsidP="000A310D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61CE3F7E" w14:textId="77777777" w:rsidR="00FA551E" w:rsidRPr="00860D7F" w:rsidRDefault="00FA551E" w:rsidP="005231A2">
+    <w:p w14:paraId="4E08F2ED" w14:textId="77777777" w:rsidR="00FA551E" w:rsidRPr="00860D7F" w:rsidRDefault="00FA551E" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Besanko, David, Jean-Pierre Dubé, and Sachin Gupta, “Own-Brand and Cross-Brand Retail Pass-through,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -9021,51 +9372,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science,</w:t>
       </w:r>
       <w:r w:rsidR="00FB607B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB607B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24, 1, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidR="002F03E2" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1287/mksc.1030.0043</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002F03E2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002F03E2" w:rsidRPr="002F03E2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9074,109 +9425,109 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2005</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4066AD26" w14:textId="77777777" w:rsidR="00FA551E" w:rsidRPr="00860D7F" w:rsidRDefault="00FA551E" w:rsidP="00FA551E">
+    <w:p w14:paraId="485C5786" w14:textId="77777777" w:rsidR="00FA551E" w:rsidRPr="00860D7F" w:rsidRDefault="00FA551E" w:rsidP="00FA551E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E0D659E" w14:textId="77777777" w:rsidR="00D12376" w:rsidRPr="00860D7F" w:rsidRDefault="00D12376" w:rsidP="005231A2">
+    <w:p w14:paraId="199678F6" w14:textId="77777777" w:rsidR="00D12376" w:rsidRPr="00860D7F" w:rsidRDefault="00D12376" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bodapati, Anand, and Sachin Gupta, “The Recoverability of Segmentation Structure from Store-Level Scanner Data,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidR="000F1208" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1509/jmkr.41.3.351.35988</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000F1208">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9185,105 +9536,105 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>August</w:t>
       </w:r>
       <w:r w:rsidR="00C310BD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2004</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23003DEF" w14:textId="77777777" w:rsidR="00D12376" w:rsidRPr="00860D7F" w:rsidRDefault="00D12376" w:rsidP="00D12376">
+    <w:p w14:paraId="3CAB4192" w14:textId="77777777" w:rsidR="00D12376" w:rsidRPr="00860D7F" w:rsidRDefault="00D12376" w:rsidP="00D12376">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B54C400" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="10FF4D77" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bodapati, Anand, and Sachin Gupta, “A Direct Approach to Predicting Discretized Response in Target Marketing,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidR="00DE7F7B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidR="00222B47" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1509/jmkr.41.3.351.35988</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00222B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00222B47" w:rsidRPr="00222B47">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9302,62 +9653,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>February</w:t>
       </w:r>
       <w:r w:rsidR="00C310BD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2004</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF02D75" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="2D4B9663" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="620CCC33" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="47D52ABB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Besanko, David, Jean-Pierre Dubé, and Sachin Gupta, “Competitive Price Discrimination Strategies in a Vertical Channel using Aggregate Retail Data,” </w:t>
       </w:r>
       <w:r w:rsidR="00274F73" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -9366,51 +9717,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management Science</w:t>
       </w:r>
       <w:r w:rsidR="002F62A4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00274F73" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidR="00CF7409" w:rsidRPr="0003269C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mnsc.49.9.1121.16565</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CF7409">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002F62A4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9465,277 +9816,193 @@
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00DB39DF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> John D.C. Little Award</w:t>
       </w:r>
       <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
+        <w:t xml:space="preserve"> of INFORMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB39DF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2002B38B" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="57D52ECF" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22AEAE5E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="2871A41A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van Heerde, Harald, Sachin Gupta, and Dick Wittink, “Is </w:t>
       </w:r>
       <w:r w:rsidR="00AC68C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>75%</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Sales Promotion Bump Due to Brand Switching? No, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AC68C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Only</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Only 33% is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidR="00C84E24" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidR="00AC68C0" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1509/jmkr.40.4.481.19386</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AC68C0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C84E24" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>November 2003</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> the Marketing Science Institute.</w:t>
+        <w:t>.  Also a working paper of the Marketing Science Institute.</w:t>
       </w:r>
       <w:r w:rsidR="00DB39DF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D413B1" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Winner of the 2004</w:t>
       </w:r>
       <w:r w:rsidR="00DB39DF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
@@ -9773,388 +10040,655 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the American Marketing Association</w:t>
       </w:r>
       <w:r w:rsidR="00DB39DF" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003F1A7D" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Winner of the 2008 O’Dell Award of the American Marketing Association.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226421F2" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="2AB13850" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7676F390" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="6BCA17BF" w14:textId="77777777" w:rsidR="009C43EE" w:rsidRDefault="009C43EE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009C43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tybout, Alice, Brian Sternthal, Geoffrey Keppel, Joseph Verducci, Joan Meyers-Levy, James Barnes, Scott Maxwell, Greg Allenby, Sachin Gupta, Jan-Benedict Steenkamp, Scott Maxwell, “Analysis of Variance,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Consumer Psychology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Volume 10, Issues 1–2, Pages 5-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A002AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Special Issue on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A002AD" w:rsidRPr="00A002AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Methodological and Statistical Concerns of the Experimental Behavioral Researcher</w:t>
+      </w:r>
+      <w:r w:rsidR="00A002AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A002AD" w:rsidRPr="00A002AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidR="00A002AD" w:rsidRPr="00646E01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:spacing w:val="-3"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1207/S15327663JCP1001&amp;2_03</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FDED8D" w14:textId="77777777" w:rsidR="00900A48" w:rsidRDefault="00900A48" w:rsidP="00900A48">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="228F1B1B" w14:textId="77777777" w:rsidR="00900A48" w:rsidRPr="00900A48" w:rsidRDefault="00900A48">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00900A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Böckenholt, Ulf, Eric Bradlow, Wes Hutchinson, Ramya Neelamegham, Prashant Malaviya, Deborah Roedder John, Kent Grayson, Jan-Benedict Steenkamp, Greg Allenby, Sachin Gupta, Joseph Verducci, Laura Koehly, Robert Meyer, Alice Tybout, Julie Irwin, “Continuous and Discrete Variables,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Consumer Psychology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Volume 10, Issues 1–2, Pages </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">53, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A002AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Special Issue on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A002AD" w:rsidRPr="00A002AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Methodological and Statistical Concerns of the Experimental Behavioral Researcher</w:t>
+      </w:r>
+      <w:r w:rsidR="00A002AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidR="00A002AD" w:rsidRPr="00646E01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:spacing w:val="-3"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1207/S15327663JCP1001&amp;2_04</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2001. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670FAF53" w14:textId="77777777" w:rsidR="009C43EE" w:rsidRDefault="009C43EE" w:rsidP="009C43EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FC5FF28" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gupta, Sachin, Dipak Jain, and Mohanbir Sawhney, “</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Modeling the Evolution of Markets with Indirect Network Externalities: An Application to Digital Television,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18, 8, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidR="003337BF" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1287/mksc.18.3.396</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003337BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003337BF" w:rsidRPr="003337BF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6AD36C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="49DA92F9" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="393DB6AB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="61453472" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anupindi, Ravi, Maqbool Dada, and Sachin Gupta, “Estimation of Consumer Demand with Stock-out Based Substitution: An Application to Vending Machine Products,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17, 4, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidR="0024691F" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.1287/mksc.17.4.406</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0024691F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0024691F" w:rsidRPr="0024691F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F958F32" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="36F9D906" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77A3392B" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="2A078C54" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Besanko, David, Sachin Gupta, and Dipak Jain, “Logit Demand Estimation Under Competitive Pricing Behavior: An Equilibrium Framework,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId63" w:history="1">
         <w:r w:rsidR="00CF7409" w:rsidRPr="0003269C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mnsc.44.11.1533</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CF7409">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CF7409" w:rsidRPr="00CF7409">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF7409">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>44, 11 (part 1), 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD515D0" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="7E9F417D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48B2BBAE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="3EA0437C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Pradeep K. Chintagunta, and Dick R. Wittink, “Accommodating Heterogeneity and State Dependence in a Model of Purchase Strings: Empirical Analysis and Managerial Implications,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Research in Marketing, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId64" w:history="1">
         <w:r w:rsidR="00962397" w:rsidRPr="00277EF4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/S0167-8116(97)00016-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00962397">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10192,105 +10726,105 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Honorable mention for best paper 1997</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD6EA5D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="2549B541" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EE9B7B1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="17BB43DA" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Christen, Markus, Sachin Gupta, John Porter, Richard Staelin, and Dick R. Wittink, “Using Market-Level Data to Understand Promotional Effects in a Non-linear Model,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidR="004A309E" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId65" w:history="1">
         <w:r w:rsidR="00BB575D" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.2307/3151895</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BB575D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BB575D" w:rsidRPr="00BB575D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10322,95 +10856,95 @@
         <w:t>Finalist for the 2002 O’Dell Award</w:t>
       </w:r>
       <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the American Marketing Association</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7738ED32" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="0626AF62" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF08695" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="1522E406" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin, Pradeep K. Chintagunta, Anil Kaul &amp; Dick R. Wittink, “Do Household Scanner Panels Provide Representative Inferences from Brand Choices: A Comparison with Store Data?” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Marketing Research, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidR="00317B0C" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:iCs/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://10.2307/3152210</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00317B0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00317B0C" w:rsidRPr="00317B0C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10436,531 +10970,543 @@
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Finalist for the 1997 Paul E. Green Award, Finalist for the 2001 O’Dell Award</w:t>
       </w:r>
       <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">both </w:t>
+        <w:t xml:space="preserve">, both </w:t>
       </w:r>
       <w:r w:rsidR="00AE1E78" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>of the American</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Marketing Association</w:t>
+        <w:t>of the American Marketing Association</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F67DFDD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="76926E1A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9000"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F04040A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="6A96D6ED" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin and Pradeep K. Chintagunta, “On Using Demographic Variables to Determine Segment Membership in Logit Mixture Models,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidR="00B35183" w:rsidRPr="008766AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://0.2307/3151952</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B35183">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B35183" w:rsidRPr="00B35183">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>February 1994</w:t>
       </w:r>
       <w:r w:rsidR="004A309E" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581BDD0E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="37C02920" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FFC51CE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
+    <w:p w14:paraId="61F68119" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD" w:rsidP="005231A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bayus, Barry L. and Sachin Gupta, “An Empirical Analysis of Consumer Durable Replacement Intentions,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Journal of Research in Marketing</w:t>
       </w:r>
       <w:r w:rsidR="00AB370C" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId68" w:history="1">
         <w:r w:rsidR="00CA4C10" w:rsidRPr="003E7C5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/0167-8116(92)90021-C</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00396026">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AB370C" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9, 1992</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDB1F01" w14:textId="77777777" w:rsidR="000571E2" w:rsidRPr="00860D7F" w:rsidRDefault="000571E2" w:rsidP="000571E2">
+    <w:p w14:paraId="0178352E" w14:textId="77777777" w:rsidR="00C62A31" w:rsidRDefault="00C62A31" w:rsidP="007C7712">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A415B07" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="3C2C1040" w14:textId="77777777" w:rsidR="00C62A31" w:rsidRDefault="00C62A31" w:rsidP="00C62A31">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A6A790" w14:textId="77777777" w:rsidR="00C62A31" w:rsidRPr="00860D7F" w:rsidRDefault="00C62A31" w:rsidP="007C7712">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C37911" w14:textId="77777777" w:rsidR="000571E2" w:rsidRPr="00860D7F" w:rsidRDefault="000571E2" w:rsidP="000571E2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E086AFA" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00815444">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:keepLines/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Working Papers </w:t>
       </w:r>
       <w:r w:rsidR="006026A2" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and Work in Progress</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684E0A6F" w14:textId="77777777" w:rsidR="007006E5" w:rsidRPr="00860D7F" w:rsidRDefault="007006E5" w:rsidP="007006E5">
-      <w:pPr>
+    <w:p w14:paraId="73FCBE93" w14:textId="77777777" w:rsidR="007006E5" w:rsidRPr="00860D7F" w:rsidRDefault="007006E5" w:rsidP="00815444">
+      <w:pPr>
+        <w:keepLines/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14F33DF0" w14:textId="77777777" w:rsidR="00FD7BDB" w:rsidRDefault="00FD7BDB" w:rsidP="00103D0A">
-      <w:pPr>
+    <w:p w14:paraId="422811BA" w14:textId="77777777" w:rsidR="00FD7BDB" w:rsidRDefault="00FD7BDB" w:rsidP="00815444">
+      <w:pPr>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bridging the Gap: Using Interpretable AI to Incorporate Real-World Product Descriptions in Consumer Research Experiments, with Anirban Mukherjee and Hannah Chang, manuscript available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529BCC18" w14:textId="77777777" w:rsidR="00FD7BDB" w:rsidRDefault="00FD7BDB" w:rsidP="00FD7BDB">
+    <w:p w14:paraId="163CDE05" w14:textId="77777777" w:rsidR="00FD7BDB" w:rsidRDefault="00FD7BDB" w:rsidP="00FD7BDB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DF19F7E" w14:textId="77777777" w:rsidR="00103D0A" w:rsidRDefault="00103D0A" w:rsidP="00103D0A">
+    <w:p w14:paraId="381E2A4D" w14:textId="77777777" w:rsidR="00103D0A" w:rsidRDefault="00487D26" w:rsidP="00103D0A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00204B06">
+      <w:r w:rsidRPr="00487D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Effectiveness of ‘Social Engagement Programs’ (SEPs): Theory and Evidence from a Subscription-Based Carbon Offset Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00103D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with Jake An, Jihwan Kim, and John Roberts, </w:t>
+      </w:r>
+      <w:r w:rsidR="00103D0A" w:rsidRPr="00204B06">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>manuscript available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79807864" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="0007692A">
+    <w:p w14:paraId="7849A68F" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="0007692A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50978971" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRPr="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="000B12F6">
+    <w:p w14:paraId="3C87ACF1" w14:textId="77777777" w:rsidR="000B12F6" w:rsidRDefault="000B12F6" w:rsidP="000B12F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Is Volunteering a Gateway to Increased Monetary Giving? Evidence from a Field Experiment, with Sungjin Kim and Anirban Mukherjee, manuscript available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60808A4B" w14:textId="77777777" w:rsidR="000D392C" w:rsidRDefault="000D392C" w:rsidP="000D392C">
-[...9 lines deleted...]
-    <w:p w14:paraId="3E463BB5" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="008F0963">
+    <w:p w14:paraId="3C027018" w14:textId="77777777" w:rsidR="00487D26" w:rsidRDefault="00487D26" w:rsidP="00487D26">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44931AB1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="008F0963">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other Written Work</w:t>
       </w:r>
       <w:r w:rsidR="0040634F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A47D29" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>refereed</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">refereed </w:t>
       </w:r>
       <w:r w:rsidR="0040634F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>book chapters, magazine articles, invited papers</w:t>
       </w:r>
       <w:r w:rsidR="001306FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and blogs</w:t>
       </w:r>
       <w:r w:rsidR="0040634F" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276D6E24" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00360DC4">
+    <w:p w14:paraId="5A73C733" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00360DC4">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C271752" w14:textId="77777777" w:rsidR="00B53813" w:rsidRDefault="00B53813" w:rsidP="00B53813">
+    <w:p w14:paraId="26ADD3A2" w14:textId="77777777" w:rsidR="00B53813" w:rsidRDefault="00B53813" w:rsidP="00B53813">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk91048047"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Park, Sungho, and Sachin </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
@@ -11008,103 +11554,103 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001306FB" w:rsidRPr="00836A24">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Impact at JMR</w:t>
       </w:r>
       <w:r w:rsidR="001306FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink r:id="rId69" w:history="1">
         <w:r w:rsidR="001306FB" w:rsidRPr="008C49E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.ama.org/marketing-news/a-review-of-copula-correction-methods-to-address-regressor-error-correlation/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001306FB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C25332">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>April 2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B68020" w14:textId="77777777" w:rsidR="00B53813" w:rsidRDefault="00B53813" w:rsidP="00B53813">
+    <w:p w14:paraId="759CBB1A" w14:textId="77777777" w:rsidR="00B53813" w:rsidRDefault="00B53813" w:rsidP="00B53813">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5E3592" w14:textId="77777777" w:rsidR="00605EC1" w:rsidRDefault="00605EC1" w:rsidP="00DF5F86">
+    <w:p w14:paraId="18C2B8B4" w14:textId="77777777" w:rsidR="00605EC1" w:rsidRDefault="00605EC1" w:rsidP="00DF5F86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gupta, Sachin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -11130,85 +11676,85 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> “The Marketer at the Privacy Table,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00836A24">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Impact at JMR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId70" w:history="1">
         <w:r w:rsidRPr="00C07E46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.ama.org/2022/03/17/the-marketer-at-the-privacy-table/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, March 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3A1C3F" w14:textId="77777777" w:rsidR="00605EC1" w:rsidRDefault="00605EC1" w:rsidP="00605EC1">
+    <w:p w14:paraId="0134865E" w14:textId="77777777" w:rsidR="00605EC1" w:rsidRDefault="00605EC1" w:rsidP="00605EC1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="535A808A" w14:textId="77777777" w:rsidR="00DF5F86" w:rsidRPr="00860D7F" w:rsidRDefault="00DF5F86" w:rsidP="00DF5F86">
+    <w:p w14:paraId="571387BC" w14:textId="77777777" w:rsidR="00DF5F86" w:rsidRPr="00860D7F" w:rsidRDefault="00DF5F86" w:rsidP="00DF5F86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gupta, Sachin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -11223,51 +11769,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Matthew Schneider, “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>To Protect Consumer Data, Don’t Do Everything on the Cloud</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” HBR.org, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId71" w:history="1">
         <w:r w:rsidRPr="0034266E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://hbr.org/2021/06/to-protect-consumer-data-dont-do-everything-on-the-cloud</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, June </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -11282,170 +11828,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="52021E4D" w14:textId="77777777" w:rsidR="00DF5F86" w:rsidRDefault="00DF5F86" w:rsidP="00DF5F86">
+    <w:p w14:paraId="234B0AFF" w14:textId="77777777" w:rsidR="00DF5F86" w:rsidRDefault="00DF5F86" w:rsidP="00DF5F86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36514697" w14:textId="77777777" w:rsidR="00D95A7B" w:rsidRPr="00860D7F" w:rsidRDefault="00D95A7B" w:rsidP="00D95A7B">
+    <w:p w14:paraId="10F19375" w14:textId="77777777" w:rsidR="00D95A7B" w:rsidRPr="00860D7F" w:rsidRDefault="00D95A7B" w:rsidP="00D95A7B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gupta, Sachin and Matthew Schneider, “Protecting Customers’ Privacy Requires more than Anonymizing their Data,” HBR.org, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId72" w:history="1">
         <w:r w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://hbr.org/2018/06/protecting-customers-privacy-requires-</w:t>
-[...10 lines deleted...]
-          <w:t>more-than-anonymizing-their-data</w:t>
+          <w:t>https://hbr.org/2018/06/protecting-customers-privacy-requires-more-than-anonymizing-their-data</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, June 1, 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="670DE7CB" w14:textId="77777777" w:rsidR="00D95A7B" w:rsidRPr="00860D7F" w:rsidRDefault="00D95A7B" w:rsidP="00D95A7B">
+    <w:p w14:paraId="1EB2B989" w14:textId="77777777" w:rsidR="00D95A7B" w:rsidRPr="00860D7F" w:rsidRDefault="00D95A7B" w:rsidP="00D95A7B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B8247E4" w14:textId="77777777" w:rsidR="00830288" w:rsidRPr="00860D7F" w:rsidRDefault="00830288" w:rsidP="001C11C9">
+    <w:p w14:paraId="498481EE" w14:textId="77777777" w:rsidR="00830288" w:rsidRPr="00860D7F" w:rsidRDefault="00830288" w:rsidP="001C11C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Liu, Qiang, and Sachin Gupta (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">), “Direct-to-Consumer-Advertising of Pharmaceuticals: An Integrative Review,” book chapter in </w:t>
+        <w:t xml:space="preserve">Liu, Qiang, and Sachin Gupta, “Direct-to-Consumer-Advertising of Pharmaceuticals: An Integrative Review,” book chapter in </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M. Ding, J. Eliashberg, S. Stremersch</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds.),</w:t>
       </w:r>
       <w:r w:rsidR="00FD0554" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -11456,472 +11973,441 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Innovation and Marketing in the Pharmaceutical Industry: </w:t>
       </w:r>
       <w:r w:rsidR="00FD0554" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emerging Practices, Research, and Policies</w:t>
       </w:r>
       <w:r w:rsidR="00FD0554" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId73" w:history="1">
         <w:r w:rsidR="00FD0554" w:rsidRPr="00860D7F">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           </w:rPr>
           <w:t>International Series in Quantitative Marketing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD0554" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>, Vol. 20,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Springer.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="700CB3F1" w14:textId="77777777" w:rsidR="00830288" w:rsidRPr="00860D7F" w:rsidRDefault="00830288" w:rsidP="00830288">
+        <w:t xml:space="preserve"> Springer</w:t>
+      </w:r>
+      <w:r w:rsidR="00993843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:history="1">
+        <w:r w:rsidR="00993843" w:rsidRPr="00646E01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:spacing w:val="-3"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/978-1-4614-7801-0_21</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00993843">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B795409" w14:textId="77777777" w:rsidR="00830288" w:rsidRPr="00860D7F" w:rsidRDefault="00830288" w:rsidP="00830288">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="326014A5" w14:textId="77777777" w:rsidR="007D66D4" w:rsidRPr="00860D7F" w:rsidRDefault="007D66D4" w:rsidP="001C11C9">
+    <w:p w14:paraId="7899CF88" w14:textId="77777777" w:rsidR="007D66D4" w:rsidRPr="00860D7F" w:rsidRDefault="007D66D4" w:rsidP="001C11C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gupta, Sachin, Rod Hawkes, and Edward McLaughlin (2011), “Circular Paradox,” </w:t>
+        <w:t xml:space="preserve">Gupta, Sachin, Rod Hawkes, and Edward McLaughlin, “Circular Paradox,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Progressive Grocer</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, January, page 24.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B04CD97" w14:textId="77777777" w:rsidR="007D66D4" w:rsidRPr="00860D7F" w:rsidRDefault="007D66D4" w:rsidP="001C11C9">
+        <w:t>, January, page 24</w:t>
+      </w:r>
+      <w:r w:rsidR="006F51FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:history="1">
+        <w:r w:rsidR="006F51FD" w:rsidRPr="00646E01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:spacing w:val="-3"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://progressivegrocer.com/circular-paradox</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006F51FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBB94C2" w14:textId="77777777" w:rsidR="007D66D4" w:rsidRPr="00860D7F" w:rsidRDefault="007D66D4" w:rsidP="001C11C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="724FF6EA" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="007D66D4" w:rsidP="001C11C9">
+    <w:p w14:paraId="1A46B62A" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="007D66D4" w:rsidP="001C11C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anupindi, Ravi, Sachi</w:t>
       </w:r>
       <w:r w:rsidR="00B763B8" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">n Gupta, and N. Venkataramanan </w:t>
-[...8 lines deleted...]
-        <w:t>(2008), “</w:t>
+        <w:t>n Gupta, and N. Venkataramanan</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30667">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidR="005C6345" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Managing Variety on the Retail Shelf: Using Household Scanner Panel Data to Rationalize Assortments,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="005C6345" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> book chapter in S. Smith and N. Agarwal (eds.), </w:t>
       </w:r>
       <w:r w:rsidR="005C6345" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Retail Supply Chain Management</w:t>
       </w:r>
       <w:r w:rsidR="00FD0554" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Springer</w:t>
       </w:r>
+      <w:r w:rsidR="00E30667">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:history="1">
+        <w:r w:rsidR="00E30667" w:rsidRPr="00646E01">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:spacing w:val="-3"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/978-0-387-78902-6_7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E30667">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2008</w:t>
+      </w:r>
       <w:r w:rsidR="005C6345" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C05FC7" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="005C6345" w:rsidP="001C11C9">
+    <w:p w14:paraId="25C71B03" w14:textId="77777777" w:rsidR="005C6345" w:rsidRPr="00860D7F" w:rsidRDefault="005C6345" w:rsidP="001C11C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F271701" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="001C11C9">
-[...147 lines deleted...]
-    <w:p w14:paraId="489545CD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="001C11C9">
+    <w:p w14:paraId="62640CF1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="001C11C9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wittink, Dick R., John C. Porter, and Sachin Gupta, “Dangers in Using Market-level Data for Determining Promotion Effects,” Marketing Science Institute Working Paper, 1993, 115.  A later version of this paper appeared in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A3A6E9" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="001C11C9">
+    <w:p w14:paraId="33516500" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="001C11C9">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E46FF87" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="001C11C9">
+    <w:p w14:paraId="549C769C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="001C11C9">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -11945,123 +12431,123 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Marketing Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C5B171" w14:textId="77777777" w:rsidR="00F35BA0" w:rsidRPr="00860D7F" w:rsidRDefault="00F35BA0" w:rsidP="00D013C2">
+    <w:p w14:paraId="117F0EB3" w14:textId="77777777" w:rsidR="00F35BA0" w:rsidRPr="00860D7F" w:rsidRDefault="00F35BA0" w:rsidP="00D013C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F34F5E5" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2" w:rsidP="00757098">
+    <w:p w14:paraId="52639C34" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2" w:rsidP="00757098">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Teaching Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCA34B9" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2" w:rsidP="00220229">
+    <w:p w14:paraId="526C530D" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRPr="00860D7F" w:rsidRDefault="00D013C2" w:rsidP="00220229">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11557194" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="00861C8D" w:rsidP="00757098">
+    <w:p w14:paraId="20BB0399" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="00861C8D" w:rsidP="00757098">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Authored </w:t>
       </w:r>
       <w:r w:rsidR="00FB679F" w:rsidRPr="00860D7F">
         <w:rPr>
@@ -12132,187 +12618,171 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2017</w:t>
       </w:r>
       <w:r w:rsidR="00EB3FCF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="002F3EEE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F3027A" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="002F3EEE" w:rsidP="002F3EEE">
+    <w:p w14:paraId="4185D14F" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="002F3EEE" w:rsidP="002F3EEE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId77" w:history="1">
         <w:r w:rsidRPr="003E7C5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://ecornell.cornell.edu/certificates/marketing/demand-marketing/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B2AF47" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="002F3EEE" w:rsidP="002F3EEE">
+    <w:p w14:paraId="45BB9D8A" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="002F3EEE" w:rsidP="002F3EEE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId68" w:history="1">
+      <w:hyperlink r:id="rId78" w:history="1">
         <w:r w:rsidRPr="003E7C5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://ecornell.cornell.edu/certificates/marketing/market-research/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FFB1009" w14:textId="77777777" w:rsidR="00B83484" w:rsidRDefault="002F3EEE" w:rsidP="002F3EEE">
+    <w:p w14:paraId="499788CE" w14:textId="77777777" w:rsidR="00B83484" w:rsidRDefault="002F3EEE" w:rsidP="002F3EEE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId69" w:history="1">
+      <w:hyperlink r:id="rId79" w:history="1">
         <w:r w:rsidRPr="003E7C5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
           </w:rPr>
-          <w:t>https://www.ecornell.com/certifi</w:t>
-[...15 lines deleted...]
-          <w:t>ates/marketing/marketing-analytics/</w:t>
+          <w:t>https://www.ecornell.com/certificates/marketing/marketing-analytics/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DA2E98F" w14:textId="77777777" w:rsidR="008D6152" w:rsidRDefault="008D6152" w:rsidP="00220229">
+    <w:p w14:paraId="55682039" w14:textId="77777777" w:rsidR="008D6152" w:rsidRDefault="008D6152" w:rsidP="00220229">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DE6E6F1" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="00B15477" w:rsidP="00170702">
+    <w:p w14:paraId="16A91F4C" w14:textId="77777777" w:rsidR="002F3EEE" w:rsidRDefault="00B15477" w:rsidP="00170702">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Co-a</w:t>
       </w:r>
       <w:r w:rsidR="008D6152" w:rsidRPr="00860D7F">
@@ -12366,198 +12836,198 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, launched</w:t>
       </w:r>
       <w:r w:rsidR="003E48C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2020</w:t>
       </w:r>
       <w:r w:rsidR="00950EDF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E369D25" w14:textId="77777777" w:rsidR="008D6152" w:rsidRPr="00860D7F" w:rsidRDefault="002F3EEE" w:rsidP="00170702">
+    <w:p w14:paraId="7122725C" w14:textId="77777777" w:rsidR="008D6152" w:rsidRPr="00860D7F" w:rsidRDefault="002F3EEE" w:rsidP="00170702">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId70" w:history="1">
+      <w:hyperlink r:id="rId80" w:history="1">
         <w:r w:rsidRPr="003E7C5E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://www.ecornell.com/certificates/marketing/data-privacy-strategy/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="30375601" w14:textId="77777777" w:rsidR="00170702" w:rsidRDefault="00170702" w:rsidP="00170702">
+    <w:p w14:paraId="518A25C3" w14:textId="77777777" w:rsidR="00170702" w:rsidRDefault="00170702" w:rsidP="00170702">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55EB3BBB" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="00170702">
+    <w:p w14:paraId="3BD78ADF" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="00170702">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching </w:t>
       </w:r>
       <w:r w:rsidR="00E90CB5" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5F46D5" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="00170702">
+    <w:p w14:paraId="56F76F77" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="00170702">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2D2150" w14:textId="77777777" w:rsidR="0008601B" w:rsidRDefault="0008601B" w:rsidP="00170702">
+    <w:p w14:paraId="6D7C1BFE" w14:textId="77777777" w:rsidR="0008601B" w:rsidRDefault="0008601B" w:rsidP="00170702">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Customer and Digital Advertising Analytics (EMBA elective)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1463BBED" w14:textId="77777777" w:rsidR="00486F6C" w:rsidRDefault="00486F6C" w:rsidP="00170702">
+    <w:p w14:paraId="4D4AD177" w14:textId="77777777" w:rsidR="00486F6C" w:rsidRDefault="00486F6C" w:rsidP="00170702">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12570,384 +13040,383 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> graduate elective)</w:t>
       </w:r>
       <w:r w:rsidR="00861C8D" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512D3FF9" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
+    <w:p w14:paraId="4A52952D" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Data-</w:t>
       </w:r>
       <w:r w:rsidR="004A2E69">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>riven Marketing (MBA elective</w:t>
       </w:r>
       <w:r w:rsidR="0098561B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, undergraduate elective</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FFC1B3B" w14:textId="77777777" w:rsidR="0098561B" w:rsidRPr="00860D7F" w:rsidRDefault="0098561B" w:rsidP="0008601B">
+    <w:p w14:paraId="5D31BC1C" w14:textId="77777777" w:rsidR="0098561B" w:rsidRPr="00860D7F" w:rsidRDefault="0098561B" w:rsidP="0008601B">
       <w:pPr>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Management (Core course for 2-year MBA, 1-year MBA, EMBA Americas taught via synchronous multi-point videoconferencing)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AD963B" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
+    <w:p w14:paraId="580A5311" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Strategy and Tactics of Pricing (MBA elective)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F690936" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
+    <w:p w14:paraId="1F21854D" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Research (MBA elective)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9323CD" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
+    <w:p w14:paraId="64039172" w14:textId="77777777" w:rsidR="003F0B0F" w:rsidRPr="00860D7F" w:rsidRDefault="003F0B0F" w:rsidP="0008601B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Models (Ph.D</w:t>
       </w:r>
       <w:r w:rsidR="00A47D29" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seminar)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D13861" w14:textId="77777777" w:rsidR="00815165" w:rsidRPr="00860D7F" w:rsidRDefault="00815165" w:rsidP="0008601B">
+    <w:p w14:paraId="77EF9E46" w14:textId="77777777" w:rsidR="00815165" w:rsidRPr="00860D7F" w:rsidRDefault="00815165" w:rsidP="0008601B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Variety of non-degree executive education courses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736CB0F6" w14:textId="77777777" w:rsidR="002F7EF1" w:rsidRPr="00860D7F" w:rsidRDefault="002F7EF1">
+    <w:p w14:paraId="3E97D7CB" w14:textId="77777777" w:rsidR="002F7EF1" w:rsidRPr="00860D7F" w:rsidRDefault="002F7EF1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BCDB166" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="0008601B">
+    <w:p w14:paraId="623E6408" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="0008601B">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Invited Talks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1B5C6A" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRDefault="00D013C2" w:rsidP="00493837">
+    <w:p w14:paraId="0E906638" w14:textId="77777777" w:rsidR="00D013C2" w:rsidRDefault="00D013C2" w:rsidP="00493837">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DB5177C" w14:textId="77777777" w:rsidR="000808FF" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="54AE279E" w14:textId="77777777" w:rsidR="000808FF" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Emulated Target Trials,” Grand Rounds (to celebrate India’s National Statistics Day), Aravind Eye Care System, India, June 2023 (by Zoom).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5752ED1A" w14:textId="77777777" w:rsidR="00757098" w:rsidRDefault="00757098" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="3832B7DC" w14:textId="77777777" w:rsidR="00757098" w:rsidRDefault="00757098" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="235EDE6E" w14:textId="77777777" w:rsidR="00222C06" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="0CC43623" w14:textId="77777777" w:rsidR="00222C06" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9156A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -12958,66 +13427,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidR="00222C06">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of North Carolina, April 2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0987EF97" w14:textId="77777777" w:rsidR="00E20B3D" w:rsidRDefault="00E20B3D" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="5E5D8D91" w14:textId="77777777" w:rsidR="00E20B3D" w:rsidRDefault="00E20B3D" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EFF2E3A" w14:textId="77777777" w:rsidR="00222C06" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="460CDE00" w14:textId="77777777" w:rsidR="00222C06" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9156A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -13028,66 +13497,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidR="00222C06">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Purdue University, April 2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9D2DA7" w14:textId="77777777" w:rsidR="00222C06" w:rsidRDefault="00222C06" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="76AD762C" w14:textId="77777777" w:rsidR="00222C06" w:rsidRDefault="00222C06" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EED3D8D" w14:textId="77777777" w:rsidR="00DC53FC" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="779B5D75" w14:textId="77777777" w:rsidR="00DC53FC" w:rsidRDefault="000808FF" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9156A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -13098,178 +13567,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidR="00DC53FC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indian Institute of Management, Ahmedabad, India, February 2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5F3AE9" w14:textId="77777777" w:rsidR="00DC53FC" w:rsidRDefault="00DC53FC" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1E5D4BDD" w14:textId="77777777" w:rsidR="00DC53FC" w:rsidRDefault="00DC53FC" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2664040B" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="7C342896" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9156A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Effects of Introducing a Voluntary Carbon Offsets Program on the Customer-Firm Relationship</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,” Washington University in St. Louis, MO, December 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65FBD629" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="7805F162" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0953DDA1" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="170A3637" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9156A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Effects of Introducing a Voluntary Carbon Offsets Program on the Customer-Firm Relationship</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,” The Hong Kong Polytechnic University, December 2022 (by Zoom).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716A3131" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="7DCE87F6" w14:textId="77777777" w:rsidR="00F9156A" w:rsidRDefault="00F9156A" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11EE1E7D" w14:textId="77777777" w:rsidR="001D0D59" w:rsidRDefault="001D0D59" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="7742DA1B" w14:textId="77777777" w:rsidR="001D0D59" w:rsidRDefault="001D0D59" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Keynote address at the 52</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0D59">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13282,275 +13751,275 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Haring Symposium, </w:t>
       </w:r>
       <w:r w:rsidR="00B7031A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Promoting Doctoral Research in Marketing, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kelley School of Business, Indiana University, April 8-9, 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77145449" w14:textId="77777777" w:rsidR="001D0D59" w:rsidRDefault="001D0D59" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="5AB633D2" w14:textId="77777777" w:rsidR="001D0D59" w:rsidRDefault="001D0D59" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61F25B2B" w14:textId="77777777" w:rsidR="00951108" w:rsidRDefault="00951108" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1AEEDC6D" w14:textId="77777777" w:rsidR="00951108" w:rsidRDefault="00951108" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Managing Member</w:t>
       </w:r>
       <w:r w:rsidR="00932921">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Donors and Member-Donors for Effective Nonprofit Fundraising,” University of California at Riverside, May 2021 (by Zoom). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A07B21" w14:textId="77777777" w:rsidR="00951108" w:rsidRDefault="00951108" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="588B12F8" w14:textId="77777777" w:rsidR="00951108" w:rsidRDefault="00951108" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA07A28" w14:textId="77777777" w:rsidR="00FD3F24" w:rsidRDefault="00FD3F24" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="6A6397F9" w14:textId="77777777" w:rsidR="00FD3F24" w:rsidRDefault="00FD3F24" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Reflections on Research and Publishing,” Grand Rounds, Aravind Eye Care System, India, September 2020 (by Zoom).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037B09DB" w14:textId="77777777" w:rsidR="00FD3F24" w:rsidRDefault="00FD3F24" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="09CA0A2C" w14:textId="77777777" w:rsidR="00FD3F24" w:rsidRDefault="00FD3F24" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2235C850" w14:textId="77777777" w:rsidR="008D6152" w:rsidRDefault="008D6152" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="26F4DDE0" w14:textId="77777777" w:rsidR="008D6152" w:rsidRDefault="008D6152" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Bayesian Synthetic Control Methods,” Indian Institute of Management, Bangalore, June 2020 (by Zoom).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04526FEB" w14:textId="77777777" w:rsidR="008D6152" w:rsidRDefault="008D6152" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1AF0B471" w14:textId="77777777" w:rsidR="008D6152" w:rsidRDefault="008D6152" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699C4F74" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1F471344" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Bayesian Synthetic Control Methods,” </w:t>
       </w:r>
       <w:r w:rsidR="00734659">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distinguished Dyess Lecture, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Texas Christian University, April 2020 (by Zoom).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA1011D" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="04BAE4BC" w14:textId="77777777" w:rsidR="00862B9F" w:rsidRDefault="00862B9F" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37B4858F" w14:textId="77777777" w:rsidR="00AD1516" w:rsidRDefault="00AD1516" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="10E5A949" w14:textId="77777777" w:rsidR="00AD1516" w:rsidRDefault="00AD1516" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals</w:t>
       </w:r>
       <w:r w:rsidR="002453A0" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -13562,275 +14031,266 @@
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="002453A0" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002453A0" w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Washington, April 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2374987E" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="559C16B5" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B0ACF92" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="601FF8A4" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind </w:t>
+        <w:t xml:space="preserve">“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals,” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanford </w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Eye Hospitals,” </w:t>
+        <w:t xml:space="preserve">University, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Stanford </w:t>
+        <w:t xml:space="preserve">March </w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">University, </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C9FDE9" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="45929214" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781EC6BB" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="22FAF5B0" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Johns Hopkins</w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> University, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>November 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBAF423" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="10B03469" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5234B476" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="52D760F5" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals,” University of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Maryland</w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>December 2017</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFBF33A" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="2BAF756A" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EAEC22D" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="05383841" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals,” University of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -13849,66 +14309,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">April </w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515C0479" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="58D2D9CC" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="522484C6" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="2BFA4C30" w14:textId="77777777" w:rsidR="002453A0" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals,”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -13927,66 +14387,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E069292" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="3C49A88D" w14:textId="77777777" w:rsidR="002453A0" w:rsidRPr="00860D7F" w:rsidRDefault="002453A0" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D31C16F" w14:textId="77777777" w:rsidR="00693BFF" w:rsidRDefault="00693BFF" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="70D3FE43" w14:textId="77777777" w:rsidR="00693BFF" w:rsidRDefault="00693BFF" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals,”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -14005,66 +14465,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">February </w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D6835C" w14:textId="77777777" w:rsidR="00693BFF" w:rsidRPr="00860D7F" w:rsidRDefault="00693BFF" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="0FCE56C4" w14:textId="77777777" w:rsidR="00693BFF" w:rsidRPr="00860D7F" w:rsidRDefault="00693BFF" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="187A3791" w14:textId="77777777" w:rsidR="007E63B5" w:rsidRDefault="007F4C31" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="79E34B95" w14:textId="77777777" w:rsidR="007E63B5" w:rsidRDefault="007F4C31" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Spillover Effects of Mission-Activities on Revenues in Nonprofit Healthcare: The Case of Aravind Eye Hospitals,” University of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -14083,66 +14543,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> January </w:t>
       </w:r>
       <w:r w:rsidRPr="002453A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B272AB" w14:textId="77777777" w:rsidR="00F14E7E" w:rsidRPr="00860D7F" w:rsidRDefault="00F14E7E" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1FD77DAE" w14:textId="77777777" w:rsidR="00F14E7E" w:rsidRPr="00860D7F" w:rsidRDefault="00F14E7E" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE5DE6B" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="28FD3B14" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Donors, Members and Volunteers: An Empirical Model of Giving Behavior</w:t>
       </w:r>
       <w:r w:rsidR="007F4C31" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -14150,353 +14610,354 @@
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="007F4C31" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Texas, Dallas, April 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00926F9D" w14:textId="77777777" w:rsidR="00083B06" w:rsidRPr="00860D7F" w:rsidRDefault="00083B06" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="15D030F4" w14:textId="77777777" w:rsidR="00083B06" w:rsidRPr="00860D7F" w:rsidRDefault="00083B06" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CD08B1E" w14:textId="77777777" w:rsidR="00083B06" w:rsidRPr="00083B06" w:rsidRDefault="00083B06" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="6EF2CD71" w14:textId="77777777" w:rsidR="00083B06" w:rsidRPr="00083B06" w:rsidRDefault="00083B06" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083B06">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Donors, Members and Volunteers: An Empirical Model of Giving Behavior,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">McGill </w:t>
       </w:r>
       <w:r w:rsidRPr="00083B06">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University, April 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3775B067" w14:textId="77777777" w:rsidR="00AC1E9C" w:rsidRPr="00860D7F" w:rsidRDefault="00AC1E9C" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="73C048DB" w14:textId="77777777" w:rsidR="00AC1E9C" w:rsidRPr="00860D7F" w:rsidRDefault="00AC1E9C" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38FD2EBB" w14:textId="77777777" w:rsidR="00DD7855" w:rsidRPr="00860D7F" w:rsidRDefault="00DD7855" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="32B7ED79" w14:textId="77777777" w:rsidR="00DD7855" w:rsidRPr="00860D7F" w:rsidRDefault="00DD7855" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Cross-Attributes Flexible Substitution Logit: Uncovering Category Expansion and Share Impacts of Marketing Instruments,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Temple University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, February 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F68CDB" w14:textId="77777777" w:rsidR="00DD7855" w:rsidRPr="00860D7F" w:rsidRDefault="00DD7855" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="551E14CC" w14:textId="77777777" w:rsidR="00DD7855" w:rsidRPr="00860D7F" w:rsidRDefault="00DD7855" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04868DFF" w14:textId="77777777" w:rsidR="0098785E" w:rsidRPr="00860D7F" w:rsidRDefault="0098785E" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="7E10A7C7" w14:textId="77777777" w:rsidR="0098785E" w:rsidRPr="00860D7F" w:rsidRDefault="0098785E" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Forecasting Sales of New and Existing Products Using Consumer Reviews: A Random Projections Approach,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, March 2014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39021A59" w14:textId="77777777" w:rsidR="0098785E" w:rsidRPr="00860D7F" w:rsidRDefault="0098785E" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="60017D0B" w14:textId="77777777" w:rsidR="0098785E" w:rsidRPr="00860D7F" w:rsidRDefault="0098785E" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20B99057" w14:textId="77777777" w:rsidR="00DA567C" w:rsidRPr="00860D7F" w:rsidRDefault="00DA567C" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="342703A9" w14:textId="77777777" w:rsidR="00DA567C" w:rsidRPr="00860D7F" w:rsidRDefault="00DA567C" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Impact of Direct-to-Consumer Advertising of Prescription Drugs on Physician Visits and Drug Requests: Empirical Findings and Public Policy Implications,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Syracuse University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, March 2011.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E32270" w14:textId="77777777" w:rsidR="00DA567C" w:rsidRPr="00860D7F" w:rsidRDefault="00DA567C" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="57C43D1D" w14:textId="77777777" w:rsidR="00DA567C" w:rsidRPr="00860D7F" w:rsidRDefault="00DA567C" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69ACEB71" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00FF1D59" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1E696FC2" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00FF1D59" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Marketing of Pharmaceutical Products,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indiana University, Haring Doctoral Symposium</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Distinguished Speaker, April 2008.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D13634" w14:textId="77777777" w:rsidR="00FF1D59" w:rsidRPr="00860D7F" w:rsidRDefault="00FF1D59" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="4DF1205F" w14:textId="77777777" w:rsidR="00FF1D59" w:rsidRPr="00860D7F" w:rsidRDefault="00FF1D59" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A192ECC" w14:textId="77777777" w:rsidR="00FE649C" w:rsidRPr="00860D7F" w:rsidRDefault="00FE649C" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="3673AD83" w14:textId="77777777" w:rsidR="00FE649C" w:rsidRPr="00860D7F" w:rsidRDefault="00FE649C" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Pioneering Advantage in Generic Drug Competition,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Florida Winter Research Retreat</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Feb 2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13253402" w14:textId="77777777" w:rsidR="00FE649C" w:rsidRPr="00860D7F" w:rsidRDefault="00FE649C" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="0ED43BA2" w14:textId="77777777" w:rsidR="00FE649C" w:rsidRPr="00860D7F" w:rsidRDefault="00FE649C" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1548F9C9" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="7F005C70" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Modeling Preferences for Common Attributes in Multi-Category Brand Choice,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -14523,116 +14984,116 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>May 2004</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA34B51" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="4BE7236E" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="328D3E37" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="7D471EC8" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Modeling Preferences for Common Attributes in Multi-Category Brand Choice,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Washington University, St. Louis</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, May 2004. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F988B03" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="2C74C71C" w14:textId="77777777" w:rsidR="00163F85" w:rsidRPr="00860D7F" w:rsidRDefault="00163F85" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A19D36C" w14:textId="77777777" w:rsidR="00B13E3E" w:rsidRPr="00860D7F" w:rsidRDefault="00B13E3E" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="170738BE" w14:textId="77777777" w:rsidR="00B13E3E" w:rsidRPr="00860D7F" w:rsidRDefault="00B13E3E" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Modeling Preference</w:t>
       </w:r>
       <w:r w:rsidR="00411CF9" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -14647,63 +15108,63 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Common Attributes in Multi-Category Brand Choice,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Washington, Seattle</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, July 2003. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD0AE46" w14:textId="77777777" w:rsidR="00B13E3E" w:rsidRPr="00860D7F" w:rsidRDefault="00B13E3E" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="0B189403" w14:textId="77777777" w:rsidR="00B13E3E" w:rsidRPr="00860D7F" w:rsidRDefault="00B13E3E" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FBA9DAD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="48F2F967" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Modeling Preference</w:t>
       </w:r>
       <w:r w:rsidR="00411CF9" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -14718,286 +15179,286 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Common Attributes in Multi-Category Brand Choice,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Tilburg</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, The Netherlands, June 2003.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653FE56A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="2C56B4BE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F50FF2E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1560AC13" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Competitive Price Discrimination Strategies in a Vertical Channel using Aggregate Retail Data,” Jones School, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rice University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, November 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415A6239" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="38B62095" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43770EBB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="3E0CB923" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Competitive Price Discrimination Strategies in a Vertical Channel using Aggregate Retail Data,” Stellner Speaker, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Illinois at Urbana-Champaign</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, October 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497CF699" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="092758B9" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A0D1D2D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="45835EFD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Retail Pass-through on Competing Brands,” First Marketing Camp, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New York University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, July 2001.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44254022" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="5BDFE913" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:pStyle w:val="TOC6"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9000"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="641A2AB2" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="37FD5D96" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Heterogeneity and Target Marketing Using Aggregate Retail Data: A Structural Approach,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Pittsburgh</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, March 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE4E067" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="0DFC1B9C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1981C548" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1BBBFA87" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Recovering Latent Class Segmentation Structure from Store Scanner Data,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
@@ -15012,432 +15473,432 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, August 1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227A2A48" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1586D221" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B4DECD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="70380198" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Recovering Latent Class Segmentation Structure from Store Scanner Data,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Colorado at Boulder</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, September 1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD445BA" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="2FA21A9B" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4683AF96" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="78E385D8" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Recovering Latent Class Segmentation Structure from Store Scanner Data,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Toronto</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, January 1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F3DE1D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="4B92B1FE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A9CE975" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="55C3474C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Estimation of Consumer Demand with Stock-out Based Substitution: An Application to Vending Machine Products," </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Wharton School</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, April 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B50F0F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="3F930946" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D0F9F52" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="06D79408" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Estimation of Consumer Demand with Stock-out Based Substitution: An Application to Vending Machine Products," </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indian Institute of Management, Ahmedabad</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, February 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5FE3B4" w14:textId="77777777" w:rsidR="0033057B" w:rsidRPr="00860D7F" w:rsidRDefault="0033057B" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="1756A2F8" w14:textId="77777777" w:rsidR="0033057B" w:rsidRPr="00860D7F" w:rsidRDefault="0033057B" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58AF6534" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="71B6B013" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Logit Demand Estimation Under Competitive Pricing Behavior: An Equilibrium Framework,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Rochester</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, May 1997.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCA5C9F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="088DBAA6" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D502CB4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
+    <w:p w14:paraId="403E1B97" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00BA3BE1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Logit Demand Estimation Under Competitive Pricing Behavior: An Equilibrium Framework,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Chicago</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, February 1997.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CFF9A5" w14:textId="77777777" w:rsidR="007E2466" w:rsidRPr="00860D7F" w:rsidRDefault="007E2466" w:rsidP="007E63B5">
+    <w:p w14:paraId="29B54CEB" w14:textId="77777777" w:rsidR="007E2466" w:rsidRPr="00860D7F" w:rsidRDefault="007E2466" w:rsidP="007E63B5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50A8D2FB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="2B549DC7" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Research Presentations at Conferences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B2CF2E" w14:textId="77777777" w:rsidR="00B83484" w:rsidRPr="00860D7F" w:rsidRDefault="00B83484">
+    <w:p w14:paraId="68359CEE" w14:textId="77777777" w:rsidR="00B83484" w:rsidRPr="00860D7F" w:rsidRDefault="00B83484">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21C31C69" w14:textId="77777777" w:rsidR="0090327F" w:rsidRDefault="0090327F" w:rsidP="0090327F">
+    <w:p w14:paraId="6BD234CB" w14:textId="77777777" w:rsidR="0090327F" w:rsidRDefault="0090327F" w:rsidP="0090327F">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9156A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Effects of Introducing a Voluntary Carbon Offsets Program on the Customer-Firm Relationship</w:t>
       </w:r>
       <w:r>
@@ -15445,250 +15906,250 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidRPr="0090327F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing in Israel Conference</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Tel Aviv, December 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5525B5FE" w14:textId="77777777" w:rsidR="0090327F" w:rsidRDefault="0090327F" w:rsidP="008B44B4">
+    <w:p w14:paraId="7A4043E2" w14:textId="77777777" w:rsidR="0090327F" w:rsidRDefault="0090327F" w:rsidP="008B44B4">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22C3C6EA" w14:textId="77777777" w:rsidR="008B44B4" w:rsidRPr="00860D7F" w:rsidRDefault="008B44B4" w:rsidP="008B44B4">
+    <w:p w14:paraId="0E7923ED" w14:textId="77777777" w:rsidR="008B44B4" w:rsidRPr="00860D7F" w:rsidRDefault="008B44B4" w:rsidP="008B44B4">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Altruism Pays: Spillover Benefits of Marketing Exclusively to Free Patients at Aravind Eye Hospitals,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The 2016 China-India Insights Conference,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> London Business School, London, July 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB2B93A" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="5863E116" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2278C515" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00B83484">
+    <w:p w14:paraId="0ABEE65B" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00B83484">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Marketing-Operations Management Interface, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Choice Symposium</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Lake Louis, Alberta, May 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2D7665" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="5897F0F9" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0123CA46" w14:textId="77777777" w:rsidR="00B83484" w:rsidRPr="00860D7F" w:rsidRDefault="00B83484">
+    <w:p w14:paraId="580457F9" w14:textId="77777777" w:rsidR="00B83484" w:rsidRPr="00860D7F" w:rsidRDefault="00B83484">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Demand Generation at Aravind Eye Hospital,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Theory and Practice in Marketing conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Houston, TX, May 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5513A124" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="39AFCB4B" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D19C761" w14:textId="77777777" w:rsidR="00B6587A" w:rsidRPr="00860D7F" w:rsidRDefault="00B6587A">
+    <w:p w14:paraId="2816BBF0" w14:textId="77777777" w:rsidR="00B6587A" w:rsidRPr="00860D7F" w:rsidRDefault="00B6587A">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Cross-Attributes Flexible Substitution Logit: Uncovering Category Expansion and Share Impacts of Marketing Instruments,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BBCRST conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Buffalo, NY, April 2014.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1102CFB9" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="0B34A8CD" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33E7ACDF" w14:textId="77777777" w:rsidR="008317CD" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="7E3C864D" w14:textId="77777777" w:rsidR="008317CD" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="008317CD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -15710,677 +16171,677 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008317CD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wharton Customer Analytics Initiative, </w:t>
       </w:r>
       <w:r w:rsidR="008317CD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>July 2013.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DFB77C" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="72F94343" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="768EED08" w14:textId="77777777" w:rsidR="00A83E99" w:rsidRPr="00860D7F" w:rsidRDefault="00A83E99">
+    <w:p w14:paraId="5F9654F4" w14:textId="77777777" w:rsidR="00A83E99" w:rsidRPr="00860D7F" w:rsidRDefault="00A83E99">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sixth CU-Boulder Invitational Choice Symposium</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Estes-Park, Session on Multi-category Choice, June 2004.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642835B4" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="2545F8F9" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75A12682" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="086D2441" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Retail Pass-through on Competing Brands,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MSI Conference on Competitive Responsiveness</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, May 2001.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424F4D8D" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="5E148324" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="775EEBAB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="53F7D864" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“An Empirical Analysis of Competitive Pricing in a Multi-Brand, Multi-Retailer Channel,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MSI Conference on Competitive Responsiveness</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, May 2001.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F83E9F9" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="663545C6" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52B3A9D5" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="24C2A7C8" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Retail Pass-through on Competing Brands,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BCRST Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, University of Toronto, April 2001.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518728F2" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="5AAB57E1" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="493A9A37" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="7A5743BA" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Heterogeneity and Target Marketing Using Aggregate Retail Data: A Structural Approach,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INFORMS National Meetings</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, San Antonio, November 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="683B02B3" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="00CE337B" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AE37B3F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="0199A15F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Heterogeneity and Target Marketing Using Aggregate Retail Data: A Structural Approach,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, UCLA, June 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FC0125" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="7DD06904" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C4B971" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="3F59A9F0" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1440" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“A Generalized Latent Class Logit Model of Conditional Brand Choice,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Syracuse, NY, June 1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570AE516" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="6DD9217E" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5803704E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="3DE6DFA7" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Estimation of Consumer Demand with Stock-out Based Substitution: An Application to Vending Machine Products," </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INFORMS National Meetings</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Seattle, October 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F84F15" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="5D1ECD54" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EFE9DF0" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="01B7EA2F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Managing Variety on the Retail Shelf: Using Scanner Data to Optimize Assortments,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Berkeley, CA, March 1997.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FDDAB4" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="079FB850" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DBBEF0D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="156E8120" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Logit Demand Estimation Under Competitive Pricing Behavior: An Equilibrium Framework,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INFORMS Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Atlanta, November 1996.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCEA064" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="4B5C6B9A" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AEBC790" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="3398CC60" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Logit Demand Estimation Under Competitive Pricing Behavior: An Equilibrium Framework,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Gainesville, Florida, March 1996.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5253B1BC" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="07E53D5E" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FD64BA4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="0070055C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Category Correlates of Choice, Quantity, and Incidence Elasticities,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Gainesville, Florida, March 1996.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B20C453" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="648A5577" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03184D71" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="29FD952B" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A Strategic Planning and Forecasting Syste</w:t>
       </w:r>
@@ -16429,451 +16890,452 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Northwestern Marketing Camp</w:t>
       </w:r>
       <w:r w:rsidR="00890EE7" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Oct</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1995.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565F9EBF" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="005056E3" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D59F628" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="2521E1C9" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Is Brand Choice Behavior of Household Scanner Panels “Representative” of Inferences from Store Data?,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Sydney, Australia, July 1995.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F45352B" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="1FDFB304" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D15AE41" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="63E35DE4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Dangers in Using Market-Level Data for Determining Promotion Effects,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INFORMS International Conference,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Singapore, June 1995.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CAC25D" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="2495F1EF" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="248F3FF4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="276F2C33" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Modeling Heterogeneity and State Dependence in Choice Models: A log-linear Approach,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Tucson, AZ, March 1994.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26954923" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="6EFF7A37" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="482380DB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="5A007A14" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Optimal Retailer Response to Uncertain Manufacturer Trade Dealing,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ORSA/TIMS Joint National Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Phoenix, AZ, November 1993.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="151333CB" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="5F5832E5" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB6AB3F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="55A56F08" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“A Dynamic Model of Promotional Pricing for Retail Category Management,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, St. Louis, MO, March 1993.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D441B7" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
+    <w:p w14:paraId="46A158B4" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37E9DB4E" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="36D4C037" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Do Discrete Heterogeneity Distributions in Logit Brand Choice Models Really Work?  Evidence from Numerical Experiments,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ORSA/TIMS Joint National Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Anaheim, CA, November 1991.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="218F004D" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6" w:rsidP="00314FE2">
+    <w:p w14:paraId="1ADEDB1E" w14:textId="77777777" w:rsidR="007D15D6" w:rsidRPr="00860D7F" w:rsidRDefault="007D15D6" w:rsidP="00314FE2">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060B4FF6" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00314FE2">
+    <w:p w14:paraId="7288DF45" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00314FE2">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Detecting Heterogeneity and State Dependence in Choice Models: A Log-linear Approach,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketing Science Conference,</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wilmington, Delaware, March 1991.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B073681" w14:textId="77777777" w:rsidR="00591586" w:rsidRPr="00860D7F" w:rsidRDefault="00591586" w:rsidP="00147E3A">
+    <w:p w14:paraId="07EA3DF3" w14:textId="77777777" w:rsidR="00591586" w:rsidRPr="00860D7F" w:rsidRDefault="00591586" w:rsidP="00147E3A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EC2DE29" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00E1144B">
+    <w:p w14:paraId="40574BB3" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00E1144B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Grants Received</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D1A8ED" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00E1144B">
+    <w:p w14:paraId="6FFFE33F" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00E1144B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A4A8ABA" w14:textId="77777777" w:rsidR="00FD3A6D" w:rsidRPr="00860D7F" w:rsidRDefault="00FD3A6D" w:rsidP="00FD3A6D">
+    <w:p w14:paraId="46BDE431" w14:textId="77777777" w:rsidR="00FD3A6D" w:rsidRPr="00860D7F" w:rsidRDefault="00FD3A6D" w:rsidP="00FD3A6D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cornell Institute for the Social Sciences (ISS) Small Grant, 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
@@ -16887,510 +17349,509 @@
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, $</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>12,0</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B8DA84" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00E1144B">
+    <w:p w14:paraId="7DE812D3" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00E1144B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cornell Institute for the Social Sciences (ISS) Small Grant, 2016, $3,200.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A39E5F" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00147E3A">
+    <w:p w14:paraId="4B271F7D" w14:textId="77777777" w:rsidR="00E1144B" w:rsidRPr="00860D7F" w:rsidRDefault="00E1144B" w:rsidP="00147E3A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DFF60A1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00CF147B" w:rsidP="00147E3A">
+    <w:p w14:paraId="36EFDB8C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00CF147B" w:rsidP="00147E3A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Professional Service</w:t>
       </w:r>
       <w:r w:rsidR="00A17FDD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Discipline</w:t>
       </w:r>
       <w:r w:rsidR="004D0169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (selected only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092ACA39" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="2AC65B3C" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="499C95FE" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
+    <w:p w14:paraId="16A6CA51" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Doctoral Consortia Faculty</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17330E56" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
+    <w:p w14:paraId="17AC3DC6" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Marketing Association</w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C" w:rsidRPr="008E0E8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>several years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB9C3A6" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
+    <w:p w14:paraId="45CA9F2F" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Indian Marketing-AMA Sheth Foundation</w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C" w:rsidRPr="008E0E8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>several years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9378F2" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
-[...8 lines deleted...]
-    <w:p w14:paraId="3D9393E3" w14:textId="77777777" w:rsidR="001509EA" w:rsidRPr="001509EA" w:rsidRDefault="001509EA" w:rsidP="00AC0E8C">
+    <w:p w14:paraId="0949A824" w14:textId="77777777" w:rsidR="00EE6594" w:rsidRPr="00860D7F" w:rsidRDefault="00EE6594" w:rsidP="00EE6594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C42D4A" w14:textId="77777777" w:rsidR="001509EA" w:rsidRPr="001509EA" w:rsidRDefault="001509EA" w:rsidP="00AC0E8C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Awards Committees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619D393D" w14:textId="77777777" w:rsidR="004D0169" w:rsidRDefault="004D0169" w:rsidP="001509EA">
+    <w:p w14:paraId="260A6346" w14:textId="77777777" w:rsidR="004D0169" w:rsidRDefault="004D0169" w:rsidP="001509EA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the American Marketing Association committee for selection of Charles Coolidge Parlin Marketing Research Award, 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A9C7D4" w14:textId="77777777" w:rsidR="004B1235" w:rsidRDefault="004B1235" w:rsidP="004B1235">
+    <w:p w14:paraId="778F43C7" w14:textId="77777777" w:rsidR="004B1235" w:rsidRDefault="004B1235" w:rsidP="004B1235">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the American Marketing Association committee for Srinivasan award, Marketing Research Special Interest Group (year not revealed for confidentiality)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7763F4B7" w14:textId="77777777" w:rsidR="001509EA" w:rsidRPr="001509EA" w:rsidRDefault="001509EA" w:rsidP="001509EA">
+    <w:p w14:paraId="4E2810D8" w14:textId="77777777" w:rsidR="001509EA" w:rsidRPr="001509EA" w:rsidRDefault="001509EA" w:rsidP="001509EA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Served as chair or member for several best paper award committees, and best dissertation award committees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B0157A" w14:textId="77777777" w:rsidR="001509EA" w:rsidRDefault="001509EA" w:rsidP="00EE6594">
-[...8 lines deleted...]
-    <w:p w14:paraId="0E34D30C" w14:textId="77777777" w:rsidR="007B53E5" w:rsidRPr="001509EA" w:rsidRDefault="007B53E5" w:rsidP="007B53E5">
+    <w:p w14:paraId="721B0981" w14:textId="77777777" w:rsidR="001509EA" w:rsidRDefault="001509EA" w:rsidP="00EE6594">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12488E4E" w14:textId="77777777" w:rsidR="007B53E5" w:rsidRPr="001509EA" w:rsidRDefault="007B53E5" w:rsidP="007B53E5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Research Committees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B913227" w14:textId="77777777" w:rsidR="007B53E5" w:rsidRPr="001509EA" w:rsidRDefault="007B53E5" w:rsidP="007B53E5">
+    <w:p w14:paraId="0488044E" w14:textId="77777777" w:rsidR="007B53E5" w:rsidRPr="001509EA" w:rsidRDefault="007B53E5" w:rsidP="007B53E5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the Research Advisory Committee of Aravind Eye Foundation, 2019 –</w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3DBDE3" w14:textId="77777777" w:rsidR="007B53E5" w:rsidRPr="00860D7F" w:rsidRDefault="007B53E5" w:rsidP="00EE6594">
+    <w:p w14:paraId="7119E020" w14:textId="77777777" w:rsidR="007B53E5" w:rsidRPr="00860D7F" w:rsidRDefault="007B53E5" w:rsidP="00EE6594">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AA7E63" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00D147F1" w:rsidP="00F14E7E">
+    <w:p w14:paraId="08B829E2" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00D147F1" w:rsidP="00F14E7E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Professional </w:t>
       </w:r>
       <w:r w:rsidR="00A17FDD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service at Cornell (</w:t>
       </w:r>
       <w:r w:rsidR="0026069A" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">recent </w:t>
       </w:r>
       <w:r w:rsidR="009563D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and selected </w:t>
       </w:r>
       <w:r w:rsidR="00A17FDD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BF7C66" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="008E0E8C">
+    <w:p w14:paraId="1C2B7921" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="008E0E8C">
       <w:pPr>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47142621" w14:textId="77777777" w:rsidR="00B92F08" w:rsidRDefault="00B92F08" w:rsidP="008E0E8C">
+    <w:p w14:paraId="4AD2990A" w14:textId="77777777" w:rsidR="00B92F08" w:rsidRDefault="00B92F08" w:rsidP="008E0E8C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the MBA Curriculum Review Committee, 2023-24</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0787FE" w14:textId="77777777" w:rsidR="00B92F08" w:rsidRPr="00860D7F" w:rsidRDefault="00B92F08" w:rsidP="00B92F08">
+    <w:p w14:paraId="0C45FB5D" w14:textId="77777777" w:rsidR="00B92F08" w:rsidRPr="00860D7F" w:rsidRDefault="00B92F08" w:rsidP="00B92F08">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elected member of the Johnson Faculty Policy Committee (J-FPC), </w:t>
       </w:r>
@@ -17445,51 +17906,51 @@
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and multiple previous years</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; served as Chair of the FPC multiple times.</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF90A78" w14:textId="77777777" w:rsidR="00B92F08" w:rsidRPr="00860D7F" w:rsidRDefault="00B92F08" w:rsidP="00B92F08">
+    <w:p w14:paraId="73C8D362" w14:textId="77777777" w:rsidR="00B92F08" w:rsidRPr="00860D7F" w:rsidRDefault="00B92F08" w:rsidP="00B92F08">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Elected member of the </w:t>
       </w:r>
@@ -17517,78 +17978,78 @@
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2023-24, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F136659" w14:textId="77777777" w:rsidR="008A2D27" w:rsidRDefault="008A2D27" w:rsidP="008E0E8C">
+    <w:p w14:paraId="7A624412" w14:textId="77777777" w:rsidR="008A2D27" w:rsidRDefault="008A2D27" w:rsidP="008E0E8C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chair of the Tenure Clock Harmonization Committee, Spring 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064A4C7C" w14:textId="77777777" w:rsidR="009563D0" w:rsidRDefault="009563D0" w:rsidP="00A17FDD">
+    <w:p w14:paraId="26DA4EEB" w14:textId="77777777" w:rsidR="009563D0" w:rsidRDefault="009563D0" w:rsidP="00A17FDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Member of the Advisory Council, </w:t>
       </w:r>
       <w:r w:rsidRPr="009563D0">
@@ -17596,77 +18057,77 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Administrative Science Quarterly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2018 –</w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B64F6F4" w14:textId="77777777" w:rsidR="00954EC2" w:rsidRDefault="00954EC2" w:rsidP="00954EC2">
+    <w:p w14:paraId="201241E6" w14:textId="77777777" w:rsidR="00954EC2" w:rsidRDefault="00954EC2" w:rsidP="00954EC2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the Johnson College of Business Educational Policy Committee, 2020-21</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B62DA8A" w14:textId="77777777" w:rsidR="00954EC2" w:rsidRDefault="00954EC2" w:rsidP="00954EC2">
+    <w:p w14:paraId="7776D4B1" w14:textId="77777777" w:rsidR="00954EC2" w:rsidRDefault="00954EC2" w:rsidP="00954EC2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the Johnson Peer Evaluation of Teaching Committee, 20</w:t>
       </w:r>
       <w:r w:rsidR="00135228">
@@ -17693,86 +18154,86 @@
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00135228">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and multiple previous years</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A66A930" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
+    <w:p w14:paraId="24CA76B9" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Director of the Johnson Ph.D. Program</w:t>
       </w:r>
       <w:r w:rsidR="009563D0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2014-2018</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F75741A" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
+    <w:p w14:paraId="06396AC2" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Member of the faculty task force to design the </w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C" w:rsidRPr="00860D7F">
@@ -17790,740 +18251,741 @@
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008E0E8C" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F3BEDF" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
+    <w:p w14:paraId="63C135E5" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the Johnson Peer Evaluation of Teaching Committee</w:t>
       </w:r>
       <w:r w:rsidR="0026069A" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2019-20, and previous years</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEE380B" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
+    <w:p w14:paraId="063D6C7C" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Member/Chair of various personnel committees for tenure and promotion at </w:t>
       </w:r>
       <w:r w:rsidR="00CE41D6" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Cornell College of Business</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E8DF53" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
+    <w:p w14:paraId="7D777FCC" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the Cornell College of Business Faculty Governance Committee (Jan-May 2016)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CC717C" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
+    <w:p w14:paraId="6C6EC27F" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Member of the Cornell College of Business Graduate Student Synergy Group</w:t>
       </w:r>
       <w:r w:rsidR="003650DE" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Jan-May 2016)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2A5EF7" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
-[...8 lines deleted...]
-    <w:p w14:paraId="0789F70F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="7028790C" w14:textId="77777777" w:rsidR="00A17FDD" w:rsidRPr="00860D7F" w:rsidRDefault="00A17FDD" w:rsidP="00A17FDD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BB8A563" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Guest Lectures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D7BF4F" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
-[...8 lines deleted...]
-    <w:p w14:paraId="39D310C4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="55ADB3AF" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D32FEC" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Chicago, Phd seminar, 1996.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71370B96" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="57E22110" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Lausanne, Switzerland, 2-day Phd seminar, June 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C47845" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="191B42B9" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:pStyle w:val="TOAHeading"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9000"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>University of Tilburg, the Netherlands, Phd seminar, June 2003.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7746D5CA" w14:textId="77777777" w:rsidR="005D323B" w:rsidRPr="00860D7F" w:rsidRDefault="005D323B">
+    <w:p w14:paraId="45DB79DD" w14:textId="77777777" w:rsidR="005D323B" w:rsidRPr="00860D7F" w:rsidRDefault="005D323B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7384A7B5" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="0FDEF824" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graduate Student Committees (affiliation upon graduation</w:t>
       </w:r>
       <w:r w:rsidR="00D61834" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, * indicates Chair or Co-Chair</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4322B860" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
+    <w:p w14:paraId="77E24348" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26080AD3" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="3E3C28ED" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Richard Briesch (</w:t>
       </w:r>
       <w:r w:rsidR="008E2657" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Texas at Austin)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D94133A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="24FAEB09" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jacquelyn Thomas (</w:t>
       </w:r>
       <w:r w:rsidR="008E2657" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Stanford University)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B251FD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="49177111" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Daniel Turner (</w:t>
       </w:r>
       <w:r w:rsidR="008E2657" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Washington at Seattle)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58004068" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="235966E1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jennifer Chang (</w:t>
       </w:r>
       <w:r w:rsidR="008E2657" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Simon Fraser University)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB3CC65" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="37CC8714" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jie Zhang (</w:t>
       </w:r>
       <w:r w:rsidR="008E2657" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Michigan)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B506C6" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="3C66CCBA" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jean-Pierre Dubé (</w:t>
       </w:r>
       <w:r w:rsidR="008E2657" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Chicago)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D1A9BB" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="4EC8D9D4" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mikhaila Draganska (</w:t>
       </w:r>
       <w:r w:rsidR="008E2657" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Stanford University)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D692F91" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="0A598731" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vaneet Sethi (Civil Engineering, Price-Waterhouse Cooper)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7752B633" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="27A408DE" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Trent Preszler (MS, Applied Economics and Management, Cornell, entrepreneur)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B24AB5A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
+    <w:p w14:paraId="5AF4EA9D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
@@ -18543,51 +19005,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidR="00262E87" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emory University</w:t>
       </w:r>
       <w:r w:rsidR="00D361CD" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CE7A09" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
+    <w:p w14:paraId="00D96B32" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRPr="00860D7F" w:rsidRDefault="00D361CD" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jian Han (Industrial and Labor Relations</w:t>
@@ -18607,76 +19069,76 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0099168D" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>faculty at Peking University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742C52AE" w14:textId="77777777" w:rsidR="006D6CD4" w:rsidRPr="00860D7F" w:rsidRDefault="006D6CD4" w:rsidP="00767AAF">
+    <w:p w14:paraId="2FF20EB1" w14:textId="77777777" w:rsidR="006D6CD4" w:rsidRPr="00860D7F" w:rsidRDefault="006D6CD4" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Qiang Lu, University of Toronto, External Appraiser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636CCBE1" w14:textId="77777777" w:rsidR="0033057B" w:rsidRPr="00860D7F" w:rsidRDefault="009D292B" w:rsidP="00767AAF">
+    <w:p w14:paraId="742A789C" w14:textId="77777777" w:rsidR="0033057B" w:rsidRPr="00860D7F" w:rsidRDefault="009D292B" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Benjamin Kartono</w:t>
@@ -18705,51 +19167,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidR="0033057B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nanyang Technological University, Singapore</w:t>
       </w:r>
       <w:r w:rsidR="003B74A4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD65B84" w14:textId="77777777" w:rsidR="0099168D" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
+    <w:p w14:paraId="1C61FBFC" w14:textId="77777777" w:rsidR="0099168D" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
@@ -18769,227 +19231,226 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor, </w:t>
       </w:r>
       <w:r w:rsidR="00CE78FC" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Purdue University</w:t>
       </w:r>
       <w:r w:rsidR="0099168D" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D81BC8E" w14:textId="77777777" w:rsidR="00D61834" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
+    <w:p w14:paraId="760CC5CA" w14:textId="77777777" w:rsidR="00D61834" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anirban Mukherjee (Assistant Professor, Singapore Management University)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352B791D" w14:textId="77777777" w:rsidR="0033057B" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
+    <w:p w14:paraId="630CCF04" w14:textId="77777777" w:rsidR="0033057B" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="0061503C" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tony Bao (Assistant Professor, Long Island University</w:t>
       </w:r>
       <w:r w:rsidR="0033057B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD22C18" w14:textId="77777777" w:rsidR="006D4521" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
+    <w:p w14:paraId="7D6EB75F" w14:textId="77777777" w:rsidR="006D4521" w:rsidRPr="00860D7F" w:rsidRDefault="00D61834" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="006D4521" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sungho Park (</w:t>
       </w:r>
       <w:r w:rsidR="0061503C" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor, Arizona State University</w:t>
       </w:r>
       <w:r w:rsidR="006D4521" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF27767" w14:textId="77777777" w:rsidR="00925A19" w:rsidRPr="00860D7F" w:rsidRDefault="00925A19" w:rsidP="00767AAF">
+    <w:p w14:paraId="1B7DBF6F" w14:textId="77777777" w:rsidR="00925A19" w:rsidRPr="00860D7F" w:rsidRDefault="00925A19" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chang Hee Park (</w:t>
       </w:r>
       <w:r w:rsidR="00BC6ABB" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor, Binghamton University</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CDB665D" w14:textId="77777777" w:rsidR="00F35BA0" w:rsidRPr="00860D7F" w:rsidRDefault="00F35BA0" w:rsidP="00767AAF">
+    <w:p w14:paraId="4225CBFB" w14:textId="77777777" w:rsidR="00F35BA0" w:rsidRPr="00860D7F" w:rsidRDefault="00F35BA0" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Matthew Schneider (</w:t>
@@ -19000,134 +19461,134 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor of Marketing, Northwestern University, Medill School</w:t>
       </w:r>
       <w:r w:rsidR="005C6D71" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Journalism</w:t>
       </w:r>
       <w:r w:rsidR="00226D85" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F2BD40" w14:textId="77777777" w:rsidR="001A24DA" w:rsidRPr="00860D7F" w:rsidRDefault="00CF147B" w:rsidP="00767AAF">
+    <w:p w14:paraId="3F0F410A" w14:textId="77777777" w:rsidR="001A24DA" w:rsidRPr="00860D7F" w:rsidRDefault="00CF147B" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Saisandeep Satyavolu (Procter and Gamble</w:t>
       </w:r>
       <w:r w:rsidR="001A24DA" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26531452" w14:textId="77777777" w:rsidR="001A24DA" w:rsidRPr="00860D7F" w:rsidRDefault="001A24DA" w:rsidP="00767AAF">
+    <w:p w14:paraId="473EE2D7" w14:textId="77777777" w:rsidR="001A24DA" w:rsidRPr="00860D7F" w:rsidRDefault="001A24DA" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sharmistha Sikdar (</w:t>
       </w:r>
       <w:r w:rsidR="005E4B14" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor of Marketing, Dartmouth College</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C3F5FFC" w14:textId="77777777" w:rsidR="001A24DA" w:rsidRPr="00860D7F" w:rsidRDefault="00D147F1" w:rsidP="00767AAF">
+    <w:p w14:paraId="52913383" w14:textId="77777777" w:rsidR="001A24DA" w:rsidRPr="00860D7F" w:rsidRDefault="00D147F1" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
@@ -19138,51 +19599,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jialie Chen (</w:t>
       </w:r>
       <w:r w:rsidR="009133B4" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor of Marketing, University of Arkansas</w:t>
       </w:r>
       <w:r w:rsidR="001A3027" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06522A5B" w14:textId="77777777" w:rsidR="00CF147B" w:rsidRDefault="00D147F1" w:rsidP="00767AAF">
+    <w:p w14:paraId="27720787" w14:textId="77777777" w:rsidR="00CF147B" w:rsidRDefault="00D147F1" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
@@ -19193,209 +19654,273 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sungjin Kim (</w:t>
       </w:r>
       <w:r w:rsidR="00FE1B63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor of Marketing, University of Hawaii</w:t>
       </w:r>
       <w:r w:rsidR="00CF147B" w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192F9670" w14:textId="77777777" w:rsidR="009337AB" w:rsidRDefault="009337AB" w:rsidP="00767AAF">
+    <w:p w14:paraId="5C977ED6" w14:textId="77777777" w:rsidR="009337AB" w:rsidRDefault="00440333" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="009337AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Subhradip Sark</w:t>
       </w:r>
       <w:r w:rsidR="00BF2C8C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009337AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidR="00F57146">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Andela)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AB1510" w14:textId="77777777" w:rsidR="002E5A93" w:rsidRPr="00860D7F" w:rsidRDefault="002E5A93" w:rsidP="00767AAF">
+    <w:p w14:paraId="3AE9CBCF" w14:textId="77777777" w:rsidR="002E5A93" w:rsidRDefault="00440333" w:rsidP="00767AAF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Yanqing Gui (ongoing)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B53E081" w14:textId="77777777" w:rsidR="00851E9B" w:rsidRPr="00860D7F" w:rsidRDefault="00851E9B">
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yanqing Gui (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F718BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assistant Professor of Marketing, Santa Clara University</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5A93">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363C858A" w14:textId="77777777" w:rsidR="00440333" w:rsidRPr="00860D7F" w:rsidRDefault="00440333" w:rsidP="00767AAF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:right="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yang Gao (ongoing)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADBC198" w14:textId="77777777" w:rsidR="00851E9B" w:rsidRPr="00860D7F" w:rsidRDefault="00851E9B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D7F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD87899" w14:textId="77777777" w:rsidR="007F45AE" w:rsidRPr="00860D7F" w:rsidRDefault="007F45AE" w:rsidP="007F45AE">
+    <w:p w14:paraId="6B9EC27A" w14:textId="77777777" w:rsidR="007F45AE" w:rsidRPr="00860D7F" w:rsidRDefault="007F45AE" w:rsidP="007F45AE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007F45AE" w:rsidRPr="00860D7F">
-      <w:headerReference w:type="default" r:id="rId71"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId74"/>
+      <w:headerReference w:type="default" r:id="rId81"/>
+      <w:footerReference w:type="default" r:id="rId82"/>
+      <w:headerReference w:type="first" r:id="rId83"/>
+      <w:footerReference w:type="first" r:id="rId84"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1008" w:left="1440" w:header="864" w:footer="864" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4685CA42" w14:textId="77777777" w:rsidR="00F71981" w:rsidRDefault="00F71981">
+    <w:p w14:paraId="7FF0E453" w14:textId="77777777" w:rsidR="00B6143B" w:rsidRDefault="00B6143B">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F2B9545" w14:textId="77777777" w:rsidR="00F71981" w:rsidRDefault="00F71981">
+    <w:p w14:paraId="240A3664" w14:textId="77777777" w:rsidR="00B6143B" w:rsidRDefault="00B6143B">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="429F1DDA" w14:textId="77777777" w:rsidR="00F71981" w:rsidRDefault="00F71981">
+    <w:p w14:paraId="30084A28" w14:textId="77777777" w:rsidR="00B6143B" w:rsidRDefault="00B6143B">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -19451,64 +19976,64 @@
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="420D67ED" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="41406D3A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1758BD2D" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="5FAB2721" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -19588,70 +20113,70 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006A2C4B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="425E252A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="44090DC1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3FBD8F40" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="1145E076" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="662D5FD1" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="40C0C5DD" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -19731,166 +20256,251 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EE5826">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="75C1BF65" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="3E739590" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D5F7675" w14:textId="77777777" w:rsidR="00F71981" w:rsidRDefault="00F71981">
+    <w:p w14:paraId="3ED9B4D4" w14:textId="77777777" w:rsidR="00B6143B" w:rsidRDefault="00B6143B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AB30DCD" w14:textId="77777777" w:rsidR="00F71981" w:rsidRDefault="00F71981">
+    <w:p w14:paraId="79AEF175" w14:textId="77777777" w:rsidR="00B6143B" w:rsidRDefault="00B6143B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2894EAF5" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="2BDCE96B" w14:textId="7B299083" w:rsidR="00D361CD" w:rsidRDefault="007C7712">
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:pict w14:anchorId="0B385272">
-[...21 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7A6BEAF5" wp14:editId="7F33A40D">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>914400</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5943600" cy="152400"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="228714522" name="Rectangle 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5943600" cy="152400"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="0">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1921A8F3" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+                          <w:pPr>
+                            <w:tabs>
+                              <w:tab w:val="center" w:pos="4680"/>
+                              <w:tab w:val="right" w:pos="9360"/>
+                            </w:tabs>
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:tab/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:rect w14:anchorId="7A6BEAF5" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:1in;margin-top:0;width:468pt;height:12pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAVmhGzwEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ2mIz4hRFiw4D&#10;ugvQ9QNkWbaF2aJGKrGzrx8lx+m6vQ17ESiKPCQPj7bX09CLg0Gy4Eq5XuVSGKehtq4t5dO3+zfv&#10;pKCgXK16cKaUR0Pyevf61Xb0hdlAB31tUDCIo2L0pexC8EWWke7MoGgF3jh+bAAHFfiKbVajGhl9&#10;6LNNnl9lI2DtEbQhYu/d/Ch3Cb9pjA5fmoZMEH0pubeQTkxnFc9st1VFi8p3Vp/aUP/QxaCs46Jn&#10;qDsVlNij/QtqsBqBoAkrDUMGTWO1STPwNOv8j2keO+VNmoXJIX+mif4frP58ePRfMbZO/gH0dxIO&#10;bjvlWnODCGNnVM3l1pGobPRUnBPihThVVOMnqHm1ah8gcTA1OERAnk5MierjmWozBaHZefn+4u1V&#10;zhvR/La+3FywHUuoYsn2SOGDgUFEo5TIq0zo6vBAYQ5dQmIxB/e279M6e/fCwZjRk7qPDUdtUBGm&#10;auLoaFZQH3kOhFkdrGY2OsCfUoysjFLSj71CI0X/0TEXUUaLgYtRLYZymlNLGaSYzdswy23v0bYd&#10;I6/TGA5umK/GplGeuzj1ydtOZJyUGeX0+z1FPf+f3S8AAAD//wMAUEsDBBQABgAIAAAAIQCJcKbM&#10;2gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT8MwDL0j8R8iI3FjCdM0jdJ0QqsqwQ0GF25Z&#10;Y9qKxmmTrC3/Hu8EF8vPz3of+X5xvZgwxM6ThvuVAoFUe9tRo+HjvbrbgYjJkDW9J9TwgxH2xfVV&#10;bjLrZ3rD6ZgawSIUM6OhTWnIpIx1i87ElR+QmPvywZnEMDTSBjOzuOvlWqmtdKYjdmjNgIcW6+/j&#10;2Wkow9ZW8fBcVg+fc5leXsdplKPWtzfL0yOIhEv6e4ZLfI4OBWc6+TPZKHrGmw13SRp4Xmi1U7yd&#10;NKz5Lotc/i9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBAVmhGzwEAAIcDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCJcKbM2gAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAACkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMAUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="1921A8F3" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+                    <w:pPr>
+                      <w:tabs>
+                        <w:tab w:val="center" w:pos="4680"/>
+                        <w:tab w:val="right" w:pos="9360"/>
+                      </w:tabs>
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:tab/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page"/>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7406885A" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
+  <w:p w14:paraId="54F36BFC" w14:textId="77777777" w:rsidR="00D361CD" w:rsidRDefault="00D361CD">
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="140" w:line="100" w:lineRule="exact"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7FE77873" w14:textId="77777777" w:rsidR="007E060C" w:rsidRPr="00860D7F" w:rsidRDefault="00044F88" w:rsidP="007E060C">
+  <w:p w14:paraId="7B6F6FDE" w14:textId="77777777" w:rsidR="005C0619" w:rsidRPr="00860D7F" w:rsidRDefault="00391F59" w:rsidP="005C0619">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>J</w:t>
+      <w:t xml:space="preserve">March </w:t>
     </w:r>
-    <w:r w:rsidR="000B12F6">
+    <w:r w:rsidR="005C0619">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>ul</w:t>
-[...6 lines deleted...]
-      <w:t>y 2025</w:t>
+      <w:t>2026</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6E04D5B3" w14:textId="77777777" w:rsidR="007E060C" w:rsidRDefault="007E060C">
+  <w:p w14:paraId="7D238BC9" w14:textId="77777777" w:rsidR="007E060C" w:rsidRDefault="007E060C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0E08BCD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -22295,317 +22905,289 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1007947641">
+  <w:num w:numId="1" w16cid:durableId="1642156537">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1138498106">
+  <w:num w:numId="2" w16cid:durableId="376320831">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1482119569">
+  <w:num w:numId="3" w16cid:durableId="896746051">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1676810210">
+  <w:num w:numId="4" w16cid:durableId="1434083053">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1744987745">
+  <w:num w:numId="5" w16cid:durableId="1746954029">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1437090642">
+  <w:num w:numId="6" w16cid:durableId="1716202244">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1660772551">
+  <w:num w:numId="7" w16cid:durableId="15927678">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2086950462">
+  <w:num w:numId="8" w16cid:durableId="1793547190">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1038820938">
+  <w:num w:numId="9" w16cid:durableId="534201766">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="366872459">
+  <w:num w:numId="10" w16cid:durableId="966163577">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="288979462">
+  <w:num w:numId="11" w16cid:durableId="85614433">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="499542535">
+  <w:num w:numId="12" w16cid:durableId="1641499461">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1677682512">
+  <w:num w:numId="13" w16cid:durableId="1714961619">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="859202971">
+  <w:num w:numId="14" w16cid:durableId="1011764218">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1123887790">
+  <w:num w:numId="15" w16cid:durableId="2102754279">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2107073817">
+  <w:num w:numId="16" w16cid:durableId="437217685">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="993605629">
+  <w:num w:numId="17" w16cid:durableId="1057171165">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="352924555">
+  <w:num w:numId="18" w16cid:durableId="787312816">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="168564288">
+  <w:num w:numId="19" w16cid:durableId="1709834572">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1207133816">
+  <w:num w:numId="20" w16cid:durableId="1678115434">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1220362927">
+  <w:num w:numId="21" w16cid:durableId="1478454342">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1732726782">
+  <w:num w:numId="22" w16cid:durableId="317613489">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="168713679">
+  <w:num w:numId="23" w16cid:durableId="362485844">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="583683919">
+  <w:num w:numId="24" w16cid:durableId="105121252">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1429078267">
+  <w:num w:numId="25" w16cid:durableId="418720443">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1280189393">
+  <w:num w:numId="26" w16cid:durableId="2006976787">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1073429709">
+  <w:num w:numId="27" w16cid:durableId="1128428743">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1215656851">
+  <w:num w:numId="28" w16cid:durableId="969021345">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="575671863">
+  <w:num w:numId="29" w16cid:durableId="909970790">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="285695760">
+  <w:num w:numId="30" w16cid:durableId="1046760660">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="984746198">
+  <w:num w:numId="31" w16cid:durableId="511191232">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="394932221">
+  <w:num w:numId="32" w16cid:durableId="359016286">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="937441643">
+  <w:num w:numId="33" w16cid:durableId="1873611791">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="178813693">
+  <w:num w:numId="34" w16cid:durableId="1212574992">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="22482693">
+  <w:num w:numId="35" w16cid:durableId="1610501360">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="950"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:noTabHangInd/>
-[...6 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...25 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B13E3E"/>
     <w:rsid w:val="000014FA"/>
     <w:rsid w:val="0000168D"/>
     <w:rsid w:val="00001B70"/>
     <w:rsid w:val="00002306"/>
     <w:rsid w:val="00002437"/>
     <w:rsid w:val="000027B4"/>
     <w:rsid w:val="00005A05"/>
     <w:rsid w:val="000116DE"/>
     <w:rsid w:val="000151F9"/>
     <w:rsid w:val="00017D43"/>
     <w:rsid w:val="000222FE"/>
     <w:rsid w:val="00031F3C"/>
     <w:rsid w:val="00036AF4"/>
     <w:rsid w:val="00037720"/>
     <w:rsid w:val="00042ABC"/>
     <w:rsid w:val="0004347A"/>
     <w:rsid w:val="00044F88"/>
     <w:rsid w:val="000506E6"/>
+    <w:rsid w:val="00052976"/>
     <w:rsid w:val="000558CA"/>
     <w:rsid w:val="000571E2"/>
     <w:rsid w:val="00060A24"/>
     <w:rsid w:val="00061A46"/>
     <w:rsid w:val="00063EDE"/>
     <w:rsid w:val="00064171"/>
     <w:rsid w:val="00065248"/>
     <w:rsid w:val="000708C0"/>
     <w:rsid w:val="00073530"/>
     <w:rsid w:val="0007692A"/>
     <w:rsid w:val="00080071"/>
     <w:rsid w:val="000808FF"/>
     <w:rsid w:val="0008221C"/>
     <w:rsid w:val="00083005"/>
     <w:rsid w:val="00083B06"/>
     <w:rsid w:val="0008601B"/>
     <w:rsid w:val="00096638"/>
     <w:rsid w:val="000A310D"/>
     <w:rsid w:val="000A37A1"/>
     <w:rsid w:val="000B12F6"/>
     <w:rsid w:val="000B39E3"/>
     <w:rsid w:val="000C14A8"/>
     <w:rsid w:val="000C72DA"/>
     <w:rsid w:val="000D392C"/>
     <w:rsid w:val="000D50BD"/>
     <w:rsid w:val="000D787B"/>
     <w:rsid w:val="000E0E6B"/>
     <w:rsid w:val="000E1A6B"/>
     <w:rsid w:val="000E3D0B"/>
     <w:rsid w:val="000E60D5"/>
     <w:rsid w:val="000E7499"/>
     <w:rsid w:val="000F0A16"/>
     <w:rsid w:val="000F0FF6"/>
     <w:rsid w:val="000F1208"/>
     <w:rsid w:val="000F3329"/>
     <w:rsid w:val="000F3384"/>
     <w:rsid w:val="000F4511"/>
+    <w:rsid w:val="000F453F"/>
+    <w:rsid w:val="000F77BF"/>
     <w:rsid w:val="001026C6"/>
     <w:rsid w:val="0010304B"/>
     <w:rsid w:val="00103387"/>
     <w:rsid w:val="001037D9"/>
     <w:rsid w:val="00103D0A"/>
     <w:rsid w:val="00105E31"/>
     <w:rsid w:val="0010776E"/>
     <w:rsid w:val="00110AB4"/>
     <w:rsid w:val="00113754"/>
     <w:rsid w:val="001167AC"/>
     <w:rsid w:val="00120881"/>
     <w:rsid w:val="00122A8B"/>
+    <w:rsid w:val="00126E72"/>
+    <w:rsid w:val="00127191"/>
     <w:rsid w:val="00127346"/>
     <w:rsid w:val="00127B2B"/>
     <w:rsid w:val="001306FB"/>
     <w:rsid w:val="00130D36"/>
     <w:rsid w:val="00131562"/>
     <w:rsid w:val="0013353E"/>
     <w:rsid w:val="00135228"/>
     <w:rsid w:val="00137820"/>
     <w:rsid w:val="00145203"/>
     <w:rsid w:val="00147E3A"/>
     <w:rsid w:val="00150365"/>
     <w:rsid w:val="001509EA"/>
     <w:rsid w:val="00154240"/>
     <w:rsid w:val="0015571E"/>
     <w:rsid w:val="00155E6D"/>
     <w:rsid w:val="0015610B"/>
     <w:rsid w:val="001632B5"/>
     <w:rsid w:val="00163F85"/>
     <w:rsid w:val="00164299"/>
+    <w:rsid w:val="0016563A"/>
     <w:rsid w:val="00166AF1"/>
     <w:rsid w:val="00167051"/>
     <w:rsid w:val="00167189"/>
     <w:rsid w:val="00170702"/>
     <w:rsid w:val="00172178"/>
     <w:rsid w:val="00174544"/>
     <w:rsid w:val="00175432"/>
     <w:rsid w:val="001757BA"/>
     <w:rsid w:val="001836CF"/>
     <w:rsid w:val="00184E48"/>
     <w:rsid w:val="00191E41"/>
     <w:rsid w:val="00192111"/>
     <w:rsid w:val="0019722A"/>
     <w:rsid w:val="001A15F1"/>
     <w:rsid w:val="001A24DA"/>
     <w:rsid w:val="001A3027"/>
     <w:rsid w:val="001A46E3"/>
     <w:rsid w:val="001B09F0"/>
     <w:rsid w:val="001B2C4A"/>
     <w:rsid w:val="001B5FC8"/>
     <w:rsid w:val="001C11C9"/>
     <w:rsid w:val="001C4BE1"/>
     <w:rsid w:val="001D072B"/>
     <w:rsid w:val="001D0D59"/>
     <w:rsid w:val="001D0E8A"/>
@@ -22696,106 +23278,110 @@
     <w:rsid w:val="00332CF0"/>
     <w:rsid w:val="003337BF"/>
     <w:rsid w:val="003342B4"/>
     <w:rsid w:val="003349F0"/>
     <w:rsid w:val="003369FA"/>
     <w:rsid w:val="0034006A"/>
     <w:rsid w:val="003412F7"/>
     <w:rsid w:val="0034229F"/>
     <w:rsid w:val="00342553"/>
     <w:rsid w:val="003500D3"/>
     <w:rsid w:val="00360A55"/>
     <w:rsid w:val="00360DC4"/>
     <w:rsid w:val="003626F4"/>
     <w:rsid w:val="00364503"/>
     <w:rsid w:val="003650DE"/>
     <w:rsid w:val="00365118"/>
     <w:rsid w:val="00374470"/>
     <w:rsid w:val="0037712C"/>
     <w:rsid w:val="003776CE"/>
     <w:rsid w:val="00384B3B"/>
     <w:rsid w:val="00385273"/>
     <w:rsid w:val="00385F2E"/>
     <w:rsid w:val="00390051"/>
     <w:rsid w:val="00390374"/>
     <w:rsid w:val="003907FA"/>
+    <w:rsid w:val="00391F59"/>
     <w:rsid w:val="00396026"/>
     <w:rsid w:val="00397885"/>
     <w:rsid w:val="00397AFC"/>
     <w:rsid w:val="003B5A84"/>
     <w:rsid w:val="003B6873"/>
     <w:rsid w:val="003B74A4"/>
     <w:rsid w:val="003B7938"/>
     <w:rsid w:val="003B7D50"/>
     <w:rsid w:val="003C2D71"/>
     <w:rsid w:val="003C5EBD"/>
     <w:rsid w:val="003C6B75"/>
     <w:rsid w:val="003C74E0"/>
     <w:rsid w:val="003D23B0"/>
     <w:rsid w:val="003E05E5"/>
     <w:rsid w:val="003E48C3"/>
     <w:rsid w:val="003F001E"/>
     <w:rsid w:val="003F0B0F"/>
     <w:rsid w:val="003F1A7D"/>
     <w:rsid w:val="003F1F17"/>
     <w:rsid w:val="003F24CF"/>
     <w:rsid w:val="003F2639"/>
     <w:rsid w:val="003F2A0D"/>
     <w:rsid w:val="003F2BA1"/>
     <w:rsid w:val="003F2ED3"/>
     <w:rsid w:val="003F493C"/>
     <w:rsid w:val="00402933"/>
     <w:rsid w:val="00404B3F"/>
     <w:rsid w:val="0040634F"/>
     <w:rsid w:val="00411174"/>
     <w:rsid w:val="00411CF9"/>
     <w:rsid w:val="00412309"/>
     <w:rsid w:val="00420801"/>
     <w:rsid w:val="00421292"/>
     <w:rsid w:val="00421CC3"/>
     <w:rsid w:val="0043380F"/>
     <w:rsid w:val="004354B5"/>
     <w:rsid w:val="00435CD1"/>
     <w:rsid w:val="00437FE6"/>
+    <w:rsid w:val="00440333"/>
     <w:rsid w:val="00440DEE"/>
     <w:rsid w:val="004428CB"/>
     <w:rsid w:val="00442A3A"/>
     <w:rsid w:val="00443736"/>
     <w:rsid w:val="004450F9"/>
     <w:rsid w:val="00446CF5"/>
     <w:rsid w:val="004519BB"/>
     <w:rsid w:val="00452CFC"/>
+    <w:rsid w:val="00455FED"/>
     <w:rsid w:val="00456482"/>
     <w:rsid w:val="004571C6"/>
     <w:rsid w:val="00463BF2"/>
     <w:rsid w:val="00463FFB"/>
     <w:rsid w:val="0047049F"/>
     <w:rsid w:val="004706CD"/>
     <w:rsid w:val="00474FC6"/>
     <w:rsid w:val="004757B9"/>
     <w:rsid w:val="00482E21"/>
     <w:rsid w:val="00486F6C"/>
+    <w:rsid w:val="00487D26"/>
     <w:rsid w:val="00490720"/>
     <w:rsid w:val="00493837"/>
     <w:rsid w:val="00497936"/>
     <w:rsid w:val="004A1353"/>
     <w:rsid w:val="004A1C53"/>
     <w:rsid w:val="004A2E69"/>
     <w:rsid w:val="004A309E"/>
     <w:rsid w:val="004B1235"/>
     <w:rsid w:val="004B18D2"/>
     <w:rsid w:val="004B2480"/>
     <w:rsid w:val="004B2D76"/>
     <w:rsid w:val="004C199F"/>
     <w:rsid w:val="004C2A4A"/>
     <w:rsid w:val="004C454C"/>
     <w:rsid w:val="004C5213"/>
     <w:rsid w:val="004C77CE"/>
     <w:rsid w:val="004D0169"/>
     <w:rsid w:val="004D02AF"/>
     <w:rsid w:val="004D0EA8"/>
     <w:rsid w:val="004D3433"/>
     <w:rsid w:val="004D4D21"/>
     <w:rsid w:val="004D7C7B"/>
     <w:rsid w:val="004E0C26"/>
     <w:rsid w:val="004E14DB"/>
     <w:rsid w:val="004E3B51"/>
@@ -22818,364 +23404,388 @@
     <w:rsid w:val="005528E5"/>
     <w:rsid w:val="00554E29"/>
     <w:rsid w:val="005609BC"/>
     <w:rsid w:val="005646A4"/>
     <w:rsid w:val="00567CA0"/>
     <w:rsid w:val="005700F3"/>
     <w:rsid w:val="00570A52"/>
     <w:rsid w:val="005751BD"/>
     <w:rsid w:val="005776F0"/>
     <w:rsid w:val="00580F32"/>
     <w:rsid w:val="0058408F"/>
     <w:rsid w:val="005874AA"/>
     <w:rsid w:val="00590DAD"/>
     <w:rsid w:val="00591586"/>
     <w:rsid w:val="005935B3"/>
     <w:rsid w:val="005A0AC5"/>
     <w:rsid w:val="005A17AB"/>
     <w:rsid w:val="005A205D"/>
     <w:rsid w:val="005A6A93"/>
     <w:rsid w:val="005A6ADB"/>
     <w:rsid w:val="005A707A"/>
     <w:rsid w:val="005A7859"/>
     <w:rsid w:val="005B27C1"/>
     <w:rsid w:val="005B6D26"/>
     <w:rsid w:val="005B7602"/>
+    <w:rsid w:val="005C0619"/>
     <w:rsid w:val="005C0ABF"/>
     <w:rsid w:val="005C6345"/>
     <w:rsid w:val="005C6D71"/>
     <w:rsid w:val="005D1F96"/>
     <w:rsid w:val="005D323B"/>
     <w:rsid w:val="005D421B"/>
     <w:rsid w:val="005D79E1"/>
     <w:rsid w:val="005D7E45"/>
     <w:rsid w:val="005E3849"/>
     <w:rsid w:val="005E4B14"/>
     <w:rsid w:val="005E6E02"/>
     <w:rsid w:val="005F0219"/>
     <w:rsid w:val="005F18D0"/>
     <w:rsid w:val="005F2781"/>
     <w:rsid w:val="005F3BF7"/>
     <w:rsid w:val="005F6691"/>
     <w:rsid w:val="005F7AAB"/>
     <w:rsid w:val="006026A2"/>
     <w:rsid w:val="00603AAD"/>
     <w:rsid w:val="00604400"/>
     <w:rsid w:val="006057AA"/>
     <w:rsid w:val="00605EC1"/>
     <w:rsid w:val="0061126D"/>
     <w:rsid w:val="00612B98"/>
     <w:rsid w:val="006147A4"/>
     <w:rsid w:val="0061503C"/>
     <w:rsid w:val="0062100F"/>
     <w:rsid w:val="006234A2"/>
     <w:rsid w:val="006320A0"/>
     <w:rsid w:val="006334D4"/>
     <w:rsid w:val="006358B1"/>
     <w:rsid w:val="00641F74"/>
     <w:rsid w:val="00643642"/>
     <w:rsid w:val="00644318"/>
+    <w:rsid w:val="00644EBD"/>
     <w:rsid w:val="00646CEF"/>
     <w:rsid w:val="00651EC1"/>
     <w:rsid w:val="0065369F"/>
     <w:rsid w:val="00655123"/>
     <w:rsid w:val="00661322"/>
     <w:rsid w:val="006622BF"/>
     <w:rsid w:val="00664D82"/>
     <w:rsid w:val="0066611D"/>
     <w:rsid w:val="00666F72"/>
     <w:rsid w:val="006709FF"/>
     <w:rsid w:val="00671B99"/>
     <w:rsid w:val="006737B3"/>
     <w:rsid w:val="00675CBC"/>
     <w:rsid w:val="0068008C"/>
     <w:rsid w:val="00680285"/>
     <w:rsid w:val="00681CDC"/>
     <w:rsid w:val="00686C75"/>
     <w:rsid w:val="00691E93"/>
     <w:rsid w:val="00693BFF"/>
+    <w:rsid w:val="00693FBD"/>
     <w:rsid w:val="006A2C4B"/>
     <w:rsid w:val="006A5F98"/>
     <w:rsid w:val="006B1B37"/>
     <w:rsid w:val="006B5F3C"/>
+    <w:rsid w:val="006B7BEF"/>
     <w:rsid w:val="006C150D"/>
     <w:rsid w:val="006C49F1"/>
     <w:rsid w:val="006C53F8"/>
     <w:rsid w:val="006C5E5C"/>
     <w:rsid w:val="006C6703"/>
     <w:rsid w:val="006C6816"/>
     <w:rsid w:val="006C6EF0"/>
     <w:rsid w:val="006D1DBE"/>
     <w:rsid w:val="006D4521"/>
     <w:rsid w:val="006D639C"/>
     <w:rsid w:val="006D63B4"/>
     <w:rsid w:val="006D6CD4"/>
+    <w:rsid w:val="006E1361"/>
     <w:rsid w:val="006E26EE"/>
+    <w:rsid w:val="006E4C6E"/>
     <w:rsid w:val="006E55CB"/>
     <w:rsid w:val="006F115F"/>
+    <w:rsid w:val="006F51FD"/>
     <w:rsid w:val="006F5EA3"/>
     <w:rsid w:val="007006E5"/>
     <w:rsid w:val="00705FEB"/>
     <w:rsid w:val="00716C3A"/>
     <w:rsid w:val="00716E5E"/>
     <w:rsid w:val="00720778"/>
     <w:rsid w:val="00723D62"/>
     <w:rsid w:val="00734659"/>
     <w:rsid w:val="007377BC"/>
     <w:rsid w:val="00737F66"/>
     <w:rsid w:val="00743F9D"/>
     <w:rsid w:val="00745CDC"/>
     <w:rsid w:val="0074677C"/>
     <w:rsid w:val="00746F14"/>
     <w:rsid w:val="007503DE"/>
     <w:rsid w:val="00756BFB"/>
     <w:rsid w:val="00757098"/>
     <w:rsid w:val="0075734A"/>
     <w:rsid w:val="00767AAF"/>
     <w:rsid w:val="00771609"/>
     <w:rsid w:val="00774FC0"/>
     <w:rsid w:val="00780C8C"/>
+    <w:rsid w:val="00783AE2"/>
     <w:rsid w:val="00784212"/>
     <w:rsid w:val="007851DD"/>
     <w:rsid w:val="007870A6"/>
     <w:rsid w:val="00794F1B"/>
     <w:rsid w:val="007A6418"/>
     <w:rsid w:val="007B0B14"/>
     <w:rsid w:val="007B18FF"/>
     <w:rsid w:val="007B3DB6"/>
     <w:rsid w:val="007B53E5"/>
     <w:rsid w:val="007C4880"/>
     <w:rsid w:val="007C61DF"/>
     <w:rsid w:val="007C653E"/>
     <w:rsid w:val="007C65CC"/>
     <w:rsid w:val="007C7608"/>
+    <w:rsid w:val="007C7712"/>
     <w:rsid w:val="007D0552"/>
     <w:rsid w:val="007D15D6"/>
     <w:rsid w:val="007D3E72"/>
     <w:rsid w:val="007D5E73"/>
     <w:rsid w:val="007D6477"/>
     <w:rsid w:val="007D66D4"/>
     <w:rsid w:val="007E060C"/>
     <w:rsid w:val="007E17F4"/>
     <w:rsid w:val="007E2466"/>
     <w:rsid w:val="007E3733"/>
     <w:rsid w:val="007E3DD7"/>
     <w:rsid w:val="007E56EB"/>
     <w:rsid w:val="007E63B5"/>
     <w:rsid w:val="007E7767"/>
     <w:rsid w:val="007F1769"/>
     <w:rsid w:val="007F34AE"/>
     <w:rsid w:val="007F45AE"/>
     <w:rsid w:val="007F4C31"/>
     <w:rsid w:val="008073EF"/>
     <w:rsid w:val="00815165"/>
+    <w:rsid w:val="00815444"/>
     <w:rsid w:val="00815C45"/>
     <w:rsid w:val="008200CF"/>
     <w:rsid w:val="008206D9"/>
     <w:rsid w:val="008218AF"/>
     <w:rsid w:val="00824343"/>
     <w:rsid w:val="00824C6A"/>
     <w:rsid w:val="00830288"/>
     <w:rsid w:val="008317CD"/>
     <w:rsid w:val="008324A8"/>
     <w:rsid w:val="008325E3"/>
     <w:rsid w:val="00835F9F"/>
     <w:rsid w:val="00836520"/>
     <w:rsid w:val="00836A24"/>
     <w:rsid w:val="0083776D"/>
     <w:rsid w:val="008377B0"/>
+    <w:rsid w:val="008418EF"/>
     <w:rsid w:val="00851E9B"/>
     <w:rsid w:val="00855C76"/>
+    <w:rsid w:val="00856225"/>
     <w:rsid w:val="008570B3"/>
     <w:rsid w:val="00860D7F"/>
     <w:rsid w:val="00861C8D"/>
     <w:rsid w:val="00862B9F"/>
     <w:rsid w:val="00863052"/>
     <w:rsid w:val="00864290"/>
     <w:rsid w:val="00865EA2"/>
     <w:rsid w:val="00871105"/>
     <w:rsid w:val="00872923"/>
     <w:rsid w:val="00872B9C"/>
     <w:rsid w:val="0087488D"/>
     <w:rsid w:val="00874904"/>
     <w:rsid w:val="00881244"/>
     <w:rsid w:val="00890063"/>
     <w:rsid w:val="00890EE7"/>
     <w:rsid w:val="00893E10"/>
     <w:rsid w:val="00894725"/>
     <w:rsid w:val="008A0BB9"/>
     <w:rsid w:val="008A24A7"/>
     <w:rsid w:val="008A2581"/>
     <w:rsid w:val="008A2D27"/>
     <w:rsid w:val="008A2E46"/>
     <w:rsid w:val="008A7794"/>
     <w:rsid w:val="008A795D"/>
     <w:rsid w:val="008B16CD"/>
     <w:rsid w:val="008B3C4E"/>
     <w:rsid w:val="008B44B4"/>
     <w:rsid w:val="008B528A"/>
     <w:rsid w:val="008B5FD9"/>
     <w:rsid w:val="008B6023"/>
     <w:rsid w:val="008B6FC9"/>
     <w:rsid w:val="008D228F"/>
     <w:rsid w:val="008D3357"/>
     <w:rsid w:val="008D4098"/>
     <w:rsid w:val="008D6152"/>
     <w:rsid w:val="008D7936"/>
     <w:rsid w:val="008E0E8C"/>
     <w:rsid w:val="008E1FFE"/>
     <w:rsid w:val="008E2657"/>
     <w:rsid w:val="008F0963"/>
+    <w:rsid w:val="00900A48"/>
     <w:rsid w:val="0090327F"/>
     <w:rsid w:val="00905DD8"/>
     <w:rsid w:val="00907097"/>
+    <w:rsid w:val="00907C2E"/>
     <w:rsid w:val="00912B71"/>
     <w:rsid w:val="009133B4"/>
     <w:rsid w:val="0091649A"/>
     <w:rsid w:val="00920B6F"/>
     <w:rsid w:val="00922803"/>
     <w:rsid w:val="009239D6"/>
     <w:rsid w:val="00925A19"/>
     <w:rsid w:val="009310A0"/>
     <w:rsid w:val="00932921"/>
+    <w:rsid w:val="009334CA"/>
     <w:rsid w:val="009337AB"/>
     <w:rsid w:val="00935F3E"/>
     <w:rsid w:val="00941BD7"/>
     <w:rsid w:val="009440F0"/>
     <w:rsid w:val="009454AA"/>
     <w:rsid w:val="00946376"/>
     <w:rsid w:val="009464A7"/>
     <w:rsid w:val="00950EDF"/>
     <w:rsid w:val="00951108"/>
     <w:rsid w:val="00952B60"/>
     <w:rsid w:val="00954D5B"/>
     <w:rsid w:val="00954EC2"/>
     <w:rsid w:val="009563D0"/>
+    <w:rsid w:val="00956936"/>
     <w:rsid w:val="00962397"/>
     <w:rsid w:val="009679C4"/>
     <w:rsid w:val="009735C9"/>
     <w:rsid w:val="00975163"/>
     <w:rsid w:val="009828D0"/>
     <w:rsid w:val="00983F1C"/>
     <w:rsid w:val="00984417"/>
     <w:rsid w:val="0098561B"/>
     <w:rsid w:val="00985982"/>
     <w:rsid w:val="009864D5"/>
     <w:rsid w:val="00987579"/>
     <w:rsid w:val="0098785E"/>
     <w:rsid w:val="0099168D"/>
     <w:rsid w:val="0099201A"/>
+    <w:rsid w:val="00993843"/>
     <w:rsid w:val="00997662"/>
     <w:rsid w:val="009A0184"/>
     <w:rsid w:val="009A0540"/>
     <w:rsid w:val="009A1BF3"/>
     <w:rsid w:val="009A6594"/>
     <w:rsid w:val="009A7586"/>
     <w:rsid w:val="009B18E9"/>
     <w:rsid w:val="009B34A6"/>
     <w:rsid w:val="009B41D0"/>
     <w:rsid w:val="009B7141"/>
     <w:rsid w:val="009C3131"/>
+    <w:rsid w:val="009C43EE"/>
     <w:rsid w:val="009C5BF7"/>
     <w:rsid w:val="009D1BE4"/>
     <w:rsid w:val="009D21A0"/>
     <w:rsid w:val="009D25A2"/>
     <w:rsid w:val="009D292B"/>
     <w:rsid w:val="009D353A"/>
     <w:rsid w:val="009D431A"/>
     <w:rsid w:val="009D473E"/>
     <w:rsid w:val="009D51F1"/>
     <w:rsid w:val="009D6CE6"/>
     <w:rsid w:val="009E4DA6"/>
     <w:rsid w:val="009E570B"/>
     <w:rsid w:val="009E647A"/>
     <w:rsid w:val="009F20A7"/>
     <w:rsid w:val="009F23B3"/>
     <w:rsid w:val="009F4CB2"/>
+    <w:rsid w:val="00A002AD"/>
     <w:rsid w:val="00A01412"/>
     <w:rsid w:val="00A034FF"/>
     <w:rsid w:val="00A05B0A"/>
     <w:rsid w:val="00A11208"/>
     <w:rsid w:val="00A13C56"/>
     <w:rsid w:val="00A179A6"/>
     <w:rsid w:val="00A17FDD"/>
     <w:rsid w:val="00A25B1B"/>
     <w:rsid w:val="00A37382"/>
     <w:rsid w:val="00A40892"/>
     <w:rsid w:val="00A4112E"/>
     <w:rsid w:val="00A47D29"/>
     <w:rsid w:val="00A47F39"/>
     <w:rsid w:val="00A51234"/>
     <w:rsid w:val="00A54B13"/>
     <w:rsid w:val="00A62715"/>
     <w:rsid w:val="00A62FCB"/>
     <w:rsid w:val="00A64A96"/>
     <w:rsid w:val="00A710A3"/>
     <w:rsid w:val="00A72AE1"/>
-    <w:rsid w:val="00A73EED"/>
     <w:rsid w:val="00A774B9"/>
     <w:rsid w:val="00A8125D"/>
     <w:rsid w:val="00A83E99"/>
     <w:rsid w:val="00A8753A"/>
     <w:rsid w:val="00A90614"/>
+    <w:rsid w:val="00A93290"/>
+    <w:rsid w:val="00AA0465"/>
     <w:rsid w:val="00AA0B53"/>
     <w:rsid w:val="00AA5192"/>
     <w:rsid w:val="00AB266B"/>
     <w:rsid w:val="00AB3028"/>
     <w:rsid w:val="00AB348B"/>
     <w:rsid w:val="00AB370C"/>
     <w:rsid w:val="00AC0E8C"/>
     <w:rsid w:val="00AC1161"/>
     <w:rsid w:val="00AC1E9C"/>
     <w:rsid w:val="00AC68C0"/>
     <w:rsid w:val="00AD1516"/>
     <w:rsid w:val="00AE1E78"/>
     <w:rsid w:val="00AE38F3"/>
     <w:rsid w:val="00AE3960"/>
     <w:rsid w:val="00AE7169"/>
     <w:rsid w:val="00AF267C"/>
     <w:rsid w:val="00B0272C"/>
     <w:rsid w:val="00B02A54"/>
     <w:rsid w:val="00B059E4"/>
     <w:rsid w:val="00B0775F"/>
+    <w:rsid w:val="00B07B3A"/>
     <w:rsid w:val="00B13E3E"/>
     <w:rsid w:val="00B15477"/>
     <w:rsid w:val="00B16E87"/>
     <w:rsid w:val="00B17428"/>
+    <w:rsid w:val="00B20B72"/>
     <w:rsid w:val="00B24839"/>
     <w:rsid w:val="00B25479"/>
     <w:rsid w:val="00B266D5"/>
     <w:rsid w:val="00B26A0E"/>
     <w:rsid w:val="00B34CEA"/>
     <w:rsid w:val="00B35183"/>
     <w:rsid w:val="00B4419A"/>
     <w:rsid w:val="00B45A4A"/>
     <w:rsid w:val="00B45E94"/>
     <w:rsid w:val="00B46366"/>
     <w:rsid w:val="00B53813"/>
     <w:rsid w:val="00B53D89"/>
     <w:rsid w:val="00B54076"/>
+    <w:rsid w:val="00B55FF1"/>
+    <w:rsid w:val="00B6143B"/>
     <w:rsid w:val="00B6587A"/>
     <w:rsid w:val="00B6761E"/>
     <w:rsid w:val="00B67DBC"/>
     <w:rsid w:val="00B7031A"/>
     <w:rsid w:val="00B70713"/>
     <w:rsid w:val="00B763B8"/>
     <w:rsid w:val="00B82964"/>
     <w:rsid w:val="00B83484"/>
     <w:rsid w:val="00B836E6"/>
     <w:rsid w:val="00B865BB"/>
     <w:rsid w:val="00B909D6"/>
     <w:rsid w:val="00B92F08"/>
     <w:rsid w:val="00B9596D"/>
     <w:rsid w:val="00BA0F0D"/>
     <w:rsid w:val="00BA3702"/>
     <w:rsid w:val="00BA3BE1"/>
     <w:rsid w:val="00BA5A6A"/>
     <w:rsid w:val="00BB07FD"/>
     <w:rsid w:val="00BB25D5"/>
     <w:rsid w:val="00BB575D"/>
     <w:rsid w:val="00BC081A"/>
     <w:rsid w:val="00BC41B8"/>
     <w:rsid w:val="00BC4CB5"/>
     <w:rsid w:val="00BC6676"/>
     <w:rsid w:val="00BC6ABB"/>
@@ -23192,83 +23802,87 @@
     <w:rsid w:val="00BF2C8C"/>
     <w:rsid w:val="00C00175"/>
     <w:rsid w:val="00C01473"/>
     <w:rsid w:val="00C0245C"/>
     <w:rsid w:val="00C15473"/>
     <w:rsid w:val="00C16949"/>
     <w:rsid w:val="00C16BEC"/>
     <w:rsid w:val="00C173BE"/>
     <w:rsid w:val="00C24F9D"/>
     <w:rsid w:val="00C25332"/>
     <w:rsid w:val="00C27937"/>
     <w:rsid w:val="00C310BD"/>
     <w:rsid w:val="00C31856"/>
     <w:rsid w:val="00C332A0"/>
     <w:rsid w:val="00C3507F"/>
     <w:rsid w:val="00C40001"/>
     <w:rsid w:val="00C403AF"/>
     <w:rsid w:val="00C408BA"/>
     <w:rsid w:val="00C441DB"/>
     <w:rsid w:val="00C46989"/>
     <w:rsid w:val="00C46AAA"/>
     <w:rsid w:val="00C50B56"/>
     <w:rsid w:val="00C54CC0"/>
     <w:rsid w:val="00C5561B"/>
     <w:rsid w:val="00C5711B"/>
+    <w:rsid w:val="00C62A31"/>
     <w:rsid w:val="00C634AE"/>
     <w:rsid w:val="00C67FA8"/>
     <w:rsid w:val="00C72D1E"/>
     <w:rsid w:val="00C73D72"/>
     <w:rsid w:val="00C82165"/>
     <w:rsid w:val="00C84E24"/>
     <w:rsid w:val="00C86771"/>
     <w:rsid w:val="00C86F38"/>
     <w:rsid w:val="00C8779D"/>
     <w:rsid w:val="00C95BDE"/>
     <w:rsid w:val="00C9699F"/>
     <w:rsid w:val="00CA026E"/>
     <w:rsid w:val="00CA05F4"/>
     <w:rsid w:val="00CA4C10"/>
     <w:rsid w:val="00CA6230"/>
     <w:rsid w:val="00CA6EF6"/>
     <w:rsid w:val="00CC46C5"/>
     <w:rsid w:val="00CC60E1"/>
+    <w:rsid w:val="00CD3203"/>
     <w:rsid w:val="00CD56F8"/>
     <w:rsid w:val="00CD6259"/>
     <w:rsid w:val="00CD761B"/>
+    <w:rsid w:val="00CE0526"/>
     <w:rsid w:val="00CE275E"/>
     <w:rsid w:val="00CE3CC4"/>
     <w:rsid w:val="00CE41D6"/>
     <w:rsid w:val="00CE496B"/>
     <w:rsid w:val="00CE6DF9"/>
     <w:rsid w:val="00CE78FC"/>
     <w:rsid w:val="00CF147B"/>
     <w:rsid w:val="00CF1DD3"/>
     <w:rsid w:val="00CF2ED6"/>
     <w:rsid w:val="00CF3DC4"/>
     <w:rsid w:val="00CF4445"/>
     <w:rsid w:val="00CF4476"/>
+    <w:rsid w:val="00CF6980"/>
     <w:rsid w:val="00CF7409"/>
     <w:rsid w:val="00D013C2"/>
     <w:rsid w:val="00D06BD5"/>
     <w:rsid w:val="00D103AB"/>
     <w:rsid w:val="00D119FF"/>
     <w:rsid w:val="00D1223C"/>
     <w:rsid w:val="00D12376"/>
     <w:rsid w:val="00D147F1"/>
     <w:rsid w:val="00D16587"/>
     <w:rsid w:val="00D361CD"/>
     <w:rsid w:val="00D37064"/>
     <w:rsid w:val="00D413B1"/>
     <w:rsid w:val="00D424C6"/>
     <w:rsid w:val="00D5105F"/>
     <w:rsid w:val="00D601A2"/>
     <w:rsid w:val="00D60CF2"/>
     <w:rsid w:val="00D61834"/>
     <w:rsid w:val="00D631D4"/>
     <w:rsid w:val="00D712FD"/>
     <w:rsid w:val="00D7344D"/>
     <w:rsid w:val="00D7453D"/>
     <w:rsid w:val="00D8283B"/>
     <w:rsid w:val="00D83134"/>
     <w:rsid w:val="00D85CDB"/>
     <w:rsid w:val="00D95A7B"/>
@@ -23284,99 +23898,104 @@
     <w:rsid w:val="00DB3A98"/>
     <w:rsid w:val="00DB683D"/>
     <w:rsid w:val="00DC44F2"/>
     <w:rsid w:val="00DC53FC"/>
     <w:rsid w:val="00DC622C"/>
     <w:rsid w:val="00DD38BB"/>
     <w:rsid w:val="00DD5EE9"/>
     <w:rsid w:val="00DD73D8"/>
     <w:rsid w:val="00DD7855"/>
     <w:rsid w:val="00DE52AA"/>
     <w:rsid w:val="00DE5919"/>
     <w:rsid w:val="00DE7F7B"/>
     <w:rsid w:val="00DF1F95"/>
     <w:rsid w:val="00DF4DFE"/>
     <w:rsid w:val="00DF5F86"/>
     <w:rsid w:val="00DF7DA0"/>
     <w:rsid w:val="00E0185A"/>
     <w:rsid w:val="00E029FD"/>
     <w:rsid w:val="00E038DD"/>
     <w:rsid w:val="00E1144B"/>
     <w:rsid w:val="00E120E4"/>
     <w:rsid w:val="00E177AF"/>
     <w:rsid w:val="00E20B3D"/>
     <w:rsid w:val="00E23DBE"/>
     <w:rsid w:val="00E27DC1"/>
+    <w:rsid w:val="00E30667"/>
     <w:rsid w:val="00E35718"/>
     <w:rsid w:val="00E4280E"/>
+    <w:rsid w:val="00E444FF"/>
     <w:rsid w:val="00E47354"/>
     <w:rsid w:val="00E517C6"/>
     <w:rsid w:val="00E51FB1"/>
     <w:rsid w:val="00E5231B"/>
     <w:rsid w:val="00E65D45"/>
     <w:rsid w:val="00E66821"/>
     <w:rsid w:val="00E729B3"/>
     <w:rsid w:val="00E7385A"/>
     <w:rsid w:val="00E86C2E"/>
     <w:rsid w:val="00E90CB5"/>
     <w:rsid w:val="00E92105"/>
     <w:rsid w:val="00E92BDA"/>
     <w:rsid w:val="00EA2B67"/>
     <w:rsid w:val="00EA437A"/>
     <w:rsid w:val="00EA6534"/>
     <w:rsid w:val="00EA6A0C"/>
     <w:rsid w:val="00EA6FA1"/>
     <w:rsid w:val="00EB30C2"/>
     <w:rsid w:val="00EB3525"/>
     <w:rsid w:val="00EB3E2B"/>
     <w:rsid w:val="00EB3FCF"/>
     <w:rsid w:val="00EB6B39"/>
     <w:rsid w:val="00EC3ED5"/>
     <w:rsid w:val="00ED396F"/>
+    <w:rsid w:val="00ED5132"/>
     <w:rsid w:val="00EE5826"/>
     <w:rsid w:val="00EE6594"/>
     <w:rsid w:val="00EF09B1"/>
     <w:rsid w:val="00EF1AC1"/>
     <w:rsid w:val="00EF60E1"/>
     <w:rsid w:val="00F01834"/>
     <w:rsid w:val="00F062F9"/>
     <w:rsid w:val="00F067C7"/>
+    <w:rsid w:val="00F11C4B"/>
     <w:rsid w:val="00F11D6D"/>
     <w:rsid w:val="00F14E7E"/>
     <w:rsid w:val="00F15AB4"/>
     <w:rsid w:val="00F2363F"/>
     <w:rsid w:val="00F30E1B"/>
     <w:rsid w:val="00F329D5"/>
     <w:rsid w:val="00F32EA6"/>
     <w:rsid w:val="00F35BA0"/>
     <w:rsid w:val="00F42E72"/>
     <w:rsid w:val="00F44B71"/>
     <w:rsid w:val="00F44F2D"/>
     <w:rsid w:val="00F51101"/>
     <w:rsid w:val="00F57146"/>
     <w:rsid w:val="00F57E9B"/>
     <w:rsid w:val="00F63329"/>
+    <w:rsid w:val="00F718BE"/>
     <w:rsid w:val="00F71981"/>
     <w:rsid w:val="00F71EF8"/>
     <w:rsid w:val="00F7268F"/>
     <w:rsid w:val="00F72D4C"/>
     <w:rsid w:val="00F76F63"/>
     <w:rsid w:val="00F778F5"/>
     <w:rsid w:val="00F803C7"/>
     <w:rsid w:val="00F8128E"/>
     <w:rsid w:val="00F864B9"/>
     <w:rsid w:val="00F86A50"/>
     <w:rsid w:val="00F905C1"/>
     <w:rsid w:val="00F9156A"/>
     <w:rsid w:val="00F91C04"/>
     <w:rsid w:val="00F92111"/>
     <w:rsid w:val="00F92BB9"/>
     <w:rsid w:val="00FA145C"/>
     <w:rsid w:val="00FA3446"/>
     <w:rsid w:val="00FA551E"/>
     <w:rsid w:val="00FB0FBA"/>
     <w:rsid w:val="00FB13EC"/>
     <w:rsid w:val="00FB424C"/>
     <w:rsid w:val="00FB607B"/>
     <w:rsid w:val="00FB679F"/>
     <w:rsid w:val="00FC2883"/>
     <w:rsid w:val="00FC3A8A"/>
@@ -23393,91 +24012,135 @@
     <w:rsid w:val="00FE1B63"/>
     <w:rsid w:val="00FE5C6B"/>
     <w:rsid w:val="00FE649C"/>
     <w:rsid w:val="00FF0137"/>
     <w:rsid w:val="00FF0E4A"/>
     <w:rsid w:val="00FF1D59"/>
     <w:rsid w:val="00FF21F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="070534AF"/>
+  <w14:docId w14:val="57C2E74D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2B6F840C-A735-4BB2-BDD4-34CCEBAB4152}"/>
+  <w15:docId w15:val="{E03E40B9-5D2D-4279-A3F5-D01D85E212BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Plain Text" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -23829,68 +24492,74 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D97794"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:leader="dot" w:pos="9000"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="480"/>
       <w:ind w:left="720" w:right="720" w:hanging="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:leader="dot" w:pos="9000"/>
         <w:tab w:val="right" w:pos="9360"/>
@@ -27606,50 +28275,61 @@
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00F9156A"/>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00B92F08"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:i/>
       <w:spacing w:val="-3"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C62A31"/>
+    <w:rPr>
+      <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="334111627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="650255901">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -27666,56 +28346,55 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2030909004">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ijo.in/text.asp?2020/68/10/2094/295718" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022242921994587" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.1110.0643" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1198/073500104000000569" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ama.org/2022/03/17/the-marketer-at-the-privacy-table/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecornell.cornell.edu/certificates/marketing/market-research/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bmjopen.bmj.com/content/13/6/e071860" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1016/j.ophtha.2018.12.036" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/10.1177/00222437241256710" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177%2F0022243720936230" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.2017.1064" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/IJPHM-11-2013-0063" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00181-011-0519-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0010880407301735" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.40.4.481.19386" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.2307/3151895" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/series/6164" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0167-8116(92)90021-C" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/00222437211054601" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1136/bjo-2023-323182" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.jsurg.2020.12.017" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.jcrs.2019.02.024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022243718813347" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubsonline.informs.org/doi/10.1287/mnsc.2015.2239" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1509/jmkr.46.4.531" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.42.2.195.62282" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mnsc.44.11.1533" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hbr.org/2021/06/to-protect-consumer-data-dont-do-everything-on-the-cloud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecornell.com/certificates/marketing/marketing-analytics/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aravindeyefoundation.org" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.41.3.351.35988" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam12.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbjo.bmj.com%2Fcontent%2Fearly%2F2024%2F03%2F19%2Fbjo-2023-325098&amp;data=05%7C02%7Csachin.gupta%40cornell.edu%7Cdf0604e9604548a0defc08dc49022ad2%7C5d7e43661b9b45cf8e79b14b27df46e1%7C0%7C0%7C638465520854204579%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=cj45AnfzQV28PWPp8pexOdSbU4xEXXj%2FGmkpcs02N6c%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubsonline.informs.org/doi/abs/10.1287/isre.2022.1169" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41433-020-0954-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1016/j.ijresmar.2017.02.003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1540-5885.2012.00912.x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1007/s11002-005-5888-y" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.2307/3152210" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecornell.cornell.edu/certificates/marketing/demand-marketing/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4103/ijo.IJO_661_21" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijresmar.2011.04.001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1287/mksc.18.3.396" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ama.org/marketing-news/a-review-of-copula-correction-methods-to-address-regressor-error-correlation/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecornell.com/certificates/marketing/data-privacy-strategy/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41433-023-02687-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022243720965237" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.ophtha.2018.12.044" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.2014.0886" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1287/mksc.1030.0043" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0167-8116(97)00016-5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.lansea.2025.100530" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ophtha.2018.04.033" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.1080.0373" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mnsc.49.9.1121.16565" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://0.2307/3151952" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hbr.org/2018/06/protecting-customers-privacy-requires-more-than-anonymizing-their-data" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/healthcare13030222" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/10.1177/00222437231188507" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40547-022-00129-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.1120.0718" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.ijforecast.2015.08.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.41.3.351.35988" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1287/mksc.17.4.406" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022242921994587" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bmjopen.bmj.com/content/13/6/e071860" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/IJPHM-11-2013-0063" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.1110.0643" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mnsc.44.11.1533" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0167-8116(92)90021-C" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nam12.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbjo.bmj.com%2Fcontent%2Fearly%2F2024%2F03%2F19%2Fbjo-2023-325098&amp;data=05%7C02%7Csachin.gupta%40cornell.edu%7Cdf0604e9604548a0defc08dc49022ad2%7C5d7e43661b9b45cf8e79b14b27df46e1%7C0%7C0%7C638465520854204579%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=cj45AnfzQV28PWPp8pexOdSbU4xEXXj%2FGmkpcs02N6c%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ajoint.2025.100162" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.jcrs.2019.02.024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.2017.1064" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.42.2.195.62282" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.40.4.481.19386" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4614-7801-0_21" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecornell.com/certificates/marketing/marketing-analytics/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41433-023-02687-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.lansea.2025.100530" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubsonline.informs.org/doi/abs/10.1287/isre.2022.1169" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.jsurg.2020.12.017" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41433-020-0954-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022243718813347" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1540-5885.2012.00912.x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1509/jmkr.46.4.531" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.41.3.351.35988" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S0167-8116(97)00016-5" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ama.org/marketing-news/a-review-of-copula-correction-methods-to-address-regressor-error-correlation/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecornell.cornell.edu/certificates/marketing/demand-marketing/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aravindeyefoundation.org" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1007/s11002-005-5888-y" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hbr.org/2018/06/protecting-customers-privacy-requires-more-than-anonymizing-their-data" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecornell.com/certificates/marketing/data-privacy-strategy/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1136/bjo-2024-326637" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/10.1177/00222437231188507" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4103/ijo.IJO_661_21" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.ophtha.2018.12.044" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1016/j.ijresmar.2017.02.003" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ijresmar.2011.04.001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1207/S15327663JCP1001&amp;2_03" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://0.2307/3151952" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4103/ijo.ijo_3372_22" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.2014.0886" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1287/mksc.1030.0043" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1287/mksc.17.4.406" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ama.org/2022/03/17/the-marketer-at-the-privacy-table/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://progressivegrocer.com/circular-paradox" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.sagepub.com/doi/10.1177/00222437241256710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40547-022-00129-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022243720965237" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.ophtha.2018.04.033" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.1080.0373" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mnsc.49.9.1121.16565" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/2813-4524/2/4/25" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ijo.in/text.asp?2020/68/10/2094/295718" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mksc.1120.0718" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1198/073500104000000569" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1207/S15327663JCP1001&amp;2_04" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.2307/3151895" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/series/6164" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecornell.cornell.edu/certificates/marketing/market-research/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1108/IJLSS-08-2025-0232" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/healthcare13030222" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1136/bjo-2023-323182" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.proxy.library.cornell.edu/10.1016/j.ijforecast.2015.08.005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1016/j.ophtha.2018.12.036" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0010880407301735" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1509/jmkr.41.3.351.35988" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-0-387-78902-6_7" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hbr.org/2021/06/to-protect-consumer-data-dont-do-everything-on-the-cloud" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177%2F0022243720936230" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/00222437211054601" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubsonline.informs.org/doi/10.1287/mnsc.2015.2239" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00181-011-0519-3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.2307/3152210" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://10.1287/mksc.18.3.396" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\PERSONAL\VITA\VITA599.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -28014,1190 +28693,1370 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2328DF4A-61A1-439B-90F3-55FE1F6C92C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>VITA599.dot</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>6566</Words>
-  <Characters>37427</Characters>
+  <Words>6937</Words>
+  <Characters>39545</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>311</Lines>
-  <Paragraphs>87</Paragraphs>
+  <Lines>329</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>April 1995</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>KGSM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43906</CharactersWithSpaces>
+  <CharactersWithSpaces>46390</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="378" baseType="variant">
+    <vt:vector size="438" baseType="variant">
       <vt:variant>
         <vt:i4>6750271</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>216</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecornell.com/certificates/marketing/data-privacy-strategy/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6029398</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>213</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecornell.com/certificates/marketing/marketing-analytics/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5636164</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>210</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://ecornell.cornell.edu/certificates/marketing/market-research/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1048659</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>207</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://ecornell.cornell.edu/certificates/marketing/demand-marketing/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4915298</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>204</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://doi.org/10.1007/978-0-387-78902-6_7</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7143544</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>201</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://progressivegrocer.com/circular-paradox</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422606</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>198</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://doi.org/10.1007/978-1-4614-7801-0_21</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3145768</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>195</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.springer.com/series/6164</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8126522</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>192</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://hbr.org/2018/06/protecting-customers-privacy-requires-more-than-anonymizing-their-data</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325462</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>189</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://hbr.org/2021/06/to-protect-consumer-data-dont-do-everything-on-the-cloud</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718669</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>186</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.ecornell.com/certificates/marketing/data-privacy-strategy/</vt:lpwstr>
+        <vt:lpwstr>https://www.ama.org/2022/03/17/the-marketer-at-the-privacy-table/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6029398</vt:i4>
+        <vt:i4>5898265</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>183</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.ecornell.com/certificates/marketing/marketing-analytics/</vt:lpwstr>
+        <vt:lpwstr>https://www.ama.org/marketing-news/a-review-of-copula-correction-methods-to-address-regressor-error-correlation/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5636164</vt:i4>
+        <vt:i4>6029391</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>180</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://ecornell.cornell.edu/certificates/marketing/market-research/</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1016/0167-8116(92)90021-C</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048659</vt:i4>
+        <vt:i4>2883645</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>177</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://ecornell.cornell.edu/certificates/marketing/demand-marketing/</vt:lpwstr>
+        <vt:lpwstr>http://0.0.9.3/3151952</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3145768</vt:i4>
+        <vt:i4>2687031</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>174</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.springer.com/series/6164</vt:lpwstr>
+        <vt:lpwstr>http://10.0.9.3/3152210</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8126522</vt:i4>
+        <vt:i4>2228285</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>171</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://hbr.org/2018/06/protecting-customers-privacy-requires-more-than-anonymizing-their-data</vt:lpwstr>
+        <vt:lpwstr>http://10.0.9.3/3151895</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4325462</vt:i4>
+        <vt:i4>131081</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>168</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://hbr.org/2021/06/to-protect-consumer-data-dont-do-everything-on-the-cloud</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1016/S0167-8116(97)00016-5</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4718669</vt:i4>
+        <vt:i4>4128881</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>165</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.ama.org/2022/03/17/the-marketer-at-the-privacy-table/</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1287/mnsc.44.11.1533</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5898265</vt:i4>
+        <vt:i4>1179660</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>162</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.ama.org/marketing-news/a-review-of-copula-correction-methods-to-address-regressor-error-correlation/</vt:lpwstr>
+        <vt:lpwstr>http://10.0.5.7/mksc.17.4.406</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6029391</vt:i4>
+        <vt:i4>1769475</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>159</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1016/0167-8116(92)90021-C</vt:lpwstr>
+        <vt:lpwstr>http://10.0.5.7/mksc.18.3.396</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2883645</vt:i4>
+        <vt:i4>589877</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>156</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://0.0.9.3/3151952</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1207/S15327663JCP1001&amp;2_04</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2687031</vt:i4>
+        <vt:i4>589877</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>153</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.9.3/3152210</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1207/S15327663JCP1001&amp;2_03</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2228285</vt:i4>
+        <vt:i4>1376283</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>150</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.9.3/3151895</vt:lpwstr>
+        <vt:lpwstr>http://10.0.5.229/jmkr.40.4.481.19386</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>131081</vt:i4>
+        <vt:i4>1245250</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>147</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1016/S0167-8116(97)00016-5</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1287/mnsc.49.9.1121.16565</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4128881</vt:i4>
+        <vt:i4>1310738</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>144</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1287/mnsc.44.11.1533</vt:lpwstr>
+        <vt:lpwstr>http://10.0.5.229/jmkr.41.3.351.35988</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1179660</vt:i4>
+        <vt:i4>1310738</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>141</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.5.7/mksc.17.4.406</vt:lpwstr>
+        <vt:lpwstr>http://10.0.5.229/jmkr.41.3.351.35988</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1769475</vt:i4>
+        <vt:i4>3932223</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>138</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.5.7/mksc.18.3.396</vt:lpwstr>
+        <vt:lpwstr>http://10.0.5.7/mksc.1030.0043</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1376283</vt:i4>
+        <vt:i4>2031640</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>135</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.5.229/jmkr.40.4.481.19386</vt:lpwstr>
+        <vt:lpwstr>http://10.0.5.229/jmkr.42.2.195.62282</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1245250</vt:i4>
+        <vt:i4>1179656</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>132</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1287/mnsc.49.9.1121.16565</vt:lpwstr>
+        <vt:lpwstr>http://10.0.4.174/073500104000000569</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1310738</vt:i4>
+        <vt:i4>4063347</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>129</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.5.229/jmkr.41.3.351.35988</vt:lpwstr>
+        <vt:lpwstr>http://10.0.3.239/s11002-005-5888-y</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1310738</vt:i4>
+        <vt:i4>1900628</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>126</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.5.229/jmkr.41.3.351.35988</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1177/0010880407301735</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3932223</vt:i4>
+        <vt:i4>3407976</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>123</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.5.7/mksc.1030.0043</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1287/mksc.1080.0373</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2031640</vt:i4>
+        <vt:i4>720974</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>120</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.5.229/jmkr.42.2.195.62282</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1509/jmkr.46.4.531</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1179656</vt:i4>
+        <vt:i4>3670122</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>117</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.4.174/073500104000000569</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1287/mksc.1110.0643</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4063347</vt:i4>
+        <vt:i4>3407934</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>114</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://10.0.3.239/s11002-005-5888-y</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1016/j.ijresmar.2011.04.001</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1900628</vt:i4>
+        <vt:i4>917531</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>111</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1177/0010880407301735</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1007/s00181-011-0519-3</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3407976</vt:i4>
+        <vt:i4>3211375</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>108</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1287/mksc.1080.0373</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1287/mksc.1120.0718</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>720974</vt:i4>
+        <vt:i4>5963799</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>105</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1509/jmkr.46.4.531</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1111/j.1540-5885.2012.00912.x</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670122</vt:i4>
+        <vt:i4>2097214</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>102</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1287/mksc.1110.0643</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1108/IJPHM-11-2013-0063</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3407934</vt:i4>
+        <vt:i4>3145827</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>99</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1016/j.ijresmar.2011.04.001</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1287/mksc.2014.0886</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>917531</vt:i4>
+        <vt:i4>5242954</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>96</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1007/s00181-011-0519-3</vt:lpwstr>
+        <vt:lpwstr>https://pubsonline.informs.org/doi/10.1287/mnsc.2015.2239</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3211375</vt:i4>
+        <vt:i4>3145766</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>93</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1287/mksc.1120.0718</vt:lpwstr>
+        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.ijforecast.2015.08.005</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5963799</vt:i4>
+        <vt:i4>4194313</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>90</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1111/j.1540-5885.2012.00912.x</vt:lpwstr>
+        <vt:lpwstr>http://dx.doi.org/10.1016/j.ijresmar.2017.02.003</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2097214</vt:i4>
+        <vt:i4>3801199</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>87</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1108/IJPHM-11-2013-0063</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1287/mksc.2017.1064</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3145827</vt:i4>
+        <vt:i4>4390994</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>84</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1287/mksc.2014.0886</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1016/j.ophtha.2018.04.033</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5242954</vt:i4>
+        <vt:i4>1572945</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>81</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://pubsonline.informs.org/doi/10.1287/mnsc.2015.2239</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1177/0022243718813347</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3145766</vt:i4>
+        <vt:i4>3145826</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>78</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.ijforecast.2015.08.005</vt:lpwstr>
+        <vt:lpwstr>http://dx.doi.org/10.1016/j.ophtha.2018.12.036</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4194313</vt:i4>
+        <vt:i4>2818092</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>75</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://dx.doi.org/10.1016/j.ijresmar.2017.02.003</vt:lpwstr>
+        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.ophtha.2018.12.044</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3801199</vt:i4>
+        <vt:i4>6160477</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>72</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1287/mksc.2017.1064</vt:lpwstr>
+        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.jcrs.2019.02.024</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4390994</vt:i4>
+        <vt:i4>5242903</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1016/j.ophtha.2018.04.033</vt:lpwstr>
+        <vt:lpwstr>http://www.ijo.in/text.asp?2020/68/10/2094/295718</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1572945</vt:i4>
+        <vt:i4>720924</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>66</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1177/0022243718813347</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1038/s41433-020-0954-5</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3145826</vt:i4>
+        <vt:i4>7864419</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>63</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://dx.doi.org/10.1016/j.ophtha.2018.12.036</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1177%2F0022243720936230</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2818092</vt:i4>
+        <vt:i4>1441874</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>60</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.ophtha.2018.12.044</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1177/0022243720965237</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6160477</vt:i4>
+        <vt:i4>5505050</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.jcrs.2019.02.024</vt:lpwstr>
+        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.jsurg.2020.12.017</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5242903</vt:i4>
+        <vt:i4>1114201</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>54</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.ijo.in/text.asp?2020/68/10/2094/295718</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1177/0022242921994587</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>720924</vt:i4>
+        <vt:i4>4128877</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>51</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1038/s41433-020-0954-5</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.4103/ijo.IJO_661_21</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7864419</vt:i4>
+        <vt:i4>1048671</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>48</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1177%2F0022243720936230</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1177/00222437211054601</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1441874</vt:i4>
+        <vt:i4>3080247</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>45</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1177/0022243720965237</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1007/s40547-022-00129-0</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5505050</vt:i4>
+        <vt:i4>4587548</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi-org.proxy.library.cornell.edu/10.1016/j.jsurg.2020.12.017</vt:lpwstr>
+        <vt:lpwstr>https://pubsonline.informs.org/doi/abs/10.1287/isre.2022.1169</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114201</vt:i4>
+        <vt:i4>6160458</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>39</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1177/0022242921994587</vt:lpwstr>
+        <vt:lpwstr>https://bmjopen.bmj.com/content/13/6/e071860</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4128877</vt:i4>
+        <vt:i4>5505027</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.4103/ijo.IJO_661_21</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.4103/ijo.ijo_3372_22</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1048671</vt:i4>
+        <vt:i4>2555958</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1177/00222437211054601</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1038/s41433-023-02687-6</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3080247</vt:i4>
+        <vt:i4>1835087</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>30</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1007/s40547-022-00129-0</vt:lpwstr>
+        <vt:lpwstr>http://dx.doi.org/10.1136/bjo-2023-323182</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4587548</vt:i4>
+        <vt:i4>3670078</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://pubsonline.informs.org/doi/abs/10.1287/isre.2022.1169</vt:lpwstr>
+        <vt:lpwstr>https://journals.sagepub.com/doi/10.1177/00222437231188507</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6160458</vt:i4>
+        <vt:i4>2752548</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://bmjopen.bmj.com/content/13/6/e071860</vt:lpwstr>
+        <vt:lpwstr>https://nam12.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbjo.bmj.com%2Fcontent%2Fearly%2F2024%2F03%2F19%2Fbjo-2023-325098&amp;data=05%7C02%7Csachin.gupta%40cornell.edu%7Cdf0604e9604548a0defc08dc49022ad2%7C5d7e43661b9b45cf8e79b14b27df46e1%7C0%7C0%7C638465520854204579%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=cj45AnfzQV28PWPp8pexOdSbU4xEXXj%2FGmkpcs02N6c%3D&amp;reserved=0</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2555958</vt:i4>
+        <vt:i4>3145781</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1038/s41433-023-02687-6</vt:lpwstr>
+        <vt:lpwstr>https://journals.sagepub.com/doi/10.1177/00222437241256710</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1835087</vt:i4>
+        <vt:i4>5505096</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://dx.doi.org/10.1136/bjo-2023-323182</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1016/j.lansea.2025.100530</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670078</vt:i4>
+        <vt:i4>8192054</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://journals.sagepub.com/doi/10.1177/00222437231188507</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.3390/healthcare13030222</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2752548</vt:i4>
+        <vt:i4>6619257</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://nam12.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbjo.bmj.com%2Fcontent%2Fearly%2F2024%2F03%2F19%2Fbjo-2023-325098&amp;data=05%7C02%7Csachin.gupta%40cornell.edu%7Cdf0604e9604548a0defc08dc49022ad2%7C5d7e43661b9b45cf8e79b14b27df46e1%7C0%7C0%7C638465520854204579%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=cj45AnfzQV28PWPp8pexOdSbU4xEXXj%2FGmkpcs02N6c%3D&amp;reserved=0</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1136/bjo-2024-326637</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3145781</vt:i4>
+        <vt:i4>5636170</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://journals.sagepub.com/doi/10.1177/00222437241256710</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1016/j.ajoint.2025.100162</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5505096</vt:i4>
+        <vt:i4>5242897</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.1016/j.lansea.2025.100530</vt:lpwstr>
+        <vt:lpwstr>https://www.mdpi.com/2813-4524/2/4/25</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8192054</vt:i4>
+        <vt:i4>3276862</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://doi.org/10.3390/healthcare13030222</vt:lpwstr>
+        <vt:lpwstr>https://doi.org/10.1108/IJLSS-08-2025-0232</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4194389</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.aravindeyefoundation.org/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>