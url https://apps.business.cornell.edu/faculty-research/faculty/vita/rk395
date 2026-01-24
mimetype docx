--- v0 (2025-10-10)
+++ v1 (2026-01-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0D3090D1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B306B48" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B907C54" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
@@ -1132,71 +1132,71 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Clinical Professor,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department of Healthcare Policy and Management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E308A28" w14:textId="773CF2A8" w:rsidR="00186818" w:rsidRPr="00186818" w:rsidRDefault="00186818">
+    <w:p w14:paraId="5E308A28" w14:textId="380C6A7C" w:rsidR="00186818" w:rsidRPr="00186818" w:rsidRDefault="00186818">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>SUNY Downstate School of Public Health (2023-</w:t>
       </w:r>
-      <w:r w:rsidR="00C505DD">
+      <w:r w:rsidR="001C512E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326626FC" w14:textId="77777777" w:rsidR="00186818" w:rsidRPr="00186818" w:rsidRDefault="00186818">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -1221,71 +1221,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Director,</w:t>
       </w:r>
       <w:r w:rsidR="006E6E6F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master of Healthcare Administration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2917C78F" w14:textId="11B6310D" w:rsidR="00186818" w:rsidRPr="00186818" w:rsidRDefault="00186818">
+    <w:p w14:paraId="2917C78F" w14:textId="474948E5" w:rsidR="00186818" w:rsidRPr="00186818" w:rsidRDefault="00186818">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>SUNY Downstate School of Public Health (2023-</w:t>
       </w:r>
-      <w:r w:rsidR="00C505DD">
+      <w:r w:rsidR="001C512E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF5DB2D" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -2272,4990 +2272,5190 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department of Healt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Policy and Management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C91FA3B" w14:textId="42EFE127" w:rsidR="00186818" w:rsidRPr="00186818" w:rsidRDefault="00186818" w:rsidP="00186818">
+    <w:p w14:paraId="5C91FA3B" w14:textId="4B107EA4" w:rsidR="00186818" w:rsidRPr="00186818" w:rsidRDefault="00186818" w:rsidP="00186818">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>SUNY Downstate School of Public Health (2023-</w:t>
       </w:r>
-      <w:r w:rsidR="00C505DD">
+      <w:r w:rsidR="001C512E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00186818">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70225E45" w14:textId="6739A224" w:rsidR="00186818" w:rsidRDefault="00186818">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28BF426E" w14:textId="77777777" w:rsidR="005601B7" w:rsidRDefault="005601B7">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="4C642F21" w14:textId="77777777" w:rsidR="005601B7" w:rsidRDefault="005601B7" w:rsidP="001C512E">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005601B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Professor</w:t>
+      </w:r>
+      <w:r w:rsidR="004835EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Practice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, Dyson School of Applied Economics and Management</w:t>
+      </w:r>
+      <w:r w:rsidR="004835EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2017-   present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A70F588" w14:textId="77777777" w:rsidR="004835EA" w:rsidRDefault="004835EA" w:rsidP="004835EA">
+      <w:pPr>
+        <w:ind w:left="780"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A883581" w14:textId="77777777" w:rsidR="005601B7" w:rsidRDefault="005601B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:r w:rsidR="004835EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dyson Business Minor for Life S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>cience Majors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76795A32" w14:textId="1C388E74" w:rsidR="005601B7" w:rsidRDefault="005601B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Cornell University, </w:t>
+      </w:r>
+      <w:r w:rsidR="001C512E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2015-</w:t>
+      </w:r>
+      <w:r w:rsidR="001C512E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2023)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E18AF9" w14:textId="0C9D7177" w:rsidR="00FC58E8" w:rsidRDefault="00FC58E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F169124" w14:textId="6B778484" w:rsidR="00FC58E8" w:rsidRDefault="00FC58E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Director Cane Entrepreneurship Scholars Program (January 2022- </w:t>
+      </w:r>
+      <w:r w:rsidR="00186818">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2886232E" w14:textId="77777777" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A1FFCB" w14:textId="77777777" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C" w:rsidP="001C512E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Lecturer (part-time) College of Human Ecology Sloan Program of Healthcare Administration (2019-2021)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4795DC42" w14:textId="77777777" w:rsidR="001C512E" w:rsidRDefault="001C512E" w:rsidP="001C512E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DEE3A3" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4" w:rsidP="00157AD1">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Adjunct Professor, Cornell College of Veterinary Medicine (July 2018 –</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01F6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515B6886" w14:textId="77777777" w:rsidR="001C512E" w:rsidRDefault="001C512E" w:rsidP="00157AD1">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32CFDCB3" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Member-at-Larger Cornell University Faculty Senate (2018- </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD10E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF786F8" w14:textId="77777777" w:rsidR="001C512E" w:rsidRDefault="001C512E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B529BDC" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member Graduate School Faculty, Applied Economics and Management (2017- present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B324925" w14:textId="77777777" w:rsidR="005601B7" w:rsidRPr="005601B7" w:rsidRDefault="005601B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332D04F5" w14:textId="77777777" w:rsidR="00336320" w:rsidRPr="00064E6C" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:t>Professor</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Adjunct Professor, Department of Biomedical Engineering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6123EFC9" w14:textId="3AED9C87" w:rsidR="00336320" w:rsidRPr="00064E6C" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00566A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Cornell University, 201</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00566A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB2E87B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C8D9730" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Adjunct Professor, Department of Chemical &amp; Bioengineering</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEE0AD7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="00CB2721">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Arizona State University, 1989 – 2009</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D22C46D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D68022" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="001940A0">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Clinical Professor, Department of Surgery, University of Arizona</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FE7FFA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Tucson, Arizona, 1996 - 2003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12807BAE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66157E3A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Associate Professor, Mayo Medical School, 1995 - 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619863DD" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E3C0B99" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Associate Chairman Department of Surgery, Maricopa Medical Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5095BF27" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1990 – 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD31B74" w14:textId="77777777" w:rsidR="001940A0" w:rsidRDefault="001940A0" w:rsidP="001940A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD0F448" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="001940A0">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Adjunct Professor, College of Public Programs, Arizona University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4738180B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1985 -</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>87</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFF2614" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Private Practice Orthopaedic Surgery, 1981 –</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">86:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50649D10" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EEA59CF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F8442B9" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50009BF5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426BDD4C" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F15778A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3597B530" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="180EB3ED" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07195B80" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D7ED27" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60B1DF16" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SCHOLARLY/ACADEMIC AWARDS &amp; HONORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6950784A" w14:textId="77777777" w:rsidR="001C512E" w:rsidRDefault="001C512E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F01F7B" w14:textId="52334CBE" w:rsidR="001C512E" w:rsidRDefault="001C512E" w:rsidP="001C512E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C512E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Teaching Excellence Award for Undergraduate Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, Dyson School of Applied Economics and Management, Cornell S.C. Johnson of Business 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391E41B1" w14:textId="77777777" w:rsidR="001C512E" w:rsidRDefault="001C512E" w:rsidP="001C512E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2AE49B" w14:textId="13148D43" w:rsidR="001C512E" w:rsidRPr="001C512E" w:rsidRDefault="001C512E" w:rsidP="001C512E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Exemplary Service to Dyson Business Minor in Life Sciences 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C83AD1" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76852602" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRPr="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003F76C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Marquis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who’s Who Lifetime Achievement Award 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1022DE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F16A080" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Who</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>'</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s Who in America, 1996-1998, 2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42182019" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F2B2568" w14:textId="77777777" w:rsidR="001C512E" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28ABA1E3" w14:textId="77777777" w:rsidR="001C512E" w:rsidRDefault="001C512E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32943181" w14:textId="2546D023" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="001C512E">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Who’s Who in Medicine &amp; Science, 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3BF435" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="691486FE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who’s Who in the World, 1994</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538BB449" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31903195" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Elected Fellow Royal Society Medicine, 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CAEB89" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ABAA869" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who’s Who Registry of Global Business Leaders, 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DB7C1F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="503558AC" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who’s Who in the West, 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2997AD28" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADA95DF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>National Association of Counties, Washington, DC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB46AA5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Co</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>unty Achievement Award - Orthop</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>edic Outreach Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6C2598" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Maricopa County Health Plan, 1991</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EAF031" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D0D5593" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who’s Who in Upcoming Young Americans, 1990</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3398D713" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097FB252" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Best Program Work:  Basic Science and Overall Presentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E8B308" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Spring Symposium, Arizona Crippled Children’s Hospital, March 1981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3428F912" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E8061A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Winner, Arizona State Research Competition, Committee on Trauma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3EE6C4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>American College of Surgeons, 1981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A27C672" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02F4C3B5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Arizona Medical Association Resident Award, 1980</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0304A464" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64233531" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Alpha Epsilon Honor Society, LaSalle College, 1973</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BC97BA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Magna Cum Laude, LaSalle College, 1973</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F15813B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="170B72ED" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Who’s Who in American Colleges and Universities, 1972 &amp; 1973</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D44B44F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC5F5BE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Outstanding College Athleti</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>cs of America</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, 1973</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287158F6" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F6E8E2A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Alpha Epsilon Delta Honor Pre-Med Society, 1972</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F50AEF5" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0554D4B5" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2270E638" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603CAA3D" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125BD355" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67C7304E" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9504AA" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E0CFE9" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35951BE6" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>TEACHING ASSIGNMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345C22F1" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB54FF7" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC99D75" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34AA6C78" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00322718">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Undergraduate and graduate student education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>: Cornell University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090FFEB4" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4579D440" w14:textId="21FA6DCA" w:rsidR="003F7C2E" w:rsidRDefault="003B533C" w:rsidP="003F7C2E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Course </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designer and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Instructor for</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AB0154" w14:textId="59B3B01D" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B533C" w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AEM 1220, AEM 1221</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Entrepreneurship in the Life Sciences (2015-2018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5EC75C" w14:textId="77777777" w:rsidR="00A31D0C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>AEM 1600</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>: The Business of Modern Medicine(2016-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B12F813" w14:textId="44AAF474" w:rsidR="00A31D0C" w:rsidRDefault="003B533C" w:rsidP="00186818">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>AEM 3250 and AEM 3251</w:t>
       </w:r>
       <w:r w:rsidR="004835EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of Practice</w:t>
-[...6 lines deleted...]
-        <w:t>, Dyson School of Applied Economics and Management</w:t>
+        <w:t xml:space="preserve"> AEM</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Business Plan Development and Starting Your Start-Up </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00186818">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(2016-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C3E112" w14:textId="77777777" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>AEM 6145: Business and Management Skills for STEM graduate students (2015-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629E463B" w14:textId="44351512" w:rsidR="00A31D0C" w:rsidRDefault="003F76C4" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>AEM 2220</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>: Entrepreneurship, Perspectives and Controversies 2018-</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF92557" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="00A31D0C" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="003F76C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AEM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3310: An introduction to Business Regulation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3132AA5F" w14:textId="2A04ABCD" w:rsidR="00F10584" w:rsidRDefault="00F10584" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>AEM 4000: Dyson Grand Challenges (2025-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1A67A1" w14:textId="77777777" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            AEM 7000-609: Graduate Individual Study in AEM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69064A0D" w14:textId="7AAC763A" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>AEM 4355: Healthcare Entrepreneurship</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(2020-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3153C843" w14:textId="77777777" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">            AEM 4661: DBMLS Business Simulation (2021-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733DA15E" w14:textId="076A248B" w:rsidR="00F10584" w:rsidRDefault="00F10584" w:rsidP="00A31D0C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NBAY 5640: Sales </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Stategey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and new Business Development (2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76368F9F" w14:textId="762951CA" w:rsidR="00A31D0C" w:rsidRDefault="00A31D0C" w:rsidP="00F10584">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00F10584">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vet Med 6544: Starting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>a Veterinary</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Practice (2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2630CC70" w14:textId="77777777" w:rsidR="00FD10E4" w:rsidRDefault="00FD10E4" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391F99F6" w14:textId="77777777" w:rsidR="00FD10E4" w:rsidRDefault="00FD10E4" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive-in-Residence Sloan Executive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Masters of Healthcare Administration</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0C6251D4" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32E9F53A" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Supervisor, Honors Thesis for Undergraduate in Developmental Sociology (2018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54718949" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22AC9FD8" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRPr="00DB1F9D" w:rsidRDefault="004A19C4" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, teaching faculty for distribution V</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3559C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> curriculum in Cornell College of Veterinary Medicine (2018- </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD10E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537CF1A4" w14:textId="77777777" w:rsidR="003B533C" w:rsidRPr="00DB1F9D" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B4F080D" w14:textId="77777777" w:rsidR="003B533C" w:rsidRPr="00DB1F9D" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Course instructor for BME 5100, BME 5950, BME 5910, and BME 5920 (2015-2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F4D502" w14:textId="77777777" w:rsidR="003B533C" w:rsidRPr="00DB1F9D" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="489C71FC" w14:textId="6EAFB0C8" w:rsidR="003B533C" w:rsidRPr="00DB1F9D" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Mentor for Blackstone Launch Pad, Cornell University (2016- </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CDBC98" w14:textId="77777777" w:rsidR="003B533C" w:rsidRPr="00DB1F9D" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53C8EA36" w14:textId="6FAA9926" w:rsidR="003B533C" w:rsidRDefault="003F76C4" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Developed 7</w:t>
+      </w:r>
+      <w:r w:rsidR="003B533C" w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> course certificate program in Business and Management Excellence for Health</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3559C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="003B533C" w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>are Professionals through e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30357">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B533C" w:rsidRPr="00DB1F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Cornell ( 2015-2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200AFDD0" w14:textId="77777777" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="077622CE" w14:textId="7646471D" w:rsidR="00186818" w:rsidRPr="006E6E6F" w:rsidRDefault="00186818" w:rsidP="006E6E6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Graduate Education SUNY Downstate School of Public Health</w:t>
+      </w:r>
+      <w:r w:rsidR="001C512E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023-2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F3910D" w14:textId="77777777" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="238A0A2D" w14:textId="4AA7AB36" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HCAD 5201: Introduction to Healthcare </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>dministration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1568F002" w14:textId="44006032" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>HCAD 5203: Healthcare Finance and Reimbursement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444CF1C6" w14:textId="43817F73" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HCAD 5205: Healthcare </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>dministration Leadership Perspectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB71D86" w14:textId="2940B150" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>HCAD 5208: Healthcare Entrepreneurship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585747C1" w14:textId="6CE7758F" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>HCAD 6005: Master of Healthcare Administration Capstone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C22A02" w14:textId="740E0EFD" w:rsidR="006E6E6F" w:rsidRDefault="006E6E6F" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>HCAD 5210: Healthcare Operations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC5A27B" w14:textId="77777777" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D9BFDE9" w14:textId="77777777" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="00186818">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F98AFD4" w14:textId="77777777" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64EDF914" w14:textId="77777777" w:rsidR="00186818" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0514612D" w14:textId="77777777" w:rsidR="00186818" w:rsidRPr="00DB1F9D" w:rsidRDefault="00186818" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DCDEF09" w14:textId="77777777" w:rsidR="003B533C" w:rsidRPr="00322718" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405808CE" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C56AD31" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Medical Student Education (Phoenix</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arizona )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743EE8EB" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C7A8173" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Responsible for 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> year Phoenix Clerkship in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopaedics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, University of Arizona, College of Medicine (1995-1998)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C4D8D7" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04BF9590" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Supervisor of 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> year Clerkship </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopaedics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (over 30 per year)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D966B1" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="634562AD" w14:textId="3EB638B7" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="00E30357">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E76089" w14:textId="77777777" w:rsidR="003B533C" w:rsidRPr="00322718" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026F51DF" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03A49349" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BB2FEA2" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>RESEARCH SUPPORT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDF76A3" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23D74E6B" w14:textId="77777777" w:rsidR="003B533C" w:rsidRPr="00064E6C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zimmer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Corporation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $60,000   Randomized prospective</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> clinical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E81473" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03652E63" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Maricopa Medical Center Foundation - $10,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB13EB1" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BEE504" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopaedic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research &amp; Education Foundation - $4,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B64A6B0" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F5B9EC8" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopaedic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research &amp; Education, Department Grant - $10,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E72769" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66DFCF4B" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Deknatel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - $21,000 “A Comparison of the Safety &amp; Efficacy of Orth-Evac to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Solcotrans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Patients Undergoing Total Replacement”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33205C85" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8A1FD9" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>American Cyanamid - “Comparative Safety &amp; Efficacy Study of Parenteral Piperacillin/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Tazabactam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Treatment of patients with Bone &amp; Joint Infections” $25,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF4B73F" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5326EFFC" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nutramax</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Corporation – “Effects of Glucosamine and Chondroitin Sulfate on Cartilage Metabolism and Arthritis Prevention In-Vitro and In-Vivo, $97,800.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D17961" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A2A481E" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231D847C" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F76C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Other Support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Cornell)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E705DDE" w14:textId="77777777" w:rsidR="00FD10E4" w:rsidRDefault="00FD10E4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77CDD8CC" w14:textId="254DEFBB" w:rsidR="00FD10E4" w:rsidRPr="00FD10E4" w:rsidRDefault="00FD10E4" w:rsidP="00FD10E4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD10E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Warren Funds Grant ($15</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD10E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>00) to develop a Business in Healthcare Simulation for a capstone course in the Dyson Business Minor in the Life Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F03116E" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C0849A" w14:textId="2CC73E5D" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winner of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Zala</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD10E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>nick</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grants for past </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years to enhance entrepreneurship education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BABC10B" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77198634" w14:textId="070AF1C2" w:rsidR="003F76C4" w:rsidRPr="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="00C3559C">
+      <w:pPr>
+        <w:ind w:left="660"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Funding from BEST Program at Cornell to develop and teach fundamentals of business</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3559C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="004A19C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>management to STEM graduate students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293E7679" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C53C3EA" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="148FDE8C" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5961F8" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76106160" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>PUBLIC OR COMMUNITY SERVICE ACTIVITIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D748A7F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF21643" w14:textId="72B04B93" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>To the Community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705045C7" w14:textId="5291DB67" w:rsidR="003F7C2E" w:rsidRDefault="003F7C2E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="409ADEDA" w14:textId="24CECD95" w:rsidR="003F7C2E" w:rsidRDefault="003F7C2E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Board of Directors, Eastlake Homeowners” Association (2018-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244CC003" w14:textId="77777777" w:rsidR="00064E6C" w:rsidRDefault="00064E6C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F6F0B5B" w14:textId="77777777" w:rsidR="00064E6C" w:rsidRPr="00064E6C" w:rsidRDefault="00064E6C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Member, Board of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Directors Cortland United Way (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005601B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52137AD9" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="505CBA09" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Utilization Review Committee Medisun-Medicare HMO, 1999 –2002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1059D7FE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61BFF440" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Board Member, Maricopa Area Health Education Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0A384F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F1EE83E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chairman, Media Meeting for Maricopa County Medical Society, 1988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC07F8B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46E9DC59" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Public Relations Committee, Maricopa County Medical Society</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B72F0E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1985 – 1994</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5294F511" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="378A63DE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Director, Senior Adult Health Education Program, Arizona State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53261B8E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Sun City Program, 1985</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FC039A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A23362A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E1AF9D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="00322718">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Chairman, Utilization Review Committee, Kivel Nursing Home, 1982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141B0962" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C43A4EE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Team Physician (Football), Phoenix Union High School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1B1E5E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>September 1981 - January 1982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D68E92A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CC5FB8D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>To the State</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA025E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( Arizona )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12501D7A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26878F37" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Orthopedic Consultant, Arizona Board of Medical Examiners, 2000-2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398DE5CE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B5EBDA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Medical Advisory Board Arizona Department of Transportation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4525BFC5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1991 – 2005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543ABD89" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C8609DB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Board of Directors, Harrington Arthritis Research Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3515A2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            1984 – 2003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288BEA74" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AAE2EB2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Member, Healthcare Administrators Forum of Arizona, 1993</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2742323D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Junior Executive Member, Arizona Affordable Healthcare Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="318E2441" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1990 -1994</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3511A024" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00394658" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Technical Advisory Group, Greater Phoenix Affordable Healthcare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304C5977" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(GPAHCF) 1990 - 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C10E63F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F5DFA12" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Member, Committee on Continuing Medical Education, Arizona Medical Association, 1988 – 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434F4FB1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B11A42" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Board of Directors, Central Arizona Chapter, Arthritis Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29493177" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           1984 - 1986</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FB73C0" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04947E92" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Broadcasts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC85738" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53C6D150" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Weekly Radio Talk Show Host, “Here’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Your Health,” KLFF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D58DF54" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1987 – </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>88</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257C5742" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="389C9DB1" w14:textId="38204CC1" w:rsidR="00336320" w:rsidRDefault="003F7C2E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Healthcare Costs in Arizona, Horizon - Public Television News 10, Interview:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5A7234" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Dial-A-Doctor Day for the Maricopa County Medical Society, 1987</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DC2C1B" w14:textId="4A2D6819" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Interview - National Arthritis Telethon, 1987</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2494BAFD" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D631B5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Interview - KAET, Osteoporosis, 1986</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3DD6A1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B5FAB49" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Osteoporosis and Its Management,” Horizon, KAET TV, April 1984</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203B16B1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E251DB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="266AF1F6" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SCHOLARLY SOCIETY MEMBERSHIPS/OFFICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD13511" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47EDD10D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>American Academy of Orthopaedic Surgeons’ nominee to the Board of Directors of the American Board of Orthopaedic Surgery, 1997</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0979AD94" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C04AFAE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member Executive Committee American Orthopaedic Association, 1997-1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD4606D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40843AF8" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member Board of Directors Academic Orthopaedic Society, 1992-1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD72239" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7748AE49" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>President Academic Orthopaedic Society 1996-1997</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A530E98" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F63C299" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>President-Elect Academic Orthopaedic Society, 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512D3834" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED20DD0" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Oral Examiner, American Board of Orthopaedic Surgeons</w:t>
+      </w:r>
+      <w:r w:rsidR="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, 1993-1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B68C61E" w14:textId="77777777" w:rsidR="001940A0" w:rsidRDefault="00336320" w:rsidP="001940A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8559C5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="001940A0" w:rsidP="001940A0">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Specialist site visitor Orthop</w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>edic Residency Review Committee ACGME, 1995-1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD1B18E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A95905E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="003B533C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chairman Task Force to Develop Geriatric Curriculum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D042B0" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>American Academy of Orthopaedic Surgeons, 1995 – 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9B19EC" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3E7795" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Academic Orthopaedic Society Representative to the Council of Academic Societies, Association of American Medical Colleges, 1993 - 1999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7E6AEB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED88067" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Secretary-Treasurer, Academic Orthopaedic Society, 1990 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>93</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C2D0BF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CF2DB7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Chairman, Publications Committee, Academic Orthopaedic Society, 1989 - 1994</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3519A8C3" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346C0E2B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chairman, Membership Committee, American Orthopaedic Foot &amp; Ankle Society 1992 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>94</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30684C7B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4AE1C0" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chairman Residency Review Course, AOFAS. 1989 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC35F23" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15259A22" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>President, Arizona Geriatrics Society, 1989</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E96CAB7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EBA971" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>President, Maricopa Chapter, Arizona Orthopaedic Society, 1988 – 89</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D04185" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="106E739F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B533C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Member of  the following Professional Societies:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1684F34D" w14:textId="77777777" w:rsidR="006E6E6F" w:rsidRDefault="006E6E6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7856483D" w14:textId="534976F9" w:rsidR="00C3559C" w:rsidRDefault="006E6E6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>American College of Healthcare Executives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666198DE" w14:textId="77777777" w:rsidR="006E6E6F" w:rsidRPr="006E6E6F" w:rsidRDefault="006E6E6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="211E562E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00C3559C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           United States Association for Small Business and Entrepreneurship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DCECAB" w14:textId="77777777" w:rsidR="00C3559C" w:rsidRPr="00C3559C" w:rsidRDefault="00C3559C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D701A4F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00064E6C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Association of </w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Bone &amp; Joint Surgeons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00AE3FC4" w14:textId="77777777" w:rsidR="00064E6C" w:rsidRDefault="00064E6C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D0E771" w14:textId="77777777" w:rsidR="00064E6C" w:rsidRDefault="00064E6C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="004835EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2017-   present)</w:t>
-[...142 lines deleted...]
-    <w:p w14:paraId="65DEE3A3" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4" w:rsidP="00157AD1">
+        <w:t xml:space="preserve">Fellow, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>American Orthopaedic Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644BBE74" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48D65CBB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>American Orthopaedic Foot &amp; Ankle Society</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B03DAF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="005601B7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3B54EB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fellow, American Academy of Orthopaedic Surgeons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="653575E3" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EF88059" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="004A19C4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Adjunct Professor, Cornell College of Veterinary Medicine (July 2018 –</w:t>
-[...81 lines deleted...]
-      <w:r>
+        <w:t>American College of Physician Executives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E60ABFA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB260E6" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fellow, Royal Society of Medicine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3C318B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5345811B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C76B9F5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...55 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...255 lines deleted...]
-    <w:p w14:paraId="3EEA59CF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+        <w:t>LICENSURE &amp; CERTIFICATION SPECIFICS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C8BAFA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F8442B9" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="6CB9F3E4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...4212 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>American Board of Orthopaedic Surgery - 1984</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34CE6153" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Recertification 1993</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C786B6A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62BDBF89" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
-[...13 lines deleted...]
-        <w:t>License - Arizona, current   No. 10617</w:t>
+    <w:p w14:paraId="62BDBF89" w14:textId="7C61305C" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">License - </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2469D8B1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="003B533C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">               Massachusetts Current</w:t>
       </w:r>
       <w:r>
@@ -7487,68 +7687,62 @@
             </w:pPr>
             <w:hyperlink r:id="rId8" w:tooltip="This is the number of citations to all publications. The second column has the &quot;recent&quot; version of this metric which is the number of new citations in the last 5 years to all publications." w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="222222"/>
                 </w:rPr>
                 <w:t>Citations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FD4DFF0" w14:textId="232D187D" w:rsidR="00E30357" w:rsidRDefault="00E30357">
+          <w:p w14:paraId="3FD4DFF0" w14:textId="77777777" w:rsidR="00E30357" w:rsidRDefault="00E30357">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-              <w:t>651</w:t>
+              <w:t>2451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="649FC650" w14:textId="270307AB" w:rsidR="00E30357" w:rsidRDefault="00E30357">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -7573,68 +7767,62 @@
             </w:pPr>
             <w:hyperlink r:id="rId9" w:tooltip="h-index is the largest number h such that h publications have at least h citations. The second column has the &quot;recent&quot; version of this metric which is the largest number h such that h publications have at least h new citations in the last 5 years." w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="222222"/>
                 </w:rPr>
                 <w:t>h-index</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="652982A1" w14:textId="7121C33B" w:rsidR="00E30357" w:rsidRDefault="00E30357">
+          <w:p w14:paraId="652982A1" w14:textId="77777777" w:rsidR="00E30357" w:rsidRDefault="00E30357">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="048544E4" w14:textId="434B92F2" w:rsidR="00E30357" w:rsidRDefault="00E30357" w:rsidP="00E30357">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -7662,71 +7850,64 @@
             <w:hyperlink r:id="rId10" w:tooltip="i10-index is the number of publications with at least 10 citations. The second column has the &quot;recent&quot; version of this metric which is the number of publications that have received at least 10 new citations in the last 5 years." w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="222222"/>
                 </w:rPr>
                 <w:t>i10-index</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="120" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67C61E0D" w14:textId="69138773" w:rsidR="00E30357" w:rsidRDefault="00E30357">
+          <w:p w14:paraId="67C61E0D" w14:textId="77777777" w:rsidR="00E30357" w:rsidRDefault="00E30357">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="222222"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="222222"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...6 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="367BBFD3" w14:textId="77777777" w:rsidR="00E30357" w:rsidRDefault="00E30357">
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="298AB3AD" w14:textId="3B1FC99D" w:rsidR="001734FC" w:rsidRPr="001734FC" w:rsidRDefault="001734FC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -8370,50 +8551,51 @@
     </w:p>
     <w:p w14:paraId="08266BA2" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44FBC984" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Karpman, R., “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Orthopaedic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Issues in the Aged,” chapter in Handbook of Clinical Gerontology, Pergamon Press, 144-151, 1986</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6EB87B" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -8467,51 +8649,50 @@
     </w:p>
     <w:p w14:paraId="6B8D94BB" w14:textId="318FC5A4" w:rsidR="001734FC" w:rsidRDefault="001734FC" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="739DFA38" w14:textId="5DDA6DEB" w:rsidR="001734FC" w:rsidRDefault="001734FC" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>In Progress: Negotiating with great River Learning to develop e-textbook for The Business of Modern Medicine</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CECB284" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F8920DB" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ABE6685" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
@@ -8571,69 +8752,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BS</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Patrick </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, Patrick Magahis, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BA</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8647,67 +8810,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Ajay Premkumar, MD, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MPH</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Peter </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, Peter Sculco, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MD</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC58E8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>a,b</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -9136,51 +9283,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> the Revision of Total Hip Arthroplasty,” Clinical </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Orthopaedics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Related Research, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve"> 387:4-8, June, 2001</w:t>
+        <w:t xml:space="preserve"> 387:4-8, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>June,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2001</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F82935" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7851A227" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
@@ -9655,51 +9818,50 @@
     </w:p>
     <w:p w14:paraId="7F415166" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07DCA4A7" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Bunt, T.J., Malone, J., Moody, M., Karpman, R., “Vascular Injuries Related to Large Bone Fractures,” American Journal of Surgery, 160:226-228, Aug. 1990</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A5520A" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F492C62" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C" w:rsidP="003B533C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -10555,4305 +10717,4363 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C3559C" w:rsidRPr="00C150F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>In Process</w:t>
       </w:r>
       <w:r w:rsidRPr="00C150F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CC300A" w14:textId="77777777" w:rsidR="008E1F3C" w:rsidRDefault="008E1F3C" w:rsidP="00C3559C">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="073F9E65" w14:textId="73A4A8AD" w:rsidR="00FC58E8" w:rsidRDefault="00FC58E8" w:rsidP="00FC58E8">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E17D81" w14:textId="10B61261" w:rsidR="008E1F3C" w:rsidRPr="008E1F3C" w:rsidRDefault="008E1F3C" w:rsidP="007800B0">
-[...77 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="28F9945A" w14:textId="5813FDDC" w:rsidR="00C150F8" w:rsidRDefault="00C150F8" w:rsidP="00FC58E8">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Porter Hypothesis Revisited: Healthcare Regulation and Entrepreneurship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F76A72" w14:textId="77777777" w:rsidR="00C150F8" w:rsidRDefault="00C150F8" w:rsidP="00FC58E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA175B3" w14:textId="134D34BE" w:rsidR="00C150F8" w:rsidRDefault="00AD5D4E" w:rsidP="00AD5D4E">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5D4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Porter Hypothesis Revisited: Healthcare Regulation and Entrepreneurship</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="6EA175B3" w14:textId="77777777" w:rsidR="00C150F8" w:rsidRDefault="00C150F8" w:rsidP="00C3559C">
+        <w:t>alidating and testing the Uniform Core Assessment tool for MassHealth Long Term Services and Supports(LTSS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432D537B" w14:textId="77777777" w:rsidR="00C150F8" w:rsidRPr="00C150F8" w:rsidRDefault="00C150F8" w:rsidP="00C3559C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="432D537B" w14:textId="77777777" w:rsidR="00C150F8" w:rsidRPr="00C150F8" w:rsidRDefault="00C150F8" w:rsidP="00C3559C">
+    <w:p w14:paraId="3CE86E79" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BE2FB2A" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRPr="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00F764B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F764B8">
+        <w:t>Editorial Board Positions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCA409E" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231DB661" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Foot &amp; Ankle, 1988 – 92</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EA7DEE" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FEDF35E" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Associate Editor, Clinical </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopaedics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Related Research, 1987 - 1997</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769E4A2B" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3190387A" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Editorial Board, Advances in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopaedic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Surgery, 1989 - 1995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D366AF" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D16EA31" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Editorial Board, Topics in Geriatric Rehabilitation, 1990 – 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3323307E" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="680831AE" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRPr="003B533C" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prior </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B533C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Research Activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D66CD3C" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDC354A" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRPr="00064E6C" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>A Randomized Prospective Study on standard, mini, or quad-sparing approach to Total Knee Replacement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F51E18" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B9039C3" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Development of a slotted screw to enhance fixation in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>osteopenic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bone.  U.S.     patent approved.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1704CCC7" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E30A72A" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3. Biologic response of young vs. old chondrocytes in- vitro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B89CAEE" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="103AC9AE" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>4.  A new model for health care delivery in elderly patients with hip fracture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A57DB0C" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577B3619" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5.  Differential Effects of nicotine vs. smoke condensate on bone cell metabolism and fracture healing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD735A6" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5731EF9B" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C1E008" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75BC5AC2" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="00F764B8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F2CC19" w14:textId="77777777" w:rsidR="00F764B8" w:rsidRDefault="00F764B8" w:rsidP="003B533C">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E8CAC3A" w14:textId="20137CFC" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>COMMITTEE ASSIGNMENTS</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10584">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OFFICES</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10584">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, and Engagement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B82268" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="140CDADB" w14:textId="67683C9C" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Cornell</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12357437" w14:textId="77777777" w:rsidR="00F10584" w:rsidRDefault="00F10584">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4D047C" w14:textId="135EC456" w:rsidR="00F10584" w:rsidRDefault="00F10584">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F10584">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant Cornell Business Alumni Webinar of Resilience in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F10584">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ealthcare Entrepreneurship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2691D501" w14:textId="26B8B75F" w:rsidR="00F10584" w:rsidRDefault="00F10584">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Harvard Business Publishing Advisory Board</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F63FC4" w14:textId="5ECED9C2" w:rsidR="00F10584" w:rsidRPr="00F10584" w:rsidRDefault="00F10584" w:rsidP="00F10584">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Participant on Video for Cornell</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1A4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Einhorn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Engagement Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EA2070" w14:textId="44EB3484" w:rsidR="00CD5408" w:rsidRDefault="00CD5408">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E4A7EE7" w14:textId="41F51A6E" w:rsidR="00CD5408" w:rsidRDefault="00CD5408">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD5408">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>Chairman</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JCB Faculty Policy Committee (2021-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5637DD63" w14:textId="77777777" w:rsidR="00DF3B25" w:rsidRDefault="00DF3B25" w:rsidP="00DF3B25">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65814E41" w14:textId="77777777" w:rsidR="00DF3B25" w:rsidRDefault="00DF3B25" w:rsidP="00DF3B25">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38B7746D" w14:textId="38350804" w:rsidR="00CD5408" w:rsidRDefault="00CD5408" w:rsidP="00DF3B25">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member JCB Faculty Policy Committee (2020-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3B25">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2023)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274056C7" w14:textId="18C2B403" w:rsidR="00CD5408" w:rsidRDefault="00CD5408">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member Task Force JCB to modify TU amplifiers (2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008094FC" w14:textId="3BBA6EB5" w:rsidR="00CD5408" w:rsidRPr="00CD5408" w:rsidRDefault="00CD5408">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member Cornell Faculty</w:t>
+      </w:r>
+      <w:r w:rsidR="003A23E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Task Force on RTE Faculty</w:t>
+      </w:r>
+      <w:r w:rsidR="003A23E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2021-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C34CCB0" w14:textId="77777777" w:rsidR="004A19C4" w:rsidRDefault="004A19C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="209D6092" w14:textId="5F3884A8" w:rsidR="004A19C4" w:rsidRPr="004A19C4" w:rsidRDefault="004A19C4" w:rsidP="004A19C4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A19C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member-at Large Cornell Faculty Senate</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5408">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A19C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(2018-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5408">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508E7257" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C56161" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F76C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Chair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F76C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renewal contract for John Tobin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Professor of Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46357DAF" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003F76C4">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>JCB task force on business minors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D238C4D" w14:textId="6B586935" w:rsidR="003F76C4" w:rsidRPr="003F76C4" w:rsidRDefault="003F76C4" w:rsidP="003A23E5">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>JCB and College of Veterinary Medicine</w:t>
+      </w:r>
+      <w:r w:rsidR="003A23E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>: Creation of a Strategic Plan for CVM Center for   Business and Entrepreneurship. Plan initiated 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CA24C4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F12EED" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA1E4A9" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hospital Committees – Boswell Hospital</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CDE177" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="054F634F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chairman,</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Surgery Committee, 2003-2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A16F57" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39394BCD" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Member, Medical E</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>xecutive Committee, 2003-2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661DC03A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E645939" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Joint Conf</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>erence Committee, 2003 - 2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABFA59E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE535B7" w14:textId="2E242BD2" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="003A23E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="003A23E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member Quality improvement Committee, 1999- 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4A7063" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C68E0A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member Infection Control Committee, 1999- 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2043C3B7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B81227" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="001940A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Member Education Committee, </w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1999- 2002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9D57BB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="113B7A8D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Member, Credentials Committee, 1999 – 2002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D92FFE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7412E2A9" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="001940A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Surgical Committee, 1999 - 2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138E60DD" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5826AE50" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EFA1D76" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Department of Surgery Committees – Maricopa Medical Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C490F02" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59D1A315" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chairman, Committee on AIDS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6A30EC" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36E3B4D6" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Department QA Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589D4D2F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A6DCF1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Resident Promotion Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D76CD5D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B12B06" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Management Board Maricopa Surgeons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CC4E89" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>20-member</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> multi-specialty surgical group practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEDB0F1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A9D8DA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF11216" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hospital Committees </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(Maricopa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Center)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4FCF9B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26DC194B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chairman, Graduate Medical Education Committee, 1991 - 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C31D9F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5452A0" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chairman Continuing Medical Education Committee, 1991 – 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F29340" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A07D0E6" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Hospital Director Search Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E5C872" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72477C6D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Member Executive Committee of Health System, 1993 </w:t>
+      </w:r>
+      <w:r w:rsidR="003F76C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7D5896" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52BC370D" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1998CF48" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1654C3AB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member Hospital Ethics Committee, 1991 -1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE327AD" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4175E64C" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t xml:space="preserve">Member Task Force to Review </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>RFP’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Hospital Master Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6310D244" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="175F60AF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Project Director, Total Quality Management Group for Surgery Clinics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410CD538" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1991 – 93</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245C8F4D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF23B2B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Outpatient Ambulatory Care Committee, 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D48AF5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14E3A489" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chairman, Psychiatry Search Committee, 1989</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2BD2D7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38446F5A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Research Committee, 1986 - 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3470A33E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6033494E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member, Hospital Disaster Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A900FA0" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B4423E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Member, Rehabilitation Committee, 1986 - 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655E2B8C" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68B990C5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Committee Assignment Professional Societies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F3B986" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2108FE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00064E6C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member of AAOS</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Committee on </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA025E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ging, 1999</w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>- 2004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0462E4C6" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EF3401" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Graduate Medical Education Committee, Academic Orthopaedic Society</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53AAED6B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6300A7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="741CFE40" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Task Force to Revise By-Laws of Academic Orthopaedic Society</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1752D98F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6071039C" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, American Academy of Orthopaedic Surgeons Committee </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA46E82" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="005F7973">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assist Orthopaedic Chairman &amp; Program Directors (formerly ACORE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41304E36" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7535576A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Sub-Committee on Testing Foot &amp; Ankle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6769A2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C4C2387" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>American Academy of Orthopaedic Surgeons, 1989 – 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFBA3F2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53CD53B4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Arizona Credentials Committee for the American College of Surgeons 1992 – 1994</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07110399" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32C3CAF1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member Task Force, Global Fees, American Academy of Orthopaedic Surgeons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4D4889" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BE46019" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Membership Committee, Association </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>of Bone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Joint Surgeons, 1996-1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63477EFD" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Site Selection Committee, Association of Bone &amp; Joint Surgeons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DF9CEE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45943B50" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Local Arrangements Chairman, American Orthopaedic Foot &amp; Ankle Society, 1988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422D7DA9" w14:textId="77777777" w:rsidR="003A23E5" w:rsidRDefault="003A23E5">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BB92042" w14:textId="2320F396" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Post Graduate Testing, American Orthopaedic Foot &amp; Ankle Society, 1989 - 1994</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481762E9" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443A63CE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Animal Welfare Committee, Human Subjects Committee, Harrington Arthritis Research Center, 1986 – </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F13A38A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F75A677" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Education Committee, American Orthopaedic Foot &amp; Ankle Society, 1989 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F80326B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541B1134" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Liaison to American Geriatrics Society for American Orthopaedic Foot &amp; Ankle Society, 1989 - 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6FEC08" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BEB736" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Instructor, American Academy of Orthopaedic Surgeons’ Summer Institute, San Diego, California, 1988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64877752" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF9636D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Chairman, Institutional Research &amp; Education Committee, Harrington Arthritis</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research Center, 1986 </w:t>
+      </w:r>
+      <w:r w:rsidR="003F76C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69680FE2" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50D32EC1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consultant, Arthritis Clinic, St. Joseph’s Hospital &amp; Medical Center, Phoenix, Arizona, 1982 – </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>86</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B58611" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE51FDA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Member, Teaching Staff, St. Joseph’s Hospital Internal Medicine Residency Program, 1983 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>88</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1703DAB2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09E992BE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Gerontology Advisory Board, St. Luke’s Hospital Medical Center, 1982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AF3FB7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2C2E44" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liaison to American Geriatrics Society Regarding Surgical Programs, 1984 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>86</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF7B7ED" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D57D50B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chairman, “Them Ol’ Bones,” Annual International Multi-Disciplinary Conference on Musculoskeletal Diseases in the Elderly, 1984 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001940A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>89</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D94C795" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB98EFF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Board of Directors, Western Division, American Geriatrics Society, 1987</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAFADBE" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AA93B73" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="395A7422" w14:textId="77777777" w:rsidR="000A626E" w:rsidRDefault="000A626E" w:rsidP="000A626E">
+      <w:pPr>
+        <w:ind w:left="7200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E260F85" w14:textId="77777777" w:rsidR="000A626E" w:rsidRDefault="000A626E" w:rsidP="000A626E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="752E52FB" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="000A626E">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D325615" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1D1082" w14:textId="77777777" w:rsidR="00336320" w:rsidRPr="003B533C" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="790F43DC" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AB39B2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SCIENTIFIC EXHIBITS &amp; AUDIOVISUAL PRESENTATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D1355D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF8E024" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Exhibits/Poster Sessions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62BB971F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A17C7E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Metabolic Effects of Nicotine</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on Cartilage Cells In Vitro,” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">American Academy of Orthopaedic Surgeons, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>March,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B31CDC2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00AF591B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Synergistic Effect of Glucosamine HCl and Chondroitin Sulfate on In-Vitro Proteoglycan Synthe</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AE2AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>By</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AE2AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bovine Chondrocytes,” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">American Academy of Orthopaedic Surgeons, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>March,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FA1B2D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52F17A4B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Orthopaedic Challenges in the Geriatric Patient,” American Acad</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>of Orthopaedic Surgeons, 1997</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14ED7899" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753847E4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Safety and Efficacy of Unwashed Filtered Wound Drainage Blood for Autotransfusion Following Orthopaedic Surgery,” Poster Exhibitor, American Academy of Orthopaedic Surgeons.  San Francisco, Feb 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2AEC85" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C05302" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Karpman, R., Lisboa, J., Del Mar, N., </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopaedic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Outreach Program: Proceedings of Group Health Institute, June 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553D190A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23F68002" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Shoe wear</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the Institutionalized Elderly,” Gerontological Society of American, San Francisco, Nov 1991</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42998B5E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1784694C" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Technical Aspects of Piezoelectric Polymer Use </w:t>
+      </w:r>
+      <w:r w:rsidR="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Foot Force Measurements,” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Poster Exhibit for American Orthopaedic Foot &amp; Ankle Society, 1988 meeting, St. Paul, Minnesota, July 1988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC83B69" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159C0AD5" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Implant Arthroplasty of the Forefoot in Rheumatoid Arthritis,” American Orthopaedic Foot &amp; Ankle Society, Feb 1988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E583F22" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A7AC635" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Knight, L., Wiley, J., Karpman, R., “Better Methods for Assistive Devices, Development and Performance Measurement,” Arthritis Health Professionals Association, Western Regional Meeting, 1985</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1312A457" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D376337" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E60501" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="735AD0E6" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Effects of a Topical Lathyrogen on Peritendinous Adhesions and Joint Contracture,” Poster Session, Orthopaedic Research Society, Feb 1981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0D0A14" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55488B4A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>SCHOLARLY PRESENTATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B14709F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A315C54" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Colloquia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12AFD0D2" w14:textId="77777777" w:rsidR="004835EA" w:rsidRDefault="004835EA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DEAB4A5" w14:textId="77777777" w:rsidR="004835EA" w:rsidRDefault="004835EA" w:rsidP="004835EA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004835EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Business as a Second Language for Virologists” presented at the American Society of  Virology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004835EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> June 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30210C2A" w14:textId="77777777" w:rsidR="004835EA" w:rsidRDefault="004835EA" w:rsidP="004835EA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EDC6239" w14:textId="77777777" w:rsidR="004835EA" w:rsidRPr="004835EA" w:rsidRDefault="004835EA" w:rsidP="004835EA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004835EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“An Innovative Device for Medication Management in Elderly Individuals” presented at Cornell Healthy Futures Symposium 2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B12309" w14:textId="77777777" w:rsidR="004835EA" w:rsidRDefault="004835EA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A26F54A" w14:textId="594884D8" w:rsidR="00336320" w:rsidRDefault="00336320" w:rsidP="00D02169">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“The Role and Value of t</w:t>
+      </w:r>
+      <w:r w:rsidR="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Orthopedic</w:t>
+      </w:r>
+      <w:r w:rsidR="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Representative” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">presented at the Association of Bone and Joint Surgeons </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239CFADD" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5850C81A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Visiting Professor, Department of Geriatrics, Rush Medical School, 2003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1962CA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EEFB4F4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="000A626E" w:rsidP="000A626E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Survival S</w:t>
+      </w:r>
+      <w:r w:rsidR="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kills for Orthopaedic Chairs,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00336320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Academic Orthopaedic Society Annual Meeting, Chicago, Illinois, Nov. 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFDB8BF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CA57BDC" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Is the Orthopaedic Care of Geriatric Patients Different?</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Geriatric Grand Rounds, St. Joseph’s Hospital, Phoenix, Arizona,  Oct. 2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538D8628" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77608132" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Compensation Me</w:t>
+      </w:r>
+      <w:r w:rsidR="00064E6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>thods for Orthopaedic Faculty,”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Academic Orthopaedic Society Annual Meeting, Chicago, Illinois, Nov. 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C49651B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36B8A615" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Carroll Silver M.D. Visiting Professorship Department of Orthopaedics, Brown University School of Medicine ‘ Is the Orthopaedic Care of Older Patients Different?</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oct. 1997 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C85555" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="747E98AF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B4669D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Development of a Geriatric Curriculum for Orthopaedic Residency Training, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>AAMC meeting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, Nov. 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED16463" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6204EB27" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>The Development of a Slotted Cannulated Screw, American Orthopaedic Association, 1996</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BE120E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C78997" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“The Graying of America.  It’s Affect on your Practice,” Instructional Course Lecture, American Academy of Orthopaedic Surgeons, 1996-1999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F62BEA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56FF837A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“The Problem Resident: Recognition and Remediation,” Academic Orthopaedic Society, Nov 1995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2363C680" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C2D48C" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Incorporating Basic Science into Clinical Teaching,” Council of Academic Societies, Spring Meeting, 1995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E60D39A" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43A2A57E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Are There Too Many Orthopaedic Surgeons in Arizona?” Western Orthopaedic Association, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7973">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>fall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B3B7DA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A1014E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Analgesics in an Emergency Department-Does an Ethnic Bias Exist?” Association of Bone &amp; Joint Surgeons, 1995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BC08BF" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA84128" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Supracondylar Fractures in the Frail Elderly, LSU Symposium on Trauma, Nov 1993, and Association Bone &amp; Joint Surgeons, May 1994</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD87719" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5DAC35" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Anatomic Variations of the Talar Dome,” Association of Bone &amp; Joint Surgeons, May 1993</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA45AF4" w14:textId="77777777" w:rsidR="003F76C4" w:rsidRDefault="003F76C4">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B625C15" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Visiting Professor, Loyola University, College of Medicine, May 1993</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67736CD1" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="522269F0" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Keynote speaker, Hospital Corporation of America, Seminar on Elder Care, July 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D46F821" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A9B897" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Austin Moore vs. Bipolar &amp; Prostheses-A Randomized Prospective Study,” American Academy of Orthopaedic Surgeons, Feb 1992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681B784E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E3477E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“Early Failure of PCA Non-Cemented Total Hip Replacement,” American Academy of Orthopaedic Surgeons, 1991</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3A699E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF298C2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Metatarsalgia &amp; Other Foot Problems,” Grand Rounds, Albert Einstein Orthopaedic Program, Philadelphia, June 1989</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDB1EF4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373F8258" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Grand Rounds, Jefferson Medical College, June 1989</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A784A67" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Musculoskeletal Causes of Dysmobility,” presented at Rehabilitation and Geriatric Education:  Perspectives and Potential, Arlington, Virginia, Dec 1988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CB227E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F703C7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Bone &amp; Joint Problems in Older Age,” Clinical Management of the Elderly Patient,” Orlando, Florida, March 1985</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0958D87D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3075FC2B" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“My Aching Bones,” a ten-week course at Arizona State University, Sun City Campus, 1985</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3957BF69" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7656E50D" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Orthopaedic Problems of the Elderly,” University of Pennsylvania School of Arts &amp; Sciences, Gerontology Program, Nov 1979</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9E0F9E" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10CA0FD2" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Determination of the Volume of the Lower Extremities,” American College of Surgeons, Chicago, Illinois, Oct 1979</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CDA2AA" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E61027" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Effects of the Subchondral Bone Plate on Medial Migration of the Acetabular Component,” Residents’ Conference, American Orthopaedic Association, April 1981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36066B14" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F46BFF9" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>“Treatment of Degenerative Arthritis of the Knee,” Orthopaedic Residents’ Conference, American Orthopaedic Association, 1980</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483F87E7" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="484D7798" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF1D16B" w14:textId="77777777" w:rsidR="00336320" w:rsidRPr="00F764B8" w:rsidRDefault="00336320">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Editorial Board Positions</w:t>
-[...4054 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F764B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Seminars</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFBCF7B" w14:textId="77777777" w:rsidR="00322718" w:rsidRDefault="00322718">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4053AB2D" w14:textId="77777777" w:rsidR="00322718" w:rsidRDefault="00322718">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00322718">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
@@ -15842,50 +16062,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="21AE4333" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3554BEE4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Fixation </w:t>
       </w:r>
       <w:r w:rsidR="005F7973">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>of Pelvic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fractures,” City Wide Morbidity and Mortality Conference, Phoenix, Feb 1988</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2BEF9F" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -15953,51 +16174,50 @@
     </w:p>
     <w:p w14:paraId="53FD1016" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E5F0B30" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>“Effect of Cost Controls on Care of the Elderly,” St. Luke’s Gerontology Rounds and Kivel Nursing Home, 1985</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3CF932" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3130B4F4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -16069,70 +16289,70 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18A7EBC4" w14:textId="77777777" w:rsidR="00336320" w:rsidRDefault="00336320">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00336320">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="1800" w:bottom="432" w:left="720" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BBCCF4D" w14:textId="77777777" w:rsidR="00CE687C" w:rsidRDefault="00CE687C">
+    <w:p w14:paraId="42EF7047" w14:textId="77777777" w:rsidR="00304FD6" w:rsidRDefault="00304FD6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14B09757" w14:textId="77777777" w:rsidR="00CE687C" w:rsidRDefault="00CE687C">
+    <w:p w14:paraId="53DBE6A9" w14:textId="77777777" w:rsidR="00304FD6" w:rsidRDefault="00304FD6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -16149,121 +16369,121 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31FC05AF" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="auto" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00566A95">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2C72E5D7" w14:textId="77777777" w:rsidR="003B533C" w:rsidRDefault="003B533C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17E6F111" w14:textId="77777777" w:rsidR="00CE687C" w:rsidRDefault="00CE687C">
+    <w:p w14:paraId="18B1F206" w14:textId="77777777" w:rsidR="00304FD6" w:rsidRDefault="00304FD6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A85A395" w14:textId="77777777" w:rsidR="00CE687C" w:rsidRDefault="00CE687C">
+    <w:p w14:paraId="49BF8111" w14:textId="77777777" w:rsidR="00304FD6" w:rsidRDefault="00304FD6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4020FD8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16666,199 +16886,204 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1979146018">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1085808335">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1933736307">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1622102567">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1179349263">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="192380436">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F63CA"/>
+    <w:rsid w:val="00054ADA"/>
     <w:rsid w:val="00064E6C"/>
     <w:rsid w:val="000A626E"/>
+    <w:rsid w:val="000B40F6"/>
     <w:rsid w:val="000C7D92"/>
     <w:rsid w:val="00157AD1"/>
     <w:rsid w:val="001734FC"/>
     <w:rsid w:val="00185ACD"/>
     <w:rsid w:val="00186818"/>
     <w:rsid w:val="001940A0"/>
     <w:rsid w:val="001A4AF2"/>
+    <w:rsid w:val="001C512E"/>
     <w:rsid w:val="001E0072"/>
     <w:rsid w:val="00206D71"/>
     <w:rsid w:val="002142C1"/>
     <w:rsid w:val="002728BB"/>
+    <w:rsid w:val="002F1A4F"/>
+    <w:rsid w:val="00304FD6"/>
     <w:rsid w:val="00322718"/>
-    <w:rsid w:val="00333CEA"/>
     <w:rsid w:val="00336320"/>
     <w:rsid w:val="003A23E5"/>
     <w:rsid w:val="003B533C"/>
     <w:rsid w:val="003D3B8B"/>
     <w:rsid w:val="003F6F8B"/>
     <w:rsid w:val="003F76C4"/>
     <w:rsid w:val="003F7C2E"/>
     <w:rsid w:val="004065DC"/>
     <w:rsid w:val="00457C73"/>
     <w:rsid w:val="004745C6"/>
     <w:rsid w:val="004832CD"/>
     <w:rsid w:val="004835EA"/>
     <w:rsid w:val="00493E24"/>
     <w:rsid w:val="004A19C4"/>
+    <w:rsid w:val="004A6D90"/>
     <w:rsid w:val="005049F3"/>
     <w:rsid w:val="005601B7"/>
     <w:rsid w:val="00566A95"/>
     <w:rsid w:val="005B5AC1"/>
     <w:rsid w:val="005F7973"/>
     <w:rsid w:val="006B4E05"/>
     <w:rsid w:val="006E6CE9"/>
     <w:rsid w:val="006E6E6F"/>
-    <w:rsid w:val="007800B0"/>
     <w:rsid w:val="007B02EE"/>
     <w:rsid w:val="007C45D5"/>
     <w:rsid w:val="007F63CA"/>
     <w:rsid w:val="007F7B89"/>
     <w:rsid w:val="00806D52"/>
     <w:rsid w:val="00841A41"/>
     <w:rsid w:val="0085455E"/>
     <w:rsid w:val="00890B8F"/>
-    <w:rsid w:val="008E1F3C"/>
     <w:rsid w:val="008F797C"/>
     <w:rsid w:val="009B08FE"/>
     <w:rsid w:val="00A077B0"/>
     <w:rsid w:val="00A31D0C"/>
     <w:rsid w:val="00A35AEE"/>
+    <w:rsid w:val="00AD5D4E"/>
     <w:rsid w:val="00AE06D1"/>
     <w:rsid w:val="00AE2AAB"/>
     <w:rsid w:val="00B15880"/>
     <w:rsid w:val="00B31E95"/>
     <w:rsid w:val="00B37933"/>
     <w:rsid w:val="00BA025E"/>
     <w:rsid w:val="00BA2AF0"/>
     <w:rsid w:val="00C150F8"/>
     <w:rsid w:val="00C3559C"/>
-    <w:rsid w:val="00C505DD"/>
     <w:rsid w:val="00CB2721"/>
     <w:rsid w:val="00CD5408"/>
     <w:rsid w:val="00CE5387"/>
-    <w:rsid w:val="00CE687C"/>
     <w:rsid w:val="00D02169"/>
     <w:rsid w:val="00D47BBA"/>
     <w:rsid w:val="00DB1F9D"/>
     <w:rsid w:val="00DB7978"/>
+    <w:rsid w:val="00DD0060"/>
+    <w:rsid w:val="00DD6709"/>
+    <w:rsid w:val="00DF3B25"/>
     <w:rsid w:val="00E01F6A"/>
     <w:rsid w:val="00E30357"/>
-    <w:rsid w:val="00E43B14"/>
     <w:rsid w:val="00ED2A09"/>
     <w:rsid w:val="00F033C3"/>
+    <w:rsid w:val="00F10584"/>
     <w:rsid w:val="00F66128"/>
     <w:rsid w:val="00F764B8"/>
     <w:rsid w:val="00FC39A3"/>
     <w:rsid w:val="00FC58E8"/>
     <w:rsid w:val="00FD10E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="54376B3F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{97DDF0F5-22C5-489D-80A2-AD7C5700E1CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17381,51 +17606,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -17517,51 +17741,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AE2AAB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="868223553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:void(0)" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -17858,75 +18082,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C584210-ECC5-433F-916E-17461FE192F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5169</Words>
-  <Characters>29465</Characters>
+  <Words>5236</Words>
+  <Characters>29847</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>245</Lines>
-  <Paragraphs>69</Paragraphs>
+  <Lines>248</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CURRICULUM VITAE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ORTHO CARE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34565</CharactersWithSpaces>
+  <CharactersWithSpaces>35013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7274564</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Rkarpmanaz@aol.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>