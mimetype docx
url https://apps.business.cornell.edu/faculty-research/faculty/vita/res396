--- v0 (2025-10-13)
+++ v1 (2026-02-14)
@@ -8,91 +8,97 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9570"/>
         <w:gridCol w:w="222"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E83A12" w14:paraId="08456517" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9535" w:type="dxa"/>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4855"/>
               <w:gridCol w:w="4680"/>
             </w:tblGrid>
             <w:tr w:rsidR="00654583" w:rsidRPr="00513DC7" w14:paraId="7AA7A58D" w14:textId="77777777" w:rsidTr="00292945">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4855" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="13D08578" w14:textId="77777777" w:rsidR="00654583" w:rsidRDefault="00292945" w:rsidP="00292945">
+                <w:p w14:paraId="13D08578" w14:textId="465E3D37" w:rsidR="00654583" w:rsidRDefault="007E73DF" w:rsidP="00292945">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00292945">
+                  <w:r>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>164 Plant Science Building</w:t>
+                    <w:t>102 Academic Surge A</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00292945" w:rsidRPr="00292945">
+                    <w:rPr>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Building</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="419D0FEB" w14:textId="77777777" w:rsidR="00292945" w:rsidRDefault="00292945" w:rsidP="00292945">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Ithaca, NY 14853</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="417878DC" w14:textId="77777777" w:rsidR="00292945" w:rsidRDefault="00292945" w:rsidP="00292945">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:szCs w:val="24"/>
                     </w:rPr>
@@ -118,205 +124,62 @@
                     <w:framePr w:w="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="5A8754FD" w14:textId="77777777" w:rsidR="00654583" w:rsidRPr="00513DC7" w:rsidRDefault="00654583" w:rsidP="00292945">
                   <w:pPr>
                     <w:pStyle w:val="Address2"/>
                     <w:framePr w:w="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
                     <w:ind w:hanging="210"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4680" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="14D45C48" w14:textId="1D62883C" w:rsidR="00654583" w:rsidRPr="00513DC7" w:rsidRDefault="007B75DA" w:rsidP="00513DC7">
+                <w:p w14:paraId="414E79E9" w14:textId="22CFACF9" w:rsidR="00654583" w:rsidRPr="00513DC7" w:rsidRDefault="00654583" w:rsidP="00513DC7">
                   <w:pPr>
                     <w:pStyle w:val="Address2"/>
                     <w:framePr w:w="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
                     <w:ind w:firstLine="1692"/>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...141 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="0C86FE1F" w14:textId="77777777" w:rsidR="00E83A12" w:rsidRPr="00513DC7" w:rsidRDefault="00E83A12" w:rsidP="00513DC7">
             <w:pPr>
               <w:pStyle w:val="Address2"/>
               <w:framePr w:w="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31CFB451" w14:textId="77777777" w:rsidR="00E83A12" w:rsidRPr="00513DC7" w:rsidRDefault="00E83A12" w:rsidP="00513DC7">
             <w:pPr>
               <w:pStyle w:val="Address2"/>
               <w:framePr w:w="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:xAlign="left" w:yAlign="inline"/>
               <w:rPr>
@@ -558,51 +421,59 @@
       <w:r w:rsidR="005F661F">
         <w:t>visor: Thomas H. Bruening</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDB321C" w14:textId="77777777" w:rsidR="00B90DE4" w:rsidRDefault="00B90DE4" w:rsidP="00B90DE4">
       <w:pPr>
         <w:pStyle w:val="Positions"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0747B">
         <w:t>Bachelor of Arts in History with minor in International Agriculture, Penn State University</w:t>
       </w:r>
       <w:r>
         <w:t>, 1993</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="431E1711" w14:textId="77777777" w:rsidR="00B90DE4" w:rsidRPr="00B0747B" w:rsidRDefault="0082462F" w:rsidP="00B90DE4">
       <w:pPr>
         <w:pStyle w:val="Positions"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>Study</w:t>
       </w:r>
       <w:r w:rsidR="00B90DE4">
-        <w:t xml:space="preserve"> abroad at Christian-Albrechts University, Kiel, Germany, 1993</w:t>
+        <w:t xml:space="preserve"> abroad at Christian-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B90DE4">
+        <w:t>Albrechts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B90DE4">
+        <w:t xml:space="preserve"> University, Kiel, Germany, 1993</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF4EC3B" w14:textId="77777777" w:rsidR="0008248E" w:rsidRPr="0008248E" w:rsidRDefault="0008248E" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="Positions"/>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008248E">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t>Certifications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0F34FE" w14:textId="33B7FF9D" w:rsidR="0008248E" w:rsidRPr="0008248E" w:rsidRDefault="0008248E" w:rsidP="0008248E">
       <w:r>
@@ -1001,98 +872,123 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provides leadership and organization development services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196B9DC3" w14:textId="7AE5E594" w:rsidR="003869A8" w:rsidRDefault="003869A8" w:rsidP="00CD5F4D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Provides technology solutions for human resource management.</w:t>
+        <w:t xml:space="preserve">Provides </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solutions for human resource management.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D04EC01" w14:textId="1DA9E2B9" w:rsidR="00CD5F4D" w:rsidRDefault="00CD5F4D" w:rsidP="00CD5F4D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Professional facilitation for quality management systems such as Safe Quality Foods (SQF), strategy, business planning, and human resource development.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44837DA9" w14:textId="21CB813D" w:rsidR="00A06A7C" w:rsidRPr="00834E03" w:rsidRDefault="00A06A7C" w:rsidP="00CD5F4D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5735"/>
           <w:tab w:val="right" w:pos="7870"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00834E03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">AgChoice Farm Credit, Mechanicsburg, PA, </w:t>
+        <w:t>AgChoice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00834E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Farm Credit, Mechanicsburg, PA, </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA5467">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Senior</w:t>
       </w:r>
       <w:r w:rsidRPr="00834E03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00834E03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vice President</w:t>
       </w:r>
       <w:r w:rsidRPr="00834E03">
@@ -1300,56 +1196,65 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1260"/>
       </w:pPr>
       <w:r>
         <w:t>Developed management training programs using hybrid in-person and online delivery</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8BF1FE" w14:textId="77777777" w:rsidR="00023AE6" w:rsidRDefault="00023AE6" w:rsidP="003D3B2F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5735"/>
           <w:tab w:val="right" w:pos="7870"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">AgChoice Farm Credit, Mechanicsburg, PA, </w:t>
+        <w:t>AgChoice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Farm Credit, Mechanicsburg, PA, </w:t>
       </w:r>
       <w:r w:rsidRPr="00023AE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vice President</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2008</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00A06A7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2010</w:t>
@@ -1913,97 +1818,114 @@
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="00B0747B">
             <w:t>PA</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B0747B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Instructor</w:t>
       </w:r>
       <w:r w:rsidR="00D54397" w:rsidRPr="00B0747B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>/Author/Editor</w:t>
       </w:r>
       <w:r w:rsidR="00D54397" w:rsidRPr="00B0747B">
         <w:t>, 1989 – 1994</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF7820D" w14:textId="77777777" w:rsidR="003F57F0" w:rsidRDefault="003F57F0" w:rsidP="0008248E">
+    <w:p w14:paraId="67641CA1" w14:textId="77777777" w:rsidR="00D57D5B" w:rsidRDefault="00D57D5B" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="SectionTitle"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF7820D" w14:textId="142B979D" w:rsidR="003F57F0" w:rsidRDefault="003F57F0" w:rsidP="0008248E">
+      <w:pPr>
+        <w:pStyle w:val="SectionTitle"/>
+      </w:pPr>
       <w:r>
         <w:t>Awards</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7544E5AA" w14:textId="77777777" w:rsidR="00816537" w:rsidRDefault="00F5458A" w:rsidP="00D54397">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5458A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(2010</w:t>
       </w:r>
       <w:r w:rsidR="00816537" w:rsidRPr="00F5458A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00816537" w:rsidRPr="00F5458A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>AgChoice Farm Credit President’s Award</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00816537" w:rsidRPr="00F5458A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AgChoice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00816537" w:rsidRPr="00F5458A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Farm Credit President’s Award</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2BACC1" w14:textId="77777777" w:rsidR="00D54397" w:rsidRPr="00FC36FE" w:rsidRDefault="00D54397" w:rsidP="00D54397">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(2005) State Early Career Award, Epsilon Sigma Phi</w:t>
       </w:r>
       <w:r w:rsidR="00AD2581">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Penn State University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="798F6E02" w14:textId="77777777" w:rsidR="00D54397" w:rsidRPr="00A75C15" w:rsidRDefault="00D54397" w:rsidP="00D54397">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(2003) Vice-President’s Award for Outreach, Pathfinder Award, </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
           <w:r>
@@ -2122,51 +2044,65 @@
     <w:p w14:paraId="4DCA911B" w14:textId="77777777" w:rsidR="00D54397" w:rsidRDefault="00D54397" w:rsidP="00D54397">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(1999) Renaissance Nutrition Sales Award</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2DA65A" w14:textId="77777777" w:rsidR="00D54397" w:rsidRDefault="00D54397" w:rsidP="00D54397">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(1998) Mycogen Seeds Sales Award</w:t>
+        <w:t xml:space="preserve">(1998) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mycogen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Seeds Sales Award</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4553B9F7" w14:textId="77777777" w:rsidR="00D12E9B" w:rsidRDefault="004C045A" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="SectionTitle"/>
       </w:pPr>
       <w:r>
         <w:t>Leadership</w:t>
       </w:r>
       <w:r w:rsidRPr="00B0747B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
         <w:r w:rsidRPr="00B0747B">
           <w:t>and</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00B0747B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E6E0F" w:rsidRPr="00B0747B">
         <w:rPr>
@@ -2398,89 +2334,143 @@
         <w:keepNext/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0747B">
         <w:t>Gamma Sigma Delta, the Honor Society of Agriculture</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AC2FC0" w14:textId="77777777" w:rsidR="00D54397" w:rsidRDefault="00D54397" w:rsidP="00D54397">
       <w:pPr>
         <w:pStyle w:val="Positions"/>
         <w:keepNext/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>Epsilon Sigma Phi, the Honor Society of Extension, Chapter Treasurer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B07CA4" w14:textId="77777777" w:rsidR="00E803DB" w:rsidRDefault="00B0747B" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="SectionTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0747B">
         <w:t>Peer Reviewed Publications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690DF7C3" w14:textId="1C56BE57" w:rsidR="00603261" w:rsidRDefault="00B973B7" w:rsidP="00E31DC1">
+    <w:p w14:paraId="690DF7C3" w14:textId="00FB8676" w:rsidR="00603261" w:rsidRPr="0083763C" w:rsidRDefault="00B973B7" w:rsidP="00E31DC1">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E., MacKenzie, M.K. &amp; Lutz, K.A. (</w:t>
       </w:r>
-      <w:r w:rsidR="006226FD">
-        <w:t>Accepted December 19, 2024</w:t>
+      <w:r w:rsidR="00F22BC0">
+        <w:t>2025</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000D6997">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005B3B93" w:rsidRPr="005B3B93">
         <w:t>Onboarding dairy farm employees</w:t>
       </w:r>
       <w:r w:rsidR="005847CE">
         <w:t>: I</w:t>
       </w:r>
       <w:r w:rsidR="005B3B93" w:rsidRPr="005B3B93">
         <w:t>mproving the new employee experience</w:t>
       </w:r>
       <w:r w:rsidR="005B3B93">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005847CE" w:rsidRPr="005847CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005847CE" w:rsidRPr="009252D5">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Journal of Dairy Science.</w:t>
+        <w:t>Journal of Dairy Science</w:t>
+      </w:r>
+      <w:r w:rsidR="00256ED1">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>, 108</w:t>
+      </w:r>
+      <w:r w:rsidR="008515B0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008515B0">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>4462-</w:t>
+      </w:r>
+      <w:r w:rsidR="002102E3">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>4473</w:t>
+      </w:r>
+      <w:r w:rsidR="005847CE" w:rsidRPr="009252D5">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005622AB">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="005622AB" w:rsidRPr="003546EA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3168/jds.2024-25319</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005622AB">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="648B75A7" w14:textId="77A0A605" w:rsidR="003C2BF5" w:rsidRPr="00766DD3" w:rsidRDefault="00E31DC1" w:rsidP="00E31DC1">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r w:rsidRPr="00766DD3">
         <w:t xml:space="preserve">Hyde, J., </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t xml:space="preserve">R.E. </w:t>
       </w:r>
       <w:r w:rsidRPr="00766DD3">
         <w:t xml:space="preserve">&amp; Holden, L.A., (2008). The Effect of Human Resource Management Practices on Farm Profitability: An Initial Assessment. </w:t>
       </w:r>
       <w:r w:rsidRPr="00766DD3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Economics Bulletin, </w:t>
       </w:r>
@@ -2489,50 +2479,51 @@
           <w:i/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="00766DD3" w:rsidRPr="00766DD3">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00766DD3">
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00766DD3" w:rsidRPr="00766DD3">
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="00766DD3">
         <w:t xml:space="preserve"> 1-10.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21096F28" w14:textId="5620057E" w:rsidR="008646F4" w:rsidRPr="008646F4" w:rsidRDefault="00A63B67" w:rsidP="008646F4">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E</w:t>
       </w:r>
       <w:r w:rsidR="008646F4">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AF7CE6">
         <w:t>, Holden, L.A. &amp; Hyde, J.</w:t>
       </w:r>
       <w:r w:rsidR="008646F4">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="000F373D">
         <w:t>2007)</w:t>
       </w:r>
       <w:r w:rsidR="008646F4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008646F4" w:rsidRPr="008646F4">
         <w:t xml:space="preserve">Profiles of management competencies identified by successful dairy managers. </w:t>
       </w:r>
       <w:r w:rsidR="008646F4" w:rsidRPr="008646F4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The Professional </w:t>
@@ -2577,72 +2568,71 @@
       </w:r>
       <w:r w:rsidR="00173AF0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00173AF0" w:rsidRPr="002E0C87">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Dairy Science</w:t>
       </w:r>
       <w:r w:rsidR="00173AF0">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, 90</w:t>
       </w:r>
       <w:r w:rsidR="00173AF0">
         <w:t xml:space="preserve"> (Suppl. 1), 329.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7373234C" w14:textId="61AC2C66" w:rsidR="006E1759" w:rsidRPr="006E1759" w:rsidRDefault="006E1759" w:rsidP="009252D5">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Brasier, K., Hyde, J., </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t>R.E.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">&amp; Holden, L. (June 2006). Farm-level human resource management: An opportunity for extension. </w:t>
       </w:r>
       <w:r w:rsidRPr="006E1759">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Extension, 33. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00FF0652">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://www.joe.org/joe/2006june/rb3.shtml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="231E022A" w14:textId="71826C3A" w:rsidR="009252D5" w:rsidRPr="009252D5" w:rsidRDefault="00A63B67" w:rsidP="009252D5">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="009252D5" w:rsidRPr="009252D5">
         <w:t>, Hyde, J. &amp; Holden, L.A. (2006). Relationships between Selected Human Resource Management Practices and Dairy Farm Performance.</w:t>
       </w:r>
       <w:r w:rsidR="009252D5" w:rsidRPr="009252D5">
@@ -2737,51 +2727,51 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t xml:space="preserve">R.E. </w:t>
       </w:r>
       <w:r w:rsidR="00457837">
         <w:t xml:space="preserve">(August 2003). Program evaluation: Use it to demonstrate value to potential clients.  </w:t>
       </w:r>
       <w:r w:rsidR="00457837" w:rsidRPr="00FC36FE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Extension, 41</w:t>
       </w:r>
       <w:r w:rsidR="00457837">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00457837">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00457837" w:rsidRPr="00AE1869">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://www.joe.org/joe/2003august/comm1.shtml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00457837">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DCD98A4" w14:textId="04E3CD8F" w:rsidR="00457837" w:rsidRDefault="00A63B67" w:rsidP="00457837">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00457837" w:rsidRPr="00DF2E58">
         <w:t xml:space="preserve">, Holden, L.A. and Hyde, J. (2003). Adoption of human resource management practices in dairy businesses. </w:t>
       </w:r>
       <w:r w:rsidR="00457837" w:rsidRPr="00DF2E58">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -2815,51 +2805,51 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Extension</w:t>
       </w:r>
       <w:r w:rsidR="00D93353">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 40</w:t>
       </w:r>
       <w:r w:rsidR="00702C19" w:rsidRPr="00543299">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D93353">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00D93353" w:rsidRPr="002E0C87">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:iCs/>
           </w:rPr>
           <w:t>http://www.joe.org/joe/2002december/a5.shtml</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D93353">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19409CD2" w14:textId="0C8C2895" w:rsidR="00543299" w:rsidRDefault="00543299" w:rsidP="005A2074">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Whittington, M.S., </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
@@ -3137,63 +3127,73 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002714AB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Principal Investigator. Research into changing labor situation and human resource management. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="376698BE" w14:textId="77777777" w:rsidR="00AD7066" w:rsidRPr="002714AB" w:rsidRDefault="00AD7066" w:rsidP="00B14B05">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5478F5A5" w14:textId="59E250F2" w:rsidR="00C71B60" w:rsidRPr="002714AB" w:rsidRDefault="00F318F0" w:rsidP="00B14B05">
+    <w:p w14:paraId="6F297357" w14:textId="77777777" w:rsidR="00D57D5B" w:rsidRDefault="00D57D5B" w:rsidP="00B14B05">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5478F5A5" w14:textId="06AB27FB" w:rsidR="00C71B60" w:rsidRPr="002714AB" w:rsidRDefault="00F318F0" w:rsidP="00B14B05">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002714AB">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2020 New York </w:t>
       </w:r>
       <w:r w:rsidR="00AF614B" w:rsidRPr="002714AB">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Agricultural</w:t>
       </w:r>
       <w:r w:rsidRPr="002714AB">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor in Transition</w:t>
       </w:r>
       <w:r w:rsidR="00455741">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Specialty Crops</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73895D70" w14:textId="27AC6C72" w:rsidR="00F318F0" w:rsidRPr="002714AB" w:rsidRDefault="00AF614B" w:rsidP="00F318F0">
@@ -3310,51 +3310,50 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B14B05">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Development Program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0208DC" w14:textId="5F6CC850" w:rsidR="00B14B05" w:rsidRPr="00B14B05" w:rsidRDefault="00B14B05" w:rsidP="00B14B05">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B14B05">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>$90,000 from federal Smith-Lever capacity funds.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EEBEB5" w14:textId="31A17A1E" w:rsidR="00615BAC" w:rsidRPr="00615BAC" w:rsidRDefault="00B14B05" w:rsidP="00982DF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00615BAC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Principal Investigator. </w:t>
       </w:r>
       <w:r w:rsidR="00615BAC" w:rsidRPr="00615BAC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Development of in-person and online supervisory leadership development programs.</w:t>
@@ -3487,51 +3486,71 @@
     <w:p w14:paraId="7C8C0D2D" w14:textId="62A88C83" w:rsidR="003869A8" w:rsidRPr="0068321D" w:rsidRDefault="003869A8" w:rsidP="0068321D">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068321D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2019 </w:t>
       </w:r>
       <w:r w:rsidRPr="0068321D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Onboarding Farm Employees: Safe, Productive, and Engaged From Day One!</w:t>
+        <w:t xml:space="preserve">Onboarding Farm Employees: Safe, Productive, and Engaged </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0068321D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>From</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0068321D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Day One!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C20FEAA" w14:textId="194FA43A" w:rsidR="003869A8" w:rsidRPr="0068321D" w:rsidRDefault="003869A8" w:rsidP="003869A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068321D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$124,945 from New York Farm Viability Institute</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F5C0570" w14:textId="2BA2A087" w:rsidR="003869A8" w:rsidRPr="0068321D" w:rsidRDefault="003869A8" w:rsidP="003869A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3564,51 +3583,67 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068321D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>High levels of industry engagement in the project.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7305914E" w14:textId="34B0C541" w:rsidR="005A2074" w:rsidRDefault="005A2074" w:rsidP="0068321D">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2012 AgBiz Professionals</w:t>
+        <w:t xml:space="preserve">2012 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AgBiz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Professionals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A44A5C" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00204196" w:rsidRDefault="005A2074" w:rsidP="005A2074">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
       <w:r w:rsidRPr="00204196">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>29,000 from the Northeast Center for Risk Management Education</w:t>
       </w:r>
@@ -3838,63 +3873,73 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Led</w:t>
       </w:r>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> this multi-university project to provide education in human resource and organizational development for Extension and other agricultural advisors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F897D66" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="089CA91F" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
+    <w:p w14:paraId="7D417FC6" w14:textId="77777777" w:rsidR="00D57D5B" w:rsidRDefault="00D57D5B" w:rsidP="005A2074">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="089CA91F" w14:textId="243AC26C" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2006 Workforce Development Funding for Dairy Programs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D10AF7F" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$70,000 to provide reimbursement for dairy employee education from the Pennsylvania Department of Labor and Industry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0429A5E8" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
@@ -3986,51 +4031,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$121,182 in funding from the Pennsylvania Department of Labor and Industry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C2C0C1" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed this project to translate materials into Spanish and deliver production skills training to Spanish speaking dairy employees</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5269825B" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34BAB985" w14:textId="77777777" w:rsidR="005A2074" w:rsidRPr="00C800E7" w:rsidRDefault="005A2074" w:rsidP="005A2074">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4501,51 +4545,59 @@
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23DA77DD" w14:textId="77777777" w:rsidR="002575DD" w:rsidRDefault="002575DD" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="SectionTitle"/>
       </w:pPr>
       <w:r>
         <w:t>Research Reports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DE9110" w14:textId="623FE636" w:rsidR="0001423F" w:rsidRDefault="0001423F" w:rsidP="000E2EE7">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R</w:t>
       </w:r>
       <w:r w:rsidR="001855BF">
         <w:t>., Higgins, E</w:t>
       </w:r>
       <w:r w:rsidR="00F311A7">
-        <w:t>., Karszes, J., Rickard, B., &amp; Wolf, C.</w:t>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F311A7">
+        <w:t>Karszes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F311A7">
+        <w:t>, J., Rickard, B., &amp; Wolf, C.</w:t>
       </w:r>
       <w:r w:rsidR="00953BE7">
         <w:t xml:space="preserve"> (202</w:t>
       </w:r>
       <w:r w:rsidR="00BF624F">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00953BE7">
         <w:t>, October)</w:t>
       </w:r>
       <w:r w:rsidR="000E2EE7">
         <w:t xml:space="preserve">. How New York Farmers Adapted to New Farm Labor Overtime Requirements. </w:t>
       </w:r>
       <w:r w:rsidR="000C39CF" w:rsidRPr="00831AAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Charles H. Dyson School of Applied Economics and Management, EB 20</w:t>
       </w:r>
       <w:r w:rsidR="000C39CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
@@ -4554,54 +4606,63 @@
           <w:i/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000C39CF" w:rsidRPr="00831AAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>-0</w:t>
       </w:r>
       <w:r w:rsidR="007C5D8B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000C39CF">
         <w:t>. Cornell University, Ithaca, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7397CB" w14:textId="6F2C1D2E" w:rsidR="00A3052D" w:rsidRDefault="00A3052D" w:rsidP="00A3052D">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Stup, R., Smith, L.</w:t>
       </w:r>
       <w:r w:rsidR="00C228EB">
-        <w:t xml:space="preserve"> &amp; Karszes, J.</w:t>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C228EB">
+        <w:t>Karszes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C228EB">
+        <w:t>, J.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00C228EB">
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F4DE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C228EB">
         <w:t>April</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="00FE206D">
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Farm Employee Compensation Benchmark Report. </w:t>
       </w:r>
@@ -4637,52 +4698,57 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Cornell University, Ithaca, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AE8C7A" w14:textId="1778872D" w:rsidR="007B207C" w:rsidRDefault="007B207C" w:rsidP="007B207C">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r w:rsidRPr="007467C3">
         <w:t>Wolf,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> C.,</w:t>
       </w:r>
       <w:r w:rsidRPr="007467C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="007467C3">
-        <w:t xml:space="preserve"> Karszes</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007467C3">
+        <w:t>Karszes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, J. (2021</w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2" w:rsidRPr="000F4DE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2">
         <w:t>November</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000E2EE7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007467C3">
         <w:t xml:space="preserve"> Effects of NY Overtime Laws on Agricultural Production Costs and Competitiveness</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831AAA">
@@ -4699,51 +4765,50 @@
       </w:r>
       <w:r w:rsidRPr="00831AAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>-0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>. Cornell University, Ithaca, NY.</w:t>
       </w:r>
       <w:r w:rsidRPr="007467C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B500EA5" w14:textId="68F2405D" w:rsidR="007B207C" w:rsidRDefault="00A63B67" w:rsidP="007B207C">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="007B207C" w:rsidRPr="00211EF4">
         <w:t xml:space="preserve"> (2020). COVID-19 Prevention Efforts by New York Farmers: A survey of farm managers conducted during Summer 2020. </w:t>
       </w:r>
       <w:r w:rsidR="007B207C" w:rsidRPr="00211EF4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cornell Agricultural Workforce Development</w:t>
       </w:r>
       <w:r w:rsidR="007B207C" w:rsidRPr="00211EF4">
         <w:t>. Cornell University, Ithaca, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF10888" w14:textId="71B35C8C" w:rsidR="007B7746" w:rsidRDefault="00A63B67" w:rsidP="007B7746">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="007B7746">
         <w:t xml:space="preserve"> (2019</w:t>
@@ -4925,52 +4990,57 @@
         <w:instrText>https://hdl.handle.net/1813/113332</w:instrText>
       </w:r>
       <w:r w:rsidR="00BB48AA">
         <w:instrText>"</w:instrText>
       </w:r>
       <w:r w:rsidR="00BB48AA">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BB48AA" w:rsidRPr="003D79F4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>https://hdl.handle.net/1813/113332</w:t>
       </w:r>
       <w:r w:rsidR="00BB48AA">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BB48AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C9709F7" w14:textId="4E173D0D" w:rsidR="007C0D7B" w:rsidRDefault="007C0D7B" w:rsidP="004A5F26">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
-      <w:r>
-        <w:t>Canzonier, J. and Stup, R. (2023, December)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Canzonier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, J. and Stup, R. (2023, December)</w:t>
       </w:r>
       <w:r w:rsidR="00BB48AA">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C0D7B">
         <w:t>Farm Provided Employee Housing Guide</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Cornell Agricultural Workforce Development, Ithaca, NY. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "</w:instrText>
       </w:r>
       <w:r w:rsidRPr="007C0D7B">
         <w:instrText>https://cornell.box.com/s/hlziw91rjz83q7pe7ad1cihbu3j6y4nx</w:instrText>
       </w:r>
       <w:r>
         <w:instrText>"</w:instrText>
@@ -5009,51 +5079,51 @@
       </w:r>
       <w:r w:rsidR="00B44B0B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008234E9" w:rsidRPr="00F36E81">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Cornell PRO-DAIRY</w:t>
       </w:r>
       <w:r w:rsidR="008234E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>’s The Manager</w:t>
       </w:r>
       <w:r w:rsidR="008234E9" w:rsidRPr="00F36E81">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> publication.</w:t>
       </w:r>
       <w:r w:rsidR="008234E9">
         <w:t xml:space="preserve"> Cornell University, Ithaca, NY. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="003C2BF5" w:rsidRPr="00C0147B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hdl.handle.net/1813/111378</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003C2BF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008234E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EA2E0C" w14:textId="0F1E5102" w:rsidR="00B801E3" w:rsidRPr="00090D26" w:rsidRDefault="00A63B67" w:rsidP="004A5F26">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
@@ -5194,52 +5264,66 @@
         <w:t>Cornell PRO-DAIRY</w:t>
       </w:r>
       <w:r w:rsidR="00BC3A83">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>’s The Manager</w:t>
       </w:r>
       <w:r w:rsidR="00BC3A83" w:rsidRPr="00F36E81">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> publication.</w:t>
       </w:r>
       <w:r w:rsidR="00BC3A83">
         <w:t xml:space="preserve"> Cornell University, Ithaca, NY. </w:t>
       </w:r>
       <w:r w:rsidR="00BC3A83" w:rsidRPr="00BC3A83">
         <w:t>https://hdl.handle.net/1813/102709</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048B44C3" w14:textId="6A24725B" w:rsidR="004A5F26" w:rsidRDefault="004A5F26" w:rsidP="004A5F26">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Eiholzer, L., Ifft, J., Karszes, J., Safari, F., &amp; </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Eiholzer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, L., Ifft, J., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Karszes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, J., Safari, F., &amp; </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2019</w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2" w:rsidRPr="000F4DE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2">
         <w:t>November</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">). Adapting Your Labor Strategies to New York's Revised Farm Employment Laws. </w:t>
       </w:r>
       <w:r w:rsidRPr="00831AAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Charles H. Dyson School of Applied Economics and Management, </w:t>
       </w:r>
@@ -5268,51 +5352,50 @@
       </w:r>
       <w:r w:rsidR="006767F6" w:rsidRPr="006767F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006767F6">
         <w:t>March</w:t>
       </w:r>
       <w:r w:rsidR="003E5006">
         <w:t xml:space="preserve">). The State of the Agricultural Workforce in New York. </w:t>
       </w:r>
       <w:r w:rsidR="00831AAA" w:rsidRPr="00831AAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Charles H. Dyson School of Applied Economics and Management, EB 2019-01</w:t>
       </w:r>
       <w:r w:rsidR="00831AAA">
         <w:t>. Cornell University, Ithaca, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CD2606" w14:textId="7A004B80" w:rsidR="00F36E81" w:rsidRDefault="00A63B67" w:rsidP="00173AF0">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="003E5006">
         <w:t xml:space="preserve"> (2018</w:t>
       </w:r>
       <w:r w:rsidR="007F6882">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006767F6" w:rsidRPr="006767F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006767F6">
         <w:t>December</w:t>
       </w:r>
       <w:r w:rsidR="00F36E81">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="00BB48AA" w:rsidRPr="00BB48AA">
         <w:t>Safe, productive and engaged from day one</w:t>
       </w:r>
       <w:r w:rsidR="00BB48AA">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00F36E81">
         <w:t xml:space="preserve">How to onboard new employees. </w:t>
@@ -5360,51 +5443,59 @@
       </w:r>
       <w:r w:rsidR="006767F6">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidR="00C23C17">
         <w:t xml:space="preserve">). Tips for managing farm-provided worker housing. </w:t>
       </w:r>
       <w:r w:rsidR="00C23C17" w:rsidRPr="00C23C17">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Cornell Cooperative Extension publication.</w:t>
       </w:r>
       <w:r w:rsidR="00C23C17">
         <w:t xml:space="preserve"> Cornell University, Ithaca, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64893E23" w14:textId="3939A2F2" w:rsidR="00C23C17" w:rsidRDefault="00A63B67" w:rsidP="00173AF0">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00C23C17">
-        <w:t xml:space="preserve">, Eiholzer, L, and Ford, L. Orientation guide for occupants of farm housing. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C23C17">
+        <w:t>Eiholzer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C23C17">
+        <w:t xml:space="preserve">, L, and Ford, L. Orientation guide for occupants of farm housing. </w:t>
       </w:r>
       <w:r w:rsidR="00C23C17" w:rsidRPr="00C23C17">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Cornell Cooperative Extension publication.</w:t>
       </w:r>
       <w:r w:rsidR="00C23C17">
         <w:t xml:space="preserve"> Cornell University, Ithaca, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0021A826" w14:textId="1BBFA01A" w:rsidR="00173AF0" w:rsidRDefault="00A63B67" w:rsidP="00173AF0">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00173AF0">
         <w:t xml:space="preserve"> (2007</w:t>
       </w:r>
       <w:r w:rsidR="007F6882">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006767F6" w:rsidRPr="006767F6">
@@ -5539,51 +5630,51 @@
           <w:i/>
         </w:rPr>
         <w:t>The Dairy Focus Newsletter, 7</w:t>
       </w:r>
       <w:r w:rsidR="007B5E6A">
         <w:t xml:space="preserve">, 4-5. Capitol Region, </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
           <w:r w:rsidR="007B5E6A">
             <w:t>Penn</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="007B5E6A">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
           <w:r w:rsidR="007B5E6A">
             <w:t>State</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidR="007B5E6A">
         <w:t xml:space="preserve"> Cooperative Extension. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="007B5E6A" w:rsidRPr="00D57689">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://www.das.psu.edu/capitalregion/newsletter/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007B5E6A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE57906" w14:textId="7C9BD91F" w:rsidR="006A413C" w:rsidRPr="006A413C" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="006A413C">
         <w:t xml:space="preserve"> (2006</w:t>
       </w:r>
       <w:r w:rsidR="006E3B3E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006767F6" w:rsidRPr="006767F6">
@@ -5772,50 +5863,51 @@
       </w:r>
       <w:r w:rsidR="006E3B3E" w:rsidRPr="006E3B3E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E3B3E" w:rsidRPr="00DB3A9F">
         <w:t>June</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t xml:space="preserve">) Benchmark your human resource management. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6BF3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dairy Digest</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t>. Department of Dairy &amp; Animal Science. Penn State University. Publication DAS 2004-80.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEDFDD6" w14:textId="2CECC311" w:rsidR="00FF6BF3" w:rsidRPr="00DB3A9F" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB3A9F">
+        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t xml:space="preserve"> (2004</w:t>
       </w:r>
       <w:r w:rsidR="006E3B3E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006E3B3E" w:rsidRPr="006E3B3E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E3B3E" w:rsidRPr="00DB3A9F">
         <w:t>March</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t xml:space="preserve">) New resource for managers of Hispanic employees. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6BF3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dairy Digest</w:t>
@@ -5877,70 +5969,77 @@
       </w:r>
       <w:r w:rsidR="006E3B3E" w:rsidRPr="006E3B3E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E3B3E" w:rsidRPr="00DB3A9F">
         <w:t>January</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t xml:space="preserve">) Spanish language resources are available. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6BF3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dairy Digest</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t>. Department of Dairy &amp; Animal Science. Penn State University. Publication DAS 2004-75.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D43B55A" w14:textId="21423909" w:rsidR="00FF6BF3" w:rsidRPr="00DB3A9F" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB3A9F">
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t xml:space="preserve"> (2003</w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2" w:rsidRPr="000F4DE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F4DE2" w:rsidRPr="00DB3A9F">
         <w:t>September</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
-        <w:t xml:space="preserve">) Characteristics of high performance small businesses. </w:t>
+        <w:t xml:space="preserve">) Characteristics of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DB3A9F">
+        <w:t>high performance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DB3A9F">
+        <w:t xml:space="preserve"> small businesses. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6BF3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dairy Digest</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t>. Department of Dairy &amp; Animal Science. Penn State University. Publication DAS 2003-68.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69912296" w14:textId="11301F3F" w:rsidR="00FF6BF3" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3A9F">
         <w:t xml:space="preserve"> (August 2003) Some of you may be interested in hosting an international dairy trainee. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6BF3">
@@ -6154,54 +6253,63 @@
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> (September 2001). Fire up your frontline dairy workers. </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Dairy Digest</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve">. Department of Dairy &amp; Animal Science. Penn State University. DAS 2001-32. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B870F7" w14:textId="40CCEAE3" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
-        <w:t xml:space="preserve"> (2001) Standard Operating Procedures: A Writing Guide. Penn State Extension publication.  112 Ag Administration Bldg, </w:t>
+        <w:t xml:space="preserve"> (2001) Standard Operating Procedures: A Writing Guide. Penn State Extension publication.  112 Ag Administration </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t>Bldg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r w:rsidR="00FF6BF3">
             <w:t>University Park</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="00FF6BF3">
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidR="00FF6BF3">
             <w:t>PA</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="00FF6BF3">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
           <w:r w:rsidR="00FF6BF3">
             <w:t>16802</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidR="00FF6BF3">
@@ -6233,51 +6341,50 @@
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> (May 2001). Training pays. </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Dairy Digest</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve">. Department of Dairy &amp; Animal Science. Penn State University. DAS 2001-27. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9995C2" w14:textId="32D74D62" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> (March 2001). Begin planning for spring labor needs.” </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Dairy Digest</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve">. Department of Dairy &amp; Animal Science. Penn State University. DAS 2001-24. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42131FAC" w14:textId="59B2993E" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> (January 2001). Human resource management for small farms. </w:t>
@@ -6343,100 +6450,100 @@
         <w:t>Articles Written for Popular Press</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4763E6A8" w14:textId="451B8F42" w:rsidR="006877E2" w:rsidRDefault="00A63B67" w:rsidP="00935C08">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="006877E2">
         <w:t xml:space="preserve"> (2022, June 19). Tips on managing your H-2A workforce alongside your domestic workforce. </w:t>
       </w:r>
       <w:r w:rsidR="006877E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Greenhouse Grower</w:t>
       </w:r>
       <w:r w:rsidR="006877E2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00935C08" w:rsidRPr="00390751">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.greenhousegrower.com/management/tips-on-managing-your-h-2a-workforce-alongside-your-domestic-workforce/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00935C08">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083AAA20" w14:textId="6700F951" w:rsidR="008F20C9" w:rsidRPr="00A11283" w:rsidRDefault="00A63B67" w:rsidP="00607F76">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t>R.E. (</w:t>
       </w:r>
       <w:r w:rsidR="008F20C9">
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidR="00154269">
         <w:t xml:space="preserve">, November). </w:t>
       </w:r>
       <w:r w:rsidR="00A11283" w:rsidRPr="00A11283">
         <w:t>Employee compensation: Are you in the ballpark?</w:t>
       </w:r>
       <w:r w:rsidR="00A11283">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A11283" w:rsidRPr="00815E4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Progressive Dairy</w:t>
       </w:r>
       <w:r w:rsidR="00A11283">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00027591" w:rsidRPr="00390751">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://hdl.handle.net/1813/110298</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00027591">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A91E2FD" w14:textId="08FAD93D" w:rsidR="00894F43" w:rsidRPr="001D3EFE" w:rsidRDefault="00A63B67" w:rsidP="00607F76">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
@@ -6444,114 +6551,116 @@
         <w:t>R.E. (</w:t>
       </w:r>
       <w:r w:rsidR="0064509F">
         <w:t xml:space="preserve">2020, November). </w:t>
       </w:r>
       <w:r w:rsidR="0064509F" w:rsidRPr="0064509F">
         <w:t>Rising HR professionalism: Highly skilled strategic approaches for the long-term future</w:t>
       </w:r>
       <w:r w:rsidR="009D6044">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009D6044" w:rsidRPr="00815E4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Progressive Dairy</w:t>
       </w:r>
       <w:r w:rsidR="001D3EFE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="001D3EFE" w:rsidRPr="00390751">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hdl.handle.net/1813/102709</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001D3EFE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1969922E" w14:textId="0BDE83CD" w:rsidR="00A63B67" w:rsidRDefault="00A63B67" w:rsidP="00A63B67">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stup, R.E. (2018, December) </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63B67">
         <w:t>Safe, productive and engaged from day one</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63B67">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Progressive Dairyman</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00390751">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hdl.handle.net/1813/60448</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C3DE85" w14:textId="56ABF4F0" w:rsidR="002B04FC" w:rsidRDefault="00A63B67" w:rsidP="00607F76">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t>R.E. (</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002B04FC">
         <w:t>November</w:t>
       </w:r>
       <w:r w:rsidR="001F2529">
         <w:t>,</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002B04FC">
         <w:t xml:space="preserve"> 2018). Do the right thing on sexual harassment prevention. </w:t>
       </w:r>
       <w:r w:rsidR="002B04FC" w:rsidRPr="002B04FC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Grassroots</w:t>
       </w:r>
       <w:r w:rsidR="002B04FC">
         <w:t>, a publication of New York Farm Bureau, page 5.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A522D40" w14:textId="473B5C1C" w:rsidR="00F36E81" w:rsidRDefault="00A63B67" w:rsidP="00142A06">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t>R.E. (</w:t>
       </w:r>
       <w:r w:rsidR="00F36E81">
         <w:t xml:space="preserve">August 25, 2018). In the dog days of summer, people and cows need extra care. </w:t>
@@ -6750,50 +6859,51 @@
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t>R.E. (</w:t>
       </w:r>
       <w:r w:rsidR="00A17A9A">
         <w:t>August 7, 2017)</w:t>
       </w:r>
       <w:r w:rsidR="007655B2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A17A9A">
         <w:t xml:space="preserve"> Let’s do more than FARM. </w:t>
       </w:r>
       <w:r w:rsidR="00A17A9A" w:rsidRPr="00A17A9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Progressive Dairyman, 31:13, 33-34.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0B549A" w14:textId="5D6AC8FC" w:rsidR="00A17A9A" w:rsidRPr="00A17A9A" w:rsidRDefault="00A63B67" w:rsidP="002E19F8">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t>R.E. (</w:t>
       </w:r>
       <w:r w:rsidR="00A17A9A">
         <w:t xml:space="preserve">May 5, 2017). Dairy owners: Leadership is a privilege. </w:t>
       </w:r>
       <w:r w:rsidR="00A17A9A" w:rsidRPr="00A17A9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Progressive Dairyman</w:t>
       </w:r>
       <w:r w:rsidR="00003683">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, 31:8, 30-31</w:t>
       </w:r>
       <w:r w:rsidR="00A17A9A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
@@ -6846,51 +6956,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>s Dairyman, p</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE193F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>218.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2109F2A7" w14:textId="5AEB85AB" w:rsidR="00E803DB" w:rsidRDefault="00A63B67" w:rsidP="00173AF0">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Stup, </w:t>
       </w:r>
       <w:r w:rsidR="00B65D9D">
         <w:t>R.E. (</w:t>
       </w:r>
       <w:r w:rsidR="00E803DB">
         <w:t xml:space="preserve">August 2007). Human resource management and dairy employee organizational commitment. </w:t>
       </w:r>
       <w:r w:rsidR="00E803DB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Progressive Dairyman, 21:8, </w:t>
       </w:r>
       <w:r w:rsidR="00E803DB">
         <w:t>16.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15AEA4F9" w14:textId="47E3007E" w:rsidR="00173AF0" w:rsidRPr="00173AF0" w:rsidRDefault="00A63B67" w:rsidP="00173AF0">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
@@ -6926,81 +7035,105 @@
         </w:rPr>
         <w:t>Hoard’s Dairyman,152</w:t>
       </w:r>
       <w:r w:rsidR="00614AC9">
         <w:t>, 76.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C44BB9" w14:textId="70E622AD" w:rsidR="006A413C" w:rsidRDefault="006A413C" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hilty, B. &amp; </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (October 2006). Human capital: A wise investment in good times and bad. </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="006A413C">
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:t>Northeast DairyBusiness</w:t>
+          <w:t xml:space="preserve">Northeast </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006A413C">
+          <w:rPr>
+            <w:i/>
+          </w:rPr>
+          <w:t>DairyBusiness</w:t>
         </w:r>
       </w:smartTag>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006A413C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, 8</w:t>
       </w:r>
       <w:r>
         <w:t>, 26-27.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D99CA8D" w14:textId="29B58943" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
-        <w:t xml:space="preserve"> &amp; Saviroff, M. (December 2004).  To their good health. </w:t>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t>Saviroff</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t xml:space="preserve">, M. (December 2004).  To their good health. </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B12AF2">
           <w:rPr>
             <w:i/>
           </w:rPr>
-          <w:t>Northeast DairyBusiness</w:t>
+          <w:t xml:space="preserve">Northeast </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B12AF2">
+          <w:rPr>
+            <w:i/>
+          </w:rPr>
+          <w:t>DairyBusiness</w:t>
         </w:r>
       </w:smartTag>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B12AF2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B12AF2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> 52-53.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FFC74F6" w14:textId="54FE3A7A" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
@@ -7047,88 +7180,119 @@
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> (2003, February 10). Eliminating variation will benefit your cows and employees.  </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00580C4C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Hoard’s Dairyman, 148,</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> 104.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1A5D77" w14:textId="2D6BFAA4" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
-        <w:t xml:space="preserve"> (2003, January). Hey Amigo, how’s it going?: Communication and training break down language barriers at WalMoore Holsteins.  </w:t>
+        <w:t xml:space="preserve"> (2003, January). Hey Amigo, how’s it </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t>going?:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t xml:space="preserve"> Communication and training break down language barriers at WalMoore Holsteins.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="5" w:name="OLE_LINK2"/>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B12AF2">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Northeast DairyBusiness, 5,</w:t>
+        <w:t xml:space="preserve">Northeast </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B12AF2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>DairyBusiness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B12AF2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>, 5,</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> 18.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="7180815C" w14:textId="6DC6B755" w:rsidR="00FF6BF3" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Grusenmeyer, D. and </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2002, February). Motivate people to perform. </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r w:rsidRPr="00C811C4">
           <w:rPr>
             <w:i/>
             <w:iCs/>
           </w:rPr>
-          <w:t>Northeast DairyBusiness</w:t>
+          <w:t xml:space="preserve">Northeast </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00C811C4">
+          <w:rPr>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>DairyBusiness</w:t>
         </w:r>
       </w:smartTag>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C811C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 4</w:t>
       </w:r>
       <w:r>
         <w:t>, 26-27.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EF8C2C" w14:textId="33A11A80" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> (2002, January). Start milkers out right.” </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00C811C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -7153,66 +7317,119 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Northeast Dairy </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00C811C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Business, 3,</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> 26-27.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53503CD6" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRPr="00B0747B" w:rsidRDefault="00FF6BF3" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="SectionTitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0747B">
         <w:t>Contributions to Proceedings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C7B632" w14:textId="75E2B5AF" w:rsidR="00DD28D8" w:rsidRDefault="00441FF7" w:rsidP="0064070D">
+    <w:p w14:paraId="6942BE95" w14:textId="69DBF6F3" w:rsidR="005A3E9D" w:rsidRPr="00F7171B" w:rsidRDefault="005A3E9D" w:rsidP="0064070D">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="OLE_LINK7"/>
       <w:bookmarkStart w:id="7" w:name="OLE_LINK8"/>
       <w:bookmarkStart w:id="8" w:name="OLE_LINK3"/>
       <w:bookmarkStart w:id="9" w:name="OLE_LINK4"/>
       <w:r>
+        <w:t xml:space="preserve">Stup. R. (2025, April 1-3). </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7165">
+        <w:t xml:space="preserve">Where will my workers come from? </w:t>
+      </w:r>
+      <w:r w:rsidR="00196E9D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7171B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7171B" w:rsidRPr="00F7171B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7171B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Western Dairy Management Conference. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7171B">
+        <w:t>Reno, NV</w:t>
+      </w:r>
+      <w:r w:rsidR="008B658F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C7B632" w14:textId="2D20FED2" w:rsidR="00DD28D8" w:rsidRDefault="00441FF7" w:rsidP="0064070D">
+      <w:pPr>
+        <w:pStyle w:val="APAReference"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Stup, R. (2023, </w:t>
       </w:r>
       <w:r w:rsidR="002D1B98">
         <w:t xml:space="preserve">February </w:t>
       </w:r>
       <w:r w:rsidR="000419F6">
-        <w:t xml:space="preserve">10-22) Recovering from Mistakes. </w:t>
+        <w:t>10-22)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3E9D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000419F6">
+        <w:t xml:space="preserve"> Recovering from Mistakes. </w:t>
       </w:r>
       <w:r w:rsidR="000419F6" w:rsidRPr="00496153">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings of the </w:t>
       </w:r>
       <w:r w:rsidR="006B2EFD">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">2023 </w:t>
       </w:r>
       <w:r w:rsidR="000419F6" w:rsidRPr="00496153">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Recent Graduate Conference, American Association of Bovine Practitioners</w:t>
       </w:r>
       <w:r w:rsidR="000419F6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -7339,89 +7556,96 @@
       </w:r>
       <w:r w:rsidR="00BD0550">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00D03B30">
         <w:t xml:space="preserve">2019, January 22). </w:t>
       </w:r>
       <w:r w:rsidR="007C5090" w:rsidRPr="007C5090">
         <w:t>Building Your Team</w:t>
       </w:r>
       <w:r w:rsidR="007C5090">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000172F7" w:rsidRPr="000172F7">
         <w:t xml:space="preserve">2019 </w:t>
       </w:r>
       <w:r w:rsidR="000172F7">
         <w:t xml:space="preserve">Cornell University </w:t>
       </w:r>
       <w:r w:rsidR="000172F7" w:rsidRPr="000172F7">
         <w:t>Operations Managers Conference</w:t>
       </w:r>
       <w:r w:rsidR="000172F7">
         <w:t xml:space="preserve">. Syracuse, NY. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00F345E6" w:rsidRPr="00390751">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hdl.handle.net/1813/60848</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3DFC308B" w14:textId="6CDC0DEA" w:rsidR="00D7757D" w:rsidRDefault="00A63B67" w:rsidP="00D7757D">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00D7757D">
         <w:t xml:space="preserve"> (2019, January 22). </w:t>
       </w:r>
       <w:r w:rsidR="004D4DDD" w:rsidRPr="004D4DDD">
-        <w:t>Employee onboarding: The first step to develop and retain the best people</w:t>
+        <w:t xml:space="preserve">Employee </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D4DDD" w:rsidRPr="004D4DDD">
+        <w:t>onboarding</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004D4DDD" w:rsidRPr="004D4DDD">
+        <w:t>: The first step to develop and retain the best people</w:t>
       </w:r>
       <w:r w:rsidR="00D7757D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D7757D" w:rsidRPr="000172F7">
         <w:t xml:space="preserve">2019 </w:t>
       </w:r>
       <w:r w:rsidR="00D7757D">
         <w:t xml:space="preserve">Cornell University </w:t>
       </w:r>
       <w:r w:rsidR="00D7757D" w:rsidRPr="000172F7">
         <w:t>Operations Managers Conference</w:t>
       </w:r>
       <w:r w:rsidR="00D7757D">
         <w:t xml:space="preserve">. Syracuse, NY. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00D852F5" w:rsidRPr="00390751">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hdl.handle.net/1813/60843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D852F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="483AB8EE" w14:textId="6EB97E00" w:rsidR="0064070D" w:rsidRDefault="00A63B67" w:rsidP="0064070D">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="0064070D">
         <w:t xml:space="preserve"> (January 13, 2011). </w:t>
       </w:r>
       <w:r w:rsidR="0064070D" w:rsidRPr="0064070D">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -7703,50 +7927,51 @@
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r w:rsidR="00FF6BF3">
             <w:t>Lexington</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="00FF6BF3">
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidR="00FF6BF3">
             <w:t>KY.</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="7E0F480F" w14:textId="2DDB5E36" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> (2004) Control the factors that influence employee success.  </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="005E35E2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Milking Center Management Conference. </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r w:rsidR="00FF6BF3">
             <w:t>State College</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="00FF6BF3">
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidR="00FF6BF3">
             <w:t>PA</w:t>
           </w:r>
         </w:smartTag>
@@ -7945,65 +8170,72 @@
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
           <w:r w:rsidR="00FF6BF3">
             <w:t>State</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="00FF6BF3">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
           <w:r w:rsidR="00FF6BF3">
             <w:t>University</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidR="00FF6BF3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="601384AA" w14:textId="56CF3B46" w:rsidR="00FF6BF3" w:rsidRDefault="00A63B67" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve"> and Holden, L. (2002) Performance feedback, monitoring, and incentives. </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00EB4AB1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Milking Center Management Workshop.</w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
-        <w:t xml:space="preserve"> (pp. 69-79) </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t>pp</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FF6BF3">
+        <w:t xml:space="preserve">. 69-79) </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r w:rsidR="00FF6BF3">
             <w:t>University Park</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidR="00FF6BF3">
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidR="00FF6BF3">
             <w:t>PA</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve">: Dairy </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidR="00FF6BF3">
             <w:t>Alliance</w:t>
           </w:r>
         </w:smartTag>
@@ -8112,51 +8344,67 @@
       <w:r w:rsidR="00FF6BF3">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005E35E2" w:rsidRPr="005E35E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBACCA2" w14:textId="6F609B47" w:rsidR="005E35E2" w:rsidRDefault="005E35E2" w:rsidP="005E35E2">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Carey, H. and </w:t>
       </w:r>
       <w:r w:rsidR="00A63B67">
         <w:t>Stup, R.E.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2001) Interpersonal skills and listening skills. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB4AB1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Skills for Successful Teams: Enhancing Your Skills in Forming, Leading and Working With Teams.</w:t>
+        <w:t xml:space="preserve">Skills for Successful Teams: Enhancing Your Skills in Forming, Leading and Working </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB4AB1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>With</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB4AB1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teams.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r>
             <w:t>University Park</w:t>
           </w:r>
         </w:smartTag>
         <w:r>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r>
             <w:t>PA</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
           <w:r>
@@ -8215,640 +8463,1167 @@
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidR="005E35E2">
             <w:t>NY</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidR="005E35E2">
         <w:t>: Natural Resource, Agriculture, and Engineering Service NRAES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC8B8DA" w14:textId="60A22C7F" w:rsidR="00FF6BF3" w:rsidRPr="008B080A" w:rsidRDefault="00434D81" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="SectionTitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Selected </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3">
         <w:t xml:space="preserve">Invited </w:t>
       </w:r>
       <w:r w:rsidR="00FF6BF3" w:rsidRPr="00B0747B">
         <w:t>Presentations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6D9A0A" w14:textId="7310D057" w:rsidR="000173E8" w:rsidRPr="00DF68CB" w:rsidRDefault="000173E8" w:rsidP="000173E8">
+    <w:p w14:paraId="165D14BF" w14:textId="250CC4F8" w:rsidR="00B443C4" w:rsidRPr="00DF68CB" w:rsidRDefault="00B443C4" w:rsidP="00B443C4">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF68CB">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF68CB">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">New York </w:t>
-[...6 lines deleted...]
-        <w:t>Agricultural</w:t>
+        <w:t>New York Agricultural</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF68CB">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Workforce Outlook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="009C27C0">
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dyson </w:t>
       </w:r>
-      <w:r w:rsidR="009C27C0">
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">School </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Food and Agribusiness Outlook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E46346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E46346">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cornell Dyson School</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Ithaca, NY, January 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D1F38">
+        <w:t>, Ithaca, NY, January 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00133757">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="009D1F38">
+      <w:r w:rsidR="00270D63">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06924A29" w14:textId="61E31D28" w:rsidR="00126E7C" w:rsidRPr="00A85D12" w:rsidRDefault="00180D8E" w:rsidP="0059103C">
+    <w:p w14:paraId="26B8D252" w14:textId="4D02390E" w:rsidR="00270D63" w:rsidRPr="00C114C2" w:rsidRDefault="00F92326" w:rsidP="00FE64F8">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00180D8E">
-[...13 lines deleted...]
-      <w:r w:rsidR="00A85D12">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Canary in the Coalmine Panel, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C114C2">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Eastern Viticulture and Enology Forum</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F82014">
+        <w:t>NCAE Labor Forum</w:t>
+      </w:r>
+      <w:r w:rsidR="00C114C2" w:rsidRPr="00C114C2">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Hosted by Penn State, Cornell, and Virginia Tech, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A43E5">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C114C2">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Online December 13, 2022.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C3B70AD" w14:textId="685C25C3" w:rsidR="007F4F86" w:rsidRPr="007F4F86" w:rsidRDefault="007F4F86" w:rsidP="0059103C">
+        <w:t>National Council of Agricultural Employers, Las Vegas, NV</w:t>
+      </w:r>
+      <w:r w:rsidR="0017363E">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, December </w:t>
+      </w:r>
+      <w:r w:rsidR="007A0632">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7311E089" w14:textId="75ED2BDE" w:rsidR="00981930" w:rsidRPr="004933C0" w:rsidRDefault="00314D19" w:rsidP="00FE64F8">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F4F86">
-[...13 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Immigration </w:t>
+      </w:r>
+      <w:r w:rsidR="005359AE">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>History and Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="000C56FF">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004933C0">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Presented at the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007F4F86">
+        <w:t xml:space="preserve">Immigration Essentials Workshop, </w:t>
+      </w:r>
+      <w:r w:rsidR="0094570E">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Produce Executive Development Program</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF68CB">
+        <w:t xml:space="preserve">Michigan State University Extension, East Lansing, MI, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E672A0">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the International Fresh Produce Association, Ithaca, NY, March 30, 2022.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="034D488F" w14:textId="7973D83C" w:rsidR="007F4F86" w:rsidRPr="007F4F86" w:rsidRDefault="007F4F86" w:rsidP="0059103C">
+        <w:t>September 25, 2025, virtual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FF7331" w14:textId="325B4925" w:rsidR="00651A73" w:rsidRPr="00BF41CA" w:rsidRDefault="00651A73" w:rsidP="00FE64F8">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007F4F86">
-[...13 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Where will my workers come from?</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF41CA">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00827819" w:rsidRPr="00827819">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Presented at the 2022 Northeast Dairy Management Conference, Syracuse, NY, March 10, 2022.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A60E8FF" w14:textId="77777777" w:rsidR="00DF68CB" w:rsidRPr="00DF68CB" w:rsidRDefault="00DF68CB" w:rsidP="00DF68CB">
+        <w:t xml:space="preserve">Presented at the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF41CA" w:rsidRPr="00827819">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF41CA" w:rsidRPr="00827819">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF41CA">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Western Dairy Management C</w:t>
+      </w:r>
+      <w:r w:rsidR="00827819">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onference</w:t>
+      </w:r>
+      <w:r w:rsidR="001911C5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Reno, NV</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5419A">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, April 2, 2025. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00305D01" w:rsidRPr="00E41743">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:iCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://wdmc.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00305D01">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA9D0F7" w14:textId="54C9E754" w:rsidR="009C4590" w:rsidRPr="009C4590" w:rsidRDefault="009C4590" w:rsidP="00FE64F8">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Managing Team Performance. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Presented at the Lower Mainland Horticultural Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="005742FC">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Abbotsford</w:t>
+      </w:r>
+      <w:r w:rsidR="007B646D">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, BC, Canada, January 24, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A87FD12" w14:textId="6C540DFF" w:rsidR="00FE64F8" w:rsidRPr="00DF68CB" w:rsidRDefault="00FE64F8" w:rsidP="00FE64F8">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DF68CB">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2022 Agricultural Workforce Outlook</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF68CB">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>New York Agricultural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF68CB">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Workforce Outlook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Presented online at the </w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC734B">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>202</w:t>
+        <w:t xml:space="preserve"> Dyson </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t xml:space="preserve">School </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dyson Food and Agribusiness Outlook</w:t>
+        <w:t>Food and Agribusiness Outlook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E46346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E46346">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cornell Dyson School</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Ithaca, NY, January 24, 2022.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22CCFBB8" w14:textId="1B28B24F" w:rsidR="00E946B6" w:rsidRPr="00E946B6" w:rsidRDefault="00E946B6" w:rsidP="0059103C">
+        <w:t xml:space="preserve">, Ithaca, NY, January </w:t>
+      </w:r>
+      <w:r w:rsidR="00651A73">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC734B">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6D9A0A" w14:textId="237E13E8" w:rsidR="000173E8" w:rsidRPr="00DF68CB" w:rsidRDefault="000173E8" w:rsidP="000173E8">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E946B6">
-[...4 lines deleted...]
-        <w:t>Transforming Your Team: Employee Communication and Management</w:t>
+      <w:r w:rsidRPr="00DF68CB">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF68CB">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New York </w:t>
+      </w:r>
+      <w:r w:rsidR="009C27C0">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agricultural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF68CB">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Workforce Outlook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="005A52B2">
+      <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Presented in a 5-part online webinar series for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005A52B2" w:rsidRPr="005A52B2">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="009C27C0">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pennsylvania Center for Dairy Excellence</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D4023">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Ithaca, NY, September-October, 2021.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="24AF2F72" w14:textId="6E71E78D" w:rsidR="005A34E3" w:rsidRDefault="005A34E3" w:rsidP="0059103C">
+        <w:t xml:space="preserve"> Dyson </w:t>
+      </w:r>
+      <w:r w:rsidR="009C27C0">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">School </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3725">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Food and Agribusiness Outlook</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46346">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46346">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cornell Dyson School</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Ithaca, NY, January 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1F38">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1F38">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06924A29" w14:textId="61E31D28" w:rsidR="00126E7C" w:rsidRPr="00A85D12" w:rsidRDefault="00180D8E" w:rsidP="0059103C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:i/>
-[...10 lines deleted...]
-      <w:r w:rsidR="00580B54">
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180D8E">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Federal Temporary Agricultural Guestworker Program: H-2A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85D12">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00580B54" w:rsidRPr="00217B8C">
+      <w:r w:rsidR="00A85D12">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Presented online at the New York Association for Food Protection Annual Conference, Ithaca, NY, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00217B8C" w:rsidRPr="00217B8C">
+        <w:t>Eastern Viticulture and Enology Forum</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82014">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>September 21, 2021.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E82769A" w14:textId="522D0895" w:rsidR="004039EB" w:rsidRPr="002E7210" w:rsidRDefault="002E7210" w:rsidP="0059103C">
+        <w:t xml:space="preserve">, Hosted by Penn State, Cornell, and Virginia Tech, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A43E5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Online December 13, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3B70AD" w14:textId="685C25C3" w:rsidR="007F4F86" w:rsidRPr="007F4F86" w:rsidRDefault="007F4F86" w:rsidP="0059103C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E7210">
-[...4 lines deleted...]
-        <w:t>Workforce Issues in the Produce Industry</w:t>
+      <w:r w:rsidRPr="007F4F86">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Developing the Agricultural Workforce of the Future</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Presented in the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E7210">
+        <w:t xml:space="preserve">Presented at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F4F86">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Executive Leadership Development Program at Cornell University</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Produce Executive Development Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF68CB">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="4D828AB0" w14:textId="6E0EF2B8" w:rsidR="00434D81" w:rsidRPr="00404B82" w:rsidRDefault="00D22201" w:rsidP="0059103C">
+        <w:t xml:space="preserve"> for the International Fresh Produce Association, Ithaca, NY, March 30, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034D488F" w14:textId="7973D83C" w:rsidR="007F4F86" w:rsidRPr="007F4F86" w:rsidRDefault="007F4F86" w:rsidP="0059103C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00404B82">
+      <w:r w:rsidRPr="007F4F86">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Professionalizing Human Resources</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00404B82">
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Presented </w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="4466D451" w14:textId="67FBFC6D" w:rsidR="006B43BF" w:rsidRDefault="00EB01A6" w:rsidP="006B43BF">
+        <w:t>Presented at the 2022 Northeast Dairy Management Conference, Syracuse, NY, March 10, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A60E8FF" w14:textId="77777777" w:rsidR="00DF68CB" w:rsidRPr="00DF68CB" w:rsidRDefault="00DF68CB" w:rsidP="00DF68CB">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:i/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Farm Employee Development and Motivation</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF68CB">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2022 Agricultural Workforce Outlook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="006B43BF">
-[...7 lines deleted...]
-    <w:p w14:paraId="1441EAE8" w14:textId="715EFF25" w:rsidR="00EF48F7" w:rsidRPr="00EF48F7" w:rsidRDefault="00EF48F7" w:rsidP="0059103C">
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented online at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3725">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B3725">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dyson Food and Agribusiness Outlook</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46346">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46346">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cornell Dyson School</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Ithaca, NY, January 24, 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CCFBB8" w14:textId="1B28B24F" w:rsidR="00E946B6" w:rsidRPr="00E946B6" w:rsidRDefault="00E946B6" w:rsidP="0059103C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E946B6">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Transforming Your Team: Employee Communication and Management</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A52B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented in a 5-part online webinar series for </w:t>
+      </w:r>
+      <w:r w:rsidR="005A52B2" w:rsidRPr="005A52B2">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pennsylvania Center for Dairy Excellence</w:t>
+      </w:r>
+      <w:r w:rsidR="002D4023">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Ithaca, NY, September-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D4023">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D4023">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AF2F72" w14:textId="6E71E78D" w:rsidR="005A34E3" w:rsidRDefault="005A34E3" w:rsidP="0059103C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Managing Up</w:t>
+      </w:r>
+      <w:r w:rsidR="00580B54">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00580B54" w:rsidRPr="00217B8C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented online at the New York Association for Food Protection Annual Conference, Ithaca, NY, </w:t>
+      </w:r>
+      <w:r w:rsidR="00217B8C" w:rsidRPr="00217B8C">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>September 21, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E82769A" w14:textId="522D0895" w:rsidR="004039EB" w:rsidRPr="002E7210" w:rsidRDefault="002E7210" w:rsidP="0059103C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E7210">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Workforce Issues in the Produce Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E7210">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Executive Leadership Development Program at Cornell University</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E115F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organized by International Fresh Produce Association</w:t>
+      </w:r>
+      <w:r w:rsidR="005A34E3">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Ithaca, NY, August 16, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D828AB0" w14:textId="6E0EF2B8" w:rsidR="00434D81" w:rsidRPr="00404B82" w:rsidRDefault="00D22201" w:rsidP="0059103C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>New York’s Farm Workforce in COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="00404B82">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00404B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0DA6">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25FEF">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the New York State Department of Health’s </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0DA6" w:rsidRPr="000B0DA6">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contact Tracing Training Initiative</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0DA6">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Ithaca, NY, April 29, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4466D451" w14:textId="67FBFC6D" w:rsidR="006B43BF" w:rsidRDefault="00EB01A6" w:rsidP="006B43BF">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B43BF">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Farm Employee Development and Motivation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006B43BF">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30th Annual Northeast Dairy Production Medicine Symposium, Syracuse, NY, March 12-13, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1441EAE8" w14:textId="715EFF25" w:rsidR="00EF48F7" w:rsidRPr="00EF48F7" w:rsidRDefault="00EF48F7" w:rsidP="0059103C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EF48F7">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2021 Agricultural Workforce Outlook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Presented online at</w:t>
       </w:r>
       <w:r w:rsidR="005B3725">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B3725" w:rsidRPr="005B3725">
         <w:rPr>
@@ -9090,66 +9865,83 @@
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Overview of NY Farm Union Laws</w:t>
       </w:r>
       <w:r w:rsidR="003E002A">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E002A">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Presented at New York Becker Forum</w:t>
       </w:r>
       <w:r w:rsidR="00342FDA">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, January, 13, 2020, Syracuse, NY.</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00342FDA">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>January,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00342FDA">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13, 2020, Syracuse, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C0130B0" w14:textId="1D7B20FE" w:rsidR="0059103C" w:rsidRPr="0059103C" w:rsidRDefault="0059103C" w:rsidP="0059103C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831AAA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Agricultural Workforce Outlook: How Demographics, Technology, and Markets are Transforming Farm Labor.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00831AAA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Presented for the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>National</w:t>
       </w:r>
       <w:r w:rsidRPr="00831AAA">
         <w:rPr>
@@ -9219,51 +10011,67 @@
         <w:t>Northeast</w:t>
       </w:r>
       <w:r w:rsidRPr="00831AAA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Migrant Education Conference, June 26, 2019, Saratoga Springs, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162E8B63" w14:textId="10E18B7C" w:rsidR="00831AAA" w:rsidRDefault="00831AAA" w:rsidP="007D6100">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831AAA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Retention, Turnvover, Employee Development: Research Perspectives</w:t>
+        <w:t xml:space="preserve">Retention, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00831AAA">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Turnvover</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00831AAA">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Employee Development: Research Perspectives</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007D6100">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Presented at Strategic Workforce Approaches in the Dairy Processing Industry, May 22, 2019, Ithaca, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B0BDC8" w14:textId="61E87435" w:rsidR="00831AAA" w:rsidRDefault="00831AAA" w:rsidP="007D6100">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9463,51 +10271,50 @@
       </w:r>
       <w:r w:rsidR="00AD6C05">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49" w:rsidRPr="00C36DF6">
         <w:t>Presented</w:t>
       </w:r>
       <w:r w:rsidR="00AD6C05" w:rsidRPr="00C36DF6">
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidR="00AD6C05">
         <w:t>Farm Credit Council Service’s Forum for Ag Lenders, September 26, 2017, Atlanta, GA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64DF8B8F" w14:textId="77777777" w:rsidR="00FF026E" w:rsidRPr="00FF026E" w:rsidRDefault="00FF026E" w:rsidP="00FF026E">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ide</w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ntifying and developing leaders.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49" w:rsidRPr="00C36DF6">
         <w:t>Presented</w:t>
       </w:r>
       <w:r w:rsidR="00AD6C05" w:rsidRPr="00C36DF6">
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidR="00AD6C05">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>Professional Dairy Managers of Pennsylvania September Summit. September 7, 2017, Reinholds, PA.</w:t>
@@ -9618,50 +10425,51 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49" w:rsidRPr="00C36DF6">
         <w:t>Presented</w:t>
       </w:r>
       <w:r w:rsidR="00AD6C05" w:rsidRPr="00C36DF6">
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Cornell University Operations Managers Conference. </w:t>
       </w:r>
       <w:r w:rsidR="00FE5304">
         <w:t xml:space="preserve">January 13, 2011, </w:t>
       </w:r>
       <w:r>
         <w:t>Syracuse, NY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A834AC" w14:textId="77777777" w:rsidR="00BE193F" w:rsidRPr="00BE193F" w:rsidRDefault="00BE193F" w:rsidP="00BE193F">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0DC1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>tanda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>rd operating procedures for milkers</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0DC1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49" w:rsidRPr="00C36DF6">
         <w:t>Presented</w:t>
@@ -9978,52 +10786,62 @@
         <w:t>organizations to change</w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C36DF6" w:rsidRPr="00C36DF6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49" w:rsidRPr="00C36DF6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Presented</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with Robert Milligan, Ph.D</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> with Robert Milligan, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ph.D</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C36DF6" w:rsidRPr="00C36DF6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at People in Ag: A Professional Development Series for Ag Advisors. Nov. </w:t>
       </w:r>
       <w:r w:rsidR="00C36DF6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13, 2006, West Lebanon, NH; April 25, 2007, West Henrietta, NY; May 1, 2007, Lancaster, PA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22DCA9FE" w14:textId="77777777" w:rsidR="00C36DF6" w:rsidRDefault="00C36DF6" w:rsidP="00C36DF6">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="067239B0" w14:textId="77777777" w:rsidR="00E727AF" w:rsidRPr="00E727AF" w:rsidRDefault="00E727AF" w:rsidP="00E727AF">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
@@ -10143,74 +10961,87 @@
         <w:t>immigration history and policy</w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00226289" w:rsidRPr="00E727AF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC4B49" w:rsidRPr="00E727AF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Presented </w:t>
       </w:r>
       <w:r w:rsidRPr="00E727AF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">to producer meetings arranged by New Jersey Farm Bureau and Rutgers Cooperative Extension. March 6 in Salem County, NJ and March 7, 2007 in Flemington, NJ. </w:t>
+        <w:t xml:space="preserve">to producer meetings arranged by New Jersey Farm Bureau and Rutgers Cooperative Extension. March 6 in Salem County, NJ and March 7, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E727AF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E727AF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Flemington, NJ. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DCD52D" w14:textId="77777777" w:rsidR="00E727AF" w:rsidRPr="00E727AF" w:rsidRDefault="00E727AF" w:rsidP="00E727AF">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23EAF4D8" w14:textId="77777777" w:rsidR="00E727AF" w:rsidRPr="00E727AF" w:rsidRDefault="00E727AF" w:rsidP="00E727AF">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E727AF">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Managing the Hispanic </w:t>
       </w:r>
       <w:r w:rsidR="00226289" w:rsidRPr="00E727AF">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>workforce</w:t>
       </w:r>
       <w:r w:rsidR="00226289" w:rsidRPr="00E727AF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E727AF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E727AF">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
@@ -10619,50 +11450,51 @@
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="00124862">
             <w:t>MO</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00857905">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>December 2005</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37023B9E" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRPr="00124862" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
       <w:r w:rsidRPr="00226289">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fighting </w:t>
       </w:r>
       <w:r w:rsidR="00226289" w:rsidRPr="00226289">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>fair</w:t>
       </w:r>
       <w:r w:rsidRPr="00226289">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">: Conflict </w:t>
       </w:r>
       <w:r w:rsidR="00226289" w:rsidRPr="00226289">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>management in the workplace</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Invited presentation at </w:t>
       </w:r>
       <w:r w:rsidRPr="00226289">
         <w:t xml:space="preserve">Employee Management for Production Agriculture. </w:t>
@@ -10904,51 +11736,67 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Invited presentation at the Professional Dairy Managers of Pennsylvania’s Producer Meeting, August 2002.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E55227B" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRPr="008B080A" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13189796" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B080A">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Standard operating procedures: Managing the human variables.</w:t>
+        <w:t xml:space="preserve">Standard operating procedures: Managing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B080A">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the human</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B080A">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> variables.</w:t>
       </w:r>
       <w:r w:rsidRPr="008B080A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invited presentation a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r w:rsidRPr="008B080A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the National Mastitis Council Regional Meeting, </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r w:rsidRPr="008B080A">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
@@ -11081,51 +11929,50 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Invited presentation at the Lash Veterinary Associate Annual Producer Meeting, February 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF788BA" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRPr="008B080A" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="624545AC" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRPr="008B080A" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B080A">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Milker training strategies: Translating theory into practice.</w:t>
       </w:r>
       <w:r w:rsidRPr="008B080A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Invited presentation at the Natural Resource, Agriculture, and Engineering Service Conference on Milking Systems and Parlors, Camp Hill, Pennsylvania, January 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="168ECC4D" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRDefault="00FF6BF3" w:rsidP="00FF6BF3"/>
     <w:p w14:paraId="7F406043" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00327690" w:rsidRDefault="009817BF" w:rsidP="0008248E">
       <w:pPr>
         <w:pStyle w:val="SectionTitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Richard Stup, PhD: </w:t>
       </w:r>
       <w:r w:rsidR="00327690" w:rsidRPr="00327690">
         <w:t>Career Highlights</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A83D4E5" w14:textId="41D4CE28" w:rsidR="00423610" w:rsidRDefault="00423610" w:rsidP="00327690">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
@@ -11301,50 +12148,51 @@
         <w:t>Evaluating and improving management of farm-provided employee housing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4115CF80" w14:textId="4A9893A3" w:rsidR="00EA3EBA" w:rsidRPr="00F53868" w:rsidRDefault="005E439C" w:rsidP="00F53868">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Expanding workforce development</w:t>
       </w:r>
       <w:r w:rsidR="00301EB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> opportunities in New York. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A789FA3" w14:textId="131F826A" w:rsidR="00423610" w:rsidRDefault="00423610" w:rsidP="00423610">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00423610">
         <w:rPr>
@@ -11444,51 +12292,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adapted sexual harassment training, in English and Spanish, for </w:t>
       </w:r>
       <w:r w:rsidR="007F6501">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>use in farm employee management. Delivered content via video and online distribution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="024FDB44" w14:textId="7CF2B444" w:rsidR="00423610" w:rsidRDefault="00FB081A" w:rsidP="00423610">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Conducted research on compensation of farm employees.</w:t>
+        <w:t xml:space="preserve">Conducted research on compensation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> farm employees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C33DCF" w14:textId="5CA7E7FB" w:rsidR="007B1DAB" w:rsidRDefault="007B1DAB" w:rsidP="00423610">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Development of supervisory and leadership certificate training. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307B749B" w14:textId="537AAA09" w:rsidR="007B1DAB" w:rsidRDefault="007B1DAB" w:rsidP="00423610">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
@@ -11798,51 +12660,65 @@
         </w:rPr>
         <w:t>training in supervisory skills among farm managers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="190C1069" w14:textId="577B8E38" w:rsidR="00D42BBD" w:rsidRDefault="00D42BBD" w:rsidP="00414D18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Six courses</w:t>
       </w:r>
       <w:r w:rsidR="004A6B11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> taught with a combination of asynchronous learning activities and synchronou</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A6B11">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taught</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A6B11">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a combination of asynchronous learning activities and synchronou</w:t>
       </w:r>
       <w:r w:rsidR="005530DE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s online meetings among class cohorts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0BD588" w14:textId="4D857F60" w:rsidR="005530DE" w:rsidRDefault="005530DE" w:rsidP="00414D18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Course titles include: </w:t>
       </w:r>
@@ -11912,51 +12788,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB6927">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ethics and Employment Regulations for Supervisors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76BF1138" w14:textId="05DF5055" w:rsidR="00CB6927" w:rsidRPr="00CB6927" w:rsidRDefault="00CB6927" w:rsidP="00CB6927">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB6927">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Employee Development and Training</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15746C4E" w14:textId="2D97F49A" w:rsidR="00CB6927" w:rsidRPr="00CB6927" w:rsidRDefault="00CB6927" w:rsidP="00CB6927">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB6927">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Staffing and Organizing Your Team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D05145" w14:textId="77777777" w:rsidR="00312A6E" w:rsidRPr="00312A6E" w:rsidRDefault="00312A6E" w:rsidP="00312A6E">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -11983,51 +12858,65 @@
         </w:rPr>
         <w:t>Onboarding New Farm Employees</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="741D48CD" w14:textId="53CC15C9" w:rsidR="003B44CD" w:rsidRDefault="003B44CD" w:rsidP="003B44CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Led grant-funded initiative to help farms improve their new employee onboarding programs</w:t>
       </w:r>
       <w:r w:rsidR="00C9256A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in order to increase employee safety, productivity, and engagement.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C9256A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C9256A">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> increase employee safety, productivity, and engagement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576C974F" w14:textId="1E98CD24" w:rsidR="00A258BF" w:rsidRDefault="00A258BF" w:rsidP="003B44CD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Developed onboarding template, website, employee handbook template, </w:t>
       </w:r>
       <w:r w:rsidR="006D771C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>videos, and many other resources.</w:t>
       </w:r>
@@ -12083,68 +12972,83 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provided e</w:t>
       </w:r>
       <w:r w:rsidR="005354BC">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">xtensive data analysis and reporting to support NYS Departments of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Health, Labor, and Agriculture to identify and provide service to farm employees.</w:t>
+        <w:t xml:space="preserve">Health, Labor, and Agriculture to identify and provide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to farm employees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360654C4" w14:textId="6063E12E" w:rsidR="00854A08" w:rsidRDefault="00854A08" w:rsidP="00445A8C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Led initiative with </w:t>
       </w:r>
       <w:r w:rsidR="001C1710">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>county extension directors and New York Farm Bureau to assist county health departments to understand and serve the</w:t>
       </w:r>
       <w:r w:rsidR="00207EEF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir local farm workforce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C28AD5" w14:textId="090B5BD0" w:rsidR="00207EEF" w:rsidRDefault="00207EEF" w:rsidP="00445A8C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12250,51 +13154,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Regulatory and compliance updates for farm employers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9E4C7D" w14:textId="3E648204" w:rsidR="00360A9A" w:rsidRPr="003A7B7E" w:rsidRDefault="00360A9A" w:rsidP="003A7B7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tips for improving workforce management areas such as: </w:t>
+        <w:t xml:space="preserve">Tips for improving workforce management areas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>such as:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008512BF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>leadership and retention, worker housing, and participating in the H-2A program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7066CA" w14:textId="7715F9A1" w:rsidR="00A554E2" w:rsidRPr="00A554E2" w:rsidRDefault="00A554E2" w:rsidP="008512BF">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2018- Present </w:t>
       </w:r>
       <w:r w:rsidRPr="00A554E2">
         <w:rPr>
@@ -12334,51 +13252,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Regulatory and compliance updates for farm employers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E9FC985" w14:textId="77777777" w:rsidR="008512BF" w:rsidRPr="003A7B7E" w:rsidRDefault="008512BF" w:rsidP="008512BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tips for improving workforce management areas such as: leadership and retention, worker housing, and participating in the H-2A program.</w:t>
+        <w:t xml:space="preserve">Tips for improving workforce management areas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>such as:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leadership and retention, worker housing, and participating in the H-2A program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124B36D5" w14:textId="6A833296" w:rsidR="00445A8C" w:rsidRDefault="00445A8C" w:rsidP="00445A8C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4638A0F3" w14:textId="77777777" w:rsidR="00445A8C" w:rsidRPr="00445A8C" w:rsidRDefault="00445A8C" w:rsidP="00445A8C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63B9F6AE" w14:textId="1895E4E7" w:rsidR="00542A1B" w:rsidRDefault="00542A1B" w:rsidP="00327690">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Ag Workforce Development (2016 – Present)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4EC45B" w14:textId="6EA49DBE" w:rsidR="00FB081A" w:rsidRPr="00FB081A" w:rsidRDefault="00542A1B" w:rsidP="00FB081A">
@@ -12400,51 +13332,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Owner and Chief Consultant</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623D352B" w14:textId="2771441D" w:rsidR="00542A1B" w:rsidRPr="00542A1B" w:rsidRDefault="00542A1B" w:rsidP="00542A1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00542A1B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organized consulting process and products</w:t>
       </w:r>
       <w:r w:rsidR="007402E1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for multiple customer solutions, including: organization design, performance systems, team facilitation, leadership development, supervisor coaching, and workforce development.</w:t>
+        <w:t xml:space="preserve"> for multiple customer solutions, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007402E1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>including:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007402E1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organization design, performance systems, team facilitation, leadership development, supervisor coaching, and workforce development.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612D930D" w14:textId="77777777" w:rsidR="00542A1B" w:rsidRPr="00542A1B" w:rsidRDefault="00542A1B" w:rsidP="00542A1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00542A1B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conducted farm compensation benchmark</w:t>
       </w:r>
       <w:r w:rsidR="007402E1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to provide data for large farms to compare results and refine compensation strategies.</w:t>
       </w:r>
     </w:p>
@@ -12476,52 +13422,57 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00542A1B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Developed technology platform for marketing and customer service, including: two websites, CRM database, human resource software for client service, and accounting processes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="414ABBC0" w14:textId="77777777" w:rsidR="00542A1B" w:rsidRDefault="00542A1B" w:rsidP="00542A1B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B117D81" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00327690" w:rsidRDefault="00327690" w:rsidP="00327690">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00327690">
-        <w:t xml:space="preserve">AgChoice Farm Credit (2008 – </w:t>
+        <w:t>AgChoice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00327690">
+        <w:t xml:space="preserve"> Farm Credit (2008 – </w:t>
       </w:r>
       <w:r w:rsidR="00B266C7">
         <w:t>2016</w:t>
       </w:r>
       <w:r w:rsidRPr="00327690">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1908A604" w14:textId="77777777" w:rsidR="009E78D1" w:rsidRDefault="009E78D1" w:rsidP="005F413B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Branch Sales Manager for Susquehanna Valley and Endless Mountains Branches</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD5AD82" w14:textId="77777777" w:rsidR="00975FCC" w:rsidRDefault="00975FCC" w:rsidP="00975FCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Led branch through significant period of change from the retirement of several long-term employees.</w:t>
@@ -12549,50 +13500,51 @@
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Director of Business Management Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E80A447" w14:textId="77777777" w:rsidR="009E78D1" w:rsidRDefault="009E78D1" w:rsidP="00443A4A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Led organization change project to build multidisciplinary teams among credit, consultants, and accounting personnel. This successful team development project led to significant increases in program revenues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182B044C" w14:textId="77777777" w:rsidR="00443A4A" w:rsidRDefault="000B7B9D" w:rsidP="00443A4A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Planned and launched successful </w:t>
       </w:r>
       <w:r w:rsidR="009E78D1">
         <w:t xml:space="preserve">Accounting, Records </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="009E78D1">
         <w:t xml:space="preserve">Tax </w:t>
       </w:r>
       <w:r>
         <w:t>program (ART). Wrote business plan, hired manager and staff, purchased software, and developed standard operating procedures.</w:t>
       </w:r>
       <w:r w:rsidR="009E78D1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45509C8B" w14:textId="77777777" w:rsidR="000B7B9D" w:rsidRDefault="000B7B9D" w:rsidP="00443A4A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
       </w:pPr>
@@ -12626,90 +13578,112 @@
       </w:r>
       <w:r w:rsidRPr="005F413B">
         <w:t>Team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49002246" w14:textId="77777777" w:rsidR="005F413B" w:rsidRPr="005F413B" w:rsidRDefault="006C0512" w:rsidP="005F413B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="005F413B" w:rsidRPr="005F413B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ed the project team that developed the virtual operations model for AgChoice.</w:t>
+        <w:t xml:space="preserve">ed the project team that developed the virtual operations model for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005F413B" w:rsidRPr="005F413B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AgChoice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005F413B" w:rsidRPr="005F413B">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="252FBAA3" w14:textId="77777777" w:rsidR="005F413B" w:rsidRPr="00D27E1B" w:rsidRDefault="005F413B" w:rsidP="00D27E1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F413B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This breakthrough innovation improved workflow and staffing flexibility for the entire Association.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3317C593" w14:textId="77777777" w:rsidR="00327690" w:rsidRDefault="00327690" w:rsidP="005F413B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Team </w:t>
       </w:r>
       <w:r w:rsidRPr="00327690">
         <w:t>Development</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32036162" w14:textId="77777777" w:rsidR="00D27E1B" w:rsidRDefault="00D27E1B" w:rsidP="00D27E1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Improved employee engagement and team skills in AgChoice’s largest branch.</w:t>
+        <w:t xml:space="preserve">Improved employee engagement and team skills in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AgChoice’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> largest branch.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46BBC34B" w14:textId="77777777" w:rsidR="009D6E24" w:rsidRPr="00D27E1B" w:rsidRDefault="00D27E1B" w:rsidP="006C0512">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Improved branch climate and established clear and effective patterns for conflict management.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C3FF428" w14:textId="77777777" w:rsidR="00327690" w:rsidRDefault="00327690" w:rsidP="005F413B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Employee Development</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C866931" w14:textId="77777777" w:rsidR="003B6D03" w:rsidRDefault="003B6D03" w:rsidP="009D6E24">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -12845,51 +13819,50 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00835725">
         <w:t xml:space="preserve">xecuted effective credit administration improvement </w:t>
       </w:r>
       <w:r>
         <w:t>program</w:t>
       </w:r>
       <w:r w:rsidR="00835725">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF0C12D" w14:textId="77777777" w:rsidR="00D27E1B" w:rsidRDefault="00D251B0" w:rsidP="00D27E1B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00D251B0">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2010</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D27E1B">
         <w:t>Integration of Susquehanna Valley and Endless Mountains Branches</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2FA335" w14:textId="77777777" w:rsidR="009D6E24" w:rsidRDefault="009D6E24" w:rsidP="006C0512">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Planned integration of branches for improved efficiency and consistent business results</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D94E326" w14:textId="77777777" w:rsidR="009D6E24" w:rsidRPr="009D6E24" w:rsidRDefault="009D6E24" w:rsidP="006C0512">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
@@ -12960,50 +13933,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Penn State </w:t>
       </w:r>
       <w:r w:rsidR="00C800E7" w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dairy Alliance program.  In that capacity he increased participation of faculty from dairy-oriented departments and improved communications with field-based educators.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67177C8A" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="001443FB" w:rsidP="00835725">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Richard served</w:t>
       </w:r>
       <w:r w:rsidR="00C800E7" w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as co-chair of the Animal Production Committee for Penn State Cooperative Extension’s Plan of Work (POW) development effort.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B119BEB" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00835725">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Richard </w:t>
       </w:r>
@@ -13218,51 +14192,65 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="002B076E" w:rsidRPr="002B076E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>btained grant funding from the Pennsylvania Department of Labor and Industry</w:t>
       </w:r>
       <w:r w:rsidR="002B076E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to translate training materials into Spanish, and organize and deliver workshops for Spanish-speaking employees.</w:t>
+        <w:t xml:space="preserve"> to translate training materials into </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B076E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spanish, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B076E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organize and deliver workshops for Spanish-speaking employees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29D5D3CF" w14:textId="77777777" w:rsidR="002B076E" w:rsidRDefault="002B076E" w:rsidP="002B076E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This was the first agricultural workforce development project funded by L&amp;I.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B2B65BF" w14:textId="77777777" w:rsidR="002B076E" w:rsidRPr="002B076E" w:rsidRDefault="002B076E" w:rsidP="002B076E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
@@ -13482,51 +14470,50 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This is a formal certification program designed to meet the workforce development needs of people who want to pursue a career in the dairy industry without attaining the bachelor’s degree</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789B5D97" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00481622" w:rsidP="00C800E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00C800E7" w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nstrumental in identifying the need, developing the concept, writing appropriate grants, and hiring and supervising staff to bring this program into existence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B626183" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0843E1F1" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -13556,50 +14543,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00C800E7" w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ed an innovative, two-day workforce development program to teach integrated milking center management skills.  The workshop combined technical subjects with human resource training in a holistic approach.  Lecture was combined with hands-on, small-group workshops to encourage application of learning.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="369F988A" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Over one hundred fifty dairy managers and advisors from </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r w:rsidRPr="00C800E7">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Maine</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="country-region">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="00C800E7">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Georgia</w:t>
           </w:r>
         </w:smartTag>
@@ -13816,51 +14804,65 @@
         </w:rPr>
         <w:t xml:space="preserve">2000 – 2004 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Management Essentials for Dairy Success (MEDS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B999806" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This highly-regarded, innovative, multi-day course in supervisory leadership was developed in partnership with Dairy Alliance and </w:t>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C800E7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>highly-regarded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C800E7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, innovative, multi-day course in supervisory leadership was developed in partnership with Dairy Alliance and </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
           <w:r w:rsidRPr="00C800E7">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Penn</w:t>
           </w:r>
         </w:smartTag>
         <w:r w:rsidRPr="00C800E7">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
           <w:r w:rsidRPr="00C800E7">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>State</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
@@ -13944,57 +14946,71 @@
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="00C800E7">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Michigan</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="002662F8" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Some dairy managers felt the program was so valuable that they sent different members of their farm s</w:t>
+        <w:t xml:space="preserve">Some dairy managers felt the program was so valuable that they sent different members of their farm </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C800E7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00481622">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>taffs to attend year after year</w:t>
+        <w:t>taffs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00481622">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to attend year after year</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BAF7D56" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="766843C0" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00481622" w:rsidP="00C800E7">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2001 – 2004</w:t>
       </w:r>
       <w:r w:rsidR="00C800E7" w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14147,68 +15163,81 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00C800E7" w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dentified the need and led development of a workshop to train dairy managers in techniques for observing and examining dairy cows with potential health problems.  The managers were also equipped with techniques and materials that they could use for training other employees in their business.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1857E926" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Cow Sense program was very successful in </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="00C800E7">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Pennsylvania</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and was repeated five times by Dairy Alliance reaching well over 100 dairy managers.  Local cooperative extension continues to successfully use the program.  Dairy </w:t>
+        <w:t xml:space="preserve"> and was repeated five times by Dairy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C800E7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alliance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C800E7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reaching well over 100 dairy managers.  Local cooperative extension continues to successfully use the program.  Dairy </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
         <w:r w:rsidRPr="00C800E7">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Alliance</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> conducted the program two times in </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="00C800E7">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>New Jersey</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
@@ -14290,83 +15319,83 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7F98191D" w14:textId="77777777" w:rsidR="00C800E7" w:rsidRPr="00C800E7" w:rsidRDefault="00C800E7" w:rsidP="00C800E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C800E7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Techniques and results of the Cow Sense program were published in the Journal of Extension and were presented at the Penn State Outreach Conference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0908643A" w14:textId="77777777" w:rsidR="00FF6BF3" w:rsidRPr="00C800E7" w:rsidRDefault="00FF6BF3" w:rsidP="00543299">
       <w:pPr>
         <w:pStyle w:val="APAReference"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FF6BF3" w:rsidRPr="00C800E7" w:rsidSect="008F4BD9">
-      <w:footerReference w:type="default" r:id="rId23"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1008" w:bottom="1008" w:left="1440" w:header="965" w:footer="965" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AD8A606" w14:textId="77777777" w:rsidR="00645EFE" w:rsidRDefault="00645EFE">
+    <w:p w14:paraId="0CE933B7" w14:textId="77777777" w:rsidR="00401C15" w:rsidRDefault="00401C15">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66AE1018" w14:textId="77777777" w:rsidR="00645EFE" w:rsidRDefault="00645EFE">
+    <w:p w14:paraId="4AC53828" w14:textId="77777777" w:rsidR="00401C15" w:rsidRDefault="00401C15">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -14390,154 +15419,154 @@
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34A3C8DB" w14:textId="0570EC27" w:rsidR="0020454E" w:rsidRDefault="0020454E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="6840"/>
         <w:tab w:val="right" w:pos="4320"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="007557C5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="007557C5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004A5F26">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="007557C5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D3F64D4" w14:textId="77777777" w:rsidR="0020454E" w:rsidRDefault="0020454E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="6840"/>
         <w:tab w:val="right" w:pos="4320"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F2DA3EF" w14:textId="77777777" w:rsidR="00645EFE" w:rsidRDefault="00645EFE">
+    <w:p w14:paraId="065402D7" w14:textId="77777777" w:rsidR="00401C15" w:rsidRDefault="00401C15">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68260E86" w14:textId="77777777" w:rsidR="00645EFE" w:rsidRDefault="00645EFE">
+    <w:p w14:paraId="1E5932BD" w14:textId="77777777" w:rsidR="00401C15" w:rsidRDefault="00401C15">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="363EC54B" w14:textId="77777777" w:rsidR="0020454E" w:rsidRDefault="0020454E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0097564A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23AE372A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19642,705 +20671,751 @@
   <w:num w:numId="39" w16cid:durableId="863596107">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1461075688">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="924263242">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="2130467688">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1828355478">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="2116172968">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="411778218">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="8" w:dllVersion="513" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006552B7"/>
     <w:rsid w:val="00003683"/>
     <w:rsid w:val="00011581"/>
     <w:rsid w:val="0001423F"/>
     <w:rsid w:val="000172F7"/>
     <w:rsid w:val="000173E8"/>
     <w:rsid w:val="00023AE6"/>
     <w:rsid w:val="00027591"/>
     <w:rsid w:val="00034248"/>
     <w:rsid w:val="0003428C"/>
     <w:rsid w:val="000419F6"/>
     <w:rsid w:val="000436F0"/>
     <w:rsid w:val="00046E7C"/>
     <w:rsid w:val="00050298"/>
     <w:rsid w:val="00063750"/>
     <w:rsid w:val="00065B98"/>
+    <w:rsid w:val="00076AD0"/>
     <w:rsid w:val="0008177E"/>
     <w:rsid w:val="0008248E"/>
     <w:rsid w:val="000828EB"/>
     <w:rsid w:val="00086F45"/>
     <w:rsid w:val="00090D26"/>
     <w:rsid w:val="00092B23"/>
     <w:rsid w:val="00093AE1"/>
     <w:rsid w:val="00095257"/>
     <w:rsid w:val="000A43E5"/>
     <w:rsid w:val="000A7EF5"/>
     <w:rsid w:val="000B0DA6"/>
     <w:rsid w:val="000B7B9D"/>
     <w:rsid w:val="000C1380"/>
     <w:rsid w:val="000C39CF"/>
+    <w:rsid w:val="000C56FF"/>
     <w:rsid w:val="000D4151"/>
     <w:rsid w:val="000D6997"/>
     <w:rsid w:val="000D775A"/>
     <w:rsid w:val="000D7B05"/>
     <w:rsid w:val="000E2EE7"/>
     <w:rsid w:val="000E48E3"/>
     <w:rsid w:val="000F0393"/>
     <w:rsid w:val="000F373D"/>
     <w:rsid w:val="000F4DE2"/>
     <w:rsid w:val="0010447E"/>
     <w:rsid w:val="00126E7C"/>
     <w:rsid w:val="00130CD0"/>
+    <w:rsid w:val="00133757"/>
     <w:rsid w:val="00142A06"/>
     <w:rsid w:val="001443FB"/>
     <w:rsid w:val="00145858"/>
     <w:rsid w:val="00154269"/>
     <w:rsid w:val="00156109"/>
     <w:rsid w:val="001637D9"/>
     <w:rsid w:val="0016632B"/>
     <w:rsid w:val="001732DC"/>
+    <w:rsid w:val="0017363E"/>
     <w:rsid w:val="00173AF0"/>
     <w:rsid w:val="00180D8E"/>
     <w:rsid w:val="00182A32"/>
     <w:rsid w:val="001855BF"/>
     <w:rsid w:val="00186E1B"/>
+    <w:rsid w:val="001911C5"/>
+    <w:rsid w:val="00196E9D"/>
     <w:rsid w:val="001C10AA"/>
     <w:rsid w:val="001C1710"/>
     <w:rsid w:val="001C2666"/>
     <w:rsid w:val="001C4B34"/>
     <w:rsid w:val="001C4BCE"/>
     <w:rsid w:val="001D3EFE"/>
     <w:rsid w:val="001D4FB3"/>
     <w:rsid w:val="001D68CF"/>
     <w:rsid w:val="001F0CA3"/>
     <w:rsid w:val="001F2529"/>
     <w:rsid w:val="00204196"/>
     <w:rsid w:val="0020454E"/>
     <w:rsid w:val="00204FED"/>
     <w:rsid w:val="002052D1"/>
     <w:rsid w:val="00207EA2"/>
     <w:rsid w:val="00207EEF"/>
+    <w:rsid w:val="002102E3"/>
     <w:rsid w:val="00211EF4"/>
     <w:rsid w:val="002178B1"/>
     <w:rsid w:val="00217B8C"/>
     <w:rsid w:val="00226289"/>
     <w:rsid w:val="00234A40"/>
     <w:rsid w:val="00234DF6"/>
     <w:rsid w:val="00242720"/>
     <w:rsid w:val="002470B9"/>
+    <w:rsid w:val="00256ED1"/>
     <w:rsid w:val="002575DD"/>
     <w:rsid w:val="00265089"/>
     <w:rsid w:val="00265F48"/>
     <w:rsid w:val="0026608B"/>
+    <w:rsid w:val="00270D63"/>
     <w:rsid w:val="002714AB"/>
     <w:rsid w:val="00286C50"/>
     <w:rsid w:val="00292945"/>
     <w:rsid w:val="002B04FC"/>
     <w:rsid w:val="002B076E"/>
     <w:rsid w:val="002B73B3"/>
     <w:rsid w:val="002C76F5"/>
     <w:rsid w:val="002C7BFD"/>
     <w:rsid w:val="002D1B98"/>
     <w:rsid w:val="002D24FC"/>
     <w:rsid w:val="002D4023"/>
     <w:rsid w:val="002E0C87"/>
     <w:rsid w:val="002E19F8"/>
     <w:rsid w:val="002E7210"/>
     <w:rsid w:val="002F2BC0"/>
     <w:rsid w:val="0030151E"/>
     <w:rsid w:val="00301EB3"/>
     <w:rsid w:val="00302E6F"/>
+    <w:rsid w:val="00305D01"/>
     <w:rsid w:val="00312A6E"/>
+    <w:rsid w:val="00314D19"/>
     <w:rsid w:val="00316326"/>
     <w:rsid w:val="00324B1C"/>
     <w:rsid w:val="00327690"/>
     <w:rsid w:val="003303C1"/>
     <w:rsid w:val="00340D36"/>
     <w:rsid w:val="00340EE5"/>
     <w:rsid w:val="00342FDA"/>
     <w:rsid w:val="00345068"/>
     <w:rsid w:val="003460D1"/>
     <w:rsid w:val="003474CA"/>
     <w:rsid w:val="003550E5"/>
     <w:rsid w:val="00360A9A"/>
     <w:rsid w:val="00376A6E"/>
     <w:rsid w:val="00380BF8"/>
     <w:rsid w:val="003869A8"/>
     <w:rsid w:val="00393306"/>
     <w:rsid w:val="00397F46"/>
     <w:rsid w:val="003A399F"/>
     <w:rsid w:val="003A7B7E"/>
     <w:rsid w:val="003B44CD"/>
     <w:rsid w:val="003B6D03"/>
     <w:rsid w:val="003B78B1"/>
     <w:rsid w:val="003C0DBE"/>
     <w:rsid w:val="003C2BF5"/>
     <w:rsid w:val="003D3B2F"/>
     <w:rsid w:val="003D3F3A"/>
     <w:rsid w:val="003E002A"/>
     <w:rsid w:val="003E5006"/>
     <w:rsid w:val="003E5FF1"/>
     <w:rsid w:val="003E7CC6"/>
     <w:rsid w:val="003F125D"/>
     <w:rsid w:val="003F22E2"/>
     <w:rsid w:val="003F2DE6"/>
     <w:rsid w:val="003F57F0"/>
+    <w:rsid w:val="00401C15"/>
     <w:rsid w:val="00403031"/>
     <w:rsid w:val="004039EB"/>
     <w:rsid w:val="00404B82"/>
     <w:rsid w:val="004066AD"/>
     <w:rsid w:val="00407DA0"/>
     <w:rsid w:val="004109E7"/>
     <w:rsid w:val="00414D18"/>
     <w:rsid w:val="00416390"/>
     <w:rsid w:val="00423610"/>
     <w:rsid w:val="00434D81"/>
     <w:rsid w:val="00435E59"/>
     <w:rsid w:val="00441FF7"/>
     <w:rsid w:val="00442C3B"/>
     <w:rsid w:val="00443A4A"/>
     <w:rsid w:val="00445A8C"/>
     <w:rsid w:val="00452CE3"/>
     <w:rsid w:val="00455741"/>
     <w:rsid w:val="00457837"/>
     <w:rsid w:val="004748D7"/>
     <w:rsid w:val="00481622"/>
     <w:rsid w:val="00483CE3"/>
+    <w:rsid w:val="004933C0"/>
     <w:rsid w:val="00496153"/>
     <w:rsid w:val="00497B08"/>
     <w:rsid w:val="004A5F26"/>
     <w:rsid w:val="004A6B11"/>
     <w:rsid w:val="004A6C43"/>
     <w:rsid w:val="004B0E9B"/>
     <w:rsid w:val="004B40AF"/>
     <w:rsid w:val="004C045A"/>
     <w:rsid w:val="004C7EE7"/>
     <w:rsid w:val="004D410D"/>
     <w:rsid w:val="004D4DDD"/>
     <w:rsid w:val="004E0FEE"/>
     <w:rsid w:val="004E36E6"/>
     <w:rsid w:val="004F32B7"/>
+    <w:rsid w:val="0050574B"/>
     <w:rsid w:val="00511875"/>
     <w:rsid w:val="00513DC7"/>
     <w:rsid w:val="00521AE2"/>
     <w:rsid w:val="00525BB2"/>
     <w:rsid w:val="00525D6E"/>
     <w:rsid w:val="00527398"/>
     <w:rsid w:val="00530A69"/>
     <w:rsid w:val="00533048"/>
     <w:rsid w:val="005354BC"/>
+    <w:rsid w:val="005359AE"/>
     <w:rsid w:val="00541EF7"/>
+    <w:rsid w:val="005423EE"/>
     <w:rsid w:val="00542A1B"/>
     <w:rsid w:val="00543299"/>
     <w:rsid w:val="005432A0"/>
     <w:rsid w:val="005508E0"/>
     <w:rsid w:val="005530DE"/>
     <w:rsid w:val="005573BE"/>
+    <w:rsid w:val="005622AB"/>
     <w:rsid w:val="00564878"/>
     <w:rsid w:val="00570DA3"/>
+    <w:rsid w:val="005742FC"/>
     <w:rsid w:val="00580B54"/>
     <w:rsid w:val="00580C4C"/>
     <w:rsid w:val="00583344"/>
     <w:rsid w:val="005842EE"/>
     <w:rsid w:val="005847CE"/>
     <w:rsid w:val="0059103C"/>
     <w:rsid w:val="005968BD"/>
     <w:rsid w:val="00596F4F"/>
     <w:rsid w:val="005A14B4"/>
     <w:rsid w:val="005A2074"/>
     <w:rsid w:val="005A27AA"/>
     <w:rsid w:val="005A34E3"/>
+    <w:rsid w:val="005A3E9D"/>
     <w:rsid w:val="005A4CFF"/>
     <w:rsid w:val="005A52B2"/>
     <w:rsid w:val="005B3725"/>
     <w:rsid w:val="005B3B93"/>
     <w:rsid w:val="005C0885"/>
     <w:rsid w:val="005D6BE9"/>
     <w:rsid w:val="005E0BEA"/>
     <w:rsid w:val="005E1ED2"/>
     <w:rsid w:val="005E2E63"/>
     <w:rsid w:val="005E35E2"/>
     <w:rsid w:val="005E439C"/>
     <w:rsid w:val="005F1954"/>
     <w:rsid w:val="005F413B"/>
     <w:rsid w:val="005F661F"/>
     <w:rsid w:val="006024BB"/>
     <w:rsid w:val="00603261"/>
     <w:rsid w:val="00607F76"/>
     <w:rsid w:val="00614AC9"/>
     <w:rsid w:val="00615BAC"/>
     <w:rsid w:val="0061609B"/>
     <w:rsid w:val="006226FD"/>
     <w:rsid w:val="00623239"/>
     <w:rsid w:val="006266C8"/>
     <w:rsid w:val="0063631B"/>
     <w:rsid w:val="0064070D"/>
     <w:rsid w:val="006427EF"/>
     <w:rsid w:val="0064509F"/>
     <w:rsid w:val="00645EFE"/>
     <w:rsid w:val="0065192B"/>
+    <w:rsid w:val="00651A73"/>
     <w:rsid w:val="00654583"/>
     <w:rsid w:val="006552B7"/>
     <w:rsid w:val="00657D43"/>
     <w:rsid w:val="006600DF"/>
     <w:rsid w:val="00666D00"/>
     <w:rsid w:val="00671AEE"/>
     <w:rsid w:val="00675865"/>
     <w:rsid w:val="00676191"/>
     <w:rsid w:val="006767F6"/>
     <w:rsid w:val="0068321D"/>
     <w:rsid w:val="006877E2"/>
     <w:rsid w:val="006A413C"/>
     <w:rsid w:val="006B2CF2"/>
     <w:rsid w:val="006B2EFD"/>
     <w:rsid w:val="006B303C"/>
     <w:rsid w:val="006B43BF"/>
     <w:rsid w:val="006B6E1E"/>
     <w:rsid w:val="006C0512"/>
     <w:rsid w:val="006C47B8"/>
     <w:rsid w:val="006C5EFA"/>
     <w:rsid w:val="006D5A68"/>
     <w:rsid w:val="006D771C"/>
     <w:rsid w:val="006E1759"/>
     <w:rsid w:val="006E2668"/>
     <w:rsid w:val="006E3B3E"/>
     <w:rsid w:val="006E6E0F"/>
     <w:rsid w:val="006F3F3B"/>
     <w:rsid w:val="006F5C5D"/>
     <w:rsid w:val="006F61E3"/>
     <w:rsid w:val="00702C19"/>
     <w:rsid w:val="00720ED9"/>
     <w:rsid w:val="007300C8"/>
     <w:rsid w:val="007308EE"/>
     <w:rsid w:val="00734992"/>
     <w:rsid w:val="00735A75"/>
     <w:rsid w:val="0073701D"/>
     <w:rsid w:val="007402E1"/>
     <w:rsid w:val="007429F6"/>
     <w:rsid w:val="007440C8"/>
     <w:rsid w:val="007467C3"/>
     <w:rsid w:val="007557C5"/>
     <w:rsid w:val="007558D5"/>
     <w:rsid w:val="00755C9A"/>
+    <w:rsid w:val="00760329"/>
     <w:rsid w:val="007644C3"/>
     <w:rsid w:val="007655B2"/>
     <w:rsid w:val="00766DD3"/>
     <w:rsid w:val="00772C88"/>
     <w:rsid w:val="00784378"/>
     <w:rsid w:val="007875F9"/>
     <w:rsid w:val="00795FD4"/>
+    <w:rsid w:val="007A0632"/>
     <w:rsid w:val="007A1BC0"/>
     <w:rsid w:val="007A312B"/>
     <w:rsid w:val="007A54EF"/>
     <w:rsid w:val="007B06AE"/>
     <w:rsid w:val="007B1097"/>
     <w:rsid w:val="007B1DAB"/>
     <w:rsid w:val="007B207C"/>
     <w:rsid w:val="007B5E6A"/>
+    <w:rsid w:val="007B646D"/>
     <w:rsid w:val="007B75DA"/>
     <w:rsid w:val="007B7746"/>
     <w:rsid w:val="007B7808"/>
     <w:rsid w:val="007C0D7B"/>
     <w:rsid w:val="007C37B3"/>
     <w:rsid w:val="007C5090"/>
     <w:rsid w:val="007C5D8B"/>
     <w:rsid w:val="007C6218"/>
     <w:rsid w:val="007D14CC"/>
     <w:rsid w:val="007D4D8A"/>
     <w:rsid w:val="007D5118"/>
     <w:rsid w:val="007D6100"/>
+    <w:rsid w:val="007E73DF"/>
     <w:rsid w:val="007F4F86"/>
     <w:rsid w:val="007F4F93"/>
     <w:rsid w:val="007F6501"/>
     <w:rsid w:val="007F6882"/>
     <w:rsid w:val="00804627"/>
     <w:rsid w:val="00813796"/>
     <w:rsid w:val="00815E4D"/>
     <w:rsid w:val="00816537"/>
     <w:rsid w:val="00817A37"/>
     <w:rsid w:val="008225C7"/>
     <w:rsid w:val="008234E9"/>
     <w:rsid w:val="0082462F"/>
     <w:rsid w:val="008259A3"/>
+    <w:rsid w:val="00827819"/>
     <w:rsid w:val="00831AAA"/>
     <w:rsid w:val="00834E03"/>
     <w:rsid w:val="00835725"/>
     <w:rsid w:val="00836EB6"/>
+    <w:rsid w:val="0083763C"/>
     <w:rsid w:val="00837F35"/>
     <w:rsid w:val="008512BF"/>
+    <w:rsid w:val="008515B0"/>
     <w:rsid w:val="00853618"/>
     <w:rsid w:val="0085369C"/>
     <w:rsid w:val="00853AC5"/>
     <w:rsid w:val="00854A08"/>
     <w:rsid w:val="0086077A"/>
     <w:rsid w:val="00861824"/>
     <w:rsid w:val="00862EB7"/>
     <w:rsid w:val="008646F4"/>
     <w:rsid w:val="00874254"/>
     <w:rsid w:val="00877283"/>
     <w:rsid w:val="00877A92"/>
     <w:rsid w:val="008868B2"/>
     <w:rsid w:val="008924B7"/>
     <w:rsid w:val="0089275E"/>
     <w:rsid w:val="00894F43"/>
     <w:rsid w:val="008A5DE9"/>
     <w:rsid w:val="008B080A"/>
     <w:rsid w:val="008B2795"/>
     <w:rsid w:val="008B4764"/>
+    <w:rsid w:val="008B658F"/>
     <w:rsid w:val="008D0DC1"/>
     <w:rsid w:val="008D3B7D"/>
     <w:rsid w:val="008D46DB"/>
     <w:rsid w:val="008E23B7"/>
     <w:rsid w:val="008F20C9"/>
     <w:rsid w:val="008F47F1"/>
     <w:rsid w:val="008F4BD9"/>
     <w:rsid w:val="008F7552"/>
     <w:rsid w:val="00901BAD"/>
     <w:rsid w:val="009055DF"/>
     <w:rsid w:val="00905876"/>
     <w:rsid w:val="009104D7"/>
     <w:rsid w:val="00914F20"/>
     <w:rsid w:val="00924EF6"/>
     <w:rsid w:val="009252D5"/>
     <w:rsid w:val="009258C6"/>
     <w:rsid w:val="0092763F"/>
     <w:rsid w:val="00935C08"/>
     <w:rsid w:val="009448B4"/>
     <w:rsid w:val="00944990"/>
+    <w:rsid w:val="0094570E"/>
     <w:rsid w:val="00951C73"/>
     <w:rsid w:val="009527B7"/>
     <w:rsid w:val="00953BE7"/>
     <w:rsid w:val="00957C2C"/>
     <w:rsid w:val="00963F56"/>
     <w:rsid w:val="009701A7"/>
+    <w:rsid w:val="009704E2"/>
     <w:rsid w:val="009735F5"/>
     <w:rsid w:val="00975B66"/>
     <w:rsid w:val="00975FCC"/>
     <w:rsid w:val="009817BF"/>
+    <w:rsid w:val="00981930"/>
     <w:rsid w:val="00984A9A"/>
     <w:rsid w:val="00995150"/>
     <w:rsid w:val="009A29F6"/>
     <w:rsid w:val="009B775D"/>
     <w:rsid w:val="009C10D3"/>
     <w:rsid w:val="009C27C0"/>
+    <w:rsid w:val="009C4590"/>
     <w:rsid w:val="009D08E4"/>
     <w:rsid w:val="009D1F38"/>
     <w:rsid w:val="009D1FAC"/>
     <w:rsid w:val="009D6044"/>
     <w:rsid w:val="009D6E24"/>
     <w:rsid w:val="009E4BAA"/>
     <w:rsid w:val="009E6069"/>
     <w:rsid w:val="009E78D1"/>
     <w:rsid w:val="009F6D8C"/>
     <w:rsid w:val="00A02604"/>
     <w:rsid w:val="00A02B80"/>
     <w:rsid w:val="00A06A7C"/>
     <w:rsid w:val="00A106BF"/>
     <w:rsid w:val="00A11283"/>
     <w:rsid w:val="00A17A9A"/>
     <w:rsid w:val="00A258BF"/>
     <w:rsid w:val="00A3052D"/>
     <w:rsid w:val="00A32021"/>
     <w:rsid w:val="00A357B0"/>
     <w:rsid w:val="00A433F1"/>
     <w:rsid w:val="00A44965"/>
     <w:rsid w:val="00A452E7"/>
     <w:rsid w:val="00A554E2"/>
     <w:rsid w:val="00A60B2F"/>
     <w:rsid w:val="00A63B67"/>
     <w:rsid w:val="00A65781"/>
     <w:rsid w:val="00A75C15"/>
     <w:rsid w:val="00A8472E"/>
     <w:rsid w:val="00A85277"/>
     <w:rsid w:val="00A85D12"/>
     <w:rsid w:val="00A85FC6"/>
     <w:rsid w:val="00A86E0C"/>
     <w:rsid w:val="00AA3CFD"/>
     <w:rsid w:val="00AA6817"/>
     <w:rsid w:val="00AC3430"/>
     <w:rsid w:val="00AC566D"/>
+    <w:rsid w:val="00AC734B"/>
     <w:rsid w:val="00AC7D58"/>
     <w:rsid w:val="00AD2581"/>
     <w:rsid w:val="00AD6B1D"/>
     <w:rsid w:val="00AD6C05"/>
     <w:rsid w:val="00AD6F72"/>
     <w:rsid w:val="00AD7066"/>
     <w:rsid w:val="00AE0DAA"/>
     <w:rsid w:val="00AE43CF"/>
     <w:rsid w:val="00AF3E50"/>
     <w:rsid w:val="00AF614B"/>
     <w:rsid w:val="00AF7CE6"/>
     <w:rsid w:val="00B0747B"/>
+    <w:rsid w:val="00B10DD7"/>
     <w:rsid w:val="00B12AF2"/>
     <w:rsid w:val="00B1466E"/>
     <w:rsid w:val="00B14B05"/>
     <w:rsid w:val="00B21531"/>
     <w:rsid w:val="00B2181B"/>
     <w:rsid w:val="00B25FEF"/>
     <w:rsid w:val="00B2600F"/>
     <w:rsid w:val="00B266C7"/>
     <w:rsid w:val="00B2742E"/>
     <w:rsid w:val="00B41676"/>
     <w:rsid w:val="00B43EFE"/>
+    <w:rsid w:val="00B443C4"/>
     <w:rsid w:val="00B44B0B"/>
     <w:rsid w:val="00B45E93"/>
     <w:rsid w:val="00B60BFC"/>
     <w:rsid w:val="00B65D9D"/>
     <w:rsid w:val="00B675E2"/>
     <w:rsid w:val="00B72DB1"/>
     <w:rsid w:val="00B801E3"/>
     <w:rsid w:val="00B83143"/>
     <w:rsid w:val="00B87DC5"/>
     <w:rsid w:val="00B90DE4"/>
     <w:rsid w:val="00B96BCE"/>
     <w:rsid w:val="00B973B7"/>
     <w:rsid w:val="00BB0CFD"/>
     <w:rsid w:val="00BB1B9E"/>
     <w:rsid w:val="00BB1E01"/>
     <w:rsid w:val="00BB48AA"/>
     <w:rsid w:val="00BC2E06"/>
     <w:rsid w:val="00BC3A83"/>
     <w:rsid w:val="00BD0550"/>
     <w:rsid w:val="00BD4892"/>
     <w:rsid w:val="00BE17B4"/>
     <w:rsid w:val="00BE193F"/>
     <w:rsid w:val="00BE2F26"/>
     <w:rsid w:val="00BF0A7A"/>
     <w:rsid w:val="00BF3A77"/>
+    <w:rsid w:val="00BF41CA"/>
     <w:rsid w:val="00BF624F"/>
     <w:rsid w:val="00BF69B1"/>
     <w:rsid w:val="00C113E8"/>
+    <w:rsid w:val="00C114C2"/>
     <w:rsid w:val="00C13262"/>
     <w:rsid w:val="00C228EB"/>
     <w:rsid w:val="00C23C17"/>
     <w:rsid w:val="00C3015C"/>
     <w:rsid w:val="00C36DF6"/>
     <w:rsid w:val="00C47DE5"/>
     <w:rsid w:val="00C554F2"/>
     <w:rsid w:val="00C61705"/>
     <w:rsid w:val="00C62C36"/>
     <w:rsid w:val="00C71B60"/>
     <w:rsid w:val="00C800E7"/>
     <w:rsid w:val="00C811C4"/>
     <w:rsid w:val="00C87BB5"/>
     <w:rsid w:val="00C91C25"/>
     <w:rsid w:val="00C9256A"/>
     <w:rsid w:val="00CA11F7"/>
     <w:rsid w:val="00CB0BA2"/>
     <w:rsid w:val="00CB6927"/>
     <w:rsid w:val="00CC16F9"/>
     <w:rsid w:val="00CD2324"/>
     <w:rsid w:val="00CD5F4D"/>
     <w:rsid w:val="00CF3CAA"/>
     <w:rsid w:val="00D00884"/>
     <w:rsid w:val="00D03B30"/>
     <w:rsid w:val="00D06569"/>
     <w:rsid w:val="00D065D6"/>
     <w:rsid w:val="00D10E49"/>
     <w:rsid w:val="00D12E9B"/>
     <w:rsid w:val="00D22201"/>
     <w:rsid w:val="00D251B0"/>
     <w:rsid w:val="00D27DBB"/>
     <w:rsid w:val="00D27E1B"/>
     <w:rsid w:val="00D42BBD"/>
     <w:rsid w:val="00D54397"/>
     <w:rsid w:val="00D5631A"/>
+    <w:rsid w:val="00D57D5B"/>
     <w:rsid w:val="00D64092"/>
     <w:rsid w:val="00D735E1"/>
     <w:rsid w:val="00D7757D"/>
     <w:rsid w:val="00D852F5"/>
     <w:rsid w:val="00D93353"/>
     <w:rsid w:val="00D93408"/>
     <w:rsid w:val="00D96BFD"/>
     <w:rsid w:val="00DA368A"/>
     <w:rsid w:val="00DA4163"/>
     <w:rsid w:val="00DA5467"/>
     <w:rsid w:val="00DB00DE"/>
     <w:rsid w:val="00DB1141"/>
     <w:rsid w:val="00DC2A03"/>
     <w:rsid w:val="00DC369B"/>
     <w:rsid w:val="00DC3C23"/>
     <w:rsid w:val="00DC4B49"/>
     <w:rsid w:val="00DD2093"/>
     <w:rsid w:val="00DD28D8"/>
     <w:rsid w:val="00DD560D"/>
+    <w:rsid w:val="00DD7165"/>
     <w:rsid w:val="00DD7902"/>
     <w:rsid w:val="00DE533A"/>
     <w:rsid w:val="00DE7105"/>
     <w:rsid w:val="00DF24C0"/>
     <w:rsid w:val="00DF68CB"/>
     <w:rsid w:val="00E041AC"/>
     <w:rsid w:val="00E115F5"/>
     <w:rsid w:val="00E31DC1"/>
     <w:rsid w:val="00E3342E"/>
     <w:rsid w:val="00E34758"/>
     <w:rsid w:val="00E46346"/>
     <w:rsid w:val="00E46A6E"/>
+    <w:rsid w:val="00E5419A"/>
+    <w:rsid w:val="00E672A0"/>
     <w:rsid w:val="00E727AF"/>
     <w:rsid w:val="00E8000A"/>
     <w:rsid w:val="00E803DB"/>
     <w:rsid w:val="00E82A3C"/>
     <w:rsid w:val="00E83A12"/>
     <w:rsid w:val="00E915C5"/>
     <w:rsid w:val="00E946B6"/>
     <w:rsid w:val="00EA3EBA"/>
     <w:rsid w:val="00EB01A6"/>
     <w:rsid w:val="00EB37DE"/>
     <w:rsid w:val="00EB4AB1"/>
     <w:rsid w:val="00EC1E65"/>
     <w:rsid w:val="00EC42A8"/>
     <w:rsid w:val="00EC78BD"/>
     <w:rsid w:val="00ED0BB6"/>
     <w:rsid w:val="00ED243B"/>
     <w:rsid w:val="00ED68A5"/>
     <w:rsid w:val="00EE3754"/>
     <w:rsid w:val="00EF0432"/>
     <w:rsid w:val="00EF48F7"/>
     <w:rsid w:val="00F01ED5"/>
     <w:rsid w:val="00F07E43"/>
+    <w:rsid w:val="00F105A7"/>
     <w:rsid w:val="00F110FD"/>
     <w:rsid w:val="00F13F29"/>
+    <w:rsid w:val="00F22BC0"/>
     <w:rsid w:val="00F311A7"/>
     <w:rsid w:val="00F318F0"/>
     <w:rsid w:val="00F345E6"/>
     <w:rsid w:val="00F35C3D"/>
     <w:rsid w:val="00F36E81"/>
     <w:rsid w:val="00F40DCE"/>
     <w:rsid w:val="00F417BE"/>
     <w:rsid w:val="00F42123"/>
     <w:rsid w:val="00F50BBA"/>
     <w:rsid w:val="00F51749"/>
     <w:rsid w:val="00F53868"/>
     <w:rsid w:val="00F5458A"/>
+    <w:rsid w:val="00F7171B"/>
     <w:rsid w:val="00F77F02"/>
     <w:rsid w:val="00F81808"/>
     <w:rsid w:val="00F82014"/>
     <w:rsid w:val="00F86A41"/>
+    <w:rsid w:val="00F92326"/>
     <w:rsid w:val="00F9664B"/>
     <w:rsid w:val="00FA44CA"/>
     <w:rsid w:val="00FA4E5F"/>
     <w:rsid w:val="00FA5584"/>
     <w:rsid w:val="00FB081A"/>
     <w:rsid w:val="00FC0BDB"/>
     <w:rsid w:val="00FC36FE"/>
     <w:rsid w:val="00FD16B0"/>
     <w:rsid w:val="00FD67FD"/>
     <w:rsid w:val="00FE206D"/>
     <w:rsid w:val="00FE5304"/>
+    <w:rsid w:val="00FE64F8"/>
     <w:rsid w:val="00FE6659"/>
     <w:rsid w:val="00FE72A5"/>
     <w:rsid w:val="00FF026E"/>
     <w:rsid w:val="00FF4761"/>
     <w:rsid w:val="00FF5E27"/>
     <w:rsid w:val="00FF6BF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="date"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="677DBCEB"/>
   <w15:docId w15:val="{AF6D5E0D-B3C9-4BFA-9A07-9C196A35501C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21292,51 +22367,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B87DC5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006877E2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="594348">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="39865534">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21703,51 +22778,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2056848246">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.joe.org/joe/2003august/comm1.shtml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/110298" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/60848" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.joe.org/joe/2006june/rb3.shtml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greenhousegrower.com/management/tips-on-managing-your-h-2a-workforce-alongside-your-domestic-workforce/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.das.psu.edu/capitalregion/newsletter/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/60448" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.cornell.edu/agworkforce/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/111378" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/102709" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.joe.org/joe/2002december/a5.shtml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/60843" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.joe.org/joe/2006june/rb3.shtml" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greenhousegrower.com/management/tips-on-managing-your-h-2a-workforce-alongside-your-domestic-workforce/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/60448" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3168/jds.2024-25319" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.das.psu.edu/capitalregion/newsletter/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/111378" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/102709" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.cornell.edu/agworkforce/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wdmc.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.joe.org/joe/2002december/a5.shtml" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/60843" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/110298" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.joe.org/joe/2003august/comm1.shtml" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/1813/60848" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Program%20Files\Microsoft%20Office\Templates\Other%20Documents\Professional%20Resume.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -22010,60 +23085,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100088BF5973CDBB143AE2D58452AF11E4D" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2c6d67887e8f23fe23d0127965d182fb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="9dcd86c4-82df-476c-98aa-c53a6c8b2b60" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="159f5886e7975dc040466e498528808a" ns3:_="">
     <xsd:import namespace="9dcd86c4-82df-476c-98aa-c53a6c8b2b60"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -22203,132 +23272,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64AF3C8E-E467-4179-A5EA-E9A1BC518A8D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADC22835-0EEB-49C7-858C-32608B710234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9dcd86c4-82df-476c-98aa-c53a6c8b2b60"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3414B1C-D73A-4043-9A22-962BEABF661D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36B1A7D5-4AD4-417F-A27A-8FA45AD8419C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Professional Resume</Template>
+  <Template>Professional Resume.dot</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>7618</Words>
-  <Characters>43428</Characters>
+  <Words>7772</Words>
+  <Characters>44301</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>361</Lines>
-  <Paragraphs>101</Paragraphs>
+  <Lines>369</Lines>
+  <Paragraphs>103</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Resume</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50945</CharactersWithSpaces>
+  <CharactersWithSpaces>51970</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>720960</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.das.psu.edu/capitalregion/newsletter/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6226004</vt:i4>
       </vt:variant>
       <vt:variant>