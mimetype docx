--- v0 (2025-10-12)
+++ v1 (2026-01-09)
@@ -1,7325 +1,7016 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="5698042C" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>MAUREEN O'HARA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="20E4F99B" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
         <w:ind w:right="-80"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vita </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="0B487F30" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7743F9AC" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="05CE4641" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>447 Sage Hall</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>E-mail mo19@ cornell.edu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="5569EE60" w14:textId="5AA958B7" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
       <w:r>
-        <w:t>Johnson Graduate School of Management</w:t>
+        <w:t xml:space="preserve">Johnson </w:t>
+      </w:r>
+      <w:r w:rsidR="005C72D7">
+        <w:t>College of Business</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>(607) 255-3645 Phone</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      </w:r>
+      <w:r w:rsidR="005C72D7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C72D7">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(607) </w:t>
+      </w:r>
+      <w:r w:rsidR="005C72D7">
+        <w:t>279-2407</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Phone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEAACA5" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>Cornell University</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(607) 254-4590 FAX</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB6A3A" w:rsidRDefault="00147F32" w:rsidP="00CB6A3A">
+    <w:p w14:paraId="54EE12A0" w14:textId="77777777" w:rsidR="00CB6A3A" w:rsidRDefault="00147F32" w:rsidP="00CB6A3A">
       <w:pPr>
         <w:ind w:left="4320" w:hanging="4320"/>
       </w:pPr>
       <w:r>
         <w:t>Ithaca, New York 14853</w:t>
       </w:r>
       <w:r w:rsidR="00CB6A3A" w:rsidRPr="00CB6A3A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB6A3A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB6A3A">
         <w:tab/>
         <w:t>web page: www.johnson.cornell.edu/</w:t>
       </w:r>
       <w:r w:rsidR="00CB6A3A">
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CB6A3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>facultybios</w:t>
-[...7 lines deleted...]
-        <w:t>/ohara.html</w:t>
+        <w:t>facultybios/ohara.html</w:t>
       </w:r>
       <w:r w:rsidR="00CB6A3A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB6A3A">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRPr="00691C29" w:rsidRDefault="00CB6A3A" w:rsidP="00691C29">
+    <w:p w14:paraId="4C4D786A" w14:textId="77777777" w:rsidR="00147F32" w:rsidRPr="00691C29" w:rsidRDefault="00CB6A3A" w:rsidP="00691C29">
       <w:pPr>
         <w:ind w:left="5040" w:hanging="5040"/>
       </w:pPr>
       <w:r>
         <w:t>Citizenship:  U.S., Irelan</w:t>
       </w:r>
       <w:r w:rsidR="00691C29">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00691C29">
         <w:tab/>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00691C29" w:rsidRPr="00680327">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://ssrn.com/author=16137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00691C29" w:rsidRDefault="007C1280" w:rsidP="00691C29">
+    <w:p w14:paraId="531150C0" w14:textId="77777777" w:rsidR="00691C29" w:rsidRDefault="00691C29" w:rsidP="00691C29">
       <w:pPr>
         <w:ind w:left="4320" w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00691C29" w:rsidRPr="00680327">
+        <w:r w:rsidRPr="00680327">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0003-2563-7748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00691C29" w:rsidRDefault="00691C29" w:rsidP="00691C29">
+    <w:p w14:paraId="5A53B236" w14:textId="77777777" w:rsidR="00691C29" w:rsidRDefault="00691C29" w:rsidP="00691C29">
       <w:pPr>
         <w:ind w:left="4320" w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00691C29" w:rsidRDefault="00691C29" w:rsidP="00691C29">
+    <w:p w14:paraId="57E8A100" w14:textId="77777777" w:rsidR="00691C29" w:rsidRDefault="00691C29" w:rsidP="00691C29">
       <w:pPr>
         <w:ind w:left="4320" w:right="-80" w:hanging="4320"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00691C29" w:rsidRDefault="00691C29" w:rsidP="00691C29">
+    <w:p w14:paraId="12755F9C" w14:textId="77777777" w:rsidR="00691C29" w:rsidRDefault="00691C29" w:rsidP="00691C29">
       <w:pPr>
         <w:ind w:left="4320" w:right="-80" w:hanging="4320"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="3BE198A6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ph.D. (Finance), Kellogg Graduate School of Management, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="58A9DBE4" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">   Northwestern University, 1979</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="07658D87" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80" w:hanging="1440"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="5DF32365" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>M.A. (Economics), Northwestern University, 1976</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="53A1D21A" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80" w:hanging="1440"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="02060551" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:t>B.S. (Economics), University of Illinois, 1975</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="3C06AE0C" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80" w:hanging="1440"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">       University of Manchester</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="674FCFFC" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="7BEAEE47" w14:textId="77777777" w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Honorary Degrees</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="7EC42408" w14:textId="77777777" w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="45A74C0E" w14:textId="77777777" w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctor of Laws </w:t>
       </w:r>
       <w:r w:rsidRPr="00335017">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Honoris Causa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, awarded by University College Dublin, 2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="3E1D8662" w14:textId="77777777" w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="0DB93A84" w14:textId="77777777" w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctorate </w:t>
       </w:r>
       <w:r w:rsidRPr="00335017">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Honoris Causa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, awarded by the</w:t>
       </w:r>
       <w:r w:rsidRPr="0059648B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Universität Bern, Switzerland</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, 2012.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="1606966C" w14:textId="77777777" w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="15C5771E" w14:textId="77777777" w:rsidR="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Doctorate</w:t>
       </w:r>
       <w:r w:rsidR="00D11328">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00335017">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Honoris Causa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, awarded by the</w:t>
       </w:r>
       <w:r w:rsidRPr="0059648B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B47D9">
-        <w:t>Facultés</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> à Mons</w:t>
+        <w:t>Facultés Universitaires Catholiques à Mons</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (FUCAM), Belgium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, 2007.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00335017" w:rsidRPr="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
+    <w:p w14:paraId="5377711F" w14:textId="77777777" w:rsidR="00335017" w:rsidRPr="00335017" w:rsidRDefault="00335017" w:rsidP="00335017">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="283B8715" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Positions Held</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="0EB9FBC9" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00045EB3" w:rsidRDefault="00147F32" w:rsidP="00045EB3">
+    <w:p w14:paraId="0FFD089E" w14:textId="77777777" w:rsidR="00045EB3" w:rsidRDefault="00147F32" w:rsidP="00045EB3">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Robert W</w:t>
       </w:r>
       <w:r w:rsidR="00045EB3">
         <w:t>. Purcell Professor of Finance and Professor of Economics,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00045EB3" w:rsidP="00045EB3">
+    <w:p w14:paraId="79404A85" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00045EB3" w:rsidP="00045EB3">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>Cornell University</w:t>
       </w:r>
       <w:r w:rsidR="001C0530">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009919A1" w:rsidRDefault="0014504D" w:rsidP="0014504D">
+    <w:p w14:paraId="3277C834" w14:textId="77777777" w:rsidR="009919A1" w:rsidRDefault="0014504D" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>Professor (1989-</w:t>
       </w:r>
       <w:r w:rsidR="000808B1">
         <w:t xml:space="preserve"> current</w:t>
       </w:r>
       <w:r>
         <w:t>), Associate Professor (1985-19</w:t>
       </w:r>
       <w:r w:rsidR="000B600F">
         <w:t xml:space="preserve">88), </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0014504D" w:rsidRDefault="000B600F" w:rsidP="0014504D">
+    <w:p w14:paraId="38483E58" w14:textId="77777777" w:rsidR="0014504D" w:rsidRDefault="000B600F" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>Assistant Professor (1979-</w:t>
       </w:r>
       <w:r w:rsidR="0014504D">
         <w:t>1984)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00333AC0" w:rsidRDefault="00333AC0" w:rsidP="0014504D">
+    <w:p w14:paraId="468C8C70" w14:textId="77777777" w:rsidR="00333AC0" w:rsidRDefault="00333AC0" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>Member – Institute for Cryptocurrencies and Contracts (IC3)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="0014504D">
+    <w:p w14:paraId="18F46FB2" w14:textId="77777777" w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:left="2160" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="001E78F0">
+    <w:p w14:paraId="746DAC52" w14:textId="77777777" w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="001E78F0">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>Professor of Finance, University of Technology Sydney, 2016</w:t>
       </w:r>
       <w:r w:rsidR="00234F13">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00E411B9">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="000808B1">
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="00E411B9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="000036D2" w:rsidRDefault="00CE4224" w:rsidP="000036D2">
+    <w:p w14:paraId="2E78A985" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="660C2429" w14:textId="77777777" w:rsidR="000036D2" w:rsidRDefault="00CE4224" w:rsidP="000036D2">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Visiting Professor</w:t>
       </w:r>
       <w:r w:rsidR="000036D2">
         <w:t xml:space="preserve"> of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00CE4224" w:rsidP="000036D2">
+    <w:p w14:paraId="7AD438B8" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00CE4224" w:rsidP="000036D2">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>University of Paris-Dauphine</w:t>
       </w:r>
       <w:r w:rsidR="0014504D">
         <w:t>, 2</w:t>
       </w:r>
       <w:r w:rsidR="000036D2">
         <w:t xml:space="preserve">006; </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t xml:space="preserve">Hong Kong University </w:t>
       </w:r>
       <w:r w:rsidR="000036D2">
         <w:t xml:space="preserve">of Science and Technology, 2000; </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t>School of Banking and Finance, Univ</w:t>
       </w:r>
       <w:r w:rsidR="000036D2">
         <w:t xml:space="preserve">ersity of New South Wales, 1996: </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t xml:space="preserve"> London Business School, 1994, 1995.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="3A90E667" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E3C51F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Overseas Fellow, Churchill College, University of Cambridge, 1993-1994.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="0014504D">
+    <w:p w14:paraId="340E2FF2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A42C2" w:rsidRPr="001E78F0" w:rsidRDefault="00147F32" w:rsidP="001E78F0">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1F523028" w14:textId="77777777" w:rsidR="007A42C2" w:rsidRPr="001E78F0" w:rsidRDefault="00147F32" w:rsidP="001E78F0">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Visiting Associate Professor of Finance, Graduate School of Management, University of California, Los Angeles, 1985-1986.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0014504D" w:rsidRDefault="0014504D" w:rsidP="0014504D">
+    <w:p w14:paraId="2F0E2ED2" w14:textId="77777777" w:rsidR="0014504D" w:rsidRDefault="0014504D" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0014504D" w:rsidRDefault="0014504D" w:rsidP="0014504D">
+    <w:p w14:paraId="4E270248" w14:textId="77777777" w:rsidR="0014504D" w:rsidRDefault="0014504D" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Awards and Honors </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0014504D" w:rsidRDefault="0014504D" w:rsidP="0014504D">
+    <w:p w14:paraId="498F75BF" w14:textId="77777777" w:rsidR="0014504D" w:rsidRDefault="0014504D" w:rsidP="0014504D">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="008B47D9">
+    <w:p w14:paraId="1FA50851" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Quant Researcher of the Year, 2023, Journal of Portfolio Management, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="001A207E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>https://www.pm-research.com/Quant-Maureen-O'Hara</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="008B47D9">
-[...4 lines deleted...]
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="008B47D9">
+    <w:p w14:paraId="193CBC6E" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1599DB" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>2023 Most Influential Women Corporate Board Directors, Women Inc., 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
+    <w:p w14:paraId="39BC54DB" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
+    <w:p w14:paraId="0910176D" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>UCL Economics Annual Distinguished Speaker, 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
+    <w:p w14:paraId="495F571C" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
+    <w:p w14:paraId="699DB4F2" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">James R. </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
+        <w:t>James R. Vertin Award, CFA Institute, 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623397B5" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="704FD4E4" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Institutional Investor Trading Technology 40, 2013</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
+    <w:p w14:paraId="41A71C60" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="00E41991" w:rsidP="00B01D8B">
+    <w:p w14:paraId="42F857EE" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="00E41991" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fellow, </w:t>
       </w:r>
       <w:r w:rsidR="008B47D9">
         <w:t>American Finance Association, 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
-[...4 lines deleted...]
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="4C52231F" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="061A380E" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>FMA Fellow, Financial Management Association, 2000</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B11B37" w:rsidRDefault="00B11B37" w:rsidP="00B01D8B">
+    <w:p w14:paraId="36E511C1" w14:textId="77777777" w:rsidR="00B11B37" w:rsidRDefault="00B11B37" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D42854" w:rsidRDefault="00B11B37" w:rsidP="00D42854">
+    <w:p w14:paraId="0CE6FA73" w14:textId="77777777" w:rsidR="00D42854" w:rsidRDefault="00B11B37" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Distinguished Scholar Award, Eastern Finance Association, 2013</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00D42854">
+    <w:p w14:paraId="1422BF62" w14:textId="77777777" w:rsidR="00B61BD4" w:rsidRDefault="00B61BD4" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00531D86" w:rsidRDefault="00531D86" w:rsidP="00D42854">
+    <w:p w14:paraId="3809D696" w14:textId="6E7B8643" w:rsidR="002B161C" w:rsidRDefault="002B161C" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
+        <w:t>Keynote Speaker, Sydney Microstructure and Digital Finance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B161C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Conference, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2390E7DF" w14:textId="77777777" w:rsidR="002B161C" w:rsidRDefault="002B161C" w:rsidP="00D42854">
+      <w:pPr>
+        <w:ind w:right="-80" w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1414CF85" w14:textId="6C7A1BFF" w:rsidR="00B61BD4" w:rsidRDefault="00B61BD4" w:rsidP="00D42854">
+      <w:pPr>
+        <w:ind w:right="-80" w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Keynote Speaker, Imperial College Annual Hedge Fund Conference, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D69EEA4" w14:textId="77777777" w:rsidR="00B61BD4" w:rsidRDefault="00B61BD4" w:rsidP="00D42854">
+      <w:pPr>
+        <w:ind w:right="-80" w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F4F4CC" w14:textId="77777777" w:rsidR="00B61BD4" w:rsidRDefault="00B61BD4" w:rsidP="00D42854">
+      <w:pPr>
+        <w:ind w:right="-80" w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Keynote Speaker, Forensic Finance Conference, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4760339D" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00D42854">
+      <w:pPr>
+        <w:ind w:right="-80" w:firstLine="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A8F164" w14:textId="77777777" w:rsidR="00531D86" w:rsidRDefault="00531D86" w:rsidP="00D42854">
+      <w:pPr>
+        <w:ind w:right="-80" w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
         <w:t>Keynote Speaker, Crypto and Blockchain Economics Research Conference, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531D86" w:rsidRDefault="00531D86" w:rsidP="00D42854">
+    <w:p w14:paraId="7C415D9E" w14:textId="77777777" w:rsidR="00531D86" w:rsidRDefault="00531D86" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00D42854">
+    <w:p w14:paraId="72B183DC" w14:textId="77777777" w:rsidR="00B01D8B" w:rsidRDefault="00B01D8B" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Mid-Atlantic Research Conference, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C0530" w:rsidRDefault="001C0530" w:rsidP="00B01D8B">
+    <w:p w14:paraId="1F1C8CBB" w14:textId="77777777" w:rsidR="001C0530" w:rsidRDefault="001C0530" w:rsidP="00B01D8B">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B85BA5" w:rsidRDefault="00B85BA5" w:rsidP="001C0530">
+    <w:p w14:paraId="254F9483" w14:textId="77777777" w:rsidR="00B85BA5" w:rsidRDefault="00B85BA5" w:rsidP="001C0530">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Keynote Speaker, </w:t>
       </w:r>
       <w:r w:rsidR="00106D2B">
         <w:t xml:space="preserve">Johns Hopkins </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Carey </w:t>
       </w:r>
       <w:r w:rsidR="00BC09E1">
         <w:t xml:space="preserve">School </w:t>
       </w:r>
       <w:r>
         <w:t>Annual Finance Conference, 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B85BA5" w:rsidRDefault="00B85BA5" w:rsidP="001C0530">
+    <w:p w14:paraId="7901305D" w14:textId="77777777" w:rsidR="00B85BA5" w:rsidRDefault="00B85BA5" w:rsidP="001C0530">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C0530" w:rsidRDefault="001C0530" w:rsidP="001C0530">
+    <w:p w14:paraId="3DA96AA1" w14:textId="77777777" w:rsidR="001C0530" w:rsidRDefault="001C0530" w:rsidP="001C0530">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Chinese International Conference on Finance (CICF), 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00487687" w:rsidRDefault="00487687" w:rsidP="001C0530">
+    <w:p w14:paraId="276C6C4B" w14:textId="77777777" w:rsidR="00487687" w:rsidRDefault="00487687" w:rsidP="001C0530">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
+    <w:p w14:paraId="05834FDE" w14:textId="77777777" w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, French Finance Association Meetings, 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00D42854">
+    <w:p w14:paraId="199BAA3A" w14:textId="77777777" w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
+    <w:p w14:paraId="03DE3DDA" w14:textId="77777777" w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Tunisian Society for Financial Studies Meetings, 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
+    <w:p w14:paraId="7FF7924F" w14:textId="77777777" w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC2A73" w:rsidRDefault="00EC2A73" w:rsidP="00EC2A73">
+    <w:p w14:paraId="57B4D0CA" w14:textId="77777777" w:rsidR="00EC2A73" w:rsidRDefault="00EC2A73" w:rsidP="00EC2A73">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, FRIC 18 Conference, Copenhagen, 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2A73" w:rsidRDefault="00EC2A73" w:rsidP="00EC2A73">
+    <w:p w14:paraId="4EBACB65" w14:textId="77777777" w:rsidR="00EC2A73" w:rsidRDefault="00EC2A73" w:rsidP="00EC2A73">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
+    <w:p w14:paraId="6F19BEC0" w14:textId="77777777" w:rsidR="00E411B9" w:rsidRDefault="00E411B9" w:rsidP="00E411B9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Northern Finance Association Meetings, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0057001A" w:rsidRDefault="0057001A" w:rsidP="00EC2A73">
+    <w:p w14:paraId="49B7BC84" w14:textId="77777777" w:rsidR="0057001A" w:rsidRDefault="0057001A" w:rsidP="00EC2A73">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0057001A" w:rsidRDefault="0057001A" w:rsidP="008B47D9">
+    <w:p w14:paraId="28C7FC08" w14:textId="77777777" w:rsidR="0057001A" w:rsidRDefault="0057001A" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Indonesian Finance Association Meetings, 2014</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
+    <w:p w14:paraId="1B1C7DD9" w14:textId="77777777" w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
+    <w:p w14:paraId="2F14B77D" w14:textId="77777777" w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Keynote Speaker, </w:t>
       </w:r>
       <w:r w:rsidR="00E46A1F">
         <w:t>SFS Cavalcade</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E46A1F">
         <w:t>2013</w:t>
       </w:r>
       <w:r w:rsidR="001C0530">
         <w:t xml:space="preserve">, 2019 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E46A1F" w:rsidRDefault="00E46A1F" w:rsidP="008B47D9">
+    <w:p w14:paraId="48CFFF17" w14:textId="77777777" w:rsidR="00E46A1F" w:rsidRDefault="00E46A1F" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E46A1F" w:rsidRDefault="00E46A1F" w:rsidP="00E46A1F">
+    <w:p w14:paraId="6E79F689" w14:textId="77777777" w:rsidR="00E46A1F" w:rsidRDefault="00E46A1F" w:rsidP="00E46A1F">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Asian Finance Association Meetings, 2011</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
+    <w:p w14:paraId="57F3D629" w14:textId="77777777" w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
+    <w:p w14:paraId="406BCE6B" w14:textId="77777777" w:rsidR="00045EB3" w:rsidRDefault="00045EB3" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Western Finance Association Meetings, 2011</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="008B47D9">
+    <w:p w14:paraId="02DAAB74" w14:textId="77777777" w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="008B47D9">
+    <w:p w14:paraId="19F026AF" w14:textId="77777777" w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Midwest Finance Association, 2011</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="008B47D9">
+    <w:p w14:paraId="2D08BB21" w14:textId="77777777" w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="008B47D9">
+    <w:p w14:paraId="42FFAA45" w14:textId="77777777" w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Keynote Speaker, Finance Down Under Conference (Melbourne), 2010</w:t>
       </w:r>
       <w:r w:rsidR="0057001A">
         <w:t>, 2015</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="008B47D9">
+    <w:p w14:paraId="6533E544" w14:textId="77777777" w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="008B47D9">
+    <w:p w14:paraId="12EF577E" w14:textId="77777777" w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Swiss National Bank Microstructure Conference, 2009</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="008B47D9">
+    <w:p w14:paraId="02FC44EF" w14:textId="77777777" w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="008B47D9">
+    <w:p w14:paraId="22ED353B" w14:textId="77777777" w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, INFINITI Conference (Dublin), 2008.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E93483" w:rsidRDefault="00E93483">
+    <w:p w14:paraId="011FD8F4" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD2BBD1" w14:textId="77777777" w:rsidR="00E93483" w:rsidRDefault="00E93483">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, NTU IEFA Conference (Taiwan), 2007.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E93483" w:rsidRDefault="00E93483">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00E76E62">
+    <w:p w14:paraId="587C1D16" w14:textId="77777777" w:rsidR="00E93483" w:rsidRDefault="00E93483">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C74CA55" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, European Financial M</w:t>
       </w:r>
       <w:r w:rsidR="00F06619">
         <w:t xml:space="preserve">anagement Association Meetings, </w:t>
       </w:r>
       <w:r>
         <w:t>2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62">
+    <w:p w14:paraId="1782E397" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1361E0FD" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Euronext- Paris Dauphine Conference, 2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="2D01082D" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA37E04" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Australasian Banking and Finance Meetings, 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="6A2626DC" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54ADA3BB" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Keynote Speaker, European Finance Association Meetings, </w:t>
       </w:r>
       <w:r w:rsidR="00F06619">
         <w:t xml:space="preserve">Berlin </w:t>
       </w:r>
       <w:r>
         <w:t>2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...25 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="246F26A9" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="572AE02F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Keynote Speaker, Bachelier Finance Association Meeting, 2002.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E74D28" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E87C875" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Asian Pacific Finance Association Meetings, 2001.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="5A21EA92" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE4224" w:rsidRDefault="00CE4224" w:rsidP="00CE4224">
+    <w:p w14:paraId="6230DA79" w14:textId="77777777" w:rsidR="00CE4224" w:rsidRDefault="00CE4224" w:rsidP="00CE4224">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Keynote Speaker, Financial Management Association Annual Meetings, 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D238CC" w:rsidRDefault="00D238CC" w:rsidP="008B47D9">
+    <w:p w14:paraId="073A4255" w14:textId="77777777" w:rsidR="00D238CC" w:rsidRDefault="00D238CC" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00104CA3" w:rsidRDefault="00104CA3" w:rsidP="00DC546E">
+    <w:p w14:paraId="610F5958" w14:textId="77777777" w:rsidR="00104CA3" w:rsidRDefault="00104CA3" w:rsidP="00DC546E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Two Sigma Award for Best Paper on Investment Management at the Western Finance Association Meetings,</w:t>
       </w:r>
       <w:r w:rsidR="00536657">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2021</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A83744" w:rsidRDefault="00A83744" w:rsidP="00DC546E">
-[...4 lines deleted...]
-    <w:p w:rsidR="00A83744" w:rsidRDefault="00A83744" w:rsidP="00DC546E">
+    <w:p w14:paraId="24E37417" w14:textId="77777777" w:rsidR="00A83744" w:rsidRDefault="00A83744" w:rsidP="00DC546E">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E95824" w14:textId="77777777" w:rsidR="00A83744" w:rsidRDefault="00A83744" w:rsidP="00DC546E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Best Paper Prize, Crypto and Blockchain Economics Research Conference, 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104CA3" w:rsidRDefault="00104CA3" w:rsidP="00DC546E">
-[...4 lines deleted...]
-    <w:p w:rsidR="002622BF" w:rsidRDefault="002622BF" w:rsidP="00DC546E">
+    <w:p w14:paraId="46E74959" w14:textId="77777777" w:rsidR="00104CA3" w:rsidRDefault="00104CA3" w:rsidP="00DC546E">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31F5C73B" w14:textId="77777777" w:rsidR="002622BF" w:rsidRDefault="002622BF" w:rsidP="00DC546E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Peter L. Bernstein Award for the Best Article published in the Institutional Investor Journals, 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002622BF" w:rsidRDefault="002622BF" w:rsidP="00DC546E">
-[...4 lines deleted...]
-    <w:p w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="00DC546E">
+    <w:p w14:paraId="3CE8EB7D" w14:textId="77777777" w:rsidR="002622BF" w:rsidRDefault="002622BF" w:rsidP="00DC546E">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9EF812" w14:textId="77777777" w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="00DC546E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>William F. Sharpe Award for Scholarship in Financial Research, recogn</w:t>
       </w:r>
       <w:r w:rsidR="00C24272">
         <w:t xml:space="preserve">izing the best paper in the </w:t>
       </w:r>
       <w:r w:rsidR="00C24272" w:rsidRPr="00C24272">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="00DC546E">
-[...4 lines deleted...]
-    <w:p w:rsidR="007A580A" w:rsidRDefault="007A580A" w:rsidP="007A580A">
+    <w:p w14:paraId="439FA654" w14:textId="77777777" w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="00DC546E">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EBCAB8C" w14:textId="77777777" w:rsidR="007A580A" w:rsidRDefault="007A580A" w:rsidP="007A580A">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Northern Finance Association Award for Best Paper on Capital Markets, 2011.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A580A" w:rsidRDefault="007A580A" w:rsidP="007A580A">
-[...4 lines deleted...]
-    <w:p w:rsidR="00BA153B" w:rsidRDefault="00BA153B" w:rsidP="00DC546E">
+    <w:p w14:paraId="070DFB32" w14:textId="77777777" w:rsidR="007A580A" w:rsidRDefault="007A580A" w:rsidP="007A580A">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6A5EC4" w14:textId="77777777" w:rsidR="00BA153B" w:rsidRDefault="00BA153B" w:rsidP="00DC546E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Journal of Trading Prize (Runner-up) for Best Paper in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00045EB3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Trading</w:t>
       </w:r>
       <w:r>
         <w:t>, 2010</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA153B" w:rsidRDefault="00BA153B" w:rsidP="00DC546E">
-[...4 lines deleted...]
-    <w:p w:rsidR="001F4BAB" w:rsidRDefault="001F4BAB" w:rsidP="00DC546E">
+    <w:p w14:paraId="11C2687C" w14:textId="77777777" w:rsidR="00BA153B" w:rsidRDefault="00BA153B" w:rsidP="00DC546E">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A2F2A5F" w14:textId="77777777" w:rsidR="001F4BAB" w:rsidRDefault="001F4BAB" w:rsidP="00DC546E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Nasdaq OMX Award for Best Paper on Asset Pricing at the Western Finance Association meetings, 2009</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F4BAB" w:rsidRDefault="001F4BAB" w:rsidP="00D238CC">
+    <w:p w14:paraId="2E7969BC" w14:textId="77777777" w:rsidR="001F4BAB" w:rsidRDefault="001F4BAB" w:rsidP="00D238CC">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D238CC" w:rsidRDefault="00D238CC" w:rsidP="00D238CC">
+    <w:p w14:paraId="02DA285E" w14:textId="77777777" w:rsidR="00D238CC" w:rsidRDefault="00D238CC" w:rsidP="00D238CC">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Smith-Breeden Prize for Distinguished Paper in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, 2003.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="064B542D" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="12E8F468" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Smith-Breeden Prize for Distinguished Paper in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="0DF4EAC7" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="07DF96F2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Smith-Breeden Prize for Distinguished Paper in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="27AE780D" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="6B405A68" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Nasdaq Award for the Best Paper on Capital Formation at the Western Finance Association Meetings, 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="1ED93B83" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="0ECCC5DE" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Cornerstone Research Award for the Best Paper at the Western Finance Association Meetings, 1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="00CE4224">
+    <w:p w14:paraId="60CF8EBE" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="00CE4224">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="15A3F89A" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">D. P. Jacobs Award for the Best Paper in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Financial Intermediation,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1998.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="4E84DCCC" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A17686E" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Class of 1992 Outstanding Teacher Award, 1993</w:t>
       </w:r>
       <w:r w:rsidR="003F125E">
         <w:t>, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="4F0E3A7F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="6FE7019C" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Stephen and Margery Russell Distinguished Teaching Award, 1993, 2001</w:t>
       </w:r>
       <w:r w:rsidR="007F17E5">
         <w:t>, 2017</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104CA3" w:rsidRDefault="00104CA3">
+    <w:p w14:paraId="0C35B7F5" w14:textId="77777777" w:rsidR="00104CA3" w:rsidRDefault="00104CA3">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="03DEF645" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Books</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="1B9A5464" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="000808B1">
+    <w:p w14:paraId="0AA430F6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="000808B1">
       <w:pPr>
         <w:ind w:left="720" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Market Microstructure Theory</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (Blackwell Publishers, Cambridge, Mass.: 1995).  </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Japanese edition published by (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Institute for Financial Affairs, Tokyo, </w:t>
+        <w:t xml:space="preserve">Japanese edition published by (Kinzai Institute for Financial Affairs, Tokyo, </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>1996).</w:t>
       </w:r>
       <w:r w:rsidR="00E93483">
         <w:t xml:space="preserve"> Chinese edition published by (Liang Publishing Studio, Beijing, 2007).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00094B5D" w:rsidRDefault="00094B5D">
+    <w:p w14:paraId="57F6FC6C" w14:textId="77777777" w:rsidR="00094B5D" w:rsidRDefault="00094B5D">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00094B5D" w:rsidRDefault="00094B5D" w:rsidP="00094B5D">
+    <w:p w14:paraId="393E97C6" w14:textId="77777777" w:rsidR="00094B5D" w:rsidRDefault="00094B5D" w:rsidP="00094B5D">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
       <w:r w:rsidRPr="00094B5D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>High Frequency Trading:  New Realities for Traders, Markets and Regulators</w:t>
       </w:r>
       <w:r>
         <w:t>, (Risk Books, London:  2013) jointly edited with David Easley and Marcos Lopez de Prado.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="00094B5D">
+    <w:p w14:paraId="315146EB" w14:textId="77777777" w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="00094B5D">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="00094B5D">
+    <w:p w14:paraId="161A83DC" w14:textId="77777777" w:rsidR="001E78F0" w:rsidRDefault="001E78F0" w:rsidP="00094B5D">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
       <w:r w:rsidRPr="001E78F0">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Something for Nothing:  Arbitrage and Ethics on Wall Street</w:t>
       </w:r>
       <w:r>
         <w:t>, (</w:t>
       </w:r>
       <w:r w:rsidR="00D04D0D">
         <w:t xml:space="preserve">W. W. </w:t>
       </w:r>
       <w:r>
         <w:t>Norton, New York: 2016)</w:t>
       </w:r>
       <w:r w:rsidR="00EB6010">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="12414446" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="6CE4F17E" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Research Publications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="2611543A" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="01D90CD1" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"The Postal Savings System in the Depression," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Economic History</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, September 1979 (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7ECD55EF" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2666B1E2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Property Rights and the Financial Firm," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Law and Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, October 1981.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="4CC2DF7A" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="6B0423E2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Characterization of Optimal Plans for Stochastic Dynamic Programs," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Economic Theory</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, December 1982 (with L. Blume and D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="18E189C5" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F6EF700" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Asymmetric Information and the Coordination of Decision Making," in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Productivity in Distribution</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, D. Gautschi (ed.), Elsevier, North Holland, 1983.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7F0689D2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E240CA" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"A Dynamic Theory of the Banking Firm," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, March 1983.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5ADC56D4" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51FBEDDD" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"The Economic Role of the Nonprofit Firm," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Bell Journal of Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Autumn 1983 (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="48E111E0" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D778900" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Tax-Exempt Financing:  Some Lessons from History," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Money, Credit, and Banking</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, November 1983.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="6DCFC1E7" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564EB354" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Commodity Bonds and Consumption Risks," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, March 1984.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="24427376" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24543675" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">"Technology and Hedging Behavior:  A Proof of Hicks' Conjecture," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>American Economic Review</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, December 1985.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="008B47D9" w:rsidRPr="001F4BAB" w:rsidRDefault="00147F32" w:rsidP="001F4BAB">
+    <w:p w14:paraId="4DB9F002" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71395DD5" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRPr="001F4BAB" w:rsidRDefault="00147F32" w:rsidP="001F4BAB">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Optimal Non-profit Firms," in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Economics of Nonprofit Institutions:  Studies in Structure and Policy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, S. Rose-Ackerman (editor), Oxford University Press, New York, 1986 (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="40D19DCE" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="449FB131" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"The Microeconomics of Market Making," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, December 1986 (with G. Oldfield).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="3D5D77F9" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="45D056C3" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Building Blocks:  An Introduction to Block Trading," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Banking and Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 11 (1987), (with K. Burdett).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="649D3F5E" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">," </w:t>
+    <w:p w14:paraId="7F94F2C1" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">"Comments on Amihud and Mendleson," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, July 1987.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="1031CEC0" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
+    <w:p w14:paraId="61D5604F" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Price, Trade Size, and Information in Securities Markets," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 19 (1987), (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="51DC9841" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C9E27D" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Contracts and Asymmetric Information in the Theory of the Firm," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Economic Behavior and Organization</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 9 (1988), (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="5A0285F6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DDA232F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Primes and Scores:  An Essay on Market Imperfections," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, December 1989 (with R. Jarrow).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="24847C5F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A40821" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Financial Contracts and International Lending," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Banking and Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 14 (1990).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="74D895A1" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33F131CF" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Deposit Insurance and Wealth Effects: The Value of Being 'Too Big to Fail'," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, December 1990 (with W. Shaw).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="47109077" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="6182FCE5" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Order Form and Information in Securities Markets," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, July 1991, (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="792CCAF5" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46731D2D" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Public Ends, Private Means: Central Banking and the Profit Motive, 1823-1832," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Monetary Economics</w:t>
       </w:r>
       <w:r w:rsidR="000B600F">
         <w:t xml:space="preserve">, 28 (1991), </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">287-322, (with R. A. </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+        <w:t xml:space="preserve">287-322, (with R. A. Highfield and J.H. Wood). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49333112" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BEE64B1" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Extracting Rents with Forward Contracts," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>International Journal of Industrial</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Organization</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, 10 (1992), 103-125, (with P. </w:t>
-[...19 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, 10 (1992), 103-125, (with P. DeGraba).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1399BC63" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDCCC87" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"Adverse Selection and Large Trade Volume:  The Implications for Market Efficiency," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 27(2), June 1992, 185-208, (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="309F111D" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6160569B" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Time and the Process of Security Price Adjustment," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 47 (2), June 1992, 577-607, (with D. Easley).  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="47E766AE" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="135AEA0B" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">"Real Bills Revisited:  Market Value Accounting and Loan Maturity", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Intermediation</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00273DC9" w:rsidRDefault="00147F32" w:rsidP="00872E9D">
+        <w:t>, III(1), 1993.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D170C1" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ADF5DE6" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRDefault="00147F32" w:rsidP="00872E9D">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Market Statistics and Technical Analysis: The Role of Volume," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Journal of </w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+        <w:t>Journal of Finance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">,  (with L. Blume and D. Easley), 1994.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66222CD3" w14:textId="77777777" w:rsidR="00872E9D" w:rsidRPr="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="00872E9D">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="481E86A0" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Market Microstructure," in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Handbook of Finance</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, edited by R.A. Jarrow, V. </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+        <w:t>, edited by R.A. Jarrow, V. Maksimovic, and W. T. Ziemba, in the Handbooks in Operations Research and Management Science (North Holland Press), (with D. Easley), 1995.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561F7826" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10512359" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Do Open Market Operations Matter?  Theory and Evidence from the Second Bank of the United States," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Economic Dynamics and Control</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, (with R. A. </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
+        <w:t>, (with R. A. Highfield and B. Smith), 20 (1996).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C5C322" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DBB2DD" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Cream - Skimming or Profit - Sharing?  The Curious Role of Purchased Order Flow", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, (with D. Easley and N. Kiefer), July 1996.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
+    <w:p w14:paraId="1B699504" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="3C866DEE" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Liquidity, Information, and Infrequently Traded Stocks", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Journal of </w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+        <w:t>Journal of Finance</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,  (with D. Easley, N. Kiefer, and J. Paperman), September 1996.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C341523" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="451B92BE" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"The Information Content of the Trading Process", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Empirical Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, (with D. Easley and N. Kiefer),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>No</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>4, 1997.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="4DD95140" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="250ED001" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"High Frequency Data in Financial Markets: Issues and Applications", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Empirical Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, (with C. A. E. Goodhart), No</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>4, 1997.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="444E8257" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12EB247E" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"One Day in the Life of a Very Common Stock", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, (with D. Easley and N. Kiefer),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fall 1997.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="61E3A3ED" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7514B71A" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Experiences sur la transparence des marches”, in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...68 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Organisation et qualite des marches financiers</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, ed. B. Biais, D. Davydoff, and B. Jacquillat, Presses Universitaires de France, 1997, (with R. Bloomfield).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C151E3" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="316F4B9B" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“The Law and Economics of Best Execution”,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal of Financial Intermediation</w:t>
       </w:r>
       <w:r>
         <w:t>, (with J. R. Macey), 6, (1997)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="15B4407E" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F1AEAAE" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Option Volume and Stock Prices: Evidence on Where Informed Traders Trade", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, (with D. Easley and P.S. Srinivas), 53 (2), 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="06A9E4F0" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EC088DB" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> "Financial Analysts and Information-based Trade", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Markets</w:t>
       </w:r>
       <w:r>
         <w:t>, (with D. Easley and J. Paperman), 1(2), 1998, 175 – 202.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7B4EFFD7" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20B9C37C" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Does Order Preferencing Matter?” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t>, (with R. Bloomfield) 50 (1998) 3-37.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="118D2093" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E27678A" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Liquidity and Less Frequently Traded Stocks”, in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Equity Market Structure for Large- and Mid- Cap Stocks</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, ed. R. Schwartz and W. </w:t>
-[...28 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t>, ed. R. Schwartz and W. Gerke, (Deutsche Borse), 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BC058D" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="602DEC21" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> “The Regulation of Exchanges and Alternative Trading Systems: A Law and Economics Perspective”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Legal Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, (with J.  Macey), 28(1), 1999, 17-54.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00872E9D">
+    <w:p w14:paraId="5CC89C35" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRDefault="00273DC9" w:rsidP="00872E9D">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="171D7E83" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Market Transparency: Who Wins and Who Loses?” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, (with R. Bloomfield), 12(1), 1999, 5-36.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="618B3896" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3506B9E5" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:t xml:space="preserve">“A Guide to the Initial Public Offering Process,” </w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Corporate Finance Review</w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00045EB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
-        <w:t xml:space="preserve">March 1999 (with K. Ellis and R. </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+        <w:t>March 1999 (with K. Ellis and R. Michaely).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E165324" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19807AD3" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Globalization, Exchange Governance, and the Future of Exchanges,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Brookings- Wharton Papers on Financial Services</w:t>
       </w:r>
       <w:r>
         <w:t>, (with J. Macey), 1999</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
-[...4 lines deleted...]
-    <w:p w:rsidR="00273DC9" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="70F4B5F5" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76F578E1" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273DC9">
         <w:t xml:space="preserve">“Making Market Microstructure Matter”, </w:t>
       </w:r>
       <w:r w:rsidR="00273DC9">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Financial Management</w:t>
       </w:r>
       <w:r w:rsidR="00273DC9">
         <w:t>, Summer, 1999</w:t>
       </w:r>
       <w:r w:rsidR="00273DC9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00273DC9" w:rsidRPr="007A42C2" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
+    <w:p w14:paraId="422B39C3" w14:textId="77777777" w:rsidR="00273DC9" w:rsidRPr="007A42C2" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
+    <w:p w14:paraId="0F53C895" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00273DC9" w:rsidP="00273DC9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t xml:space="preserve">“Can Transparent Markets Survive?” </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t xml:space="preserve">, (with R. Bloomfield), </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>2000</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="1C42AE55" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="4526C12E" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “When the Underwriter is the Market Maker:</w:t>
       </w:r>
       <w:r w:rsidR="00045EB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> An Examination of Trading in the IPO Aftermarket,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, (with K. Ellis and R. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">, (with K. Ellis and R. Michaely), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>55(3), 2000, 1039-1074.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7ACDD46E" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="455B6E2E" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> “The Interaction of Law, Finance, and Markets,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Intermediation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>, (with J. Macey) 9 (2000), 113-116.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="5F9EBC0B" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A0C9F6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The Accuracy of Trade Classification Rules:  Evidence from Nasdaq,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, (with K. Ellis and R. </w:t>
-[...23 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+        <w:t>, (with K. Ellis and R. Michaely), 35,(4), 2000, 529-551.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E70C5A6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="675B3EA1" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“How Stock Splits Affect Trading: A Microstructure Approach”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
       <w:r>
         <w:t>, (with D. Easley and G. Saar), 36 (1), 2001, 25-51.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="327E91B6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CA8CA2F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Designing Markets for Developing Countries”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>International Review of Finance</w:t>
       </w:r>
       <w:r>
         <w:t>, 2(4), 2001. Also published in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> SASIN Management Review</w:t>
       </w:r>
       <w:r>
         <w:t>, 7, APFA supplement, December 2001.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="32614976" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594C0C48" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Overview:  Market Structure Issues in Market Liquidity”, in Market Liquidity: Proceedings of a Workshop Held at the BIS, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>BIS Papers</w:t>
       </w:r>
       <w:r>
         <w:t>, No. 2 (2001), April, Basel, 1-8.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="55800CE2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="2C7B1511" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“The Economics of Listing Fees and Listing Requirements,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Intermediation</w:t>
       </w:r>
       <w:r>
         <w:t>, (with J. Macey),11 (2002), 297-319.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="08E3F449" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="2C1F5675" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Is Information Risk a Determinant of Asset Prices?” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, (with D. Easley and S. </w:t>
-[...7 lines deleted...]
-        <w:t>), 57(5), 2002, 2185-2223</w:t>
+        <w:t>, (with D. Easley and S. Hvidjkaer), 57(5), 2002, 2185-2223</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="49449A59" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="67E22BFC" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">“The Making of a Dealer Market:  From Entry to Equilibrium in the Trading of NASDAQ Stocks”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, (with K. Ellis and R. </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+        <w:t>, (with K. Ellis and R. Michaely), 57(5), 2002, 2289-2317.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABE52B6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="22780D1A" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Solving the Corporate Governance Problems of Banks:  A Proposal,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Banking Law Journal</w:t>
       </w:r>
       <w:r>
         <w:t>, (with J. Macey), 120(4), 2003, 326-348</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRPr="00E76E62" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="729B5105" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRPr="00E76E62" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+    <w:p w14:paraId="4B801DF5" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:t xml:space="preserve">“The Corporate Governance of Banks”, </w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">FRBNY Economic Policy </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>FRBNY Economic Policy Review</w:t>
+      </w:r>
       <w:r w:rsidR="00E76E62">
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">with J. Macey), April 2003, 91-107.  Reprinted in </w:t>
+        <w:t xml:space="preserve">,  (with J. Macey), April 2003, 91-107.  Reprinted in </w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The ICFAI Journal of Bank Management,</w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:t xml:space="preserve"> 2(3), August 2003, 35-56.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
-[...4 lines deleted...]
-    <w:p w:rsidR="00161B6D" w:rsidRDefault="00147F32" w:rsidP="00161B6D">
+    <w:p w14:paraId="0D0A24A3" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592C3284" w14:textId="77777777" w:rsidR="00161B6D" w:rsidRDefault="00147F32" w:rsidP="00161B6D">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00161B6D">
         <w:t xml:space="preserve">“Microstructure and Asset Pricing”, in the </w:t>
       </w:r>
       <w:r w:rsidR="00161B6D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Handbook of Financial Economics</w:t>
       </w:r>
       <w:r w:rsidR="00161B6D">
-        <w:t xml:space="preserve">, ed. by G. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, M. Harris, and R. Stulz, Elsevier- North Holland, (with D. Easley), </w:t>
+        <w:t xml:space="preserve">, ed. by G. Constantinides, M. Harris, and R. Stulz, Elsevier- North Holland, (with D. Easley), </w:t>
       </w:r>
       <w:r w:rsidR="00273DC9" w:rsidRPr="00273DC9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>2003.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00161B6D" w:rsidRDefault="00161B6D" w:rsidP="00161B6D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00161B6D" w:rsidP="00161B6D">
+    <w:p w14:paraId="0F9ADFBA" w14:textId="77777777" w:rsidR="00161B6D" w:rsidRDefault="00161B6D" w:rsidP="00161B6D">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43859A04" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00161B6D" w:rsidP="00161B6D">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:t xml:space="preserve">Presidential Address: </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t xml:space="preserve">Liquidity and Price Discovery,” </w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t>, 58 (4), 2003, 1335-1354.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7772752D" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D06247F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Informa</w:t>
       </w:r>
       <w:r w:rsidR="0053465B">
         <w:t>tion and the Cost of Capital,”</w:t>
       </w:r>
       <w:r w:rsidR="00D16B50">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with D. Easley), </w:t>
       </w:r>
       <w:r w:rsidR="00E41E0B" w:rsidRPr="0002742F">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>59, 2004</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A677DC" w:rsidRDefault="00A677DC" w:rsidP="0002742F">
+    <w:p w14:paraId="6FB324BA" w14:textId="77777777" w:rsidR="00A677DC" w:rsidRDefault="00A677DC" w:rsidP="0002742F">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A677DC" w:rsidRDefault="00A677DC" w:rsidP="00A677DC">
+    <w:p w14:paraId="4694F8DE" w14:textId="77777777" w:rsidR="00A677DC" w:rsidRDefault="00A677DC" w:rsidP="00A677DC">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Searching for a New Center</w:t>
       </w:r>
       <w:r w:rsidR="00D16B50">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">U.S. Securities Markets in Transition,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00A677DC">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Economic Review</w:t>
       </w:r>
       <w:r>
         <w:t>, Federal Reserve Bank of Atlanta</w:t>
       </w:r>
       <w:r w:rsidR="00D36959">
         <w:t>, Fourth Quarter 2004</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="00A677DC">
-[...4 lines deleted...]
-    <w:p w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="008B7FDF">
+    <w:p w14:paraId="5C1C3BE2" w14:textId="77777777" w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="00A677DC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="423221C5" w14:textId="77777777" w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="008B7FDF">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Liquidity and Financial Market Stability,” National Bank of Belgium, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B7FDF">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Research Series</w:t>
       </w:r>
       <w:r>
         <w:t>, 200405 – 11, June 2004.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002742F" w:rsidRDefault="0002742F" w:rsidP="008B7FDF">
+    <w:p w14:paraId="18466626" w14:textId="77777777" w:rsidR="0002742F" w:rsidRDefault="0002742F" w:rsidP="008B7FDF">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0002742F" w:rsidRDefault="0002742F" w:rsidP="0002742F">
+    <w:p w14:paraId="5FC982A4" w14:textId="77777777" w:rsidR="0002742F" w:rsidRDefault="0002742F" w:rsidP="0002742F">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The “Make or Take” Decision in an Electronic Market:  Evidence on the Evolution of Liquidity”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with R. Bloomfield and G. Saar), </w:t>
       </w:r>
       <w:r w:rsidRPr="0002742F">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>75(1), 2005, 165-200</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D36959" w:rsidRDefault="00D36959" w:rsidP="0002742F">
-[...13 lines deleted...]
-        <w:t>,”</w:t>
+    <w:p w14:paraId="50A5A851" w14:textId="77777777" w:rsidR="00D36959" w:rsidRDefault="00D36959" w:rsidP="0002742F">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3703FD" w14:textId="77777777" w:rsidR="00D36959" w:rsidRDefault="00D36959" w:rsidP="0002742F">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Best Execution Regulation:  From orders to markets,”</w:t>
       </w:r>
       <w:r w:rsidR="00D16B50">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00015AF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D36959">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Financial Transformation</w:t>
+        <w:t>Journal of Financial Transformation</w:t>
       </w:r>
       <w:r w:rsidR="00015AF1">
         <w:t>, (with J. Macey)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> February, 2005, 43-55.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00015AF1" w:rsidRDefault="00015AF1" w:rsidP="0002742F">
-[...4 lines deleted...]
-    <w:p w:rsidR="00015AF1" w:rsidRDefault="00015AF1" w:rsidP="0002742F">
+    <w:p w14:paraId="1FA0F593" w14:textId="77777777" w:rsidR="00015AF1" w:rsidRDefault="00015AF1" w:rsidP="0002742F">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CF9DB32" w14:textId="77777777" w:rsidR="00015AF1" w:rsidRDefault="00015AF1" w:rsidP="0002742F">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:t>Stock Transfer Restrictions and Issuer Choice in Trading Venues</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">,”  </w:t>
       </w:r>
       <w:r w:rsidRPr="00015AF1">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Case</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Wester</w:t>
+        <w:t>Case Wester</w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">n Reserve </w:t>
       </w:r>
       <w:r w:rsidRPr="00015AF1">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Law Review</w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:t>, (with J. Macey), 55(3), Spring 2005</w:t>
       </w:r>
       <w:r w:rsidR="009A67E4">
         <w:t>, 587-616</w:t>
       </w:r>
       <w:r w:rsidRPr="00015AF1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0002742F" w:rsidRDefault="0002742F" w:rsidP="00A677DC">
-[...4 lines deleted...]
-    <w:p w:rsidR="00D16B50" w:rsidRDefault="00D16B50" w:rsidP="00D16B50">
+    <w:p w14:paraId="185B025B" w14:textId="77777777" w:rsidR="0002742F" w:rsidRDefault="0002742F" w:rsidP="00A677DC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="767613D4" w14:textId="77777777" w:rsidR="00D16B50" w:rsidRDefault="00D16B50" w:rsidP="00D16B50">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“From Markets to Venues:  Securities Regulation in an Evolving World,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00D16B50">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Stanford Law Review</w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:t xml:space="preserve"> (with J. Macey), 58(2), November 2005</w:t>
       </w:r>
       <w:r w:rsidR="009A67E4">
         <w:t>, 563-598.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00D16B50">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E76E62" w:rsidRPr="003E5355" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="2AE3A3C1" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00D16B50">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0DE0C7" w14:textId="13DA9EB2" w:rsidR="00E76E62" w:rsidRPr="003E5355" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Optimal Microstructures</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006D5BFE">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="003E5355">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E5355">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00E76E62">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>European</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Financial Management</w:t>
+        <w:t>European Financial Management</w:t>
       </w:r>
       <w:r w:rsidR="003E5355">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003E5355" w:rsidRPr="003E5355">
         <w:t>13 (5), 2007</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5355">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="00E76E62">
-[...4 lines deleted...]
-    <w:p w:rsidR="009814CA" w:rsidRDefault="0007455B" w:rsidP="00E76E62">
+    <w:p w14:paraId="01751EF1" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0530C5B7" w14:textId="77777777" w:rsidR="009814CA" w:rsidRDefault="0007455B" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Bubbles:  Some Perspectives </w:t>
       </w:r>
       <w:r w:rsidR="009814CA">
-        <w:t>(and Loose Talk) from History</w:t>
-[...3 lines deleted...]
-        <w:t>,”</w:t>
+        <w:t>(and Loose Talk) from History,”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009814CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0007455B">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Review</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Financial Studies</w:t>
+        <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004432F3" w:rsidRPr="004432F3">
         <w:t>21 (1), 2008</w:t>
       </w:r>
       <w:r w:rsidR="004432F3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004432F3" w:rsidRDefault="004432F3" w:rsidP="00E76E62">
+    <w:p w14:paraId="3B1DBFDE" w14:textId="77777777" w:rsidR="004432F3" w:rsidRDefault="004432F3" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="00D55F1B">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">with D. Easley, R. F. Engle, and L. Wu), </w:t>
+    <w:p w14:paraId="7F568A6F" w14:textId="77777777" w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="00D55F1B">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Time-Varying Arrival Rates of Informed and Uninformed Traders”,  (with D. Easley, R. F. Engle, and L. Wu), </w:t>
       </w:r>
       <w:r w:rsidRPr="005E2349">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Econometrics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2008</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A95DE6" w:rsidRDefault="00A95DE6" w:rsidP="009814CA">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="3609BCA9" w14:textId="77777777" w:rsidR="00A95DE6" w:rsidRDefault="00A95DE6" w:rsidP="009814CA">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E976E72" w14:textId="77777777" w:rsidR="00D17F15" w:rsidRDefault="00872E9D" w:rsidP="003E44D2">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A125D">
-        <w:t xml:space="preserve">“Down and Out in the Stock Market:  The Law and Finance of the Delisting Process”, (with J. Macey and D. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">“Down and Out in the Stock Market:  The Law and Finance of the Delisting Process”, (with J. Macey and D. Pompilio), </w:t>
       </w:r>
       <w:r w:rsidR="005A125D" w:rsidRPr="00A95DE6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Law and Economics</w:t>
       </w:r>
       <w:r w:rsidR="005A125D" w:rsidRPr="00A95DE6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005A125D" w:rsidRPr="00C73582">
         <w:t>51(4), 200</w:t>
       </w:r>
       <w:r w:rsidR="005A125D">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="005A125D" w:rsidRPr="00C73582">
         <w:t>, 683-714.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17F15" w:rsidRDefault="00D17F15" w:rsidP="005A125D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00D55F1B" w:rsidRDefault="005A125D" w:rsidP="005A125D">
+    <w:p w14:paraId="0274D719" w14:textId="77777777" w:rsidR="00D17F15" w:rsidRDefault="00D17F15" w:rsidP="005A125D">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576C78BA" w14:textId="77777777" w:rsidR="00D55F1B" w:rsidRDefault="005A125D" w:rsidP="005A125D">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D55F1B">
-        <w:t>“Ambiguity and Non-participation:  The Role of Regulation</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">with D. Easley), </w:t>
+        <w:t xml:space="preserve">“Ambiguity and Non-participation:  The Role of Regulation”,  (with D. Easley), </w:t>
       </w:r>
       <w:r w:rsidR="00D55F1B" w:rsidRPr="009814CA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r w:rsidR="00D55F1B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A44B29" w:rsidRPr="00A44B29">
         <w:t>22(5), 2009, 1817-1844</w:t>
       </w:r>
       <w:r w:rsidR="00A44B29">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00754457" w:rsidRDefault="00754457" w:rsidP="005A125D">
+    <w:p w14:paraId="77605C93" w14:textId="77777777" w:rsidR="00754457" w:rsidRDefault="00754457" w:rsidP="005A125D">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00754457" w:rsidRDefault="00754457" w:rsidP="00754457">
+    <w:p w14:paraId="46CC5E8D" w14:textId="77777777" w:rsidR="00754457" w:rsidRDefault="00754457" w:rsidP="00754457">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Helping Law Catch up to Markets:  Applying Securities Law to Subprime Mortgages,” (with J. Macey, G. Miller, and G. Rosenberg), </w:t>
       </w:r>
       <w:r w:rsidRPr="00754457">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Corporation Law</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00754457">
         <w:t>34(3), Spring 2009, 791-842.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5BFE" w:rsidRDefault="006D5BFE" w:rsidP="00A95DE6">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">”, </w:t>
+    <w:p w14:paraId="29541779" w14:textId="77777777" w:rsidR="006D5BFE" w:rsidRDefault="006D5BFE" w:rsidP="00A95DE6">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A15450A" w14:textId="77777777" w:rsidR="006D5BFE" w:rsidRDefault="006D5BFE" w:rsidP="00D55F1B">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“How Noise Trading Affects Markets:  An Experimental Analysis”, </w:t>
       </w:r>
       <w:r w:rsidR="00E41155">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">with R. Bloomfield and G. Saar), </w:t>
+        <w:t xml:space="preserve">(with R. Bloomfield and G. Saar), </w:t>
       </w:r>
       <w:r w:rsidRPr="006D5BFE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0051032E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>22(6)</w:t>
       </w:r>
       <w:r w:rsidR="00E41155">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, 2009, 2275-2306</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="005E2349">
-[...4 lines deleted...]
-    <w:p w:rsidR="005F66A4" w:rsidRDefault="00E41155" w:rsidP="00D55F1B">
+    <w:p w14:paraId="3D06606F" w14:textId="77777777" w:rsidR="00D55F1B" w:rsidRDefault="00D55F1B" w:rsidP="005E2349">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38AE46F6" w14:textId="77777777" w:rsidR="005F66A4" w:rsidRDefault="00E41155" w:rsidP="00D55F1B">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F66A4">
         <w:t>“Regulation and Scholarship</w:t>
       </w:r>
       <w:r w:rsidR="00D05DC5">
         <w:t xml:space="preserve">:  Constant Companions or Occasional Bedfellows?” </w:t>
       </w:r>
       <w:r w:rsidR="005F66A4">
         <w:t xml:space="preserve">(with J. </w:t>
       </w:r>
       <w:r w:rsidR="00D05DC5">
         <w:t xml:space="preserve">R. </w:t>
       </w:r>
       <w:r w:rsidR="005F66A4">
-        <w:t>Macey</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">Macey), </w:t>
       </w:r>
       <w:r w:rsidR="00726FD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F66A4" w:rsidRPr="005F66A4">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Yale</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Journal of Regulation</w:t>
+        <w:t>Yale Journal of Regulation</w:t>
       </w:r>
       <w:r w:rsidR="005F66A4">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D05DC5">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">26(1), </w:t>
       </w:r>
       <w:r w:rsidR="00D05DC5">
         <w:t>Winter 2009</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41155" w:rsidRDefault="00E41155" w:rsidP="00D55F1B">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E41155" w:rsidRPr="00E41155" w:rsidRDefault="00E41155" w:rsidP="00E41155">
+    <w:p w14:paraId="10E50D88" w14:textId="77777777" w:rsidR="00E41155" w:rsidRDefault="00E41155" w:rsidP="00D55F1B">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E44DCCB" w14:textId="77777777" w:rsidR="00E41155" w:rsidRPr="00E41155" w:rsidRDefault="00E41155" w:rsidP="00E41155">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Fac</w:t>
       </w:r>
       <w:r w:rsidR="00E41991">
         <w:t>toring Information into Returns</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00E41991">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(with D. Easley, S. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">(with D. Easley, S. Hvidkjaer), </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55F1B">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005C311E">
         <w:t>45 (2), 2010, 293-309.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00754457" w:rsidRDefault="00754457" w:rsidP="00D55F1B">
+    <w:p w14:paraId="72D72F09" w14:textId="77777777" w:rsidR="00754457" w:rsidRDefault="00754457" w:rsidP="00D55F1B">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A125D" w:rsidRDefault="00754457" w:rsidP="00754457">
+    <w:p w14:paraId="44345D90" w14:textId="77777777" w:rsidR="005A125D" w:rsidRDefault="00754457" w:rsidP="00754457">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Liquidity and Valuation in an Uncertain World</w:t>
       </w:r>
       <w:r w:rsidR="00726FD7">
         <w:t>,”</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (with D. Easley</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve"> (with D. Easley), </w:t>
       </w:r>
       <w:r w:rsidR="00726FD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00754457">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Financial Economics</w:t>
+        <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E41991">
         <w:t>97(1), July 2010, 1-12</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006959BA" w:rsidRDefault="006959BA" w:rsidP="00754457">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="00E41991">
+    <w:p w14:paraId="27F6295E" w14:textId="77777777" w:rsidR="006959BA" w:rsidRDefault="006959BA" w:rsidP="00754457">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299DBCA3" w14:textId="77777777" w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="00E41991">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“What is a Quote?” </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA516D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Trading</w:t>
       </w:r>
       <w:r>
         <w:t>, 5(2), Spring 2010, 11-16</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41991">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41991" w:rsidRPr="00E41991" w:rsidRDefault="00E41991" w:rsidP="00E41991">
-[...4 lines deleted...]
-    <w:p w:rsidR="006959BA" w:rsidRDefault="00E41991" w:rsidP="00E41991">
+    <w:p w14:paraId="235A899D" w14:textId="77777777" w:rsidR="00E41991" w:rsidRPr="00E41991" w:rsidRDefault="00E41991" w:rsidP="00E41991">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="635E220D" w14:textId="77777777" w:rsidR="006959BA" w:rsidRDefault="00E41991" w:rsidP="00E41991">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006959BA">
         <w:t>“Microstructure and Ambiguity,”</w:t>
       </w:r>
       <w:r w:rsidR="006959BA" w:rsidRPr="00995403">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006959BA">
-        <w:t>(with D. Easley</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">(with D. Easley), </w:t>
       </w:r>
       <w:r w:rsidR="00726FD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006959BA" w:rsidRPr="006959BA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Finance</w:t>
+        <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r w:rsidR="006959BA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E24CA4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E24CA4" w:rsidRPr="00E24CA4">
         <w:t>65(5),</w:t>
       </w:r>
       <w:r w:rsidR="00E24CA4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E24CA4" w:rsidRPr="00E24CA4">
         <w:t>October 2010, 1827-1846</w:t>
       </w:r>
       <w:r w:rsidR="006959BA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913478" w:rsidRDefault="00913478" w:rsidP="00E41991">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">,”  </w:t>
+    <w:p w14:paraId="2D4D3AA5" w14:textId="77777777" w:rsidR="00913478" w:rsidRDefault="00913478" w:rsidP="00E41991">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06CF9154" w14:textId="77777777" w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="009919A1">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“The Microstructure of the ‘Flash Crash’,”  </w:t>
       </w:r>
       <w:r w:rsidRPr="00890D81">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Portfolio Management</w:t>
+        <w:t>Journal of Portfolio Management</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with D. Easley and M. Lopez de Prado), </w:t>
       </w:r>
       <w:r w:rsidRPr="008B3CC0">
         <w:t>Winter 2011</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="009919A1">
-[...4 lines deleted...]
-    <w:p w:rsidR="00913478" w:rsidRDefault="009919A1" w:rsidP="009919A1">
+    <w:p w14:paraId="6406FEA2" w14:textId="77777777" w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="009919A1">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B6372C0" w14:textId="77777777" w:rsidR="00913478" w:rsidRDefault="009919A1" w:rsidP="009919A1">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00913478">
         <w:t xml:space="preserve">“Is Market Fragmentation Harming Market Quality?” (with M. Ye), </w:t>
       </w:r>
       <w:r w:rsidR="00913478" w:rsidRPr="00913478">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r w:rsidR="00913478">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009919A1">
         <w:t xml:space="preserve">100(3), </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">June 2011, </w:t>
       </w:r>
       <w:r w:rsidRPr="009919A1">
         <w:t>459-474.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0032309C" w:rsidRDefault="0032309C" w:rsidP="00913478">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">,”  </w:t>
+    <w:p w14:paraId="31363127" w14:textId="77777777" w:rsidR="0032309C" w:rsidRDefault="0032309C" w:rsidP="00913478">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07087352" w14:textId="77777777" w:rsidR="0032309C" w:rsidRPr="00ED17A8" w:rsidRDefault="0032309C" w:rsidP="0032309C">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Competition in Investment Banking,”  </w:t>
       </w:r>
       <w:r w:rsidRPr="0032309C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Review</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t>Review of Financial Development</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, (with K. Ellis and R. Michaely), </w:t>
       </w:r>
       <w:r w:rsidR="00ED17A8" w:rsidRPr="00ED17A8">
         <w:t>1(1), Jan-Mar. 2011, 28-46.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F660C1" w:rsidRDefault="00F660C1" w:rsidP="00890D81">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">,”  </w:t>
+    <w:p w14:paraId="6A3CD592" w14:textId="77777777" w:rsidR="00F660C1" w:rsidRDefault="00F660C1" w:rsidP="00890D81">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADA3880" w14:textId="77777777" w:rsidR="00F660C1" w:rsidRDefault="00F660C1" w:rsidP="00F660C1">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“The Exchange of Flow Toxicity,”  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F660C1">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Trading</w:t>
+        <w:t>Journal of Trading</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with D. Easley and M. Lopez de Prado), </w:t>
       </w:r>
       <w:r w:rsidR="008B3CC0" w:rsidRPr="008B3CC0">
         <w:t>Spring 2011</w:t>
       </w:r>
       <w:r w:rsidR="008B3CC0">
         <w:t>, 8-14.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C45F09" w:rsidRDefault="00C45F09" w:rsidP="00F660C1">
-[...4 lines deleted...]
-    <w:p w:rsidR="00D17F15" w:rsidRDefault="00CE0E6A" w:rsidP="00C45F09">
+    <w:p w14:paraId="60B66702" w14:textId="77777777" w:rsidR="00C45F09" w:rsidRDefault="00C45F09" w:rsidP="00F660C1">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="509A8FC4" w14:textId="77777777" w:rsidR="00D17F15" w:rsidRDefault="00CE0E6A" w:rsidP="00C45F09">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>“The Characteristics of Informed Trading: Implications for Asset Pricing</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">,”  </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">“The Characteristics of Informed Trading: Implications for Asset Pricing,”  </w:t>
       </w:r>
       <w:r w:rsidR="00C45F09" w:rsidRPr="00C45F09">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Empirical Finance</w:t>
+        <w:t>Journal of Empirical Finance</w:t>
       </w:r>
       <w:r w:rsidR="00C45F09">
-        <w:t xml:space="preserve">, (with H. Aslan, D. Easley, and S. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve">, (with H. Aslan, D. Easley, and S. Hvidkjaer), </w:t>
       </w:r>
       <w:r w:rsidR="00D17F15">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">18(5), </w:t>
       </w:r>
       <w:r w:rsidR="00D17F15" w:rsidRPr="00D17F15">
         <w:t>December 2011,</w:t>
       </w:r>
       <w:r w:rsidR="00D17F15">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 782-801</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17F15" w:rsidRDefault="00D17F15" w:rsidP="00C45F09">
+    <w:p w14:paraId="548A3C73" w14:textId="77777777" w:rsidR="00D17F15" w:rsidRDefault="00D17F15" w:rsidP="00C45F09">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D17F15" w:rsidRPr="009827B3" w:rsidRDefault="00D17F15" w:rsidP="00D17F15">
+    <w:p w14:paraId="563DF758" w14:textId="77777777" w:rsidR="00D17F15" w:rsidRPr="009827B3" w:rsidRDefault="00D17F15" w:rsidP="00D17F15">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Flow Toxicity and Liquidity in a High Frequency World,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00574EF5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with D. Easley and M. Lopez de Prado), </w:t>
       </w:r>
       <w:r w:rsidR="009827B3" w:rsidRPr="009827B3">
         <w:t>25(5), May 2012, 1457-1493.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D17F15" w:rsidRDefault="00D17F15" w:rsidP="00C45F09">
-[...4 lines deleted...]
-    <w:p w:rsidR="00574EF5" w:rsidRDefault="00574EF5" w:rsidP="00574EF5">
+    <w:p w14:paraId="2246D691" w14:textId="77777777" w:rsidR="00D17F15" w:rsidRDefault="00D17F15" w:rsidP="00C45F09">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A24C39" w14:textId="77777777" w:rsidR="00574EF5" w:rsidRDefault="00574EF5" w:rsidP="00574EF5">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The Volume Clock: Insights into the High Frequency Paradigm,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00574EF5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Portfolio Management</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with D. Easley and M. Lopez de Prado), </w:t>
       </w:r>
       <w:r w:rsidR="00746F0B" w:rsidRPr="00746F0B">
         <w:t>Winter 2012</w:t>
       </w:r>
       <w:r w:rsidR="00746F0B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F70AFC" w:rsidRDefault="00F70AFC" w:rsidP="006C272A">
+    <w:p w14:paraId="7752EE7C" w14:textId="77777777" w:rsidR="00F70AFC" w:rsidRDefault="00F70AFC" w:rsidP="006C272A">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0098258C" w:rsidRDefault="0098258C" w:rsidP="0098258C">
+    <w:p w14:paraId="43940BB3" w14:textId="77777777" w:rsidR="0098258C" w:rsidRDefault="0098258C" w:rsidP="0098258C">
       <w:pPr>
         <w:pStyle w:val="Default0"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>“Opaque Trading and Asset Prices:  Implicat</w:t>
       </w:r>
       <w:r w:rsidR="008F1D51">
-        <w:t>ions for Hedge Fund Regulation</w:t>
-[...3 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>ions for Hedge Fund Regulation”</w:t>
       </w:r>
       <w:r w:rsidR="00C33059">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B11B37">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Review</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> of Financial Studies</w:t>
+        <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with D. Easley and L. Yang), April 2014, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">27(4), </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098258C" w:rsidRDefault="0098258C" w:rsidP="0098258C">
+    <w:p w14:paraId="2191A739" w14:textId="77777777" w:rsidR="0098258C" w:rsidRDefault="0098258C" w:rsidP="0098258C">
       <w:pPr>
         <w:pStyle w:val="Default0"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">1190 –1237 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098258C" w:rsidRPr="0098258C" w:rsidRDefault="0098258C" w:rsidP="0098258C">
+    <w:p w14:paraId="6BC8FD56" w14:textId="77777777" w:rsidR="0098258C" w:rsidRPr="0098258C" w:rsidRDefault="0098258C" w:rsidP="0098258C">
       <w:pPr>
         <w:pStyle w:val="Default0"/>
         <w:ind w:left="1440"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0098258C" w:rsidRDefault="0098258C" w:rsidP="006D3427">
+    <w:p w14:paraId="18ABBEF6" w14:textId="77777777" w:rsidR="0098258C" w:rsidRDefault="0098258C" w:rsidP="006D3427">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00411630">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00411630" w:rsidRPr="00411630">
         <w:t xml:space="preserve">“High Frequency Trading and Its Impact on Markets”, </w:t>
       </w:r>
       <w:r w:rsidR="008F1D51">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Financial Analysts </w:t>
       </w:r>
       <w:r w:rsidR="00411630" w:rsidRPr="00E20EC9">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal</w:t>
       </w:r>
       <w:r w:rsidR="00411630" w:rsidRPr="00411630">
         <w:t>, 70(3)</w:t>
       </w:r>
       <w:r w:rsidR="008F1D51">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00411630" w:rsidRPr="00411630">
         <w:t xml:space="preserve">May/June 2014, 18-27. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F70AFC" w:rsidRDefault="00F70AFC" w:rsidP="00574EF5">
+    <w:p w14:paraId="0FC99A71" w14:textId="77777777" w:rsidR="00F70AFC" w:rsidRDefault="00F70AFC" w:rsidP="00574EF5">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002758A1" w:rsidRDefault="003E44D2" w:rsidP="006D3427">
+    <w:p w14:paraId="4436A7EF" w14:textId="77777777" w:rsidR="002758A1" w:rsidRDefault="003E44D2" w:rsidP="006D3427">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“What’s Not There:  Odd Lots and Market Data”, </w:t>
       </w:r>
       <w:r w:rsidRPr="003E44D2">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (with C. Yao and M. Ye), </w:t>
       </w:r>
       <w:r w:rsidR="006D3427">
         <w:t xml:space="preserve">October 2014, </w:t>
       </w:r>
       <w:r w:rsidR="00B637D6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>65(</w:t>
       </w:r>
       <w:r w:rsidR="006D3427">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>5), 2199 – 2236</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0008762E" w:rsidRDefault="0008762E" w:rsidP="006D3427">
+    <w:p w14:paraId="7FD54F37" w14:textId="77777777" w:rsidR="0008762E" w:rsidRDefault="0008762E" w:rsidP="006D3427">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0008762E" w:rsidRDefault="0008762E" w:rsidP="0008762E">
+    <w:p w14:paraId="354CF78D" w14:textId="77777777" w:rsidR="0008762E" w:rsidRDefault="0008762E" w:rsidP="0008762E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“High Frequency Market Microstructure”, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B637D6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B637D6">
         <w:t>May 2015</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, 116 (2), 257-270.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D42854" w:rsidRDefault="00D42854" w:rsidP="0008762E">
+    <w:p w14:paraId="64C1BEC0" w14:textId="77777777" w:rsidR="00D42854" w:rsidRDefault="00D42854" w:rsidP="0008762E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D42854" w:rsidRPr="00D42854" w:rsidRDefault="00D42854" w:rsidP="00D42854">
+    <w:p w14:paraId="77BFC67B" w14:textId="77777777" w:rsidR="00D42854" w:rsidRPr="00D42854" w:rsidRDefault="00D42854" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Optimal Execution Horizon,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70AFC">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Mathematical Finance</w:t>
       </w:r>
       <w:r w:rsidR="008F1D51">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (with D.</w:t>
       </w:r>
       <w:r w:rsidR="008F1D51">
         <w:t xml:space="preserve"> Easley and M. Lopez de Prado),</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42854">
         <w:t>25(3), July 2015, 640-672.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F37BF" w:rsidRDefault="009F37BF" w:rsidP="00D42854">
+    <w:p w14:paraId="132E4AC2" w14:textId="77777777" w:rsidR="009F37BF" w:rsidRDefault="009F37BF" w:rsidP="00D42854">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F37BF" w:rsidRPr="009F37BF" w:rsidRDefault="009F37BF" w:rsidP="009F37BF">
+    <w:p w14:paraId="71F6A181" w14:textId="77777777" w:rsidR="009F37BF" w:rsidRPr="009F37BF" w:rsidRDefault="009F37BF" w:rsidP="009F37BF">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Hidden Liquidity:  Some New Light on Dark Trading,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00B637D6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (with R. Bloomfield and G. Saar),</w:t>
       </w:r>
       <w:r w:rsidR="00135771">
         <w:t xml:space="preserve"> October 2015,</w:t>
       </w:r>
       <w:r w:rsidR="00135771">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 70(5), 2227-2274</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0008762E" w:rsidRDefault="0008762E" w:rsidP="009F37BF">
+    <w:p w14:paraId="1D9ED870" w14:textId="77777777" w:rsidR="0008762E" w:rsidRDefault="0008762E" w:rsidP="009F37BF">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E20EC9" w:rsidRDefault="00D56E69" w:rsidP="00E20EC9">
+    <w:p w14:paraId="71E1FCDA" w14:textId="77777777" w:rsidR="00E20EC9" w:rsidRDefault="00D56E69" w:rsidP="00E20EC9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Bank Corporate Governance: </w:t>
       </w:r>
       <w:r w:rsidR="00E20EC9">
         <w:t xml:space="preserve">A Proposal for the Post-Crisis World,” (with Jonathan Macey), </w:t>
       </w:r>
       <w:r w:rsidR="00E20EC9" w:rsidRPr="00E20EC9">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Economic Review</w:t>
       </w:r>
       <w:r w:rsidR="00E20EC9">
         <w:t>, Federal Reserve Bank of New York</w:t>
       </w:r>
       <w:r w:rsidR="007B02A5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006D355C">
         <w:t>August 2016, 22(1), 85-106.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00701A14" w:rsidRDefault="00701A14" w:rsidP="007B02A5">
+    <w:p w14:paraId="05AE31EF" w14:textId="77777777" w:rsidR="00701A14" w:rsidRDefault="00701A14" w:rsidP="007B02A5">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008F1D51" w:rsidRPr="008F1D51" w:rsidRDefault="00921CC9" w:rsidP="008F1D51">
+    <w:p w14:paraId="06BE3F52" w14:textId="77777777" w:rsidR="008F1D51" w:rsidRPr="008F1D51" w:rsidRDefault="00921CC9" w:rsidP="008F1D51">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F1D51">
         <w:t>“Differential Access to Price Info</w:t>
       </w:r>
       <w:r w:rsidR="00EB6010">
         <w:t xml:space="preserve">rmation in Financial Markets,” </w:t>
       </w:r>
       <w:r w:rsidR="008F1D51" w:rsidRPr="002758A1">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
       <w:r w:rsidR="008F1D51">
         <w:t xml:space="preserve">, (with D. Easley and L. Yang), </w:t>
       </w:r>
       <w:r w:rsidR="008F1D51" w:rsidRPr="008F1D51">
         <w:t>51(4), August 2016, 1071 -1111.</w:t>
       </w:r>
       <w:r w:rsidR="00234F13">
         <w:t xml:space="preserve"> (Winner of the W. F. Sharpe Award, 2016)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F1D51" w:rsidRDefault="008F1D51" w:rsidP="008F1D51">
-[...4 lines deleted...]
-    <w:p w:rsidR="007B02A5" w:rsidRPr="00BE3B79" w:rsidRDefault="007B02A5" w:rsidP="008F1D51">
+    <w:p w14:paraId="4B8FE7AF" w14:textId="77777777" w:rsidR="008F1D51" w:rsidRDefault="008F1D51" w:rsidP="008F1D51">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AB7F592" w14:textId="77777777" w:rsidR="007B02A5" w:rsidRPr="00BE3B79" w:rsidRDefault="007B02A5" w:rsidP="008F1D51">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Discerning Information from Trade Data,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00B637D6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (with D. Easley and M. Lopez de Prado), </w:t>
       </w:r>
       <w:r w:rsidR="00BE3B79" w:rsidRPr="00BE3B79">
         <w:t>120 (2), May 2016, 269 – 286.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE3B79" w:rsidRDefault="00BE3B79" w:rsidP="008F1D51">
+    <w:p w14:paraId="2E54C971" w14:textId="77777777" w:rsidR="00BE3B79" w:rsidRDefault="00BE3B79" w:rsidP="008F1D51">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000367" w:rsidRDefault="00000367" w:rsidP="00000367">
+    <w:p w14:paraId="05C0C102" w14:textId="77777777" w:rsidR="00000367" w:rsidRDefault="00000367" w:rsidP="00000367">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A35508">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">"An Improved Version of the Volume-Synchronized Probability of Informed Trading: A Comment", </w:t>
       </w:r>
       <w:r w:rsidRPr="00A35508">
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Critical Finance Review</w:t>
       </w:r>
       <w:r w:rsidRPr="00A35508">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, (with D. Easley and M. Lopez de Prado)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, Vol. 6 (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A35508">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A35508">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000367" w:rsidRDefault="00000367" w:rsidP="00000367">
+    <w:p w14:paraId="4EB90BBE" w14:textId="77777777" w:rsidR="00000367" w:rsidRDefault="00000367" w:rsidP="00000367">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35508" w:rsidRDefault="00000367" w:rsidP="00000367">
+    <w:p w14:paraId="2C0463B2" w14:textId="77777777" w:rsidR="00A35508" w:rsidRDefault="00000367" w:rsidP="00000367">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE3B79">
         <w:t xml:space="preserve">“Footprints on a Blockchain:  Information Leakage in Distributed Ledgers,” </w:t>
       </w:r>
       <w:r w:rsidR="00BE3B79" w:rsidRPr="00BE3B79">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Trading</w:t>
       </w:r>
       <w:r w:rsidR="00BE3B79">
-        <w:t xml:space="preserve"> (with R. </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve"> (with R. Aune. A. Krellenstein, and O. Slama), </w:t>
       </w:r>
       <w:r w:rsidR="002F3103">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">12(2), </w:t>
       </w:r>
       <w:r w:rsidR="002F3103" w:rsidRPr="002F3103">
-        <w:t>Summer 2017</w:t>
+        <w:t xml:space="preserve">Summer </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3103" w:rsidRPr="002F3103">
+        <w:lastRenderedPageBreak/>
+        <w:t>2017</w:t>
       </w:r>
       <w:r w:rsidR="00F7559D">
         <w:t xml:space="preserve"> (Winner of the Peter L. Ber</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00F7559D">
         <w:t>stein Award)</w:t>
       </w:r>
       <w:r w:rsidR="002F3103">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007F3030">
         <w:t xml:space="preserve">  Featured in Practical Applications, 6 (2), Fall 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00921CC9" w:rsidRDefault="00921CC9" w:rsidP="00A35508">
+    <w:p w14:paraId="3F717E2E" w14:textId="77777777" w:rsidR="00921CC9" w:rsidRDefault="00921CC9" w:rsidP="00A35508">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00921CC9" w:rsidRPr="00A35508" w:rsidRDefault="00921CC9" w:rsidP="00921CC9">
+    <w:p w14:paraId="00026E60" w14:textId="77777777" w:rsidR="00921CC9" w:rsidRPr="00A35508" w:rsidRDefault="00921CC9" w:rsidP="00921CC9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Vertical and Horizontal Problems in Financial Regulation and Corporate Governance,” (with Jonathan Macey) in in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The Future of Large, Internationally Active Banks</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="moderatorspeakername"/>
         </w:rPr>
-        <w:t>Asli</w:t>
-[...45 lines deleted...]
-    <w:p w:rsidR="002F3103" w:rsidRDefault="002F3103" w:rsidP="002F3103">
+        <w:t>Asli Demirgüç-Kunt</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Douglas D. Evanoff and George G. Kaufman, editors.  World Scientific Publishing Co. Pte. Ltd, New Jersey, 2016.  Reprinted in The Oxford Handbook of Corporate Law and Governance, J.H. Gordon and W-G. Ringe (eds.), Oxford: 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78510D2C" w14:textId="77777777" w:rsidR="002F3103" w:rsidRDefault="002F3103" w:rsidP="008F1D51">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="587348F2" w14:textId="77777777" w:rsidR="002F3103" w:rsidRDefault="002F3103" w:rsidP="002F3103">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The Volker Rule and Corporate Bond Market Making in Times of Market Stress”, </w:t>
       </w:r>
       <w:r w:rsidRPr="002F3103">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with J. Bao and X. Zhou), </w:t>
       </w:r>
       <w:r w:rsidR="00EC2A73">
         <w:t xml:space="preserve">2018, </w:t>
       </w:r>
       <w:r w:rsidR="00765E6A" w:rsidRPr="00765E6A">
         <w:t>130 (1), 95-113</w:t>
       </w:r>
       <w:r w:rsidR="00765E6A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C272A" w:rsidRDefault="006C272A" w:rsidP="002F3103">
-[...4 lines deleted...]
-    <w:p w:rsidR="006C272A" w:rsidRDefault="006C272A" w:rsidP="00502F27">
+    <w:p w14:paraId="59C24C32" w14:textId="77777777" w:rsidR="006C272A" w:rsidRDefault="006C272A" w:rsidP="002F3103">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF203AB" w14:textId="77777777" w:rsidR="006C272A" w:rsidRDefault="006C272A" w:rsidP="00502F27">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The Execution Quality of Corporate Bonds,” </w:t>
       </w:r>
       <w:r w:rsidRPr="006C272A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, (with </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Wang and Xing Zhou), </w:t>
+        <w:t xml:space="preserve">, (with Yihui Wang and Xing Zhou), </w:t>
       </w:r>
       <w:r w:rsidR="00EC2A73">
         <w:t xml:space="preserve">2018, </w:t>
       </w:r>
       <w:r w:rsidR="00765E6A" w:rsidRPr="00765E6A">
         <w:t>130</w:t>
       </w:r>
       <w:r w:rsidR="00765E6A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00765E6A" w:rsidRPr="00765E6A">
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00765E6A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00765E6A" w:rsidRPr="00765E6A">
         <w:t xml:space="preserve"> 308-326</w:t>
       </w:r>
       <w:r w:rsidRPr="00765E6A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00630EFE" w:rsidRDefault="00630EFE" w:rsidP="00502F27">
-[...4 lines deleted...]
-    <w:p w:rsidR="00630EFE" w:rsidRPr="00765E6A" w:rsidRDefault="00630EFE" w:rsidP="00630EFE">
+    <w:p w14:paraId="18836102" w14:textId="77777777" w:rsidR="00630EFE" w:rsidRDefault="00630EFE" w:rsidP="00502F27">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="032D51D0" w14:textId="77777777" w:rsidR="00630EFE" w:rsidRPr="00765E6A" w:rsidRDefault="00630EFE" w:rsidP="00630EFE">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Relative Tick Size and the Trading Environment,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00515DB8">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Asset Pricing Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with G. Saar and Z. Zhong), 2019, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>9(10</w:t>
       </w:r>
       <w:r>
         <w:t>), 47-90.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C037C" w:rsidRPr="00765E6A" w:rsidRDefault="006C037C" w:rsidP="006C272A">
-[...4 lines deleted...]
-    <w:p w:rsidR="004B5F55" w:rsidRDefault="006C037C" w:rsidP="00F9435E">
+    <w:p w14:paraId="7CA841FF" w14:textId="77777777" w:rsidR="006C037C" w:rsidRPr="00765E6A" w:rsidRDefault="006C037C" w:rsidP="006C272A">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF8BEA3" w14:textId="77777777" w:rsidR="004B5F55" w:rsidRDefault="006C037C" w:rsidP="00F9435E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“From Mining to Markets:  The Evolution of Bitcoin Transaction Fees” </w:t>
       </w:r>
       <w:r w:rsidRPr="006C037C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, (with David Easley and Soumya Basu), </w:t>
       </w:r>
       <w:r w:rsidR="00515DB8">
         <w:t xml:space="preserve">2019, </w:t>
       </w:r>
       <w:r w:rsidR="00515DB8" w:rsidRPr="00515DB8">
         <w:t>134(1), 91-109</w:t>
       </w:r>
       <w:r w:rsidRPr="00515DB8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9435E" w:rsidRPr="00F9435E" w:rsidRDefault="00F9435E" w:rsidP="00F9435E">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2AB64C75" w14:textId="77777777" w:rsidR="00F9435E" w:rsidRPr="00F9435E" w:rsidRDefault="00F9435E" w:rsidP="00F9435E">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E9FE4CB" w14:textId="77777777" w:rsidR="004734D8" w:rsidRPr="004734D8" w:rsidRDefault="004734D8" w:rsidP="004734D8">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213833585"/>
       <w:r>
         <w:t xml:space="preserve">“Innovation and Informed Trading:  Evidence from Industry ETFs,” (with S. Huang and Z. Zhong), </w:t>
       </w:r>
       <w:r w:rsidRPr="004B5F55">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004734D8">
         <w:t>34(3), March 2021, 1280-1316.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D52339">
-[...4 lines deleted...]
-    <w:p w:rsidR="00D9461E" w:rsidRPr="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D9461E">
+    <w:p w14:paraId="471913BE" w14:textId="77777777" w:rsidR="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D52339">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="28172B41" w14:textId="77777777" w:rsidR="00D9461E" w:rsidRPr="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D9461E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The Electronic Evolution of Corporate Bond Dealers,” (with X. Zhou), </w:t>
       </w:r>
       <w:r w:rsidRPr="006B73FE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9461E">
         <w:t>140(2), May 2021, 368-390.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D9461E">
+    <w:p w14:paraId="1BE31E2E" w14:textId="77777777" w:rsidR="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D9461E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004734D8" w:rsidRDefault="004734D8" w:rsidP="004734D8">
+    <w:p w14:paraId="73097BB6" w14:textId="77777777" w:rsidR="004734D8" w:rsidRDefault="004734D8" w:rsidP="004734D8">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Microstructure in the Machine Age,” (with D. Easley, M. Lopez de Prado, and Z. Zhang), </w:t>
       </w:r>
       <w:r w:rsidRPr="00D52339">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00536657">
         <w:t>34</w:t>
       </w:r>
       <w:r>
         <w:t>(7), July 2021, 3316-3363.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00536657" w:rsidRPr="00536657" w:rsidRDefault="00536657" w:rsidP="00D52339">
-[...4 lines deleted...]
-    <w:p w:rsidR="00D9461E" w:rsidRDefault="0092684F" w:rsidP="0092684F">
+    <w:p w14:paraId="4DDBED60" w14:textId="77777777" w:rsidR="00536657" w:rsidRPr="00536657" w:rsidRDefault="00536657" w:rsidP="00D52339">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="092E6A3F" w14:textId="77777777" w:rsidR="00D9461E" w:rsidRDefault="0092684F" w:rsidP="0092684F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="1440" w:hanging="630"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00182114">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anatomy of a Liquidity Crisis:  Corporate Bonds in the Covid-19 Crisis”, (with Alex Zhou), </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9461E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AD4237">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>October 2021, 142(1) 46-68.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD4237" w:rsidRDefault="00AD4237" w:rsidP="0092684F">
+    <w:p w14:paraId="54AEBBB7" w14:textId="77777777" w:rsidR="00AD4237" w:rsidRDefault="00AD4237" w:rsidP="0092684F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="1440" w:hanging="630"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D9461E">
+    <w:p w14:paraId="4E644A99" w14:textId="77777777" w:rsidR="00D9461E" w:rsidRDefault="00D9461E" w:rsidP="00D9461E">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk213847541"/>
       <w:r>
         <w:t xml:space="preserve">“The Active World of Passive Investing”, (with D. Easley, D. Michayluk, and T. Putnins), </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9461E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DC248B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">25(5), </w:t>
       </w:r>
       <w:r w:rsidR="00DC248B" w:rsidRPr="00DC248B">
         <w:t>September 2021, 1433-1471</w:t>
       </w:r>
       <w:r w:rsidR="00DC248B">
-        <w:t xml:space="preserve"> available</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00DC248B">
+        <w:t>available</w:t>
       </w:r>
       <w:r w:rsidR="00DC248B" w:rsidRPr="00DC248B">
         <w:rPr>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00691C29" w:rsidRPr="00680327">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://academic.oup.com/rof/article/25/5/1433/6342430?guestAccessKey=1d7c53f6-f75c-48af-a727-ad5007e6d611</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00221127" w:rsidRDefault="00221127" w:rsidP="00AB1E2B">
+    <w:p w14:paraId="788EB7BB" w14:textId="77777777" w:rsidR="00221127" w:rsidRDefault="00221127" w:rsidP="00AB1E2B">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB1E2B" w:rsidRDefault="00AB1E2B" w:rsidP="00AB1E2B">
+    <w:p w14:paraId="162B6D35" w14:textId="77777777" w:rsidR="00AB1E2B" w:rsidRDefault="00AB1E2B" w:rsidP="00AB1E2B">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk123631199"/>
-      <w:bookmarkStart w:id="2" w:name="_Hlk120603956"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk123631199"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk120603956"/>
       <w:r>
         <w:t xml:space="preserve">“Corporate Bond Trading:  Finding the Customers’ Yachts,” (with Alex Zhou), </w:t>
       </w:r>
       <w:r w:rsidRPr="00962EEC">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Portfolio Management</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0006013C">
         <w:t xml:space="preserve">2022, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>48(6), 96-109</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB1E2B" w:rsidRDefault="00AB1E2B" w:rsidP="00AB1E2B">
-[...4 lines deleted...]
-    <w:p w:rsidR="00C856DB" w:rsidRDefault="00AB1E2B" w:rsidP="00AB1E2B">
+    <w:p w14:paraId="1B094FDD" w14:textId="77777777" w:rsidR="00AB1E2B" w:rsidRDefault="00AB1E2B" w:rsidP="00AB1E2B">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F49A14F" w14:textId="77777777" w:rsidR="00C856DB" w:rsidRDefault="00AB1E2B" w:rsidP="00AB1E2B">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Bitcoin and Beyond”, (with K. John and F. Saleh), </w:t>
       </w:r>
       <w:r w:rsidRPr="003111A0">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Annual Review of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t>, Volume 14</w:t>
       </w:r>
       <w:r w:rsidR="00821C24">
         <w:t>, 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C856DB" w:rsidRDefault="00C856DB" w:rsidP="00AB1E2B">
-[...10 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="56BE2D3D" w14:textId="77777777" w:rsidR="00C856DB" w:rsidRDefault="00C856DB" w:rsidP="00AB1E2B">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58DA5952" w14:textId="77777777" w:rsidR="002C58E5" w:rsidRDefault="00221127" w:rsidP="00AB1E2B">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk123631243"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Financial Market Ethics”, (with D. Easley), </w:t>
       </w:r>
       <w:r w:rsidRPr="00221127">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007E42AC">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>36(2023) 534-570.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B73FE" w:rsidRDefault="006B73FE" w:rsidP="00D9461E">
+    <w:p w14:paraId="4BA188AA" w14:textId="77777777" w:rsidR="006B73FE" w:rsidRDefault="006B73FE" w:rsidP="00D9461E">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00962EEC" w:rsidRDefault="00962EEC" w:rsidP="003F0660">
+    <w:p w14:paraId="0F04AE7D" w14:textId="77777777" w:rsidR="00962EEC" w:rsidRDefault="00962EEC" w:rsidP="003F0660">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Stable Fees:  A Predictable Fee Market for Cryptocurrencies,” (with S. Basu, D. Easley, and E</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Sirer), </w:t>
       </w:r>
       <w:r w:rsidRPr="000A69D7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Management Science</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000A69D7">
         <w:t xml:space="preserve">2023, </w:t>
       </w:r>
       <w:r w:rsidR="000A69D7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>69 (11) 6508-6524.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00821C24" w:rsidRDefault="00821C24" w:rsidP="003F0660">
-[...21 lines deleted...]
-    <w:p w:rsidR="00821C24" w:rsidRPr="00CD7FF7" w:rsidRDefault="00821C24" w:rsidP="00821C24">
+    <w:p w14:paraId="41A6A4E3" w14:textId="77777777" w:rsidR="00821C24" w:rsidRDefault="00821C24" w:rsidP="003F0660">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31106A23" w14:textId="77777777" w:rsidR="00821C24" w:rsidRPr="003F0660" w:rsidRDefault="00821C24" w:rsidP="003F0660">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Things Fall Apart:  Fixed Income Markets in the Covid Crisis, (with A. Zhou), </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="5DC49A1A" w14:textId="77777777" w:rsidR="00821C24" w:rsidRPr="00CD7FF7" w:rsidRDefault="00821C24" w:rsidP="00821C24">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A69D7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Annual Review of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Volume 15 </w:t>
       </w:r>
       <w:r w:rsidR="00CD7FF7">
         <w:t xml:space="preserve">(2023) </w:t>
       </w:r>
       <w:r w:rsidR="00CD7FF7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00CD7FF7" w:rsidRPr="00CD7FF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.annualreviews.org/eprint/ZAXV6NCXYTWVXBS3UPWR/full/10.1146/annurev-financial-110821-020622</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00982F0F" w:rsidRPr="00CD7FF7" w:rsidRDefault="00982F0F" w:rsidP="00821C24">
+    <w:p w14:paraId="5A58CC08" w14:textId="77777777" w:rsidR="00982F0F" w:rsidRPr="00CD7FF7" w:rsidRDefault="00982F0F" w:rsidP="00821C24">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00543CDC" w:rsidRDefault="00543CDC" w:rsidP="00543CDC">
+    <w:p w14:paraId="1B984106" w14:textId="77777777" w:rsidR="00543CDC" w:rsidRDefault="00543CDC" w:rsidP="00543CDC">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Tiny Trades, Big Questions:  Fractional Shares”</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF0369">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(with R. Bartlett and J. McCreary), </w:t>
       </w:r>
       <w:r w:rsidRPr="000A69D7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">157 </w:t>
       </w:r>
       <w:r w:rsidRPr="001C547F">
         <w:t>July 2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00543CDC" w:rsidRDefault="00543CDC" w:rsidP="00543CDC">
+    <w:p w14:paraId="3B034F28" w14:textId="77777777" w:rsidR="00543CDC" w:rsidRDefault="00543CDC" w:rsidP="00543CDC">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D1560D" w:rsidRDefault="00982F0F" w:rsidP="00D1560D">
+    <w:p w14:paraId="0900926B" w14:textId="77777777" w:rsidR="00D1560D" w:rsidRDefault="00982F0F" w:rsidP="00D1560D">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Mutual Fund Fragility, Dealer Liquidity Provision, and the Pricing of Municipal Bonds”, (with Y. Li and X, Zhou), </w:t>
       </w:r>
       <w:r w:rsidRPr="00982F0F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Management Science</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D1560D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>2024, 70(7), 4802-4823.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA242F" w:rsidRDefault="00FA242F" w:rsidP="00D1560D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00FA242F" w:rsidRDefault="00FA242F" w:rsidP="00FA242F">
+    <w:p w14:paraId="75FDC106" w14:textId="77777777" w:rsidR="00FA242F" w:rsidRDefault="00FA242F" w:rsidP="00D1560D">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E2FF30" w14:textId="77777777" w:rsidR="00FA242F" w:rsidRPr="00A314C9" w:rsidRDefault="00FA242F" w:rsidP="00FA242F">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“The Market </w:t>
+      </w:r>
+      <w:r w:rsidR="00F86FA0">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nside the Market:  Odd-lot Quotes”, (with R. Bartlett and J. McCreary). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A69D7">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Review of Financial Studies</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A314C9" w:rsidRPr="00A314C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="2A2A2A"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Volume 38, Issue 3, March 2025, Pages 661–711, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00A314C9" w:rsidRPr="00A314C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="006FB7"/>
+            <w:sz w:val="23"/>
+            <w:szCs w:val="23"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1093/rfs/hhad074</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="79649F96" w14:textId="77777777" w:rsidR="00543CDC" w:rsidRDefault="00543CDC" w:rsidP="00FA242F">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000A69D7">
+    </w:p>
+    <w:p w14:paraId="244B44D1" w14:textId="68011808" w:rsidR="00982F0F" w:rsidRDefault="00543CDC" w:rsidP="00543CDC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C81">
+        <w:t xml:space="preserve">U. S. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Corporate Bond Markets – Bigger and (Maybe) Better?” (with </w:t>
+      </w:r>
+      <w:r w:rsidR="00557332">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Zhou), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE5C81">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Journal of Economics Perspectives</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C81" w:rsidRPr="0074666B">
+        <w:t>39(2), Spring 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C81">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>, 1-20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769BBB32" w14:textId="77777777" w:rsidR="00C7772D" w:rsidRDefault="00C7772D" w:rsidP="00543CDC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F6972FC" w14:textId="77777777" w:rsidR="00C7772D" w:rsidRDefault="00C7772D" w:rsidP="00C7772D">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“A Fractional Solution to a Stock Market Mystery,” </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk116920228"/>
+      <w:r>
+        <w:t xml:space="preserve">(with R. Bartlett and J. McCreary) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00C7772D">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Financial Analysts Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002935CC">
+        <w:t>May 2025, 81(3) 5-26</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6D1746" w14:textId="77777777" w:rsidR="00040BA2" w:rsidRDefault="00040BA2" w:rsidP="00C7772D">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43229738" w14:textId="77777777" w:rsidR="00040BA2" w:rsidRDefault="00040BA2" w:rsidP="00040BA2">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Information Flows and Asset Pricing,” (with D. Easley, D. Michayluk, V. Patel, and T. Putnins) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040BA2">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Review of Finance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040BA2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>forthcoming.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2110216D" w14:textId="77777777" w:rsidR="00336CEB" w:rsidRDefault="00336CEB" w:rsidP="00040BA2">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02DF2386" w14:textId="7E1F29DB" w:rsidR="00336CEB" w:rsidRDefault="00336CEB" w:rsidP="00336CEB">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Bond Market Resiliency: The Role of Insurers”, (with </w:t>
+      </w:r>
+      <w:r w:rsidR="00557332">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Zhou and A. Rapp) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00336CEB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00072326">
+      <w:r w:rsidRPr="00336CEB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>forthcoming</w:t>
       </w:r>
-      <w:r w:rsidR="00072326">
-[...39 lines deleted...]
-      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-    <w:p w:rsidR="00701A14" w:rsidRDefault="00701A14">
+      <w:r w:rsidR="00073E89" w:rsidRPr="00073E89">
+        <w:t xml:space="preserve"> https://doi.org/10.1093/rfs/hhaf097</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456285C0" w14:textId="77777777" w:rsidR="00336CEB" w:rsidRDefault="00336CEB" w:rsidP="00336CEB">
+      <w:pPr>
+        <w:ind w:right="-80"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="6FB1E7D2" w14:textId="77777777" w:rsidR="00701A14" w:rsidRDefault="00701A14">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRPr="003111A0" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="171768AA" w14:textId="77777777" w:rsidR="00147F32" w:rsidRPr="003111A0" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Other Publications </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32"/>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="78170185" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32"/>
+    <w:p w14:paraId="25A23B43" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"From Too Big to Fail to Too Sick to Save," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Wall Street Journal,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Editorial Page, Feb. 19,1991.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004562E9" w:rsidRDefault="004562E9" w:rsidP="009814CA">
+    <w:p w14:paraId="5BC83B33" w14:textId="77777777" w:rsidR="004562E9" w:rsidRDefault="004562E9" w:rsidP="009814CA">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="008B7FDF">
+    <w:p w14:paraId="2B9406C5" w14:textId="77777777" w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="008B7FDF">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Strategies for Survival in the Financial Markets," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>European Management Review</w:t>
       </w:r>
       <w:r>
         <w:t>, 9, September, 1991.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="008B7FDF">
-[...4 lines deleted...]
-    <w:p w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
+    <w:p w14:paraId="68D474FA" w14:textId="77777777" w:rsidR="008B7FDF" w:rsidRDefault="008B7FDF" w:rsidP="008B7FDF">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39988A9D" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Savings and Loan Associations," in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The New Palgrave Dictionary of Money and Finance,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> edited by P. Newman, et </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+        <w:t xml:space="preserve"> edited by P. Newman, et al</w:t>
+      </w:r>
+      <w:r w:rsidR="00336CEB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Macmillan Press (London, 1992).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0A832D" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A571C88" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Resolution Trust Corporation," in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The New Palgrave Dictionary of Money and Finance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> edited by P. Newman, et al, Macmillan Press (London, 1992).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="6AEE564F" w14:textId="77777777" w:rsidR="008B47D9" w:rsidRDefault="008B47D9" w:rsidP="008B47D9">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54720AC9" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">"Derivatives:  What's Needed to Protect the Financial Markets?" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Economic Affairs</w:t>
       </w:r>
       <w:r>
         <w:t>, 15(2), Spring 1995.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="3614A50D" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="510CAA01" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> “Postal Savings”, in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>The Oxford Encyclopedia of Economic History</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, edited by J. Mokyr, Oxford University Press (Oxford). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
-[...4 lines deleted...]
-    <w:p w:rsidR="00995403" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+    <w:p w14:paraId="6DE2D0BC" w14:textId="77777777" w:rsidR="00E76E62" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="316EBD79" w14:textId="77777777" w:rsidR="00995403" w:rsidRDefault="00E76E62" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:t xml:space="preserve">“The Future of Stock Exchanges,” </w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TIAA-CREF Investment Forum</w:t>
       </w:r>
       <w:r w:rsidR="00995403">
         <w:t>, March 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995403" w:rsidRDefault="00995403" w:rsidP="00995403">
-[...4 lines deleted...]
-    <w:p w:rsidR="00D36959" w:rsidRDefault="00995403" w:rsidP="00E76E62">
+    <w:p w14:paraId="0067AA7F" w14:textId="77777777" w:rsidR="00995403" w:rsidRDefault="00995403" w:rsidP="00995403">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24046DF4" w14:textId="77777777" w:rsidR="00D36959" w:rsidRDefault="00995403" w:rsidP="00E76E62">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004562E9">
         <w:t>“From Orders to Markets</w:t>
       </w:r>
       <w:r w:rsidR="004562E9" w:rsidRPr="008B47D9">
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidR="004562E9" w:rsidRPr="004562E9">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Regulation</w:t>
       </w:r>
       <w:r w:rsidR="004562E9">
         <w:t>, 28(2), Summer 2005. (with J. Macey)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A125D" w:rsidRDefault="005A125D" w:rsidP="005A125D">
+    <w:p w14:paraId="58FAFCBD" w14:textId="77777777" w:rsidR="005A125D" w:rsidRDefault="005A125D" w:rsidP="005A125D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E2A12" w:rsidRDefault="009E2A12" w:rsidP="005A125D">
+    <w:p w14:paraId="2FBEB162" w14:textId="77777777" w:rsidR="009E2A12" w:rsidRDefault="009E2A12" w:rsidP="005A125D">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Microstructure” in </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2A12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The New Palgrave Dictionary of Economics</w:t>
       </w:r>
       <w:r w:rsidRPr="009E2A12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0007455B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2A12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">edited by Steven </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009E2A12">
+        <w:t>edited by Steven Durlauf an</w:t>
+      </w:r>
+      <w:r w:rsidR="0007455B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Durlauf</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009E2A12">
+        <w:t>d Lawrence Blume, 2nd edition</w:t>
+      </w:r>
+      <w:r w:rsidR="00890D81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> an</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0007455B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A7C475" w14:textId="77777777" w:rsidR="00CE03E8" w:rsidRDefault="00CE03E8" w:rsidP="005A125D">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>d Lawrence Blume, 2nd edition</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00890D81">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C289DC2" w14:textId="77777777" w:rsidR="00CE03E8" w:rsidRDefault="00CE03E8" w:rsidP="00CE03E8">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CE03E8" w:rsidRDefault="00CE03E8" w:rsidP="005A125D">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>“The Impact of computer trading on liquidity, price efficiency/discovery and transactions costs” a part of the Foresight Project on The Future of Computer Trading in Financial Markets, UK Government Office for Science, September 2011 (with O. Linton)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3912D7" w14:textId="77777777" w:rsidR="001B7F50" w:rsidRDefault="001B7F50" w:rsidP="00CE03E8">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE03E8" w:rsidRDefault="00CE03E8" w:rsidP="00CE03E8">
+    <w:p w14:paraId="31948325" w14:textId="77777777" w:rsidR="001B7F50" w:rsidRDefault="001B7F50" w:rsidP="00CE03E8">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:ind w:left="1440" w:hanging="720"/>
+        <w:t>“Financial Markets are at ri</w:t>
+      </w:r>
+      <w:r w:rsidR="006D355C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:ind w:left="1440" w:hanging="720"/>
+        <w:t xml:space="preserve">sk of a ‘big data’ crash,” </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Financial Times, May 20, 2013 (with D. Easley)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2977EF65" w14:textId="77777777" w:rsidR="00F4765B" w:rsidRDefault="00F4765B" w:rsidP="0092684F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>“Financial Markets are at ri</w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="0047519C" w:rsidRDefault="00F11CD3" w:rsidP="00EB487C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7927BE12" w14:textId="77777777" w:rsidR="0047519C" w:rsidRDefault="00F11CD3" w:rsidP="00EB487C">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00F11CD3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">“ETFs and Systemic Risks”, Research Foundation Brief, CFA Institute, (with A. Bhattacharya), </w:t>
       </w:r>
       <w:r w:rsidR="00EB487C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">January 2020, available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00EB487C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.cfainstitute.org/en/research/foundation/2020/etfs-and-systemic-risks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0047519C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0047519C" w:rsidRDefault="0047519C" w:rsidP="00EB487C">
+    <w:p w14:paraId="04B3A437" w14:textId="77777777" w:rsidR="0047519C" w:rsidRDefault="0047519C" w:rsidP="00EB487C">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0047519C" w:rsidRDefault="0047519C" w:rsidP="00EB487C">
+    <w:p w14:paraId="7AAF8634" w14:textId="77777777" w:rsidR="0047519C" w:rsidRDefault="0047519C" w:rsidP="00EB487C">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“The GameStop chaos may be a ‘bubble’, but what does that actually mean?” The Washington Post, Jan. 29, 2021, available at  </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00F70692">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.washingtonpost.com/opinions/2021/01/29/gamestop-chaos-may-be-bubble-what-does-that-actually-mean/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="0047519C" w:rsidRDefault="0047519C" w:rsidP="00EB487C">
+    <w:p w14:paraId="3ABC69E2" w14:textId="77777777" w:rsidR="0047519C" w:rsidRDefault="0047519C" w:rsidP="00EB487C">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C04C4B" w:rsidRDefault="00C04C4B" w:rsidP="00EB487C">
+    <w:p w14:paraId="6936D9A4" w14:textId="77777777" w:rsidR="00C04C4B" w:rsidRDefault="00C04C4B" w:rsidP="00EB487C">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“ ‘Gerbil’ banking preceded the Great Depression.  We are seeing it again today,” Fortune Commentary, March 23, 202</w:t>
       </w:r>
       <w:r w:rsidR="00223AA2">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, available at </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C04C4B" w:rsidRDefault="007C1280" w:rsidP="00C04C4B">
+    <w:p w14:paraId="784860E9" w14:textId="77777777" w:rsidR="00C04C4B" w:rsidRDefault="00C04C4B" w:rsidP="00C04C4B">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00C04C4B">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://fortune.com/2023/03/23/gerbil-banking-preceded-the-great-depression-were-seeing-it-again-today/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C04C4B" w:rsidRDefault="00C04C4B" w:rsidP="00C04C4B">
+    <w:p w14:paraId="0BBABFE9" w14:textId="77777777" w:rsidR="00C04C4B" w:rsidRDefault="00C04C4B" w:rsidP="00C04C4B">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA242F" w:rsidRDefault="00FA242F" w:rsidP="00C04C4B">
+    <w:p w14:paraId="16610B77" w14:textId="77777777" w:rsidR="00FA242F" w:rsidRDefault="00FA242F" w:rsidP="00C04C4B">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF0C3D" w:rsidRDefault="005F66A4" w:rsidP="00326111">
+    <w:p w14:paraId="24018217" w14:textId="77777777" w:rsidR="00CF0C3D" w:rsidRDefault="005F66A4" w:rsidP="00326111">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Working Papers </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D355C" w:rsidRDefault="006D355C" w:rsidP="004B5F55">
+    <w:p w14:paraId="68E8661F" w14:textId="77777777" w:rsidR="00886141" w:rsidRDefault="00886141" w:rsidP="00040BA2">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Hlk120604037"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk120604037"/>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="36A2B530" w14:textId="77777777" w:rsidR="00461AD2" w:rsidRDefault="00336CEB" w:rsidP="007D2627">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00406D05">
-[...78 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="001B0D55">
         <w:t>“Bond Market Illiquidity:  Is Portfolio Trading the Solution?” Working paper (with J. Li, A. Rapp and A. Zhou)</w:t>
       </w:r>
       <w:r w:rsidR="00461AD2">
         <w:t xml:space="preserve"> available at</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E72029" w:rsidRDefault="007C1280" w:rsidP="007E42AC">
+    <w:p w14:paraId="1B0DCAEE" w14:textId="77777777" w:rsidR="00E72029" w:rsidRDefault="000E0E3C" w:rsidP="007E42AC">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="000E0E3C" w:rsidRPr="00462795">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00462795">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4495516</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E72029" w:rsidRDefault="00E72029" w:rsidP="007E42AC">
+    <w:p w14:paraId="7B2ED3CA" w14:textId="77777777" w:rsidR="00E72029" w:rsidRDefault="00E72029" w:rsidP="007E42AC">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D06D3" w:rsidRDefault="00E72029" w:rsidP="00E72029">
+    <w:p w14:paraId="4E7FE996" w14:textId="77777777" w:rsidR="001D06D3" w:rsidRDefault="00E72029" w:rsidP="00E72029">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>“Microstructure and Market Dynamics in Crypto Markets”, Working paper (with D. Easley, S. Yang and Z. Zhang)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D06D3" w:rsidRDefault="001D06D3" w:rsidP="00E72029">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1C310D6A" w14:textId="77777777" w:rsidR="001D06D3" w:rsidRDefault="001D06D3" w:rsidP="00E72029">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20DC60E5" w14:textId="77777777" w:rsidR="003C102C" w:rsidRDefault="001D06D3" w:rsidP="00E72029">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Navigating the Murky World of Hidden Liquidity” (with R. Bartlett), available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4988855</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00B40E69" w:rsidRDefault="00B40E69" w:rsidP="00E72029">
-[...6 lines deleted...]
-        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+    <w:p w14:paraId="417DEC4F" w14:textId="77777777" w:rsidR="00B40E69" w:rsidRDefault="00B40E69" w:rsidP="00E72029">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16DF789B" w14:textId="77777777" w:rsidR="00B40E69" w:rsidRDefault="00B40E69" w:rsidP="00543CDC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Keeping the Faith (and the Returns):  An AI Approach to Values-based Investing”, (with A. Streltsov), available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00131F3C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://ssrn.com/abstract=4992209</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00182114" w:rsidRDefault="00182114" w:rsidP="00406D05">
-[...4 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="162286FC" w14:textId="77777777" w:rsidR="00A314C9" w:rsidRDefault="00A314C9" w:rsidP="00543CDC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A13F9F" w14:textId="77777777" w:rsidR="00A314C9" w:rsidRDefault="00A314C9" w:rsidP="00543CDC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Economic and Social Networks in Corporate Culture” (with D. Easley), Working paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18619AED" w14:textId="77777777" w:rsidR="00557332" w:rsidRDefault="00557332" w:rsidP="00543CDC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E3E7167" w14:textId="61EAC96D" w:rsidR="00557332" w:rsidRDefault="00557332" w:rsidP="00543CDC">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Beyond Creation and Redemption:  Principal Trading in Bond ETFs”, (with A. Huang, J. Xue, and A. Zhou), Working Paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56129AF1" w14:textId="77777777" w:rsidR="00182114" w:rsidRDefault="00182114" w:rsidP="00406D05">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22CEE3C6" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Professional Activities</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="7604DCB2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="00133164">
+    <w:p w14:paraId="33939A97" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32" w:rsidP="00133164">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>President</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>American Finance Association</w:t>
       </w:r>
       <w:r>
         <w:t>, 2002-2003</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="409E6B7F" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>President-elect</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2001-2002), Vice President (2000-2001), Director (1992-1995), Nominating committee (1988).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="188EBC68" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00234F13" w:rsidRPr="00133164" w:rsidRDefault="00234F13" w:rsidP="00234F13">
+    <w:p w14:paraId="36DEB062" w14:textId="77777777" w:rsidR="00234F13" w:rsidRPr="00133164" w:rsidRDefault="00234F13" w:rsidP="00234F13">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">President, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Western Finance Association</w:t>
       </w:r>
       <w:r>
         <w:t>, 1997 - 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="007D2627">
+    <w:p w14:paraId="182167D6" w14:textId="77777777" w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="007D2627">
       <w:pPr>
         <w:ind w:left="540" w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Program Chair (1996–1997), Vice President (1995-1996), Director (1993-1995).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="00234F13">
+    <w:p w14:paraId="5499341D" w14:textId="77777777" w:rsidR="00234F13" w:rsidRDefault="00234F13" w:rsidP="00234F13">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00345282" w:rsidRDefault="00872E9D" w:rsidP="00345282">
+    <w:p w14:paraId="14711F4B" w14:textId="77777777" w:rsidR="00345282" w:rsidRDefault="00872E9D" w:rsidP="00345282">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>President</w:t>
       </w:r>
       <w:r w:rsidR="00345282">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B7261C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00345282">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Financial Management Association</w:t>
       </w:r>
       <w:r w:rsidR="00345282">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AD4072">
         <w:t xml:space="preserve"> 200</w:t>
       </w:r>
       <w:r>
         <w:t>9-2010</w:t>
       </w:r>
       <w:r w:rsidR="00AD4072">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE4224" w:rsidRDefault="00CE4224" w:rsidP="007D2627">
+    <w:p w14:paraId="52CA4328" w14:textId="77777777" w:rsidR="00CE4224" w:rsidRDefault="00CE4224" w:rsidP="007D2627">
       <w:pPr>
         <w:ind w:left="720" w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Vice President – Program (2006-2007)</w:t>
       </w:r>
       <w:r w:rsidR="00AD4072">
         <w:t>, Director 2001- 2004</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E2A12" w:rsidRPr="00872E9D" w:rsidRDefault="009E2A12" w:rsidP="009E2A12">
+    <w:p w14:paraId="347F373D" w14:textId="77777777" w:rsidR="009E2A12" w:rsidRPr="00872E9D" w:rsidRDefault="009E2A12" w:rsidP="009E2A12">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D00B11" w:rsidRDefault="00D00B11" w:rsidP="00D00B11">
+    <w:p w14:paraId="0F76F39C" w14:textId="77777777" w:rsidR="00D00B11" w:rsidRDefault="00D00B11" w:rsidP="00D00B11">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>President,</w:t>
       </w:r>
       <w:r w:rsidR="00F72BB0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E563B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Society for Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, 200</w:t>
       </w:r>
       <w:r w:rsidR="00D55F1B">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="0043540E">
         <w:t>2011</w:t>
       </w:r>
       <w:r w:rsidR="00D55F1B">
         <w:t>, Vice President (2005-2008).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="00D00B11">
+    <w:p w14:paraId="616C4FFB" w14:textId="77777777" w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="00D00B11">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="00D00B11">
+    <w:p w14:paraId="134545C0" w14:textId="77777777" w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="00D00B11">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">President, </w:t>
       </w:r>
       <w:r w:rsidRPr="006959BA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>International Atlantic Economic Society</w:t>
       </w:r>
       <w:r>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="005731A8">
         <w:t>10-2011</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9751F" w:rsidRDefault="00B9751F" w:rsidP="00D00B11">
+    <w:p w14:paraId="63918A00" w14:textId="77777777" w:rsidR="00B9751F" w:rsidRDefault="00B9751F" w:rsidP="00D00B11">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B9751F" w:rsidRDefault="00B9751F" w:rsidP="00B9751F">
+    <w:p w14:paraId="61680521" w14:textId="77777777" w:rsidR="00B9751F" w:rsidRDefault="00B9751F" w:rsidP="00B9751F">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t>Senior Fellow, FDIC Center for Banking Research, 2003 – 2007.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00B11" w:rsidRDefault="00D00B11" w:rsidP="00D00B11">
+    <w:p w14:paraId="6E99A8BD" w14:textId="77777777" w:rsidR="00D00B11" w:rsidRDefault="00D00B11" w:rsidP="00D00B11">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="006D5BFE">
+    <w:p w14:paraId="17EB4E21" w14:textId="77777777" w:rsidR="00872E9D" w:rsidRDefault="00872E9D" w:rsidP="006D5BFE">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Executive Editor, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r w:rsidR="00F72BB0">
         <w:t>, 1999 – 2005.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="006D5BFE">
+    <w:p w14:paraId="3920F805" w14:textId="77777777" w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="006D5BFE">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="006D5BFE">
+    <w:p w14:paraId="40D79BDA" w14:textId="77777777" w:rsidR="009919A1" w:rsidRDefault="009919A1" w:rsidP="006D5BFE">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Co-Editor, </w:t>
       </w:r>
       <w:r w:rsidRPr="000E0CE5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review of Asset Pricing Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 2010 – </w:t>
       </w:r>
       <w:r w:rsidR="00E70FCC">
         <w:t>2016</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004432F3" w:rsidRDefault="004432F3" w:rsidP="00377CC8">
+    <w:p w14:paraId="2A82D157" w14:textId="77777777" w:rsidR="004432F3" w:rsidRDefault="004432F3" w:rsidP="00377CC8">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
+    <w:p w14:paraId="77A5B398" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Co - Editor, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Intermediation</w:t>
       </w:r>
       <w:r>
         <w:t>, 1993 - 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
+    <w:p w14:paraId="2AE7C8E1" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Associate Editor (1989-1993).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
+    <w:p w14:paraId="1912208E" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="00B9751F">
+    <w:p w14:paraId="67779FA1" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="00B9751F">
       <w:pPr>
         <w:ind w:left="1440" w:right="-80" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Associate Editor - </w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t xml:space="preserve"> 1988-1990,</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F" w:rsidRPr="00B9751F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Services Research</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t xml:space="preserve">, 1992 – 2000, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
       <w:r>
         <w:t>, 1997 - 2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
+    <w:p w14:paraId="7333DE98" w14:textId="77777777" w:rsidR="0007455B" w:rsidRDefault="0007455B" w:rsidP="0007455B">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A42C2" w:rsidRDefault="007E563B" w:rsidP="00B9751F">
+    <w:p w14:paraId="2406DF6F" w14:textId="698C0D11" w:rsidR="004562E9" w:rsidRDefault="007E563B" w:rsidP="002B161C">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Advisory </w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t xml:space="preserve">Editor/ </w:t>
       </w:r>
       <w:r>
         <w:t>Board</w:t>
       </w:r>
       <w:r w:rsidR="00E411B9">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00B9751F" w:rsidRPr="007E563B">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Journal of Financial Markets</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t xml:space="preserve">, 2005 – present. </w:t>
       </w:r>
       <w:r w:rsidR="00E411B9">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Financial Management, </w:t>
       </w:r>
       <w:r w:rsidR="00E411B9">
         <w:t>2017- present</w:t>
       </w:r>
       <w:r w:rsidR="00E411B9" w:rsidRPr="00E411B9">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E411B9">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Financial Analysts Journal </w:t>
       </w:r>
       <w:r w:rsidR="00E411B9" w:rsidRPr="00E411B9">
         <w:t>2018 - present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004562E9" w:rsidRDefault="004562E9" w:rsidP="004562E9"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="36B66803" w14:textId="77777777" w:rsidR="00E72029" w:rsidRPr="004562E9" w:rsidRDefault="00E72029" w:rsidP="004562E9"/>
+    <w:p w14:paraId="0EC107E5" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Corporate and other Boards </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32"/>
-[...29 lines deleted...]
-        <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
+    <w:p w14:paraId="1E5896A3" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32"/>
+    <w:p w14:paraId="43BDA39F" w14:textId="77777777" w:rsidR="0071300E" w:rsidRDefault="00815DCE" w:rsidP="002B161C">
+      <w:pPr>
+        <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Director, </w:t>
       </w:r>
       <w:r w:rsidR="0071300E">
         <w:t>The Jeffrey Company, 2023- present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071300E" w:rsidRDefault="0071300E" w:rsidP="00F11CD3">
+    <w:p w14:paraId="5D3AD89C" w14:textId="6EAAA5C6" w:rsidR="0071300E" w:rsidRDefault="0071300E" w:rsidP="00F11CD3">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Management Oversight and Compensation Committee</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0071300E" w:rsidRDefault="0071300E" w:rsidP="00F11CD3">
+      <w:r w:rsidR="00E6459C">
+        <w:t>- chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3594CE4F" w14:textId="77777777" w:rsidR="0071300E" w:rsidRDefault="0071300E" w:rsidP="00F11CD3">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815DCE" w:rsidRDefault="0071300E" w:rsidP="00F11CD3">
+    <w:p w14:paraId="3CDE392A" w14:textId="77777777" w:rsidR="002B161C" w:rsidRDefault="002B161C" w:rsidP="002B161C">
+      <w:pPr>
+        <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Trustee, Teachers Insurance Annuity Association of America (TIAA), 2009-2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3443E0FE" w14:textId="77777777" w:rsidR="002B161C" w:rsidRDefault="002B161C" w:rsidP="002B161C">
+      <w:pPr>
+        <w:ind w:left="1530" w:right="-80" w:hanging="90"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Investment Committee, Risk Committee, Audit Committee, Corporate Governance and Social Responsibility Committee (chair).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E144D71" w14:textId="77777777" w:rsidR="002B161C" w:rsidRDefault="002B161C" w:rsidP="002B161C">
+      <w:pPr>
+        <w:ind w:left="1530" w:right="-80" w:hanging="90"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BB8D49" w14:textId="77777777" w:rsidR="00815DCE" w:rsidRDefault="0071300E" w:rsidP="00F11CD3">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Director, </w:t>
       </w:r>
       <w:r w:rsidR="00815DCE">
         <w:t>National Bureau of Economic Research (NBER), 2021– present.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00815DCE" w:rsidRDefault="00815DCE" w:rsidP="00F11CD3">
+    <w:p w14:paraId="3E27E22A" w14:textId="77777777" w:rsidR="00815DCE" w:rsidRDefault="00815DCE" w:rsidP="00F11CD3">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+    <w:p w14:paraId="1B1C4B63" w14:textId="77777777" w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Chairman of the Board of Directors, Investment Technology Group, Inc., 2007-2016.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+    <w:p w14:paraId="2784DE8C" w14:textId="77777777" w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Director (2003-2016), Audit Committee, Compensation Committee</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+    <w:p w14:paraId="2F5A6293" w14:textId="77777777" w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+    <w:p w14:paraId="39846058" w14:textId="77777777" w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+        <w:t>Director, NewStar Financial, Inc., 2006- 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2670D9A0" w14:textId="77777777" w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Audit Committee, Nominating and Governance Committee</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+    <w:p w14:paraId="525997CE" w14:textId="77777777" w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F11CD3" w:rsidRDefault="00F11CD3" w:rsidP="00F11CD3">
+    <w:p w14:paraId="52219B04" w14:textId="77777777" w:rsidR="00F11CD3" w:rsidRDefault="00F11CD3" w:rsidP="00F11CD3">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
       <w:r>
         <w:t>Advisor, AVA Labs, 2019-present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00043BF7" w:rsidRDefault="00043BF7" w:rsidP="00F11CD3">
+    <w:p w14:paraId="6E44D8D8" w14:textId="77777777" w:rsidR="00043BF7" w:rsidRDefault="00043BF7" w:rsidP="00F11CD3">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00043BF7" w:rsidP="00C65CF6">
+    <w:p w14:paraId="623FC1FD" w14:textId="282C8E59" w:rsidR="00C65CF6" w:rsidRDefault="00043BF7" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
       <w:r>
-        <w:t>Advisor, BMLL, 2017 – present.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+        <w:t xml:space="preserve">Advisor, BMLL, 2017 – </w:t>
+      </w:r>
+      <w:r w:rsidR="002B161C">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0BA485" w14:textId="77777777" w:rsidR="00FF78FB" w:rsidRDefault="00FF78FB" w:rsidP="00C65CF6">
       <w:pPr>
         <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00630EFE" w:rsidRDefault="00630EFE">
+    <w:p w14:paraId="7E911085" w14:textId="24343DBA" w:rsidR="00FF78FB" w:rsidRDefault="00FF78FB" w:rsidP="00C65CF6">
+      <w:pPr>
+        <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Advisor, Symbiont.io – 2015 - 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4301F9ED" w14:textId="77777777" w:rsidR="00C65CF6" w:rsidRDefault="00C65CF6" w:rsidP="00C65CF6">
+      <w:pPr>
+        <w:ind w:left="1530" w:right="-80" w:hanging="810"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DDDCBF8" w14:textId="77777777" w:rsidR="00630EFE" w:rsidRDefault="00630EFE">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Emeritus Trustee, CFA Institute Research Foundation, 2020 – present.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00815DCE" w:rsidRDefault="00815DCE">
+    <w:p w14:paraId="00E6BEE4" w14:textId="77777777" w:rsidR="00815DCE" w:rsidRDefault="00815DCE">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815DCE" w:rsidRDefault="00815DCE" w:rsidP="00815DCE">
+    <w:p w14:paraId="2F35E37B" w14:textId="162182CA" w:rsidR="00815DCE" w:rsidRDefault="00815DCE" w:rsidP="00815DCE">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Advisory Board, CREDO (Catholic Research Economic Discussion Organization), 2013- </w:t>
       </w:r>
       <w:r w:rsidR="001B0D55">
         <w:t>2021</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00256C59" w:rsidRDefault="00256C59" w:rsidP="00872E9D">
+    <w:p w14:paraId="702E8F51" w14:textId="77777777" w:rsidR="002B161C" w:rsidRDefault="002B161C" w:rsidP="00815DCE">
+      <w:pPr>
+        <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E6D20F" w14:textId="138979AA" w:rsidR="002B161C" w:rsidRDefault="002B161C" w:rsidP="00815DCE">
+      <w:pPr>
+        <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Board member and founding member, COLLIS, 2021-2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4164B76F" w14:textId="77777777" w:rsidR="00256C59" w:rsidRDefault="00256C59" w:rsidP="00872E9D">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="4FDDE2D2" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:left="720" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Chairman of the Board, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Catholic Charities of the Diocese of Rochester</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>2003-</w:t>
       </w:r>
       <w:r w:rsidR="004562E9">
         <w:t>2005</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00161B6D" w:rsidRDefault="00E70FCC" w:rsidP="00161B6D">
+    <w:p w14:paraId="0E536B02" w14:textId="77777777" w:rsidR="00161B6D" w:rsidRDefault="00E70FCC" w:rsidP="00161B6D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> Treasurer, 1999-</w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t>2003, Member of Board of Directors 1997-</w:t>
       </w:r>
       <w:r w:rsidR="00E76E62">
         <w:t>2006</w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00133164" w:rsidRDefault="00133164" w:rsidP="00161B6D">
+    <w:p w14:paraId="313CE19A" w14:textId="77777777" w:rsidR="00133164" w:rsidRDefault="00133164" w:rsidP="00161B6D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006959BA" w:rsidRDefault="00256C59" w:rsidP="00BA516D">
+    <w:p w14:paraId="07A79B6E" w14:textId="77777777" w:rsidR="006959BA" w:rsidRDefault="00256C59" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>Chairman</w:t>
       </w:r>
       <w:r w:rsidR="00D55F1B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FINRA </w:t>
       </w:r>
       <w:r w:rsidR="00D55F1B">
         <w:t xml:space="preserve">Economic Advisory Board, </w:t>
       </w:r>
       <w:r>
         <w:t>2009</w:t>
       </w:r>
       <w:r w:rsidR="005731A8">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="005A57D3">
         <w:t>2011</w:t>
       </w:r>
       <w:r w:rsidR="00BA516D">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006959BA">
         <w:t xml:space="preserve">member 2001 – </w:t>
       </w:r>
       <w:r w:rsidR="005A57D3">
         <w:t>2011</w:t>
       </w:r>
       <w:r w:rsidR="006959BA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00807CAC" w:rsidRDefault="00807CAC" w:rsidP="00BA516D">
+    <w:p w14:paraId="44026D34" w14:textId="77777777" w:rsidR="00807CAC" w:rsidRDefault="00807CAC" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00807CAC" w:rsidRDefault="00807CAC" w:rsidP="00BA516D">
+    <w:p w14:paraId="2C243E1B" w14:textId="77777777" w:rsidR="00807CAC" w:rsidRDefault="00807CAC" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Member, Financial Advisory </w:t>
       </w:r>
       <w:r w:rsidR="00AA0AA2">
         <w:t>Roundtable</w:t>
       </w:r>
       <w:r>
         <w:t>, Federal Reserve Bank of New York, 20</w:t>
       </w:r>
       <w:r w:rsidR="00B9751F">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>1-present.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="00BA516D">
+    <w:p w14:paraId="056F5FF6" w14:textId="77777777" w:rsidR="00E41991" w:rsidRDefault="00E41991" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000659DD" w:rsidRDefault="00E41991" w:rsidP="00BA516D">
+    <w:p w14:paraId="1CC12527" w14:textId="77777777" w:rsidR="000659DD" w:rsidRDefault="00E41991" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Member, </w:t>
       </w:r>
       <w:r w:rsidR="000659DD">
         <w:t xml:space="preserve">SEC Equity Market Structure Advisory Committee, 2015 </w:t>
       </w:r>
       <w:r w:rsidR="00234F13">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="000659DD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C037C">
         <w:t>2018</w:t>
       </w:r>
       <w:r w:rsidR="00234F13">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000659DD" w:rsidRDefault="000659DD" w:rsidP="00BA516D">
+    <w:p w14:paraId="38BB1944" w14:textId="77777777" w:rsidR="000659DD" w:rsidRDefault="000659DD" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E41991" w:rsidRDefault="000659DD" w:rsidP="00BA516D">
+    <w:p w14:paraId="7CC52635" w14:textId="77777777" w:rsidR="00E41991" w:rsidRDefault="000659DD" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Member, </w:t>
       </w:r>
       <w:r w:rsidR="00E41991">
         <w:t xml:space="preserve">CFTC-SEC </w:t>
       </w:r>
       <w:r w:rsidR="005F1793">
         <w:t>Joint</w:t>
       </w:r>
       <w:r w:rsidR="00E41991">
         <w:t xml:space="preserve"> Committee on Emerging Regulatory Issues, 2010</w:t>
       </w:r>
       <w:r w:rsidR="005A57D3">
         <w:t>-2011</w:t>
       </w:r>
       <w:r w:rsidR="00E41991">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC6812" w:rsidRDefault="00BC6812" w:rsidP="00BA516D">
+    <w:p w14:paraId="3257BDA9" w14:textId="77777777" w:rsidR="00BC6812" w:rsidRDefault="00BC6812" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC6812" w:rsidRDefault="00BC6812" w:rsidP="00BA516D">
+    <w:p w14:paraId="6B13C05A" w14:textId="77777777" w:rsidR="00BC6812" w:rsidRDefault="00BC6812" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>Member, International Advisory Board, Securities Exchange Board of India, 2012 -</w:t>
       </w:r>
       <w:r w:rsidR="00B30AAD">
         <w:t xml:space="preserve"> 2014</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00746F0B" w:rsidRDefault="00746F0B" w:rsidP="00BA516D">
+    <w:p w14:paraId="6FC7333B" w14:textId="77777777" w:rsidR="00746F0B" w:rsidRDefault="00746F0B" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00746F0B" w:rsidRDefault="00746F0B" w:rsidP="00BA516D">
+    <w:p w14:paraId="4805460F" w14:textId="77777777" w:rsidR="00746F0B" w:rsidRDefault="00746F0B" w:rsidP="00BA516D">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>Member, Advisory Committee, Office of Financial Research, U.S. Treasury, 2012 -</w:t>
       </w:r>
       <w:r w:rsidR="00B30AAD">
         <w:t>2014</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006959BA" w:rsidRDefault="006959BA" w:rsidP="006C037C">
+    <w:p w14:paraId="0D5D8F62" w14:textId="77777777" w:rsidR="006959BA" w:rsidRDefault="006959BA" w:rsidP="006C037C">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00133164" w:rsidRDefault="00133164" w:rsidP="00133164">
+    <w:p w14:paraId="59526596" w14:textId="77777777" w:rsidR="00133164" w:rsidRDefault="00133164" w:rsidP="00133164">
       <w:pPr>
         <w:ind w:left="1260" w:right="-80" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>Member, NASD Debt Markets Panel, 2004</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="00147F32">
+    <w:p w14:paraId="4910142B" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="00147F32">
       <w:pPr>
         <w:ind w:right="-80"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00147F32" w:rsidRDefault="008A2A37" w:rsidP="00F70AFC">
+    <w:p w14:paraId="08E285F3" w14:textId="77777777" w:rsidR="00147F32" w:rsidRDefault="008A2A37" w:rsidP="00F70AFC">
       <w:pPr>
         <w:ind w:right="-80" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>Chairman, NASDAQ Economic</w:t>
       </w:r>
       <w:r w:rsidR="00147F32">
         <w:t xml:space="preserve"> Advisory Board, 1996-1997, member 1995-1998.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00147F32" w:rsidSect="006D0E7C">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007C1280" w:rsidRDefault="007C1280">
+    <w:p w14:paraId="062C7616" w14:textId="77777777" w:rsidR="008C5858" w:rsidRDefault="008C5858">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007C1280" w:rsidRDefault="007C1280">
+    <w:p w14:paraId="07E89E16" w14:textId="77777777" w:rsidR="008C5858" w:rsidRDefault="008C5858">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="New York">
     <w:panose1 w:val="02040503060506020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:altName w:val="Source Sans Pro"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-377933390"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="6BBD2586" w14:textId="3101BA45" w:rsidR="005C72D7" w:rsidRDefault="005C72D7">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="7339F373" w14:textId="77777777" w:rsidR="005C72D7" w:rsidRDefault="005C72D7">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007C1280" w:rsidRDefault="007C1280">
+    <w:p w14:paraId="65B7F4BF" w14:textId="77777777" w:rsidR="008C5858" w:rsidRDefault="008C5858">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007C1280" w:rsidRDefault="007C1280">
+    <w:p w14:paraId="5BEB1201" w14:textId="77777777" w:rsidR="008C5858" w:rsidRDefault="008C5858">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00607748" w:rsidRDefault="00607748">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="42170D8B" w14:textId="77777777" w:rsidR="00607748" w:rsidRDefault="00607748">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:widowControl w:val="0"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Maureen O'Hara</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00607748" w:rsidRDefault="00607748">
+  <w:p w14:paraId="096F5282" w14:textId="77777777" w:rsidR="00607748" w:rsidRDefault="00607748">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="center" w:pos="1980"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:pgNum/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00607748" w:rsidRDefault="00607748">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="044A2FCC" w14:textId="77777777" w:rsidR="00607748" w:rsidRDefault="00607748">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E6779AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14F65F30"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7362,560 +7053,593 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="992828619">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="0"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A42C2"/>
     <w:rsid w:val="00000367"/>
+    <w:rsid w:val="000005B7"/>
     <w:rsid w:val="000036D2"/>
     <w:rsid w:val="00012BC5"/>
     <w:rsid w:val="00015AF1"/>
     <w:rsid w:val="000234DC"/>
     <w:rsid w:val="0002742F"/>
     <w:rsid w:val="00027531"/>
     <w:rsid w:val="00027BE5"/>
     <w:rsid w:val="00031E56"/>
+    <w:rsid w:val="00040BA2"/>
     <w:rsid w:val="00043BF7"/>
     <w:rsid w:val="00045EB3"/>
     <w:rsid w:val="00051825"/>
     <w:rsid w:val="0005548B"/>
     <w:rsid w:val="00055C9B"/>
+    <w:rsid w:val="0005671B"/>
     <w:rsid w:val="0006013C"/>
     <w:rsid w:val="000659DD"/>
     <w:rsid w:val="00072326"/>
     <w:rsid w:val="00072875"/>
+    <w:rsid w:val="00073E89"/>
     <w:rsid w:val="0007455B"/>
     <w:rsid w:val="00076BB6"/>
     <w:rsid w:val="000800A9"/>
     <w:rsid w:val="00080826"/>
     <w:rsid w:val="000808B1"/>
     <w:rsid w:val="00082248"/>
     <w:rsid w:val="0008762E"/>
     <w:rsid w:val="00092F8E"/>
+    <w:rsid w:val="000931EB"/>
     <w:rsid w:val="00094B5D"/>
     <w:rsid w:val="000A07FF"/>
     <w:rsid w:val="000A69D7"/>
     <w:rsid w:val="000A794A"/>
     <w:rsid w:val="000B3FC3"/>
     <w:rsid w:val="000B600F"/>
     <w:rsid w:val="000C7393"/>
     <w:rsid w:val="000C7AA6"/>
     <w:rsid w:val="000E0CE5"/>
     <w:rsid w:val="000E0E3C"/>
     <w:rsid w:val="00104CA3"/>
     <w:rsid w:val="00106D2B"/>
     <w:rsid w:val="001133B6"/>
     <w:rsid w:val="00133164"/>
     <w:rsid w:val="00135771"/>
     <w:rsid w:val="001411D5"/>
     <w:rsid w:val="0014353E"/>
     <w:rsid w:val="0014504D"/>
     <w:rsid w:val="00147F32"/>
     <w:rsid w:val="0016009F"/>
     <w:rsid w:val="00161B6D"/>
     <w:rsid w:val="00165070"/>
     <w:rsid w:val="00170284"/>
     <w:rsid w:val="0017028D"/>
     <w:rsid w:val="0017769E"/>
     <w:rsid w:val="00182114"/>
+    <w:rsid w:val="00184542"/>
     <w:rsid w:val="00184C1B"/>
     <w:rsid w:val="001858A3"/>
+    <w:rsid w:val="00193D8B"/>
     <w:rsid w:val="00195C8A"/>
     <w:rsid w:val="001976AA"/>
     <w:rsid w:val="001B0D55"/>
     <w:rsid w:val="001B6174"/>
     <w:rsid w:val="001B7F50"/>
     <w:rsid w:val="001C0530"/>
     <w:rsid w:val="001C4740"/>
     <w:rsid w:val="001C4A29"/>
     <w:rsid w:val="001C547F"/>
     <w:rsid w:val="001D06D3"/>
     <w:rsid w:val="001D0B9F"/>
     <w:rsid w:val="001E78F0"/>
     <w:rsid w:val="001F3C82"/>
     <w:rsid w:val="001F4BAB"/>
     <w:rsid w:val="0020429B"/>
     <w:rsid w:val="00213969"/>
     <w:rsid w:val="002156E9"/>
     <w:rsid w:val="00221127"/>
     <w:rsid w:val="00223AA2"/>
     <w:rsid w:val="002275C1"/>
     <w:rsid w:val="00232D1A"/>
     <w:rsid w:val="002345D4"/>
     <w:rsid w:val="00234F13"/>
     <w:rsid w:val="00256C59"/>
     <w:rsid w:val="002622BF"/>
+    <w:rsid w:val="00266B20"/>
     <w:rsid w:val="00273DC9"/>
     <w:rsid w:val="002758A1"/>
+    <w:rsid w:val="00276903"/>
     <w:rsid w:val="002802CA"/>
     <w:rsid w:val="00280B9F"/>
     <w:rsid w:val="0028151E"/>
     <w:rsid w:val="0028399C"/>
+    <w:rsid w:val="002935CC"/>
     <w:rsid w:val="002A3099"/>
     <w:rsid w:val="002A5414"/>
     <w:rsid w:val="002A6AC1"/>
     <w:rsid w:val="002B0CD4"/>
+    <w:rsid w:val="002B161C"/>
     <w:rsid w:val="002C58E5"/>
     <w:rsid w:val="002D171A"/>
     <w:rsid w:val="002D5354"/>
     <w:rsid w:val="002E1CE7"/>
     <w:rsid w:val="002F3103"/>
     <w:rsid w:val="002F6C10"/>
     <w:rsid w:val="003052D7"/>
     <w:rsid w:val="00306C2E"/>
     <w:rsid w:val="003111A0"/>
     <w:rsid w:val="0031309F"/>
     <w:rsid w:val="00317799"/>
     <w:rsid w:val="0032309C"/>
     <w:rsid w:val="00326111"/>
     <w:rsid w:val="0032647F"/>
     <w:rsid w:val="00333AC0"/>
     <w:rsid w:val="00335017"/>
+    <w:rsid w:val="00336CEB"/>
     <w:rsid w:val="00341465"/>
     <w:rsid w:val="00345282"/>
     <w:rsid w:val="003513EC"/>
     <w:rsid w:val="0035318A"/>
     <w:rsid w:val="00357BAE"/>
     <w:rsid w:val="00360674"/>
     <w:rsid w:val="00362EFF"/>
     <w:rsid w:val="00377CC8"/>
     <w:rsid w:val="00384A87"/>
     <w:rsid w:val="003A4599"/>
     <w:rsid w:val="003A6F44"/>
     <w:rsid w:val="003A7635"/>
     <w:rsid w:val="003C102C"/>
     <w:rsid w:val="003C356F"/>
     <w:rsid w:val="003C6BF7"/>
     <w:rsid w:val="003D68EC"/>
     <w:rsid w:val="003D6C08"/>
+    <w:rsid w:val="003E3630"/>
     <w:rsid w:val="003E44D2"/>
     <w:rsid w:val="003E5355"/>
     <w:rsid w:val="003F0660"/>
     <w:rsid w:val="003F125E"/>
     <w:rsid w:val="003F47E9"/>
     <w:rsid w:val="003F749A"/>
     <w:rsid w:val="00400209"/>
     <w:rsid w:val="004048E9"/>
     <w:rsid w:val="00406D05"/>
     <w:rsid w:val="00410965"/>
     <w:rsid w:val="00411630"/>
     <w:rsid w:val="00415CF6"/>
     <w:rsid w:val="0042396F"/>
     <w:rsid w:val="00433308"/>
     <w:rsid w:val="00433A50"/>
     <w:rsid w:val="0043540E"/>
     <w:rsid w:val="004376CB"/>
     <w:rsid w:val="00437B78"/>
     <w:rsid w:val="004422E5"/>
     <w:rsid w:val="004432F3"/>
     <w:rsid w:val="00447520"/>
     <w:rsid w:val="00452BFD"/>
     <w:rsid w:val="004562E9"/>
     <w:rsid w:val="00461AD2"/>
     <w:rsid w:val="00463A4A"/>
     <w:rsid w:val="00465569"/>
     <w:rsid w:val="004734D8"/>
     <w:rsid w:val="004740E2"/>
     <w:rsid w:val="0047519C"/>
     <w:rsid w:val="00475D27"/>
     <w:rsid w:val="00477DA1"/>
     <w:rsid w:val="00487687"/>
     <w:rsid w:val="00496734"/>
     <w:rsid w:val="004A2BA8"/>
     <w:rsid w:val="004A575B"/>
     <w:rsid w:val="004B5F55"/>
     <w:rsid w:val="004C1CDA"/>
     <w:rsid w:val="004D0184"/>
     <w:rsid w:val="004D10DB"/>
     <w:rsid w:val="004D39F8"/>
     <w:rsid w:val="004D50AD"/>
     <w:rsid w:val="004D5B55"/>
+    <w:rsid w:val="004D74F8"/>
     <w:rsid w:val="004D7528"/>
     <w:rsid w:val="004E650B"/>
     <w:rsid w:val="00501A51"/>
     <w:rsid w:val="00502F27"/>
     <w:rsid w:val="0050381F"/>
     <w:rsid w:val="0051032E"/>
     <w:rsid w:val="00510D83"/>
     <w:rsid w:val="00515DB8"/>
+    <w:rsid w:val="00520204"/>
     <w:rsid w:val="0053111A"/>
     <w:rsid w:val="00531D86"/>
     <w:rsid w:val="00531E03"/>
     <w:rsid w:val="0053465B"/>
     <w:rsid w:val="00536657"/>
     <w:rsid w:val="00543CDC"/>
     <w:rsid w:val="00543DEB"/>
     <w:rsid w:val="005512A2"/>
+    <w:rsid w:val="005557B1"/>
+    <w:rsid w:val="00557332"/>
     <w:rsid w:val="00560ADA"/>
     <w:rsid w:val="00563891"/>
     <w:rsid w:val="0057001A"/>
     <w:rsid w:val="005731A8"/>
     <w:rsid w:val="00574EF5"/>
     <w:rsid w:val="005763C0"/>
     <w:rsid w:val="0057678D"/>
     <w:rsid w:val="00583822"/>
     <w:rsid w:val="0059229A"/>
     <w:rsid w:val="00593ECF"/>
     <w:rsid w:val="00595042"/>
     <w:rsid w:val="0059648B"/>
     <w:rsid w:val="005A125D"/>
     <w:rsid w:val="005A5086"/>
     <w:rsid w:val="005A57D3"/>
     <w:rsid w:val="005A705B"/>
     <w:rsid w:val="005B48C1"/>
+    <w:rsid w:val="005C2431"/>
     <w:rsid w:val="005C311E"/>
     <w:rsid w:val="005C417C"/>
     <w:rsid w:val="005C58C4"/>
+    <w:rsid w:val="005C72D7"/>
     <w:rsid w:val="005E2349"/>
     <w:rsid w:val="005F1793"/>
     <w:rsid w:val="005F66A4"/>
     <w:rsid w:val="00607748"/>
     <w:rsid w:val="006119AB"/>
     <w:rsid w:val="006128F2"/>
     <w:rsid w:val="00615B4D"/>
     <w:rsid w:val="00630EFE"/>
     <w:rsid w:val="006310A5"/>
     <w:rsid w:val="00633F9C"/>
     <w:rsid w:val="00640D82"/>
     <w:rsid w:val="00645F39"/>
     <w:rsid w:val="00646DD8"/>
+    <w:rsid w:val="00652CDD"/>
     <w:rsid w:val="00653EC7"/>
     <w:rsid w:val="00682A3E"/>
     <w:rsid w:val="00691C29"/>
     <w:rsid w:val="00694FE7"/>
     <w:rsid w:val="006959BA"/>
     <w:rsid w:val="006A3276"/>
     <w:rsid w:val="006A5655"/>
     <w:rsid w:val="006B0336"/>
     <w:rsid w:val="006B4AFB"/>
     <w:rsid w:val="006B73FE"/>
     <w:rsid w:val="006C037C"/>
     <w:rsid w:val="006C1076"/>
     <w:rsid w:val="006C272A"/>
     <w:rsid w:val="006C4D30"/>
     <w:rsid w:val="006D0E7C"/>
     <w:rsid w:val="006D3427"/>
     <w:rsid w:val="006D355C"/>
     <w:rsid w:val="006D5BFE"/>
     <w:rsid w:val="006D77AC"/>
+    <w:rsid w:val="006E0933"/>
     <w:rsid w:val="006E7F0F"/>
     <w:rsid w:val="00701A14"/>
     <w:rsid w:val="00707539"/>
     <w:rsid w:val="00712272"/>
     <w:rsid w:val="0071300E"/>
     <w:rsid w:val="0071433D"/>
     <w:rsid w:val="00716937"/>
     <w:rsid w:val="007175CF"/>
     <w:rsid w:val="007212E9"/>
+    <w:rsid w:val="00723855"/>
     <w:rsid w:val="00726FD7"/>
     <w:rsid w:val="00731D64"/>
     <w:rsid w:val="00736B2E"/>
     <w:rsid w:val="00741317"/>
     <w:rsid w:val="0074475E"/>
+    <w:rsid w:val="0074666B"/>
     <w:rsid w:val="00746F0B"/>
     <w:rsid w:val="00754457"/>
     <w:rsid w:val="00761747"/>
     <w:rsid w:val="00764CD0"/>
     <w:rsid w:val="00765E6A"/>
     <w:rsid w:val="007720B1"/>
     <w:rsid w:val="00773F53"/>
     <w:rsid w:val="00783BA2"/>
     <w:rsid w:val="00787E25"/>
     <w:rsid w:val="007902A7"/>
     <w:rsid w:val="00790474"/>
     <w:rsid w:val="007977A7"/>
     <w:rsid w:val="007A42C2"/>
     <w:rsid w:val="007A580A"/>
     <w:rsid w:val="007B02A5"/>
     <w:rsid w:val="007B5492"/>
     <w:rsid w:val="007B7CAC"/>
     <w:rsid w:val="007C0158"/>
     <w:rsid w:val="007C1280"/>
     <w:rsid w:val="007C5106"/>
     <w:rsid w:val="007C6BA9"/>
     <w:rsid w:val="007D2627"/>
     <w:rsid w:val="007D7BBB"/>
     <w:rsid w:val="007E42AC"/>
     <w:rsid w:val="007E563B"/>
     <w:rsid w:val="007F17E5"/>
     <w:rsid w:val="007F3030"/>
     <w:rsid w:val="007F5596"/>
     <w:rsid w:val="00807CAC"/>
     <w:rsid w:val="00807E35"/>
     <w:rsid w:val="00810DD8"/>
     <w:rsid w:val="00814AD9"/>
     <w:rsid w:val="00815699"/>
     <w:rsid w:val="00815DCE"/>
     <w:rsid w:val="00821C24"/>
     <w:rsid w:val="0083072E"/>
     <w:rsid w:val="00831369"/>
     <w:rsid w:val="0083281B"/>
+    <w:rsid w:val="00865D3F"/>
     <w:rsid w:val="00870DE6"/>
     <w:rsid w:val="00870FC9"/>
     <w:rsid w:val="00872E9D"/>
     <w:rsid w:val="00876F14"/>
     <w:rsid w:val="00886141"/>
     <w:rsid w:val="00887786"/>
     <w:rsid w:val="00890D81"/>
     <w:rsid w:val="008917C3"/>
     <w:rsid w:val="00892177"/>
     <w:rsid w:val="008A2A37"/>
     <w:rsid w:val="008B22A5"/>
     <w:rsid w:val="008B3CC0"/>
     <w:rsid w:val="008B47D9"/>
     <w:rsid w:val="008B4E8A"/>
     <w:rsid w:val="008B5056"/>
     <w:rsid w:val="008B7FDF"/>
     <w:rsid w:val="008C4D18"/>
+    <w:rsid w:val="008C5858"/>
     <w:rsid w:val="008D102A"/>
+    <w:rsid w:val="008D6702"/>
     <w:rsid w:val="008E486E"/>
     <w:rsid w:val="008F1D51"/>
     <w:rsid w:val="008F72F0"/>
+    <w:rsid w:val="00902795"/>
     <w:rsid w:val="00913478"/>
     <w:rsid w:val="00921AE2"/>
     <w:rsid w:val="00921CC9"/>
     <w:rsid w:val="0092264A"/>
     <w:rsid w:val="0092684F"/>
     <w:rsid w:val="009333B8"/>
     <w:rsid w:val="00934D98"/>
     <w:rsid w:val="00943333"/>
     <w:rsid w:val="00946EB3"/>
     <w:rsid w:val="00953144"/>
+    <w:rsid w:val="00953A65"/>
     <w:rsid w:val="00961115"/>
     <w:rsid w:val="00961B07"/>
     <w:rsid w:val="00962EEC"/>
     <w:rsid w:val="00965714"/>
     <w:rsid w:val="00972CE2"/>
     <w:rsid w:val="009814CA"/>
     <w:rsid w:val="0098258C"/>
     <w:rsid w:val="009825F4"/>
     <w:rsid w:val="009827B3"/>
     <w:rsid w:val="00982F0F"/>
     <w:rsid w:val="0099048D"/>
     <w:rsid w:val="009919A1"/>
     <w:rsid w:val="009922D9"/>
     <w:rsid w:val="009925EA"/>
     <w:rsid w:val="00995403"/>
     <w:rsid w:val="00997289"/>
     <w:rsid w:val="009A67E4"/>
     <w:rsid w:val="009A705A"/>
     <w:rsid w:val="009C2775"/>
     <w:rsid w:val="009C3F04"/>
     <w:rsid w:val="009D1A03"/>
     <w:rsid w:val="009E2A12"/>
     <w:rsid w:val="009F37BF"/>
     <w:rsid w:val="009F5772"/>
     <w:rsid w:val="00A057A8"/>
     <w:rsid w:val="00A06E4F"/>
     <w:rsid w:val="00A122C3"/>
     <w:rsid w:val="00A2009F"/>
     <w:rsid w:val="00A2506E"/>
     <w:rsid w:val="00A27D31"/>
     <w:rsid w:val="00A3068A"/>
+    <w:rsid w:val="00A314C9"/>
     <w:rsid w:val="00A31E27"/>
     <w:rsid w:val="00A35508"/>
     <w:rsid w:val="00A44B29"/>
     <w:rsid w:val="00A535D6"/>
     <w:rsid w:val="00A64950"/>
     <w:rsid w:val="00A65112"/>
     <w:rsid w:val="00A677DC"/>
     <w:rsid w:val="00A738F1"/>
     <w:rsid w:val="00A750E2"/>
     <w:rsid w:val="00A83744"/>
     <w:rsid w:val="00A93DF1"/>
     <w:rsid w:val="00A95DE6"/>
     <w:rsid w:val="00AA0796"/>
     <w:rsid w:val="00AA0AA2"/>
     <w:rsid w:val="00AA1F72"/>
     <w:rsid w:val="00AA3D54"/>
     <w:rsid w:val="00AB1E2B"/>
     <w:rsid w:val="00AB2587"/>
     <w:rsid w:val="00AB411C"/>
     <w:rsid w:val="00AD4072"/>
     <w:rsid w:val="00AD4237"/>
     <w:rsid w:val="00AE34F0"/>
     <w:rsid w:val="00AE7D7C"/>
     <w:rsid w:val="00AF2D80"/>
     <w:rsid w:val="00AF5113"/>
     <w:rsid w:val="00B01D8B"/>
     <w:rsid w:val="00B060D9"/>
     <w:rsid w:val="00B106C3"/>
     <w:rsid w:val="00B11B37"/>
     <w:rsid w:val="00B11C61"/>
     <w:rsid w:val="00B127C5"/>
     <w:rsid w:val="00B13F41"/>
     <w:rsid w:val="00B1580F"/>
     <w:rsid w:val="00B16640"/>
     <w:rsid w:val="00B2465C"/>
+    <w:rsid w:val="00B25414"/>
     <w:rsid w:val="00B30AAD"/>
     <w:rsid w:val="00B3409A"/>
     <w:rsid w:val="00B40E69"/>
     <w:rsid w:val="00B43D22"/>
     <w:rsid w:val="00B5091B"/>
     <w:rsid w:val="00B5321B"/>
     <w:rsid w:val="00B55B86"/>
+    <w:rsid w:val="00B61BD4"/>
     <w:rsid w:val="00B628FE"/>
     <w:rsid w:val="00B637D6"/>
     <w:rsid w:val="00B7261C"/>
     <w:rsid w:val="00B85BA5"/>
     <w:rsid w:val="00B91625"/>
     <w:rsid w:val="00B9365C"/>
     <w:rsid w:val="00B94786"/>
     <w:rsid w:val="00B9751F"/>
     <w:rsid w:val="00BA153B"/>
     <w:rsid w:val="00BA516D"/>
     <w:rsid w:val="00BA6120"/>
     <w:rsid w:val="00BA7DFE"/>
     <w:rsid w:val="00BB0FCE"/>
     <w:rsid w:val="00BC09E1"/>
     <w:rsid w:val="00BC6812"/>
     <w:rsid w:val="00BC7C94"/>
     <w:rsid w:val="00BD6E1D"/>
     <w:rsid w:val="00BD7CCC"/>
+    <w:rsid w:val="00BE226D"/>
     <w:rsid w:val="00BE300D"/>
     <w:rsid w:val="00BE3B79"/>
     <w:rsid w:val="00BF04BA"/>
     <w:rsid w:val="00BF21B3"/>
     <w:rsid w:val="00BF63E3"/>
     <w:rsid w:val="00C04C4B"/>
     <w:rsid w:val="00C07889"/>
     <w:rsid w:val="00C21030"/>
     <w:rsid w:val="00C24272"/>
     <w:rsid w:val="00C3014D"/>
     <w:rsid w:val="00C3200F"/>
     <w:rsid w:val="00C33059"/>
     <w:rsid w:val="00C45F09"/>
     <w:rsid w:val="00C474A3"/>
     <w:rsid w:val="00C515AD"/>
     <w:rsid w:val="00C55D8E"/>
     <w:rsid w:val="00C65CF6"/>
     <w:rsid w:val="00C65D8D"/>
     <w:rsid w:val="00C73582"/>
+    <w:rsid w:val="00C7772D"/>
     <w:rsid w:val="00C77DC4"/>
     <w:rsid w:val="00C856DB"/>
     <w:rsid w:val="00C9194C"/>
     <w:rsid w:val="00C97246"/>
     <w:rsid w:val="00C97A7E"/>
     <w:rsid w:val="00CA0F40"/>
     <w:rsid w:val="00CB32FD"/>
     <w:rsid w:val="00CB6A3A"/>
     <w:rsid w:val="00CD1E6F"/>
     <w:rsid w:val="00CD30B1"/>
     <w:rsid w:val="00CD7FF7"/>
     <w:rsid w:val="00CE0284"/>
     <w:rsid w:val="00CE03E8"/>
     <w:rsid w:val="00CE0E6A"/>
     <w:rsid w:val="00CE10D3"/>
     <w:rsid w:val="00CE4224"/>
     <w:rsid w:val="00CF0C3D"/>
     <w:rsid w:val="00CF3B44"/>
     <w:rsid w:val="00CF46EE"/>
+    <w:rsid w:val="00CF510D"/>
     <w:rsid w:val="00D00B11"/>
     <w:rsid w:val="00D04D0D"/>
     <w:rsid w:val="00D05DC5"/>
     <w:rsid w:val="00D11328"/>
     <w:rsid w:val="00D1560D"/>
     <w:rsid w:val="00D16B50"/>
     <w:rsid w:val="00D17F15"/>
     <w:rsid w:val="00D22A27"/>
     <w:rsid w:val="00D2380C"/>
     <w:rsid w:val="00D238CC"/>
     <w:rsid w:val="00D32214"/>
     <w:rsid w:val="00D32895"/>
     <w:rsid w:val="00D36959"/>
     <w:rsid w:val="00D41FC8"/>
     <w:rsid w:val="00D42854"/>
     <w:rsid w:val="00D4747A"/>
     <w:rsid w:val="00D52339"/>
     <w:rsid w:val="00D55F1B"/>
     <w:rsid w:val="00D56E69"/>
     <w:rsid w:val="00D76820"/>
     <w:rsid w:val="00D817DD"/>
     <w:rsid w:val="00D8463C"/>
     <w:rsid w:val="00D8573C"/>
     <w:rsid w:val="00D85E86"/>
     <w:rsid w:val="00D9461E"/>
@@ -7931,177 +7655,184 @@
     <w:rsid w:val="00DD0DF5"/>
     <w:rsid w:val="00DD1A27"/>
     <w:rsid w:val="00DE1A61"/>
     <w:rsid w:val="00DE4755"/>
     <w:rsid w:val="00DF08D1"/>
     <w:rsid w:val="00DF1B58"/>
     <w:rsid w:val="00DF3B94"/>
     <w:rsid w:val="00E0639A"/>
     <w:rsid w:val="00E108FA"/>
     <w:rsid w:val="00E20EC9"/>
     <w:rsid w:val="00E239F8"/>
     <w:rsid w:val="00E24CA4"/>
     <w:rsid w:val="00E2531E"/>
     <w:rsid w:val="00E253F0"/>
     <w:rsid w:val="00E30F0E"/>
     <w:rsid w:val="00E31677"/>
     <w:rsid w:val="00E34B31"/>
     <w:rsid w:val="00E41155"/>
     <w:rsid w:val="00E411B9"/>
     <w:rsid w:val="00E41991"/>
     <w:rsid w:val="00E41E0B"/>
     <w:rsid w:val="00E42D4A"/>
     <w:rsid w:val="00E45233"/>
     <w:rsid w:val="00E46A1F"/>
     <w:rsid w:val="00E46FA2"/>
+    <w:rsid w:val="00E475CC"/>
     <w:rsid w:val="00E47C70"/>
     <w:rsid w:val="00E53208"/>
+    <w:rsid w:val="00E6459C"/>
     <w:rsid w:val="00E70F3A"/>
     <w:rsid w:val="00E70FCC"/>
     <w:rsid w:val="00E72029"/>
+    <w:rsid w:val="00E72D6B"/>
     <w:rsid w:val="00E73431"/>
     <w:rsid w:val="00E76E62"/>
     <w:rsid w:val="00E918C0"/>
     <w:rsid w:val="00E93483"/>
     <w:rsid w:val="00E93708"/>
     <w:rsid w:val="00E94F07"/>
     <w:rsid w:val="00EA609D"/>
     <w:rsid w:val="00EA738A"/>
     <w:rsid w:val="00EB487C"/>
     <w:rsid w:val="00EB6010"/>
     <w:rsid w:val="00EC2922"/>
     <w:rsid w:val="00EC2A73"/>
     <w:rsid w:val="00EC5E89"/>
     <w:rsid w:val="00ED17A8"/>
     <w:rsid w:val="00ED1B29"/>
     <w:rsid w:val="00ED2D71"/>
+    <w:rsid w:val="00EE16D4"/>
     <w:rsid w:val="00EF5957"/>
     <w:rsid w:val="00EF6F85"/>
     <w:rsid w:val="00F06619"/>
     <w:rsid w:val="00F11CD3"/>
     <w:rsid w:val="00F16276"/>
     <w:rsid w:val="00F167D2"/>
     <w:rsid w:val="00F1763E"/>
     <w:rsid w:val="00F20F9B"/>
     <w:rsid w:val="00F21998"/>
     <w:rsid w:val="00F23E7C"/>
     <w:rsid w:val="00F30EEA"/>
     <w:rsid w:val="00F366CE"/>
     <w:rsid w:val="00F36E99"/>
     <w:rsid w:val="00F4765B"/>
     <w:rsid w:val="00F51D0E"/>
     <w:rsid w:val="00F54756"/>
     <w:rsid w:val="00F656B5"/>
     <w:rsid w:val="00F660C1"/>
     <w:rsid w:val="00F667B9"/>
     <w:rsid w:val="00F70AFC"/>
     <w:rsid w:val="00F72BB0"/>
     <w:rsid w:val="00F7559D"/>
     <w:rsid w:val="00F86FA0"/>
     <w:rsid w:val="00F9435E"/>
     <w:rsid w:val="00FA242F"/>
     <w:rsid w:val="00FA46CF"/>
     <w:rsid w:val="00FA589C"/>
     <w:rsid w:val="00FD1C43"/>
     <w:rsid w:val="00FD459E"/>
+    <w:rsid w:val="00FE5C81"/>
     <w:rsid w:val="00FE606F"/>
     <w:rsid w:val="00FF0369"/>
     <w:rsid w:val="00FF2599"/>
+    <w:rsid w:val="00FF78FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2ACF54B5"/>
   <w15:docId w15:val="{1D2CDBCA-D43E-439C-9621-C4739F2113CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="New York" w:eastAsia="Times New Roman" w:hAnsi="New York" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8393,50 +8124,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006D0E7C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006D0E7C"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:right="-80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:u w:val="single"/>
     </w:rPr>
@@ -8465,50 +8197,52 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="006D0E7C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="006D0E7C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006D0E7C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="helvetica">
@@ -8707,104 +8441,115 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0047519C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00000367"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C72D7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="31462893">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1306273906">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1487551127">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2563-7748" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfainstitute.org/en/research/foundation/2020/etfs-and-systemic-risks" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4495516" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssrn.com/author=16137" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/rfs/advance-article-abstract/doi/10.1093/rfs/hhad074/7277209?utm_source=advanceaccess&amp;utm_campaign=rfs&amp;utm_medium=email" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4167890" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssrn.com/abstract=4151934" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssrn.com/abstract=4992209" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annualreviews.org/eprint/ZAXV6NCXYTWVXBS3UPWR/full/10.1146/annurev-financial-110821-020622" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fortune.com/2023/03/23/gerbil-banking-preceded-the-great-depression-were-seeing-it-again-today/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/rof/article/25/5/1433/6342430?guestAccessKey=1d7c53f6-f75c-48af-a727-ad5007e6d611" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4988855" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pm-research.com/Quant-Maureen-O'Hara" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washingtonpost.com/opinions/2021/01/29/gamestop-chaos-may-be-bubble-what-does-that-actually-mean/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2563-7748" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfainstitute.org/en/research/foundation/2020/etfs-and-systemic-risks" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssrn.com/abstract=4992209" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssrn.com/author=16137" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/rfs/hhad074" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4988855" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4495516" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annualreviews.org/eprint/ZAXV6NCXYTWVXBS3UPWR/full/10.1146/annurev-financial-110821-020622" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fortune.com/2023/03/23/gerbil-banking-preceded-the-great-depression-were-seeing-it-again-today/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/rof/article/25/5/1433/6342430?guestAccessKey=1d7c53f6-f75c-48af-a727-ad5007e6d611" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pm-research.com/Quant-Maureen-O'Hara" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washingtonpost.com/opinions/2021/01/29/gamestop-chaos-may-be-bubble-what-does-that-actually-mean/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9051,67 +8796,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>4310</Words>
-  <Characters>24571</Characters>
+  <Words>4337</Words>
+  <Characters>24725</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>204</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>206</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MAUREEN O'HARA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cornell's Johnson School</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28824</CharactersWithSpaces>
+  <CharactersWithSpaces>29004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MAUREEN O'HARA</dc:title>
   <dc:creator>maureen o'hara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>