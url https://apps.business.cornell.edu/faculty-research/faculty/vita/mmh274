--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -1,364 +1,340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7220511F" w14:textId="4EF786D4" w:rsidR="00FB2239" w:rsidRDefault="004E57EA">
+    <w:p w14:paraId="7220511F" w14:textId="2F3B10BC" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00D01979">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="67"/>
         <w:ind w:right="163"/>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">January </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00575539" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD5098C" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="5CD5098C" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="114"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73DC204A" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="73DC204A" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="2082" w:right="2117"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mohammad</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-17"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mainul</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Hoque</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6E7C00" w14:textId="77777777" w:rsidR="004E57EA" w:rsidRDefault="00000000" w:rsidP="004E57EA">
+    <w:p w14:paraId="1E6E7C00" w14:textId="77777777" w:rsidR="004E57EA" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="004E57EA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="24"/>
         <w:ind w:left="2085" w:right="2112"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Associate</w:t>
       </w:r>
-      <w:r w:rsidR="004E57EA">
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215404163"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Charles</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>H.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dyson</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applied</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Management </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="605F47F2" w14:textId="04D5F040" w:rsidR="00FB2239" w:rsidRDefault="00000000" w:rsidP="004E57EA">
+    <w:p w14:paraId="605F47F2" w14:textId="04D5F040" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="004E57EA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="24"/>
         <w:ind w:left="2085" w:right="2112"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Faculty Fellow, Cornell Atkinson Center for Sustainability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4257E5AE" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4257E5AE" w14:textId="1AC4C08F" w:rsidR="00FB2239" w:rsidRDefault="00866EC9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2082" w:right="2112"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...100 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B59E027" wp14:editId="21F92125">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B59E027" wp14:editId="613CFE85">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>704850</wp:posOffset>
+                  <wp:posOffset>696595</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>162985</wp:posOffset>
+                  <wp:posOffset>444500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6616700" cy="17780"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1" name="Graphic 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6616700" cy="17780"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
@@ -379,8966 +355,10920 @@
                               <a:lnTo>
                                 <a:pt x="6616700" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6C3B8C21" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:55.5pt;margin-top:12.85pt;width:521pt;height:1.4pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6616700,17780" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu+hW4HQIAAMEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L056SDojTjG06DCg&#10;6Ao0w86KLMfGZFMjldj5+1Fy5BrbacN8kCnziXp8JL29G1orzgapga6Qq8VSCtNpKJvuWMhv+8cP&#10;t1KQV12pLHSmkBdD8m73/t22d7m5gRpsaVBwkI7y3hWy9t7lWUa6Nq2iBTjTsbMCbJXnLR6zElXP&#10;0Vub3SyX66wHLB2CNkT89WF0yl2MX1VG+69VRcYLW0jm5uOKcT2ENdttVX5E5epGX2mof2DRqqbj&#10;S6dQD8orccLmj1BtoxEIKr/Q0GZQVY02MQfOZrX8LZvXWjkTc2FxyE0y0f8Lq5/Pr+4FA3VyT6B/&#10;ECuS9Y7yyRM2dMUMFbYBy8TFEFW8TCqawQvNH9fr1XqzZLE1+1abzW1UOVN5OqxP5D8biIHU+Yn8&#10;WIQyWapOlh66ZCKXMhTRxiJ6KbiIKAUX8TAW0SkfzgV2wRT9jEmdiARvC2ezh4jzIYmJb0qFqb5h&#10;bDfHclYzVPKlt4vxRgwnvvkYmHG05E/vETe/9+/QSdAUT1sgM14VUo93TnLw/XPBCWxTPjbWBgEI&#10;j4d7i+KswnjE50p5BovdMDZAaIUDlJcXFD3PTCHp50mhkcJ+6bgpw4AlA5NxSAZ6ew9xDKP2SH4/&#10;fFfohGOzkJ775xlSy6s8dQbzD4ARG0528OnkoWpC20RuI6Prhuck5n+d6TCI831Evf15dr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCqzLNl3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJOiNCWNUyGkfgCFQ49uvCRp43Ww3ST069me4Dizo9k35Xa2vRjRh86RgnSRgECqnemo&#10;UfD5sXtagwhRk9G9I1TwgwG21f1dqQvjJnrHcR8bwSUUCq2gjXEopAx1i1aHhRuQ+PblvNWRpW+k&#10;8XrictvLZZKspNUd8YdWD/jWYn3eX6yCF53X5/w6j9Mh+fbjyp1oR1elHh/m1w2IiHP8C8MNn9Gh&#10;Yqaju5AJomedprwlKlhmOYhbIM2e2Tmys85AVqX8P6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAG76FbgdAgAAwQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAKrMs2XcAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" path="m6616700,l,,,17779r6616700,l6616700,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="4FF4DAB4" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.85pt;margin-top:35pt;width:521pt;height:1.4pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6616700,17780" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu+hW4HQIAAMEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L056SDojTjG06DCg&#10;6Ao0w86KLMfGZFMjldj5+1Fy5BrbacN8kCnziXp8JL29G1orzgapga6Qq8VSCtNpKJvuWMhv+8cP&#10;t1KQV12pLHSmkBdD8m73/t22d7m5gRpsaVBwkI7y3hWy9t7lWUa6Nq2iBTjTsbMCbJXnLR6zElXP&#10;0Vub3SyX66wHLB2CNkT89WF0yl2MX1VG+69VRcYLW0jm5uOKcT2ENdttVX5E5epGX2mof2DRqqbj&#10;S6dQD8orccLmj1BtoxEIKr/Q0GZQVY02MQfOZrX8LZvXWjkTc2FxyE0y0f8Lq5/Pr+4FA3VyT6B/&#10;ECuS9Y7yyRM2dMUMFbYBy8TFEFW8TCqawQvNH9fr1XqzZLE1+1abzW1UOVN5OqxP5D8biIHU+Yn8&#10;WIQyWapOlh66ZCKXMhTRxiJ6KbiIKAUX8TAW0SkfzgV2wRT9jEmdiARvC2ezh4jzIYmJb0qFqb5h&#10;bDfHclYzVPKlt4vxRgwnvvkYmHG05E/vETe/9+/QSdAUT1sgM14VUo93TnLw/XPBCWxTPjbWBgEI&#10;j4d7i+KswnjE50p5BovdMDZAaIUDlJcXFD3PTCHp50mhkcJ+6bgpw4AlA5NxSAZ6ew9xDKP2SH4/&#10;fFfohGOzkJ775xlSy6s8dQbzD4ARG0528OnkoWpC20RuI6Prhuck5n+d6TCI831Evf15dr8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQARgxHp2wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtZW4UTuVaNoQp0JI/QAKB47b2CRp43Ww3ST069me4DizT7Mz5W52vRhtiJ0nDdlSgbBUe9NR&#10;o+Hjff+4ARETksHek9XwYyPsqvu7EgvjJ3qz4yE1gkMoFqihTWkopIx1ax3GpR8s8e3LB4eJZWik&#10;CThxuOvlSqm1dNgRf2hxsK+trc+Hi9Owxbw+59d5nD7VdxjX/kR7umr9sJhfnkEkO6c/GG71uTpU&#10;3OnoL2Si6Fmrbc6ohlzxphuQPWXsHNlZbUBWpfw/ofoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAbvoVuB0CAADBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEYMR6dsAAAAKAQAADwAAAAAAAAAAAAAAAAB3BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" path="m6616700,l,,,17779r6616700,l6616700,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="00BA607D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>51a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Warren</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hall,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Cornell</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>University,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ithaca,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>NY</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>14853,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">USA Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidR="00FB2239" w:rsidRPr="00866EC9">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:color="0000FF"/>
+          </w:rPr>
+          <w:t>mmh274@cornell.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00866EC9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidR="00FB2239" w:rsidRPr="00866EC9">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:t>mmahoq@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1768D3E5" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1768D3E5" w14:textId="7D63ED44" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="95"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B95B70F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="2B95B70F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="001666CF" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="99"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="299C7D23" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="299C7D23" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:ind w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Ph.D.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Aug.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2009</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>July.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2015,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>University,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Ames,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>IA,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>USA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73797483" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="73797483" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1053"/>
         </w:tabs>
         <w:spacing w:before="16"/>
         <w:ind w:left="1053" w:hanging="193"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dissertation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Title:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>“Essays</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Natural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Resources</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Labor</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Economics”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1577CCC3" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1577CCC3" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="33"/>
         <w:ind w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Master</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Science</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Aug.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2007-Dec.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2008,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>University,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Ames,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>IA,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>USA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF72264" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2FF72264" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="13"/>
         <w:ind w:left="500"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Awarded</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>under</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Fulbright</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Fellowship</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36EF3018" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="36EF3018" w14:textId="7CD449A8" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Bachelor</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Master</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Social</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Science,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="006E3EEA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2005,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dhaka,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dhaka,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Bangladesh.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1114D36D" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="1114D36D" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="001666CF" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="128"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66FFB3BE" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="66FFB3BE" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Interests</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9F743C" w14:textId="02C911CF" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7A9F743C" w14:textId="6EE93F90" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="163" w:line="244" w:lineRule="auto"/>
         <w:ind w:left="135" w:hanging="10"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applied</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Microeconomics:</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00B3484C" w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6176" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007E6176" w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007E6176" w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
         <w:rPr>
           <w:i/>
-          <w:spacing w:val="-12"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6176" w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
         <w:rPr>
           <w:i/>
-          <w:spacing w:val="-9"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Health, Human Capital</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6176">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
         <w:rPr>
           <w:i/>
-          <w:spacing w:val="-10"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Labor Market; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-        <w:t>Labor Economics, Development Economics; Impact Evaluation</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Impact Evaluation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523B176F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="523B176F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="199"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Employment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FFEDE0F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="3FFEDE0F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="001666CF" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="50"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F99AC08" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F99AC08" w14:textId="200C456A" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:line="247" w:lineRule="auto"/>
         <w:ind w:right="911"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Associate,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Charles</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>H.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dyson</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>School</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applied</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Management,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cornell University, Ithaca, USA, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-        <w:t>December,2021 - Present</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December,2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00D272AA">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D272AA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35698CCB" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="20115634" w14:textId="28FA758C" w:rsidR="00C0146D" w:rsidRPr="00861233" w:rsidRDefault="00C0146D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="36" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="1009"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visiting Lecturer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Charles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>H.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Dyson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Applied</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Economics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Management,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cornell University, Ithaca, USA, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Jan – June, 2023, 2024, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35698CCB" w14:textId="51B7BA0F" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:spacing w:before="36" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="1009"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Fellow,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Agriculture</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Rural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Development</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Division</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(ARDD),</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Bangladesh</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Institute</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">of Development Studies (BIDS), Dhaka, Bangladesh, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-        <w:t>2016-2021.</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4B1214" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2D4B1214" w14:textId="48184A2A" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="252" w:lineRule="auto"/>
         <w:ind w:right="634"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Pre-doctoral</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Associate,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Center</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Agricultural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Rural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Development</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(CARD),</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Ames,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">USA, </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>2014-2015.</w:t>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="340143EF" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="340143EF" w14:textId="12831144" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="28"/>
         <w:ind w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Graduate</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Assistant,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Department</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>University,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Ames,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>USA,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2009</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>2014.</w:t>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F980A48" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F980A48" w14:textId="5D45063F" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="13" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="814"/>
-      </w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Associate, Bangladesh Institute of Development Studies (BIDS), Dhaka, Bangladesh, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidR="00D272AA" w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ignificant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>spent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>leave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>pursue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00D272AA">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>USA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102341D6" w14:textId="77777777" w:rsidR="00E65D14" w:rsidRPr="001666CF" w:rsidRDefault="00E65D14" w:rsidP="00A32C44">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="65"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0716BB47" w14:textId="3B859EA0" w:rsidR="00C0146D" w:rsidRPr="00861233" w:rsidRDefault="00C0146D" w:rsidP="00A32C44">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="65"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Experiences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABCEE13" w14:textId="77777777" w:rsidR="00A32C44" w:rsidRPr="001666CF" w:rsidRDefault="00A32C44" w:rsidP="00A32C44">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E754742" w14:textId="77777777" w:rsidR="001666CF" w:rsidRDefault="00E65D14" w:rsidP="001666CF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="62"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Cornell University, Ithaca, NY, USA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Visiting Lecturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72487C33" w14:textId="77777777" w:rsidR="001666CF" w:rsidRPr="001666CF" w:rsidRDefault="00E65D14" w:rsidP="001666CF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="62"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Environmental and Resource Economics (AEM 6510)</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2023, 2024, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2E4122" w14:textId="07FDD6E4" w:rsidR="00E65D14" w:rsidRPr="001666CF" w:rsidRDefault="001666CF" w:rsidP="001666CF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="62"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="001666CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:u w:val="none"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>An Introduction to the Economics of Environmental and Natural Resources</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(AEM 1500)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –Spring 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70086DDF" w14:textId="77777777" w:rsidR="001666CF" w:rsidRPr="001666CF" w:rsidRDefault="001666CF" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="765B9D19" w14:textId="17389067" w:rsidR="00E65D14" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Iowa State University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Ames, IA, USA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Instructor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A6C537" w14:textId="77777777" w:rsidR="00E65D14" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Principles of Microeconomics (ECON 101)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Summer 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE88FA5" w14:textId="77777777" w:rsidR="00E65D14" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Game Theory Section, Intermediate Microeconomics (ECON 301)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Spring 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DB7D6A" w14:textId="77777777" w:rsidR="00E65D14" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Game Theory and Rational Human Behavior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Precollegiate Programs for Talented and Gifted, Summer 2012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55256B1E" w14:textId="77777777" w:rsidR="001666CF" w:rsidRDefault="001666CF" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4516A843" w14:textId="77777777" w:rsidR="00D01979" w:rsidRDefault="00D01979" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E2105E6" w14:textId="77777777" w:rsidR="00582E0F" w:rsidRDefault="00582E0F" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A67287E" w14:textId="12C971F4" w:rsidR="00E65D14" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Teaching Assistant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62895392" w14:textId="1850708A" w:rsidR="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Intermediate Microeconomics (ECON 301)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
       <w:r>
-        <w:t>Research Associate, Bangladesh Institute of Development Studies (BIDS), Dhaka, Bangladesh, 20062015.</w:t>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall, 2012, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Spring 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409436CF" w14:textId="1AAEBC5F" w:rsidR="00E65D14" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Economics of Discrimination (ECON 321)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Fall 2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4957F429" w14:textId="77777777" w:rsidR="00E65D14" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Principles of Microeconomics and Macroeconomics (ECON 101 &amp; 102)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Fall 2009, Spring 2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113F964A" w14:textId="77777777" w:rsidR="00950028" w:rsidRPr="00861233" w:rsidRDefault="00950028" w:rsidP="00C0146D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="127" w:right="311"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D70F0A8" w14:textId="077F8C5E" w:rsidR="00C0146D" w:rsidRPr="00E65D14" w:rsidRDefault="00E65D14" w:rsidP="00C0146D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="37"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>BRAC University, Dhaka, Bangladesh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instructor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Intermediate Microeconomics II (ECON 208)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Spring 2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302FA12F" w14:textId="77777777" w:rsidR="00E65D14" w:rsidRPr="00861233" w:rsidRDefault="00E65D14" w:rsidP="00C0146D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="37"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FAFE0EE" w14:textId="32A9006A" w:rsidR="00C0146D" w:rsidRPr="00861233" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="8" w:right="311" w:hanging="8"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ministry of Food, Government of Bangladesh, Dhaka, Bangladesh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instructor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Microeconomic Concepts and Tools for Food Policy Analysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Delivered an 8-hour training session each year in 2017, 2018, 2019, and 2020</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0146D" w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6954C859" w14:textId="77777777" w:rsidR="00C0146D" w:rsidRPr="00861233" w:rsidRDefault="00C0146D" w:rsidP="00C0146D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="30"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="622380F2" w14:textId="13CD7431" w:rsidR="00C0146D" w:rsidRDefault="00E65D14" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Integrated Rural Development for Asia and the Pacific (CIRDAP), Dhaka, Bangladesh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instructor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Research Methodology and Report Writing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65D14">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Training program to enhance the analytical skills of government officials in Bangladesh – November 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6149D597" w14:textId="77777777" w:rsidR="00E65D14" w:rsidRPr="00861233" w:rsidRDefault="00E65D14" w:rsidP="00C0146D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06DFEEC8" w14:textId="4E13A165" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00E65D14">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Peer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Reviewed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Publications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5461AD0B" w14:textId="04571577" w:rsidR="00D01979" w:rsidRPr="00D01979" w:rsidRDefault="00D01979" w:rsidP="00D01979">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="221" w:line="204" w:lineRule="auto"/>
+        <w:ind w:right="569"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Artz,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>G.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Hoque,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>M.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Orazem,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>F.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Shah,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>U.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Urban-Rural</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Wage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gaps,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Inefficient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Labor Allocations, and GDP per Capita</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01979">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Journal of Development Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01979">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01979">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...185 lines deleted...]
-        <w:t>)</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>forthcoming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D01979">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CF398E" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
-[...37 lines deleted...]
-    <w:p w14:paraId="57D81B3D" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="57D81B3D" w14:textId="71DD5DBA" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00C57247">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="498"/>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="262" w:line="201" w:lineRule="auto"/>
-        <w:ind w:right="1187"/>
+        <w:ind w:left="361" w:right="1187"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
-[...4 lines deleted...]
-          <w:color w:val="212121"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Del</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Rossi,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>G.,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>M.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>M.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Hoque,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Y.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ji,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>C.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>L.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kling.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>"The</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nutrient</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Pollution</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">from Agriculture." </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="212121"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Annual Review of Resource Economics</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="212121"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 15 (2023), pages105-130.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1899CFED" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
-[...316 lines deleted...]
-    <w:p w14:paraId="72A9A39B" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0F36B3AC" w14:textId="74431962" w:rsidR="00B3484C" w:rsidRPr="00861233" w:rsidRDefault="00B3484C" w:rsidP="00C57247">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="205" w:line="206" w:lineRule="auto"/>
-        <w:ind w:right="618"/>
+        <w:ind w:left="361" w:right="618"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orazem, P.F., E.M. King, M.M. Hoque, and C.E. Montenegro (2022). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Education and Longevity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In: Zimmermann, K.F. (ed.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Handbook of Labor, Human Resources and Population Economics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Springer, Cham. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A9A39B" w14:textId="4F3A6B64" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00C57247">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:spacing w:before="205" w:line="206" w:lineRule="auto"/>
+        <w:ind w:left="361" w:right="618"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Hoque, Mohammad M., and M. Yunus. “Livelihood Diversity of Forcibly Displaced Rohingyas Encamped</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Bangladesh.”</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bangladesh</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Development</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Studies</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>43:3/4</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(2020),</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>pages</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>77–119.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F67481" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="70F67481" w14:textId="33F390D2" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00C57247">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="165" w:line="230" w:lineRule="auto"/>
-        <w:ind w:right="928"/>
+        <w:ind w:left="361" w:right="928"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Hoque, Mohammad M., J. Herriges, and C. L. Kling. “The Response of Recreation Demand to Recessionary</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Forces:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Evidence</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>from</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Local</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Lake</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Usage.”</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Land</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Economics,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="333300"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>96:2(2020),</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="333300"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pages 225-243. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39E07B2A" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
-[...14 lines deleted...]
-    <w:p w14:paraId="73E1CF4C" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="73E1CF4C" w14:textId="2207A581" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00C57247">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="79" w:line="225" w:lineRule="auto"/>
-        <w:ind w:right="355"/>
+        <w:ind w:left="361" w:right="355"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Hoque, Mohammad</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>M.,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>E. M. King, C. E.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Montenegro, and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>P. F.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Orazem.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>“Revisiting</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>relationship between</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>longevity</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>lifetime</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>education:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>global</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>evidence</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>from</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>919</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>surveys.”</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Journal of</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Population Economics</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 32:2(2019), pages 551-589</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="38DA9D08" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="17F90148" w14:textId="77777777" w:rsidR="00C57247" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00C57247">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="184" w:line="230" w:lineRule="auto"/>
-        <w:ind w:right="386"/>
+        <w:ind w:left="361" w:right="386"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Hoque,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Mohammad</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>M.,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>G.M.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Artz,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>D.H.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Jarboe,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>M.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>J.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Bobby.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>“Producer</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Participation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Biomass Markets: Farm factors, Market Factors, and Correlated Choices.” </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Journal of Agricultural and Applied Economics</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">, 47:3(2015), pages 317-344. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-[...22 lines deleted...]
-      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35C710A7" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
-[...5 lines deleted...]
-    <w:p w14:paraId="30D69ADB" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="30D69ADB" w14:textId="1A751024" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00C57247">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
-        <w:spacing w:before="1" w:line="223" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="184" w:line="230" w:lineRule="auto"/>
+        <w:ind w:left="361" w:right="386"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Hoque,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Mohammad</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>M.,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>J.R.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Schroeter.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“Agricultural</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Trade</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Liberalization</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Downstream</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Market Power: The</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ad Valorem</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Case.” </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Journal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Agricultural &amp;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Food</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Industrial</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Organization</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="0D0D0D"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">8:1(2010). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-[...9 lines deleted...]
-      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33FF8246" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
-[...126 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5AAA7A49" w14:textId="77777777" w:rsidR="00C57247" w:rsidRDefault="00C57247">
+      <w:pPr>
+        <w:ind w:left="140"/>
         <w:rPr>
           <w:b/>
-          <w:i/>
-[...21 lines deleted...]
-      </w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C35928A" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
-[...5 lines deleted...]
-    <w:p w14:paraId="5E43B38A" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5E43B38A" w14:textId="46B2F695" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="140"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Working</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Papers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664B9544" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="58C0C147" w14:textId="217EC038" w:rsidR="00BA2804" w:rsidRPr="00861233" w:rsidRDefault="00EA0A7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="221" w:line="204" w:lineRule="auto"/>
         <w:ind w:right="569"/>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-[...148 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keiser, D. A., Phaneuf, D. J., Kling, C. L., Ji, Y., Andarge, T., Hoque, M. M., Shinde, N., &amp; Shr, Y.-H. 2025. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2804" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gross External Damages of Water Pollution in the United States</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAA2D43" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
-[...165 lines deleted...]
-    <w:p w14:paraId="27976232" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="27976232" w14:textId="73A7AF6F" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="208" w:line="225" w:lineRule="auto"/>
         <w:ind w:right="497"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Hoque, Mohammad</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>M.,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>E. M. King, C. E. Montenegro, and P. F. Orazem.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6176">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>. Life Expectancy at Birth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Lifetime</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Education and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Earnings.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Policy</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Working</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Paper;</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>No. 9418.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>World</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Bank, Washington, DC</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00FB2239">
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidR="00FB2239" w:rsidRPr="00861233">
           <w:rPr>
-            <w:color w:val="0000FF"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://openknowledge.worldbank.org/handle/10986/34556</w:t>
-[...5 lines deleted...]
-          <w:t>.</w:t>
+          <w:t>https://openknowledge.worldbank.org/handle/10986/34556.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="759EDF91" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0C30EC66" w14:textId="77777777" w:rsidR="00C57247" w:rsidRDefault="00C57247">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46FAB69B" w14:textId="77777777" w:rsidR="00D01979" w:rsidRDefault="00D01979">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DAF63C1" w14:textId="77777777" w:rsidR="00866EC9" w:rsidRDefault="00866EC9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F84EBAA" w14:textId="77777777" w:rsidR="00D01979" w:rsidRPr="00861233" w:rsidRDefault="00D01979">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="148A339D" w14:textId="59221949" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Selected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Works</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Progress</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B9EFF3" w14:textId="77777777" w:rsidR="00B3484C" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="00B3484C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:spacing w:before="227" w:line="204" w:lineRule="auto"/>
+        <w:ind w:right="740"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk215283600"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Evaluating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>conservation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>mitigating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>impacts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in agriculture, with Catherine Kling, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0A7D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Anthony Ponc</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0A7D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0A7D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Funding </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3012" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0A7D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>eceived from The Nature Conservancy</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3012" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEBEFCD" w14:textId="7FAC6554" w:rsidR="00B3484C" w:rsidRPr="00861233" w:rsidRDefault="004E57EA" w:rsidP="00B3484C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:spacing w:before="227" w:line="204" w:lineRule="auto"/>
+        <w:ind w:right="740"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk215283797"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Creating a Sustainable Agricultural System in the Mississippi River Basin with Natural Infrastructure: The Economic Costs and Benefits</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, with Kelly Suttles, Adam Gold, Jesse Gourevitch, and Catherine Kling</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0A7D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Funding </w:t>
+      </w:r>
+      <w:r w:rsidR="007F3012" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0A7D" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eceived from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Environmental Defense Fund</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3012" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F300A9A" w14:textId="77777777" w:rsidR="00B3484C" w:rsidRPr="001666CF" w:rsidRDefault="00A32C44" w:rsidP="00B3484C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:spacing w:before="227" w:line="204" w:lineRule="auto"/>
+        <w:ind w:right="740"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Valuing Clean Water: The Impact of Agricultural Nutrient Pollution on U.S. Property Markets</w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Yongjie</w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>Ji</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3012" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Dimitris Friesen</w:t>
+      </w:r>
+      <w:r w:rsidR="00007775" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A62B83" w14:textId="57ACF880" w:rsidR="001666CF" w:rsidRPr="001666CF" w:rsidRDefault="001666CF" w:rsidP="001666CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:spacing w:before="227" w:line="204" w:lineRule="auto"/>
+        <w:ind w:right="740"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk215284567"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>When the Waters Rise: Floods, Education, and Gender Gaps in Bangladesh, with Kazi Iqbal and Paritosh Roy.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="0B287AFC" w14:textId="2FA40709" w:rsidR="00B3484C" w:rsidRPr="00861233" w:rsidRDefault="00B3484C" w:rsidP="00B3484C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="500"/>
+        </w:tabs>
+        <w:spacing w:before="227" w:line="204" w:lineRule="auto"/>
+        <w:ind w:right="740"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk215284872"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Gendered Labor Market Outcomes in Refugee Settings: Evidence from the Rohingya Influx in Bangladesh</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6176">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, with Mohammad Yunus</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="42CB76FB" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="366E7B0D" w14:textId="1ADF8397" w:rsidR="00BA2804" w:rsidRPr="00861233" w:rsidRDefault="00BA2804">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="65"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Older Working Papers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DA7F0F" w14:textId="77777777" w:rsidR="00EA0A7D" w:rsidRPr="00861233" w:rsidRDefault="00EA0A7D" w:rsidP="00EA0A7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="202" w:line="232" w:lineRule="auto"/>
         <w:ind w:right="250"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Chowdhury, Shyamal K.; Hoque, Mohammad Mainul; Rashid, Shahidur; and Bin Khaled, Muhammad Nahian.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2020.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Targeting</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>errors</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>leakage</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>large-scale</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in-kind</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>transfer</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>program:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>food</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>friendly program in Bangladesh</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">as an example. IFPRI Discussion Paper 1935. Washington, DC: International Food Policy Research Institute (IFPRI). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidR="00FB2239">
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00861233">
           <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.2499/p15738coll2.133761</w:t>
         </w:r>
-        <w:r w:rsidR="00FB2239">
+        <w:r w:rsidRPr="00861233">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6AF3C1D9" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A4944D5" w14:textId="77777777" w:rsidR="00EA0A7D" w:rsidRPr="00861233" w:rsidRDefault="00EA0A7D" w:rsidP="00EA0A7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="497"/>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="196" w:line="244" w:lineRule="auto"/>
         <w:ind w:right="317"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iqbal,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>K.,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>T.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Kenmei,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Shonchoy,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>A.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>S.,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Hoque,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>M.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2018.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>"Distributional</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>impact</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>political</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>violence: evidence from differential impacts on commodity price," IDE Discussion Papers 711, Institute of Developing Economies, Japan External Trade Organization (JETRO).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24608B8F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="27E265D0" w14:textId="77777777" w:rsidR="00EA0A7D" w:rsidRPr="00861233" w:rsidRDefault="00EA0A7D" w:rsidP="00EA0A7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="500"/>
         </w:tabs>
         <w:spacing w:before="199" w:line="232" w:lineRule="auto"/>
         <w:ind w:right="697"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
-          <w:color w:val="0D0D0D"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Hoque, M. and C. Kling. 2016. "Economic Valuation of Ecosystem Benefits from Conservation Practices</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Targeted</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Nutrient</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Reduction</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Strategy</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2013:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Non-Market</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Valuation</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Approach." Working</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>paper</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>16-WP</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>561.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Center</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Agricultural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Rural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Development,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidR="00FB2239">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00861233">
           <w:rPr>
-            <w:color w:val="0000FF"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>https://www.card.iastate.edu/products/publications/pdf/16wp561.pdf</w:t>
-[...6 lines deleted...]
-          <w:t>.</w:t>
+          <w:t>https://www.card.iastate.edu/products/publications/pdf/16wp561.pdf.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26D6ABD1" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="1261ED9C" w14:textId="77777777" w:rsidR="00BA2804" w:rsidRPr="00861233" w:rsidRDefault="00BA2804" w:rsidP="00B3484C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="65"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="148A339D" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
-[...762 lines deleted...]
-    <w:p w14:paraId="38F2F9CE" w14:textId="13F1B8F2" w:rsidR="004E57EA" w:rsidRDefault="004E57EA">
+    <w:p w14:paraId="38F2F9CE" w14:textId="671BF40D" w:rsidR="004E57EA" w:rsidRPr="00861233" w:rsidRDefault="004E57EA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="65"/>
         <w:ind w:left="140"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>Grants and Contracts Awarded</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0D0E40" w14:textId="77777777" w:rsidR="00290DF6" w:rsidRPr="00290DF6" w:rsidRDefault="00290DF6">
-[...10 lines deleted...]
-    <w:p w14:paraId="251FED4A" w14:textId="60CB4891" w:rsidR="004E57EA" w:rsidRPr="00290DF6" w:rsidRDefault="00A24637" w:rsidP="004E57EA">
+    <w:p w14:paraId="251FED4A" w14:textId="60CB4891" w:rsidR="004E57EA" w:rsidRPr="00861233" w:rsidRDefault="00A24637" w:rsidP="004E57EA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="65"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00290DF6">
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>EDF and Cornell Atkinson Center, “</w:t>
       </w:r>
-      <w:r w:rsidR="004E57EA" w:rsidRPr="00290DF6">
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Creating a Sustainable Agricultural System in the Mississippi River Basin with Natural Infrastructure: The Economic Costs and Benefits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00290DF6">
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="004E57EA" w:rsidRPr="00290DF6">
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00290DF6">
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2024-2025. </w:t>
       </w:r>
-      <w:r w:rsidR="004E57EA" w:rsidRPr="00290DF6">
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>$100,000</w:t>
       </w:r>
-      <w:r w:rsidRPr="00290DF6">
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE9C4D2" w14:textId="248C5705" w:rsidR="004E57EA" w:rsidRPr="00290DF6" w:rsidRDefault="00A24637" w:rsidP="004E57EA">
+    <w:p w14:paraId="2E387F3C" w14:textId="332B96C6" w:rsidR="00C0146D" w:rsidRPr="00861233" w:rsidRDefault="00A24637" w:rsidP="00C0146D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="65"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00290DF6">
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The South Asian Network for Development and Environmental Economics,” Impact of Natural Disaster on Education Outcomes: Evidence from Bangladesh”, 2018-2020. $30,000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238C6693" w14:textId="77777777" w:rsidR="00861233" w:rsidRPr="00861233" w:rsidRDefault="00861233" w:rsidP="00D2688A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="65"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CCCE29D" w14:textId="422BC0B3" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E" w:rsidP="008D629E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="65"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advising</w:t>
+      </w:r>
+      <w:r w:rsidR="006E3EEA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/Mentoring</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7983269F" w14:textId="77777777" w:rsidR="00AF3FD6" w:rsidRPr="00AF3FD6" w:rsidRDefault="008D629E" w:rsidP="002E1B52">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="65"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">The South Asian Network for Development and Environmental Economics,” Impact of Natural Disaster on Education Outcomes: Evidence from Bangladesh”, 2018-2020. $30,000. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Alan Cui, MS Thesis Committee Member, Cornell University</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="004D55B8" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="004D55B8" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2878A7BF" w14:textId="77777777" w:rsidR="004E57EA" w:rsidRDefault="004E57EA">
+    <w:p w14:paraId="2116FED6" w14:textId="1A3189E0" w:rsidR="001666CF" w:rsidRPr="00AF3FD6" w:rsidRDefault="001666CF" w:rsidP="002E1B52">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="65"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Anamay Viswanathan, MS Thesis Advising, Cornell University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2024 – 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F28557" w14:textId="10E5F54F" w:rsidR="008D629E" w:rsidRPr="00AF3FD6" w:rsidRDefault="006E3EEA" w:rsidP="004D55B8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="65"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Advised</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>/Mentored</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> graduate students </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>for admission into PhD Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidR="004D55B8" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D55B8" w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF3FD6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF9F55F" w14:textId="77777777" w:rsidR="006E3EEA" w:rsidRPr="00861233" w:rsidRDefault="006E3EEA" w:rsidP="006E3EEA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="65"/>
-        <w:ind w:left="140"/>
-        <w:rPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CB44D57" w14:textId="61892252" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="001666CF">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">Conference and Workshop </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Presentations</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A1BCA29" w14:textId="2C544BF6" w:rsidR="00FB2239" w:rsidRDefault="00000000">
-[...1157 lines deleted...]
-    <w:p w14:paraId="0F5D9E7F" w14:textId="50A7871C" w:rsidR="00007775" w:rsidRDefault="00007775">
+    <w:p w14:paraId="0F5D9E7F" w14:textId="50A7871C" w:rsidR="00007775" w:rsidRPr="00861233" w:rsidRDefault="00007775">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="125"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Association</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and Resource Economists (AERE) Summer Conference,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>DC,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>USA</w:t>
       </w:r>
-      <w:r w:rsidR="004E57EA">
-        <w:rPr>
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="004E57EA" w:rsidRPr="00DF1B0B">
-        <w:rPr>
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7th Annual Social Cost of Water Pollution Workshop</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F4B1DD" w14:textId="22F44090" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="51F4B1DD" w14:textId="22F44090" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="125"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Agricultural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applied</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Association’s</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(AAEA)</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Annual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Meeting,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>DC,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>USA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33585A68" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="33585A68" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="135" w:hanging="10"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Annual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>BIDS</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Development,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dhaka,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Bangladesh;</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Association</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">and Resource Economists (AERE) Summer Conference, USA, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Virtual</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F910991" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5F910991" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2" w:line="254" w:lineRule="auto"/>
         <w:ind w:left="127" w:right="1028"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">: Agricultural and Applied Economics Association’s (AAEA) Annual Meeting, USA, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Virtual</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>; 39</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Biannual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Training</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Workshop,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>South</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Asian</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Network</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Development</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A28EBF2" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5A28EBF2" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="247" w:lineRule="auto"/>
         <w:ind w:left="135"/>
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(SANDEE)</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>International</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Center</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Integrated</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Mountain</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Development (ICIMOD) </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Virtual.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF08ECF" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6EF08ECF" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="247" w:lineRule="auto"/>
         <w:ind w:left="135" w:right="527" w:hanging="10"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2019</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>: 37th</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Biannual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Training</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Workshop, The</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>South</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Asian Network</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Development</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and Environmental Economics (SANDEE) at the International Center for Integrated Mountain Development (ICIMOD), Kathmandu, Nepal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA38A9F" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="249" w:lineRule="auto"/>
         <w:ind w:left="127" w:hanging="3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2018</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>: BIDS Annual Research Almanac, Dhaka, Bangladesh; 3</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve"> SANEM Annual Economists Conference, Dhaka, Bangladesh; 36th Biannual Research and Training Workshop, The South Asian Network for Development</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(SANDEE) at</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>International</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Center</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Integrated</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Mountain Development (ICIMOD), Kathmandu, Nepal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2609AD23" w14:textId="363045F3" w:rsidR="00FB2239" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="252" w:lineRule="exact"/>
         <w:ind w:left="127"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2017</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>BIDS</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Annual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Critical</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Conversation,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dhaka,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Bangladesh</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312CF916" w14:textId="5219A084" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="312CF916" w14:textId="7E8ECE22" w:rsidR="00E65D14" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="80" w:line="252" w:lineRule="exact"/>
         <w:ind w:left="127"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2016</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>BIDS</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Annual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Almanac,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Dhaka,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Bangladesh</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255C7C56" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="255C7C56" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="249" w:lineRule="auto"/>
         <w:ind w:left="135" w:right="311" w:hanging="10"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2015</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Association</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Resource</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economists</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(AERE)</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Summer</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Conference,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>San</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Diego, CA, USA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="681AC3AF" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="65D2059C" w14:textId="7F0816FC" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000" w:rsidP="001666CF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="247" w:lineRule="auto"/>
         <w:ind w:left="135" w:right="311" w:hanging="10"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2014</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Midwest</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economic</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Association</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Annual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Meeting,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Illinois,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>USA;</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Southern</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economic</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>Association (SEA) Annual Meeting, Atlanta, GA, USA.</w:t>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Association </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(SEA) Annual Meeting, Atlanta, GA, USA</w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Human Resource Workshop in Department of Economics, </w:t>
+      </w:r>
+      <w:r w:rsidR="001666CF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iowa State University, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Ames, IA, USA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D2059C" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7E842C4B" w14:textId="77777777" w:rsidR="00861233" w:rsidRDefault="00861233">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="135" w:right="311" w:hanging="8"/>
-      </w:pPr>
-[...107 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="16A4026A" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2CFD5947" w14:textId="78EB0F02" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Languages</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2CFD5947" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
-[...13 lines deleted...]
-    <w:p w14:paraId="0E56B830" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E56B830" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="21"/>
         <w:ind w:left="127"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Bengali</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(native),</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>English</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(excellent)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE4B02D" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="2FE4B02D" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="95"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="734784AA" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="734784AA" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Statistical</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Packages</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B95131" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="19B95131" w14:textId="47C87693" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="22"/>
         <w:ind w:left="127"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Stata</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00C57247" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
+      <w:r w:rsidR="00C57247" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>, and QGIS</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="756C79C6" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="756C79C6" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="94"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D888AE0" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5D888AE0" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Honors</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Awards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A44AD95" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
-[...8 lines deleted...]
-    <w:p w14:paraId="17C410C9" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="17C410C9" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="859"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="exact"/>
         <w:ind w:left="859" w:hanging="359"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Professional</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Advancement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Grant,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Iowa</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C4B8D3" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="57C4B8D3" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="859"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="exact"/>
         <w:ind w:left="859" w:hanging="359"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>AAEA</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>(Agricultural</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Applied</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Association)</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Annual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Meeting</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>travel</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>grant,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>August</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>2012</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F34D45" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="30F34D45" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="859"/>
         </w:tabs>
         <w:spacing w:line="265" w:lineRule="exact"/>
         <w:ind w:left="859" w:hanging="359"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Graduate</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Tuition</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Scholarship,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2009-2014,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Iowa</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>State</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00E82903" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00E82903" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="859"/>
         </w:tabs>
         <w:spacing w:line="265" w:lineRule="exact"/>
         <w:ind w:left="859" w:hanging="359"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Fulbright</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Scholarship,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>2007,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>pursue</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>MS</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>degree</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>United</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>States.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6579FC81" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6579FC81" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="859"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="exact"/>
         <w:ind w:left="859" w:hanging="359"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Merit</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Scholarship,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Government</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Bangladesh.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D8C559" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="13D8C559" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="90"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E179629" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4BE1F9D4" w14:textId="3103E905" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Professional Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC47C41" w14:textId="77777777" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="3508E347" w14:textId="7A72A8D9" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Co-organizer, Social Cost of Water Pollution Workshop 2022-2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AEB7F8" w14:textId="77777777" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E179629" w14:textId="20B69CEB" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Professional</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Membership</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E890E3" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="69E890E3" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="47"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A0B472F" w14:textId="01C373C4" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1A0B472F" w14:textId="01C373C4" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:ind w:left="135" w:right="311" w:hanging="10"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Association</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Resource Economists (AERE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB68D12" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="3DB68D12" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="55"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F4ED1D2" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1F4ED1D2" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Review</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD41672" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRDefault="00FB2239">
+    <w:p w14:paraId="2DD41672" w14:textId="77777777" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00FB2239">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="46"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C6DCCE2" w14:textId="627CEF1F" w:rsidR="00FB2239" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3C6DCCE2" w14:textId="627CEF1F" w:rsidR="00FB2239" w:rsidRPr="00861233" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="127"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Agricultural and Food Economics; Journal of Development Effectiveness;</w:t>
       </w:r>
-      <w:r w:rsidR="004E57EA">
-[...2 lines deleted...]
-      <w:r w:rsidR="00290DF6">
+      <w:r w:rsidR="004E57EA" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00290DF6" w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Land Economics; </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Journal of Asian Economics; Bangladesh Development Studies; Agricultural &amp; Applied Economic Association (AAEA) </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Abstracts;</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Association</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Environmental</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Resource</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Economics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(AERE)</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">Abstracts; </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Annual</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Social</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Costs</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Water</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Pollution</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Workshop;</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>South</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Asian</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Network</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>for Development</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>and Environmental Economics (SANDEE) Grant proposal.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FB2239">
+    <w:p w14:paraId="20C3377E" w14:textId="77777777" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="127"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A68D814" w14:textId="088C7F68" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="127"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00861233">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB67D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58BB8ED9" w14:textId="77777777" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="127"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5390"/>
+        <w:gridCol w:w="5379"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DD5811" w14:paraId="53D7D1F5" w14:textId="77777777" w:rsidTr="00582E0F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1031DF5D" w14:textId="5B2B64E0" w:rsidR="00DD5811" w:rsidRDefault="00CD0511" w:rsidP="00582E0F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Available upon request</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6452B432" w14:textId="0B316D5F" w:rsidR="00DD5811" w:rsidRDefault="00DD5811" w:rsidP="00582E0F">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="772AA3B8" w14:textId="1544F255" w:rsidR="008D629E" w:rsidRPr="00861233" w:rsidRDefault="008D629E" w:rsidP="00582E0F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008D629E" w:rsidRPr="00861233">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1660" w:right="560" w:bottom="280" w:left="1000" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...8 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="154240C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A43058B8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="847" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1567" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1548286A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5112B564"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="487"/>
+        </w:tabs>
+        <w:ind w:left="487" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1207"/>
+        </w:tabs>
+        <w:ind w:left="1207" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1927"/>
+        </w:tabs>
+        <w:ind w:left="1927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2647"/>
+        </w:tabs>
+        <w:ind w:left="2647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3367"/>
+        </w:tabs>
+        <w:ind w:left="3367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4087"/>
+        </w:tabs>
+        <w:ind w:left="4087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4807"/>
+        </w:tabs>
+        <w:ind w:left="4807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5527"/>
+        </w:tabs>
+        <w:ind w:left="5527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6247"/>
+        </w:tabs>
+        <w:ind w:left="6247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="264F535B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E201436"/>
     <w:lvl w:ilvl="0" w:tplc="9EF222FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="500" w:hanging="361"/>
+        <w:ind w:left="373" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="79B8EFC6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="860" w:hanging="360"/>
+        <w:ind w:left="733" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FF307796">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1951" w:hanging="360"/>
+        <w:ind w:left="1824" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="394462A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3042" w:hanging="360"/>
+        <w:ind w:left="2915" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="244E4C0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4133" w:hanging="360"/>
+        <w:ind w:left="4006" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="289EC266">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5224" w:hanging="360"/>
+        <w:ind w:left="5097" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="7842E29C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6315" w:hanging="360"/>
+        <w:ind w:left="6188" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="27EE527A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7406" w:hanging="360"/>
+        <w:ind w:left="7279" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9FAAD5E0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8497" w:hanging="360"/>
+        <w:ind w:left="8370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2856147E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="925EC7EA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="487" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1207" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3367" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4087" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4807" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5527" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6247" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F352734"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6B02C960"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="427E1A53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44585B98"/>
     <w:lvl w:ilvl="0" w:tplc="41920042">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="500" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4B4AA966">
       <w:numFmt w:val="bullet"/>
@@ -9423,203 +11353,766 @@
     <w:lvl w:ilvl="7" w:tplc="67C0B196">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7473" w:hanging="195"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="74508C8E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8542" w:hanging="195"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="464217A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A5431FA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CF26F55"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB0C1F68"/>
+    <w:lvl w:ilvl="0" w:tplc="9EF222FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="678701B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="773CD44C"/>
+    <w:tmpl w:val="59046292"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="726D193F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53AA33E8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="500" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1220" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1940" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2660" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3380" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4100" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4820" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5540" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6260" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AAD0B5E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="907EA372"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1312783734">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1979794300">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1741323398">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1554658527">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1979794300">
+  <w:num w:numId="5" w16cid:durableId="1359548924">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1200555720">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1606839430">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="712970273">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1741323398">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="9" w16cid:durableId="1381437743">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="121970239">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="669990403">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB2239"/>
     <w:rsid w:val="00007775"/>
+    <w:rsid w:val="001666CF"/>
     <w:rsid w:val="001B488E"/>
+    <w:rsid w:val="001B74F0"/>
+    <w:rsid w:val="002260C8"/>
     <w:rsid w:val="00290DF6"/>
+    <w:rsid w:val="002E00A1"/>
+    <w:rsid w:val="002F672B"/>
+    <w:rsid w:val="00393762"/>
     <w:rsid w:val="00473BC9"/>
+    <w:rsid w:val="004D55B8"/>
+    <w:rsid w:val="004D62F2"/>
     <w:rsid w:val="004E57EA"/>
     <w:rsid w:val="00575539"/>
+    <w:rsid w:val="00582E0F"/>
+    <w:rsid w:val="0058348F"/>
+    <w:rsid w:val="005A1DD3"/>
+    <w:rsid w:val="00620839"/>
+    <w:rsid w:val="006746F9"/>
+    <w:rsid w:val="006A062D"/>
+    <w:rsid w:val="006E3EEA"/>
+    <w:rsid w:val="006F1DDE"/>
     <w:rsid w:val="00765BE0"/>
+    <w:rsid w:val="007E6176"/>
+    <w:rsid w:val="007F3012"/>
     <w:rsid w:val="0082415A"/>
+    <w:rsid w:val="008305F4"/>
+    <w:rsid w:val="00861233"/>
+    <w:rsid w:val="00866EC9"/>
+    <w:rsid w:val="008D629E"/>
+    <w:rsid w:val="00950028"/>
+    <w:rsid w:val="009B3809"/>
+    <w:rsid w:val="009F134C"/>
     <w:rsid w:val="00A24637"/>
+    <w:rsid w:val="00A32C44"/>
+    <w:rsid w:val="00A37E5B"/>
+    <w:rsid w:val="00A529C0"/>
+    <w:rsid w:val="00A97D53"/>
+    <w:rsid w:val="00AF3FD6"/>
+    <w:rsid w:val="00AF7B09"/>
+    <w:rsid w:val="00B3484C"/>
     <w:rsid w:val="00B765E1"/>
+    <w:rsid w:val="00BA2804"/>
+    <w:rsid w:val="00BA607D"/>
+    <w:rsid w:val="00C0146D"/>
+    <w:rsid w:val="00C57247"/>
+    <w:rsid w:val="00C92342"/>
+    <w:rsid w:val="00CD0511"/>
+    <w:rsid w:val="00D01979"/>
+    <w:rsid w:val="00D2688A"/>
+    <w:rsid w:val="00D272AA"/>
+    <w:rsid w:val="00DD269D"/>
+    <w:rsid w:val="00DD5811"/>
+    <w:rsid w:val="00DF554D"/>
+    <w:rsid w:val="00E65D14"/>
+    <w:rsid w:val="00E75546"/>
+    <w:rsid w:val="00EA0A7D"/>
+    <w:rsid w:val="00EB67D3"/>
     <w:rsid w:val="00ED7A8F"/>
     <w:rsid w:val="00F554F8"/>
     <w:rsid w:val="00FB2239"/>
+    <w:rsid w:val="00FF5B90"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="087E4DDA"/>
@@ -10112,59 +12605,227 @@
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="500" w:hanging="361"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markj6r3ota9g">
     <w:name w:val="markj6r3ota9g"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00007775"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E3EEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001666CF"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00DD5811"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD5811"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00582E0F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="27611525">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="31654015">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="596909644">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1394546577">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1676034605">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1724519219">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1931809772">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2015918258">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3368/le.96.2.225" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openknowledge.worldbank.org/handle/10986/34556" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-319-57365-6_290-1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/40795687" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmahoq@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2202/1542-0485.1311" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmh274@cornell.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.card.iastate.edu/products/publications/pdf/16wp561.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/aae.2015.9" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00148-018-0717-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2499/p15738coll2.133761" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classes.cornell.edu/browse/roster/SP25/class/AEM/1500" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmahoq@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmh274@cornell.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.card.iastate.edu/products/publications/pdf/16wp561.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2499/p15738coll2.133761" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openknowledge.worldbank.org/handle/10986/34556" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10406,88 +13067,105 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C497003-BB99-45EE-9035-B3D74CB7547E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1609</Words>
-  <Characters>9172</Characters>
+  <Words>1594</Words>
+  <Characters>9090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
+  <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoque_Mohammad_CV_mmh274-VD</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10760</CharactersWithSpaces>
+  <CharactersWithSpaces>10663</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Hoque_Mohammad_CV_mmh274-VD</dc:title>
   <dc:creator>Mohammad Mainul Hoque</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-11-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2024-01-18T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>
 </Properties>
 </file>