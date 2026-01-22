--- v0 (2025-10-08)
+++ v1 (2026-01-22)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7AA965FF" w14:textId="77777777" w:rsidR="00B903F3" w:rsidRDefault="00B903F3" w:rsidP="005D3B27">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -385,75 +385,59 @@
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343ABE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Visiting Professorships</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96610" w14:textId="77777777" w:rsidR="002E4BEC" w:rsidRDefault="002E4BEC" w:rsidP="002E4BEC">
       <w:pPr>
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AA96611" w14:textId="77777777" w:rsidR="002E4BEC" w:rsidRDefault="002E4BEC" w:rsidP="002E4BEC">
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">2011 - 2013          Visiting Professor of Finance, IDC, </w:t>
-[...7 lines deleted...]
-        <w:t>, Israel</w:t>
+        <w:t>2011 - 2013          Visiting Professor of Finance, IDC, Herzylea, Israel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96612" w14:textId="77777777" w:rsidR="002E4BEC" w:rsidRDefault="002E4BEC" w:rsidP="002E4BEC">
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">1996 - 1998          Visiting Assistant Professor of Finance, Tel-Aviv University, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Graduate School of Business</w:t>
+        <w:t>1996 - 1998          Visiting Assistant Professor of Finance, Tel-Aviv University, Recanati Graduate School of Business</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96613" w14:textId="77777777" w:rsidR="002E4BEC" w:rsidRDefault="002E4BEC" w:rsidP="002E4BEC">
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1992 - 1993          Research Fellow, Cornell University, Johnson Graduate School of Management </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96614" w14:textId="77777777" w:rsidR="002E4BEC" w:rsidRDefault="002E4BEC" w:rsidP="002E4BEC">
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:t>1991 - 1992          Visiting Assistant Professor, Cornell University, Economics Department (July 1991 – June 1992)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96615" w14:textId="77777777" w:rsidR="002E4BEC" w:rsidRDefault="002E4BEC" w:rsidP="002E4BEC">
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AA96616" w14:textId="77777777" w:rsidR="002F4759" w:rsidRPr="00343ABE" w:rsidRDefault="005D3B27" w:rsidP="002E4BEC">
       <w:pPr>
@@ -939,59 +923,51 @@
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">June 2023 </w:t>
       </w:r>
       <w:r w:rsidR="00B20045">
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B20045">
         <w:t xml:space="preserve">present </w:t>
       </w:r>
       <w:r w:rsidR="00B20045">
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        <w:t>irector of the Pillsbury Institute for Hospitality Entrepreneurship</w:t>
+        <w:t>Academic Director of the Pillsbury Institute for Hospitality Entrepreneurship</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F26E2E" w14:textId="4EDA59C5" w:rsidR="00094CE5" w:rsidRDefault="00094CE5" w:rsidP="00BE2386">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
@@ -1283,61 +1259,52 @@
       <w:r w:rsidR="00943257">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(3), 349-362.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313E45D7" w14:textId="77777777" w:rsidR="00623ECD" w:rsidRPr="00623ECD" w:rsidRDefault="00623ECD" w:rsidP="00623ECD"/>
     <w:p w14:paraId="3743C086" w14:textId="7E838487" w:rsidR="00C42186" w:rsidRPr="00C42186" w:rsidRDefault="00C42186" w:rsidP="00C42186">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C42186">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">A practical tool to measure digital competences: </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>A practical tool to measure digital competences: Teamschamp</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (with Maria Orero-Blat), 2021, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C42186">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
         </w:rPr>
         <w:t>International Journal of Services Operations and Informatics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
@@ -1596,59 +1563,51 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0065547D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Journal of Revenue and Pricing Management</w:t>
       </w:r>
       <w:r w:rsidRPr="0065547D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16(2), 139-153. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10020FC1" w14:textId="77777777" w:rsidR="0065547D" w:rsidRDefault="0065547D" w:rsidP="0065547D"/>
     <w:p w14:paraId="3D2E23C5" w14:textId="554D42A1" w:rsidR="00BE2386" w:rsidRDefault="00BE2386" w:rsidP="004762F9">
       <w:r>
-        <w:t xml:space="preserve">Hotel Strategic Pricing in Europe: A 10-Year Exploration of Competition, (with C. Enz, and J. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> der Rest), 2016, </w:t>
+        <w:t xml:space="preserve">Hotel Strategic Pricing in Europe: A 10-Year Exploration of Competition, (with C. Enz, and J. P.van der Rest), 2016, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>International Journal of Revenue Management, 9</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (2/3), 92-107.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE979E2" w14:textId="77777777" w:rsidR="004762F9" w:rsidRDefault="004762F9" w:rsidP="004762F9"/>
     <w:p w14:paraId="0427562D" w14:textId="21391809" w:rsidR="004762F9" w:rsidRDefault="004762F9" w:rsidP="004762F9">
       <w:r>
         <w:t xml:space="preserve">A Comparison of the Performance of Brand Affiliated and Unaffiliated Hotel Properties, (with S. Carvell and M. Sturman,), 2016, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cornell Hospitality Quarterly, 57</w:t>
       </w:r>
       <w:r>
@@ -1961,62 +1920,52 @@
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E76F7">
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Management theories linking individual and organizational level analysis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="009E76F7">
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">with Daniel Palacios &amp; Carlos </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>with Daniel Palacios &amp; Carlos Devece</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E76F7">
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>, 2012,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E76F7">
@@ -2764,67 +2713,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Success and Failure of </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4BE4">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Mergers and Acquisitions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">-Young Kim), 2010, </w:t>
+        <w:t xml:space="preserve">(with  Jin-Young Kim), 2010, </w:t>
       </w:r>
       <w:r w:rsidRPr="001D3650">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Cornell School of Hotel Administration Handbook of Applied Hospitality Strategy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA9663F" w14:textId="77777777" w:rsidR="00BA3ADB" w:rsidRDefault="00BA3ADB" w:rsidP="00780AE4">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4279,59 +4212,51 @@
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dividend Policy in the </w:t>
       </w:r>
       <w:r w:rsidR="0052226A">
         <w:t>Lodging</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Industry, (with R. Advani, A. Greenman, and </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:r>
           <w:t>I.</w:t>
         </w:r>
       </w:smartTag>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>),</w:t>
+        <w:t xml:space="preserve"> Palimeri),</w:t>
       </w:r>
       <w:r w:rsidRPr="009A289B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">2001, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of Hospitality &amp; Tourism Research,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Volume 25, Issue 1, 69-89. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96663" w14:textId="77777777" w:rsidR="00EB1170" w:rsidRDefault="00EB1170" w:rsidP="00EB1170">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
@@ -5297,77 +5222,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t>trategic</w:t>
       </w:r>
       <w:r w:rsidRPr="00953021">
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">ositioning, (with C.A. Enz </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">ositioning, (with C.A. Enz and </w:t>
+      </w:r>
+      <w:r w:rsidR="002B74A2">
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> I. </w:t>
+        <w:t xml:space="preserve"> J. I. </w:t>
       </w:r>
       <w:r w:rsidR="002B74A2" w:rsidRPr="002D6C95">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Van der Rest</w:t>
       </w:r>
       <w:r w:rsidR="002B74A2">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002B74A2" w:rsidRPr="002D6C95">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0046230C">
         <w:rPr>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">Accepted </w:t>
       </w:r>
@@ -6350,114 +6257,114 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA9668F" w14:textId="77777777" w:rsidR="00C34CAE" w:rsidRDefault="00000000" w:rsidP="00C34CAE">
+    <w:p w14:paraId="7AA9668F" w14:textId="77777777" w:rsidR="00C34CAE" w:rsidRDefault="00C34CAE" w:rsidP="00C34CAE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00C34CAE" w:rsidRPr="00012094">
+        <w:r w:rsidRPr="00012094">
           <w:t>An Examination of Revenue Management in Relation to Hotels' Pricing Strategies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C34CAE" w:rsidRPr="00012094">
+      <w:r w:rsidRPr="00012094">
         <w:t xml:space="preserve"> (with Cathy Enz)</w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE">
+      <w:r>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE" w:rsidRPr="00012094">
+      <w:r w:rsidRPr="00012094">
         <w:t xml:space="preserve"> 2005</w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE">
+      <w:r>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE" w:rsidRPr="00012094">
+      <w:r w:rsidRPr="00012094">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE" w:rsidRPr="00143466">
+      <w:r w:rsidRPr="00143466">
         <w:t>Center for Hospitality Research Report,</w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE" w:rsidRPr="00012094">
+      <w:r w:rsidRPr="00012094">
         <w:t>Vol. 5, No</w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C34CAE" w:rsidRPr="00012094">
+      <w:r w:rsidRPr="00012094">
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
       <w:r w:rsidR="00083F25">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96690" w14:textId="77777777" w:rsidR="00C34CAE" w:rsidRDefault="00C34CAE" w:rsidP="00C34CAE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -6932,75 +6839,64 @@
         <w:t xml:space="preserve"> R</w:t>
       </w:r>
       <w:r w:rsidR="00042A87">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>eview</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> or in Revise and Resubmit Stage</w:t>
       </w:r>
       <w:r w:rsidR="00042A87" w:rsidRPr="00500968">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA9669D" w14:textId="77777777" w:rsidR="00042A87" w:rsidRPr="00500968" w:rsidRDefault="00042A87" w:rsidP="00042A87"/>
-    <w:p w14:paraId="7AA9669E" w14:textId="5B17F0AF" w:rsidR="00D5208D" w:rsidRPr="001F3D15" w:rsidRDefault="00D5208D" w:rsidP="00531DD6">
+    <w:p w14:paraId="7AA9669E" w14:textId="70EC7B0F" w:rsidR="00D5208D" w:rsidRPr="001F3D15" w:rsidRDefault="00D5208D" w:rsidP="00531DD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>The Impact of Knowledge-Based, Outsourced Capabilities (with Kate Walsh</w:t>
       </w:r>
       <w:r w:rsidR="005374FF">
-        <w:t xml:space="preserve">, Gordon </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>, Gordon Potter</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> and Cathy Enz)</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>submitted</w:t>
       </w:r>
       <w:r w:rsidR="00581145">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005374FF">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="004D18EB">
         <w:t xml:space="preserve">under </w:t>
       </w:r>
       <w:r w:rsidR="00251D27">
         <w:t xml:space="preserve">revision for first submission to </w:t>
       </w:r>
       <w:r w:rsidR="00531DD6">
         <w:t xml:space="preserve">Management Science </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA9669F" w14:textId="77777777" w:rsidR="001F3D15" w:rsidRDefault="001F3D15" w:rsidP="00765E83">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AA966A6" w14:textId="77777777" w:rsidR="00940E50" w:rsidRPr="00343ABE" w:rsidRDefault="009619C7" w:rsidP="002E4BEC">
@@ -8955,57 +8851,52 @@
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Fellowship, 1988</w:t>
+      <w:r>
+        <w:t>Willensky Fellowship, 1988</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA966EB" w14:textId="77777777" w:rsidR="009619C7" w:rsidRDefault="009619C7" w:rsidP="009619C7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
@@ -9261,58 +9152,55 @@
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9000"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="180"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F7C3A">
-        <w:t xml:space="preserve">Advanced Corporate Finance, Corporate Finance, Financial Economics, Investment Management, </w:t>
-[...3 lines deleted...]
-        <w:t>Finance, and Hospitality Financial Management</w:t>
+        <w:t>Advanced Corporate Finance, Corporate Finance, Financial Economics, Investment Management, Finance, and Hospitality Financial Management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA966F4" w14:textId="77777777" w:rsidR="009F7C3A" w:rsidRDefault="009F7C3A" w:rsidP="009F7C3A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
@@ -10561,69 +10449,69 @@
       <w:r w:rsidRPr="00F33029">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A45995">
         <w:t>2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96717" w14:textId="77777777" w:rsidR="00637B4A" w:rsidRPr="00F33029" w:rsidRDefault="00637B4A" w:rsidP="00A45995">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33029">
         <w:t>Committee Member, MMH Admissions Selection Committee, 2005-</w:t>
       </w:r>
       <w:r w:rsidR="00A45995">
         <w:t>2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96718" w14:textId="77777777" w:rsidR="007E1AC4" w:rsidRPr="00F33029" w:rsidRDefault="007E1AC4" w:rsidP="007E1AC4">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33029">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Committee Member, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Interim </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33029">
         <w:t>Review, 200</w:t>
       </w:r>
       <w:r>
         <w:t>9 - 2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA96719" w14:textId="77777777" w:rsidR="00637B4A" w:rsidRPr="00F33029" w:rsidRDefault="00637B4A" w:rsidP="003535E6">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33029">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Committee </w:t>
       </w:r>
       <w:r w:rsidR="00F33029">
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidRPr="00F33029">
         <w:t>Faculty Search, 2007</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AA9671A" w14:textId="77777777" w:rsidR="00637B4A" w:rsidRPr="00F33029" w:rsidRDefault="00637B4A" w:rsidP="007E1AC4">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33029">
         <w:t xml:space="preserve">Committee Member, </w:t>
       </w:r>
       <w:r w:rsidR="007E1AC4">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33029">
         <w:t>ertification of MMH program, 2007</w:t>
       </w:r>
       <w:r w:rsidR="007E1AC4">
         <w:t>-2009</w:t>
@@ -10791,70 +10679,70 @@
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F33029" w:rsidSect="00E67B86">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="1440" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="143E2567" w14:textId="77777777" w:rsidR="00C61109" w:rsidRDefault="00C61109" w:rsidP="007E5619">
+    <w:p w14:paraId="29DDFCE9" w14:textId="77777777" w:rsidR="005B36AF" w:rsidRDefault="005B36AF" w:rsidP="007E5619">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01AF53F4" w14:textId="77777777" w:rsidR="00C61109" w:rsidRDefault="00C61109" w:rsidP="007E5619">
+    <w:p w14:paraId="5619D70D" w14:textId="77777777" w:rsidR="005B36AF" w:rsidRDefault="005B36AF" w:rsidP="007E5619">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10880,118 +10768,118 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Book Antiqua"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="15508954"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="7AA96729" w14:textId="13730929" w:rsidR="00DE11BC" w:rsidRDefault="00AC51F1">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A31C33">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7AA9672A" w14:textId="77777777" w:rsidR="00DE11BC" w:rsidRDefault="00DE11BC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D7FECBB" w14:textId="77777777" w:rsidR="00C61109" w:rsidRDefault="00C61109" w:rsidP="007E5619">
+    <w:p w14:paraId="177A8288" w14:textId="77777777" w:rsidR="005B36AF" w:rsidRDefault="005B36AF" w:rsidP="007E5619">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56122BE6" w14:textId="77777777" w:rsidR="00C61109" w:rsidRDefault="00C61109" w:rsidP="007E5619">
+    <w:p w14:paraId="3EB6C160" w14:textId="77777777" w:rsidR="005B36AF" w:rsidRDefault="005B36AF" w:rsidP="007E5619">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="038B1D4D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B2855DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11972,56 +11860,55 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="895898971">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="151921051">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1191527676">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2086800733">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2127850780">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -12106,144 +11993,149 @@
     <w:rsid w:val="00460174"/>
     <w:rsid w:val="0046230C"/>
     <w:rsid w:val="0047397F"/>
     <w:rsid w:val="004762F9"/>
     <w:rsid w:val="004925B2"/>
     <w:rsid w:val="00497BB9"/>
     <w:rsid w:val="004B57BB"/>
     <w:rsid w:val="004D18EB"/>
     <w:rsid w:val="00504844"/>
     <w:rsid w:val="00511AE0"/>
     <w:rsid w:val="0052171A"/>
     <w:rsid w:val="0052226A"/>
     <w:rsid w:val="00525F02"/>
     <w:rsid w:val="005316DD"/>
     <w:rsid w:val="00531DD6"/>
     <w:rsid w:val="00532269"/>
     <w:rsid w:val="00534066"/>
     <w:rsid w:val="005374FF"/>
     <w:rsid w:val="00540A94"/>
     <w:rsid w:val="005536DE"/>
     <w:rsid w:val="0055593E"/>
     <w:rsid w:val="00567DBA"/>
     <w:rsid w:val="00581145"/>
     <w:rsid w:val="00585C61"/>
     <w:rsid w:val="00595AC5"/>
+    <w:rsid w:val="005B36AF"/>
     <w:rsid w:val="005C2F6C"/>
     <w:rsid w:val="005C62E1"/>
     <w:rsid w:val="005D3B27"/>
     <w:rsid w:val="005E6522"/>
+    <w:rsid w:val="005E6F71"/>
     <w:rsid w:val="005F4251"/>
     <w:rsid w:val="005F4A61"/>
     <w:rsid w:val="00607705"/>
     <w:rsid w:val="00607B2B"/>
     <w:rsid w:val="006200EE"/>
     <w:rsid w:val="00623ECD"/>
     <w:rsid w:val="00630193"/>
     <w:rsid w:val="0063309A"/>
+    <w:rsid w:val="006365B8"/>
     <w:rsid w:val="00637B4A"/>
     <w:rsid w:val="0065547D"/>
     <w:rsid w:val="006B3831"/>
     <w:rsid w:val="006E23BF"/>
     <w:rsid w:val="006F4AF7"/>
     <w:rsid w:val="007057CB"/>
     <w:rsid w:val="0070596E"/>
     <w:rsid w:val="00745808"/>
     <w:rsid w:val="00750E0C"/>
     <w:rsid w:val="007576E1"/>
     <w:rsid w:val="00757F79"/>
     <w:rsid w:val="00765E83"/>
     <w:rsid w:val="00777920"/>
     <w:rsid w:val="00780AE4"/>
     <w:rsid w:val="00790FD1"/>
     <w:rsid w:val="0079180C"/>
     <w:rsid w:val="007C42AA"/>
     <w:rsid w:val="007D59D6"/>
     <w:rsid w:val="007E1AC4"/>
     <w:rsid w:val="007E2B1C"/>
     <w:rsid w:val="007E3BE7"/>
     <w:rsid w:val="007E5619"/>
     <w:rsid w:val="0080338F"/>
     <w:rsid w:val="008510A3"/>
     <w:rsid w:val="0088210B"/>
     <w:rsid w:val="008A1831"/>
     <w:rsid w:val="008A65A9"/>
     <w:rsid w:val="008D0B26"/>
     <w:rsid w:val="008D0BFC"/>
     <w:rsid w:val="008E192C"/>
     <w:rsid w:val="008E359C"/>
     <w:rsid w:val="008E5F7F"/>
     <w:rsid w:val="008E6229"/>
     <w:rsid w:val="008F167F"/>
     <w:rsid w:val="008F1B3E"/>
     <w:rsid w:val="00914E6E"/>
     <w:rsid w:val="00931A74"/>
     <w:rsid w:val="009401F9"/>
     <w:rsid w:val="00940E50"/>
     <w:rsid w:val="00943257"/>
+    <w:rsid w:val="00945659"/>
     <w:rsid w:val="009473B1"/>
     <w:rsid w:val="00953021"/>
     <w:rsid w:val="009540B9"/>
     <w:rsid w:val="00956276"/>
     <w:rsid w:val="009619C7"/>
     <w:rsid w:val="009659CB"/>
     <w:rsid w:val="00986ACC"/>
     <w:rsid w:val="00987ABA"/>
     <w:rsid w:val="009966E0"/>
     <w:rsid w:val="009A289B"/>
     <w:rsid w:val="009A6B27"/>
     <w:rsid w:val="009B0F37"/>
     <w:rsid w:val="009C38F2"/>
     <w:rsid w:val="009C5949"/>
     <w:rsid w:val="009D2AEB"/>
     <w:rsid w:val="009D79B3"/>
     <w:rsid w:val="009E18D3"/>
     <w:rsid w:val="009E76F7"/>
     <w:rsid w:val="009F051D"/>
     <w:rsid w:val="009F48CA"/>
     <w:rsid w:val="009F7C3A"/>
     <w:rsid w:val="00A16570"/>
     <w:rsid w:val="00A2777C"/>
     <w:rsid w:val="00A31C33"/>
     <w:rsid w:val="00A45995"/>
     <w:rsid w:val="00A55AB5"/>
     <w:rsid w:val="00A55D1B"/>
     <w:rsid w:val="00A55F99"/>
     <w:rsid w:val="00A70707"/>
     <w:rsid w:val="00AB05B1"/>
     <w:rsid w:val="00AB2B5E"/>
     <w:rsid w:val="00AB714D"/>
     <w:rsid w:val="00AC51F1"/>
     <w:rsid w:val="00AC64C3"/>
     <w:rsid w:val="00AF43E2"/>
     <w:rsid w:val="00B136EB"/>
     <w:rsid w:val="00B20045"/>
     <w:rsid w:val="00B2762B"/>
     <w:rsid w:val="00B30B51"/>
     <w:rsid w:val="00B32B10"/>
     <w:rsid w:val="00B37B1C"/>
     <w:rsid w:val="00B4599C"/>
+    <w:rsid w:val="00B557AE"/>
     <w:rsid w:val="00B632F4"/>
     <w:rsid w:val="00B77DB5"/>
     <w:rsid w:val="00B903F3"/>
     <w:rsid w:val="00B95001"/>
     <w:rsid w:val="00B958DE"/>
     <w:rsid w:val="00B966C3"/>
     <w:rsid w:val="00BA3ADB"/>
     <w:rsid w:val="00BB155E"/>
     <w:rsid w:val="00BE2386"/>
     <w:rsid w:val="00BF5FB1"/>
     <w:rsid w:val="00C001BE"/>
     <w:rsid w:val="00C1185F"/>
     <w:rsid w:val="00C31F8F"/>
     <w:rsid w:val="00C33134"/>
     <w:rsid w:val="00C34CAE"/>
     <w:rsid w:val="00C42186"/>
     <w:rsid w:val="00C46721"/>
     <w:rsid w:val="00C61109"/>
     <w:rsid w:val="00C61BF4"/>
     <w:rsid w:val="00C62BC3"/>
     <w:rsid w:val="00C93B63"/>
     <w:rsid w:val="00CB1284"/>
     <w:rsid w:val="00CC2737"/>
     <w:rsid w:val="00CC6F84"/>
     <w:rsid w:val="00CC717D"/>
@@ -12307,51 +12199,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7AA965FF"/>
   <w15:docId w15:val="{5EC67624-CF76-4DFD-ACE6-2543A059D60E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13486,51 +13378,51 @@
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="list-group-item">
     <w:name w:val="list-group-item"/>
     <w:rsid w:val="00094CE5"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00623ECD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41902083">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="206718315">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14914,75 +14806,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2875</Words>
-  <Characters>16392</Characters>
+  <Words>2873</Words>
+  <Characters>16382</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>136</Lines>
   <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cornell</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19229</CharactersWithSpaces>
+  <CharactersWithSpaces>19217</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1638473</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.hotelschool.cornell.edu/chr/research/abstract/enzcaninatopost.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>