--- v0 (2025-10-13)
+++ v1 (2025-11-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5CD33EAB" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00C67845" w:rsidP="00A14A67">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>HEEYON</w:t>
       </w:r>
       <w:r w:rsidR="00A14A67" w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> KIM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F1803C8" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00A14A67" w:rsidP="00A14A67">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
@@ -287,65 +287,112 @@
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor of Strategy, 2018 </w:t>
       </w:r>
       <w:r w:rsidR="008E11BF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046B7F47" w14:textId="0C55C232" w:rsidR="00CF6394" w:rsidRDefault="00CF6394" w:rsidP="007339A8">
+    <w:p w14:paraId="046B7F47" w14:textId="6E52A4DE" w:rsidR="00CF6394" w:rsidRDefault="00CF6394" w:rsidP="007339A8">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">   Faculty Fellow, Cornell Center for the Social Sciences, 2023-2024</w:t>
+        <w:t xml:space="preserve">   Cornell Center for the Social Sciences</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4529D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Faculty Fellow</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2023-2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F441CE" w14:textId="78C429DA" w:rsidR="00A4529D" w:rsidRDefault="00A4529D" w:rsidP="007339A8">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grailer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Faculty Fellow, Center for Hospitality Research, 2025-2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9D508F" w14:textId="7CBBA961" w:rsidR="00C61A73" w:rsidRPr="00C61A73" w:rsidRDefault="00C61A73" w:rsidP="00C61A73">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00C61A73">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
@@ -721,78 +768,265 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*: denotes equal contribution by authors)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407DC3AE" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRDefault="00A14A67" w:rsidP="00A14A67"/>
     <w:p w14:paraId="33C8CAB8" w14:textId="77777777" w:rsidR="00CA7FD4" w:rsidRPr="00A9198F" w:rsidRDefault="00CA7FD4" w:rsidP="00A14A67">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9198F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Refereed Journals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B80B61C" w14:textId="701A20FF" w:rsidR="00CB3D32" w:rsidRDefault="00CB3D32" w:rsidP="008C3090">
+    <w:p w14:paraId="08DBFD01" w14:textId="41662E36" w:rsidR="00507325" w:rsidRPr="00507325" w:rsidRDefault="00507325" w:rsidP="00507325">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kim, Heeyon, Heo, Yoonjeoung†, and Chung, Chi-Nien (</w:t>
+      </w:r>
+      <w:r w:rsidR="0007579C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Changing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>racks: How</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tatus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffects </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ategory </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hifts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Korean </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pular </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">usic </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ndustry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="0007579C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 46: 2752-2797.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B80B61C" w14:textId="5B13276A" w:rsidR="00CB3D32" w:rsidRDefault="00CB3D32" w:rsidP="00507325">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="936" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CB639D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kim, Heeyon</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB639D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="00D3762E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB639D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1039,88 +1273,70 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shen, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006F04E9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Xirong</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006F04E9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Subrina</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006F04E9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">†, Kim, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, and Li, </w:t>
+        <w:t xml:space="preserve">†, Kim, Heeyon, and Li, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jizhen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r>
@@ -1169,67 +1385,51 @@
       <w:r w:rsidR="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C65473" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRDefault="00E605C4" w:rsidP="00E605C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jensen, Michael, and Kim, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>Jensen, Michael, and Kim, Heeyon (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) Reaching for the stars: The importance of reputational rank in creative career development. </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Poetics</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1256,189 +1456,122 @@
       <w:r w:rsidRPr="00787695">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>101396.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3736FC38" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRPr="000953D9" w:rsidRDefault="00E605C4" w:rsidP="00E605C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jensen, Michael, and Kim, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (2015). The real Oscar curse: The negative consequences of positive status shifts. </w:t>
+        <w:t xml:space="preserve">Jensen, Michael, and Kim, Heeyon (2015). The real Oscar curse: The negative consequences of positive status shifts. </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Organization Science</w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 26: 1-21.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCFEEEA" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRPr="000953D9" w:rsidRDefault="00E605C4" w:rsidP="00E605C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Kim, Heeyon, and Jensen, Michael (2014). Audience heterogeneity and the effectiveness of market signals: How to overcome liabilities of foreignness in film exports? </w:t>
+      </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and Jensen, Michael (2014). Audience heterogeneity and the effectiveness of market signals: How to overcome liabilities of foreignness in film exports? </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>, 57: 1360-1384.</w:t>
       </w:r>
-    </w:p>
-[...33 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="779643B6" w14:textId="12126FB2" w:rsidR="009A4C46" w:rsidRPr="00A9198F" w:rsidRDefault="009A4C46" w:rsidP="009A4C46">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9198F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Book Chapters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB08B43" w14:textId="77777777" w:rsidR="00A5787C" w:rsidRPr="000953D9" w:rsidRDefault="00A5787C" w:rsidP="00A5787C">
+    <w:p w14:paraId="5AB08B43" w14:textId="1D75524E" w:rsidR="00A5787C" w:rsidRPr="000953D9" w:rsidRDefault="00A5787C" w:rsidP="00A5787C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jensen, </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michael, Kim, Heeyon, and Kim, Bo Kyung (2012). Meeting expectations: A role-theoretic perspective on reputation. In </w:t>
       </w:r>
@@ -1604,825 +1737,559 @@
     </w:p>
     <w:p w14:paraId="449822BD" w14:textId="40CFA9B2" w:rsidR="00A14A67" w:rsidRDefault="00E2797E" w:rsidP="00CB3D32">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>WORK IN PROGRESS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79ADD805" w14:textId="77777777" w:rsidR="00CB3D32" w:rsidRPr="00CB3D32" w:rsidRDefault="00CB3D32" w:rsidP="00CB3D32">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B7975F1" w14:textId="77777777" w:rsidR="00E2797E" w:rsidRPr="00CC6A1C" w:rsidRDefault="00E2797E" w:rsidP="00A14A67">
+    <w:p w14:paraId="44092866" w14:textId="2756162C" w:rsidR="006B4B65" w:rsidRPr="006B4B65" w:rsidRDefault="00E2797E" w:rsidP="006B4B65">
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Paper</w:t>
       </w:r>
       <w:r w:rsidR="00EA33D0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Review Process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C63904" w14:textId="31AB20A2" w:rsidR="009056DE" w:rsidRDefault="009056DE" w:rsidP="00137FB8">
-[...361 lines deleted...]
-    <w:p w14:paraId="0EDA1C2B" w14:textId="77777777" w:rsidR="00E65E66" w:rsidRDefault="00E65E66" w:rsidP="00137FB8">
+    <w:p w14:paraId="59A6B40A" w14:textId="71505590" w:rsidR="006B4B65" w:rsidRDefault="006B4B65" w:rsidP="00D947B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="02BD51E7" w14:textId="2B894E2A" w:rsidR="00634BFD" w:rsidRDefault="00634BFD" w:rsidP="00137FB8">
+        <w:t>Kim, Heeyon, Qian Wang†, and Martina Montauti. [Topic: Stratification of Airbnb] (invited for 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007579C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Revise and Resubmit at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65E66">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organization Science</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00647689" w14:textId="3B26C6D5" w:rsidR="00D947B5" w:rsidRDefault="000C13E7" w:rsidP="00D947B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lu, </w:t>
+        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Xuege</w:t>
+        <w:t>Zhibin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Cathy)†*, </w:t>
-[...48 lines deleted...]
-    <w:p w14:paraId="653E5879" w14:textId="77777777" w:rsidR="00634BFD" w:rsidRPr="00782B19" w:rsidRDefault="00634BFD" w:rsidP="00137FB8">
+        <w:t xml:space="preserve"> Ye†, and Rene Kizilcec. [Topic: Online degree stigma] (under review)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A7BEE6" w14:textId="4F715B93" w:rsidR="0007579C" w:rsidRDefault="0007579C" w:rsidP="00D947B5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
+        <w:t xml:space="preserve">Claes, Kim*, Heeyon Kim*, Raunaq </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Heeyon</w:t>
+        <w:t>Pungaliya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">*, Bo Kyung Kim*, and </w:t>
-[...25 lines deleted...]
-    <w:p w14:paraId="66AE5B6E" w14:textId="500802A7" w:rsidR="009056DE" w:rsidRDefault="009671BF" w:rsidP="00137FB8">
+        <w:t>*, Yanbo Wang*. [Topic: AI Intermediaries] (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254E725C" w14:textId="3FA35FBD" w:rsidR="0007579C" w:rsidRPr="0007579C" w:rsidRDefault="0007579C" w:rsidP="0007579C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bo Kyung*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Heeyon</w:t>
+        <w:t>Youchoung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00481F06">
-[...143 lines deleted...]
-    <w:p w14:paraId="79474F3F" w14:textId="77777777" w:rsidR="00932A2D" w:rsidRPr="00CC6A1C" w:rsidRDefault="00932A2D" w:rsidP="00932A2D">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kwon†</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>*, and Heeyon Kim*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. [Topic: Status and Identity in international markets] (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009056DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACEB0A6" w14:textId="77777777" w:rsidR="00BC73FF" w:rsidRDefault="00BC73FF" w:rsidP="00BC73FF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33B629DB" w14:textId="6E7094BE" w:rsidR="00782B19" w:rsidRPr="00782B19" w:rsidRDefault="009056DE" w:rsidP="00782B19">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Selected</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37477">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Work in Progress</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BD51E7" w14:textId="2B894E2A" w:rsidR="00634BFD" w:rsidRDefault="00634BFD" w:rsidP="00137FB8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="864" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lu, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Xuege</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Cathy)†*, Heeyon Kim*, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Khwan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kim†. [Topic: Awards and originality in Broadway] </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E66">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(preparing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for submission)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AE5B6E" w14:textId="500802A7" w:rsidR="009056DE" w:rsidRDefault="009671BF" w:rsidP="00137FB8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="864" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kim, Heeyon</w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and James Riley*</w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009056DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Topic: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Status in art markets</w:t>
+      </w:r>
+      <w:r w:rsidR="009056DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (data </w:t>
+      </w:r>
+      <w:r w:rsidR="009056DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>collection</w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E03113" w14:textId="04E97D0B" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
+      <w:pPr>
+        <w:ind w:left="924"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6EB19E" w14:textId="77777777" w:rsidR="00481F06" w:rsidRPr="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
+      <w:pPr>
+        <w:ind w:left="924"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B675FD3" w14:textId="77777777" w:rsidR="0069383F" w:rsidRPr="00CC6A1C" w:rsidRDefault="0069383F" w:rsidP="0069383F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TEACHING EXPERIENCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CA19D8" w14:textId="10E03A30" w:rsidR="00481F06" w:rsidRPr="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>‡</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hybrid classes due to Covid-19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D3F413" w14:textId="77777777" w:rsidR="0069383F" w:rsidRPr="00CC6A1C" w:rsidRDefault="0069383F" w:rsidP="0069383F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79474F3F" w14:textId="77777777" w:rsidR="00932A2D" w:rsidRPr="00CC6A1C" w:rsidRDefault="00932A2D" w:rsidP="00932A2D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cornell University, School of Hotel Administration (2019 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">–  </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2845,51 +2712,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.82/5.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23795CE8" w14:textId="6858CEE6" w:rsidR="009671BF" w:rsidRDefault="009671BF" w:rsidP="009671BF">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2023 Fall: </w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Competitive Strategies for the Hospitality Industry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HADM 7714, Master’s):</w:t>
       </w:r>
       <w:r w:rsidR="00362C51">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4.89/5.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FFF9A85" w14:textId="785583CC" w:rsidR="00362C51" w:rsidRDefault="00362C51" w:rsidP="00362C51">
@@ -2899,50 +2765,151 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2024 Spring: </w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Competitive Strategies for the Hospitality Industry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HADM 7714, EMBA): 5.00/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0911DA39" w14:textId="34FDC465" w:rsidR="002974AA" w:rsidRDefault="002974AA" w:rsidP="002974AA">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2025 Spring: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Competitive Strategies for the Hospitality Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HADM 7714, EMBA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00143768">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5BBAEE" w14:textId="442F3201" w:rsidR="00143768" w:rsidRDefault="00143768" w:rsidP="002974AA">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.83/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E1B22B" w14:textId="786F7C19" w:rsidR="003968EA" w:rsidRDefault="003968EA" w:rsidP="002974AA">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Competitive Strategies for the Hospitality Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HADM 7714, EMBA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4963125D" w14:textId="03AE3455" w:rsidR="00850065" w:rsidRDefault="00362C51" w:rsidP="00D947B5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E548A9" w14:textId="77777777" w:rsidR="0069383F" w:rsidRPr="00CC6A1C" w:rsidRDefault="0069383F" w:rsidP="0069383F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -3437,83 +3404,51 @@
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3574127A" w14:textId="61559424" w:rsidR="009671BF" w:rsidRPr="00E030C8" w:rsidRDefault="009671BF" w:rsidP="00E030C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Kim, Heeyon, Qian Wang, and Martina Montauti. </w:t>
       </w:r>
       <w:r w:rsidR="00E030C8" w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Performance Implications of Certification on Non-certified Offerings: Evidence from the Launch of Airbnb Plus</w:t>
       </w:r>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A66F5F" w14:textId="7D38A89A" w:rsidR="009671BF" w:rsidRPr="009671BF" w:rsidRDefault="009671BF" w:rsidP="009671BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="936"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -3641,83 +3576,51 @@
     <w:p w14:paraId="4997E152" w14:textId="77777777" w:rsidR="005A0B29" w:rsidRDefault="005A0B29" w:rsidP="005A0B29">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B60AF16" w14:textId="319A1DAB" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shen, </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Kim. </w:t>
+        <w:t xml:space="preserve">Shen, Subrina, and Heeyon Kim. </w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">entures </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -3923,67 +3826,51 @@
     <w:p w14:paraId="6A4B5EE7" w14:textId="77777777" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21E0CBF0" w14:textId="49279E10" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
-[...15 lines deleted...]
-        <w:t>. Organizational Status Panel: Operationalizing Status</w:t>
+        <w:t>Kim, Heeyon. Organizational Status Panel: Operationalizing Status</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FC77AD" w14:textId="30B116F0" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
@@ -4000,61 +3887,52 @@
     <w:p w14:paraId="266F6ACB" w14:textId="77777777" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20A02A79" w14:textId="0D343204" w:rsidR="00743DC7" w:rsidRDefault="00743DC7" w:rsidP="00743DC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kim, Heeyon</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC73FF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00743DC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The disruptor’s paradox: The impact of Airbnb Plus on the hospitality industry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44735154" w14:textId="163F650E" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4391,136 +4269,126 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5C2D182B" w14:textId="77777777" w:rsidR="00AF3EF0" w:rsidRDefault="00AF3EF0" w:rsidP="00AF3EF0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF3EF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– IE Business School, October 2017 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4905184A" w14:textId="77777777" w:rsidR="00CB15E5" w:rsidRDefault="00CB15E5" w:rsidP="00CB15E5">
+    <w:p w14:paraId="6381B396" w14:textId="40C19727" w:rsidR="00076B02" w:rsidRPr="00DB333E" w:rsidRDefault="00CB15E5" w:rsidP="00DB333E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF3EF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cornell University</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF3EF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>February 2018</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF3EF0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5084BE55" w14:textId="77777777" w:rsidR="00C11CA3" w:rsidRDefault="00C11CA3" w:rsidP="00CB15E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01D36021" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kim, Heeyon. Should birds of a feather flock together? </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Trade-off of agglomeration by nationality in foreign markets</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251B9547" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4535,50 +4403,51 @@
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NUS Business School, National University of Singapore, November 2013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A7C9E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rutgers Business School, Rutgers University, November 2013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB903E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -4674,1179 +4543,1172 @@
     <w:p w14:paraId="5E6F9C4B" w14:textId="0F86B4B3" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="006626A2" w:rsidP="00A14A67">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFERENCE </w:t>
       </w:r>
       <w:r w:rsidR="00A14A67" w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PRESENTATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ACBD2E4" w14:textId="0E932F8F" w:rsidR="00A14A67" w:rsidRDefault="00A14A67" w:rsidP="00A14A67"/>
-    <w:p w14:paraId="6D5BFCDE" w14:textId="61AED42E" w:rsidR="00370A19" w:rsidRDefault="00370A19" w:rsidP="00370A19">
+    <w:p w14:paraId="46A83D50" w14:textId="0B3FF3AE" w:rsidR="00483678" w:rsidRDefault="00483678" w:rsidP="00483678">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
+        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zhibin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ye</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rene Kizilcec</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Heeyon</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00483678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Degrees of Doubt? Studies of Employer Attitudes Toward Online Degrees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F450D2A" w14:textId="2973FE03" w:rsidR="00483678" w:rsidRDefault="00483678" w:rsidP="00483678">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>People and Organizations Conference (Wharton School)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Heo, </w:t>
-[...100 lines deleted...]
-    <w:p w14:paraId="572DDD8C" w14:textId="06DB7B65" w:rsidR="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="0055539E">
+        <w:t>September 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D8DF3E" w14:textId="77777777" w:rsidR="00483678" w:rsidRDefault="00483678" w:rsidP="00483678">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E030C8">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Kim, </w:t>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E030C8">
-[...4 lines deleted...]
-        <w:t>Heeyon</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zhibin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E030C8">
-[...30 lines deleted...]
-    <w:p w14:paraId="5C5CBF7B" w14:textId="2CB281E4" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="0055539E">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ye, and Rene Kizilcec</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00483678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Degrees of Doubt? Studies of Employer Attitudes Toward Online Degrees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF934A1" w14:textId="52D8FB76" w:rsidR="00483678" w:rsidRDefault="00483678" w:rsidP="00483678">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Meetings, July</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5BFCDE" w14:textId="74072957" w:rsidR="00370A19" w:rsidRDefault="00370A19" w:rsidP="00370A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E030C8">
-[...39 lines deleted...]
-    <w:p w14:paraId="27DAB9D6" w14:textId="0D17FDBE" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="00E030C8">
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Heo, Yoonjeoung, and Chung, Chi-Nien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E26D5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Changing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tracks: How Status Affects Category Shifts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E26D5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in the Korean Pop Music Industry</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1990C8" w14:textId="374BCB69" w:rsidR="00370A19" w:rsidRDefault="00370A19" w:rsidP="00370A19">
       <w:pPr>
         <w:ind w:left="1080" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E030C8">
-[...7 lines deleted...]
-    <w:p w14:paraId="2D260374" w14:textId="6CE5340F" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="00E030C8">
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Creative Industries Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572DDD8C" w14:textId="06DB7B65" w:rsidR="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="0055539E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, Bo Kyung, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Kim, Heeyon. Studying the Fashion Industry: Opportunities and Challenge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD28EBC" w14:textId="74BA88CD" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="00E030C8">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Youchung</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="769851D9" w14:textId="7D34598F" w:rsidR="0055539E" w:rsidRPr="00E030C8" w:rsidRDefault="0055539E" w:rsidP="0055539E">
+        <w:t>– Academy of Management Meetings, August 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5CBF7B" w14:textId="2CB281E4" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="0055539E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lu, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Kim, Heeyon, Qian Wang, and Martina Montauti. Performance Implications of Certification on Non-certified Offerings: Evidence from the Launch of Airbnb Plus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DAB9D6" w14:textId="0D17FDBE" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="00E030C8">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Xuege</w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="35E81D09" w14:textId="03AD7EFC" w:rsidR="00481F06" w:rsidRPr="00E030C8" w:rsidRDefault="00481F06" w:rsidP="00481F06">
+        <w:t xml:space="preserve"> – Academy of Management Meetings, August 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D260374" w14:textId="6CE5340F" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="00E030C8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lu, </w:t>
+        <w:t xml:space="preserve">Kim, Bo Kyung, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Xuege</w:t>
+        <w:t>Youchung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Cathy), and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Kwon, and Heeyon Kim. Closing the Gap: How Status-inconsistent Firms use Identity Claims in International Markets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5818CBB4" w14:textId="2EFFBB63" w:rsidR="00E030C8" w:rsidRPr="00E030C8" w:rsidRDefault="00E030C8" w:rsidP="00E030C8">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E030C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Heeyon</w:t>
-[...111 lines deleted...]
-    <w:p w14:paraId="78667960" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="005617B2">
+        <w:t xml:space="preserve"> – Academy of Management Meetings, August 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769851D9" w14:textId="7D34598F" w:rsidR="0055539E" w:rsidRPr="00E030C8" w:rsidRDefault="0055539E" w:rsidP="0055539E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...46 lines deleted...]
-    <w:p w14:paraId="0E4B3E28" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="004E26D5">
+      <w:r w:rsidRPr="00E030C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lu, Xuege (Cathy), and Heeyon Kim. How do market participants respond to gatekeepers’ incentives for novelty? Evidence from the Broadway show business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31ED45B7" w14:textId="2AF63B59" w:rsidR="0055539E" w:rsidRPr="00E030C8" w:rsidRDefault="0055539E" w:rsidP="0055539E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-    <w:p w14:paraId="779C35C2" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="004E26D5">
+      <w:r w:rsidRPr="00E030C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              – Academy of Management Meetings, August 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E81D09" w14:textId="03AD7EFC" w:rsidR="00481F06" w:rsidRPr="00E030C8" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E030C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lu, Xuege (Cathy), and Heeyon Kim. Old Wine in New Bottles? Why Gatekeepers Disfavor Ideas from Other Domains</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F944356" w14:textId="71501342" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
-[...6 lines deleted...]
-        <w:t>Heo, Yoonjeoung, and Chung, Chi-Nien</w:t>
+        <w:t>European Group for Organizational Studies Colloquium, July 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FFC9E8" w14:textId="0163092D" w:rsidR="00481F06" w:rsidRPr="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Meetings</w:t>
       </w:r>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...16 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>August</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="7C1397B9" w14:textId="77777777" w:rsidR="008B785F" w:rsidRDefault="008B785F" w:rsidP="005617B2">
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78667960" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="005617B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B785F">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="008B785F">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Shen, Subrina, and Kim, Heeyon. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00436731">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Funding teams similar to one of us: The impact of observed similarity on venture funding decisions in groups</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4B3E28" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="004E26D5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B785F">
-[...14 lines deleted...]
-    <w:p w14:paraId="0BCD996A" w14:textId="77777777" w:rsidR="007A756B" w:rsidRDefault="007A756B" w:rsidP="007A756B">
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academy of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management Meetings, August 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779C35C2" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="004E26D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, Heeyon, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC73FF">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="00D03077">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Heo, Yoonjeoung, and Chung, Chi-Nien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E26D5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Changing Tracks: A Status-based Explanation of Identity Change in the Korean Pop Music Industry</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC73A47" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRPr="008B785F" w:rsidRDefault="004E26D5" w:rsidP="004E26D5">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D03077">
-[...14 lines deleted...]
-    <w:p w14:paraId="68BE6F96" w14:textId="77777777" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00CA2F6D">
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>European Group for Organizational Studies Colloquium, July 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1397B9" w14:textId="77777777" w:rsidR="008B785F" w:rsidRDefault="008B785F" w:rsidP="005617B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00D03077">
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kim, Heeyon, and Montauti, Martina. The disruptor’s paradox: The impact of Airbnb Plus on the hospitality industry</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B07D8F" w14:textId="77777777" w:rsidR="008B785F" w:rsidRPr="008B785F" w:rsidRDefault="008B785F" w:rsidP="008B785F">
+      <w:pPr>
+        <w:ind w:left="1080" w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D03077">
-[...54 lines deleted...]
-    <w:p w14:paraId="0A0D67E7" w14:textId="77777777" w:rsidR="00481F06" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
+      <w:r w:rsidRPr="008B785F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>European Group for Organizational Studies Colloquium, July 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCD996A" w14:textId="77777777" w:rsidR="007A756B" w:rsidRDefault="007A756B" w:rsidP="007A756B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, Heeyon, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC73FF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>and Chung, Chi-Nien. The take-off of the Korean Wave: Antecedents and consequences of the globalization of pop culture.</w:t>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00481F06">
+        <w:t xml:space="preserve">and Chung, Chi-Nien. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F37477">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Global diffusion of cultural products: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Intentional and u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F37477">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nintentional </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>diffusion of Korean pop m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F37477">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>usic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC73FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69832F67" w14:textId="77777777" w:rsidR="007A756B" w:rsidRDefault="007A756B" w:rsidP="007A756B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00481F06">
-[...15 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Academy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Management Meetings, August 2016</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25DFA2BF" w14:textId="77777777" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
+        <w:t>Management Meetings, August 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68BE6F96" w14:textId="77777777" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00CA2F6D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA2F6D">
-[...14 lines deleted...]
-    <w:p w14:paraId="0F733A5A" w14:textId="7C1A137C" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kim, Heeyon, and Kim, Bo Kyung. Perceived affiliations through spatial positions and status dynamics in the U.S. fashion industry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCBC048" w14:textId="4F63A4B1" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00CA2F6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academy of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management Meetings, August 2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9C6E7C" w14:textId="3CB1ED9F" w:rsidR="0091301D" w:rsidRDefault="0091301D" w:rsidP="00CA2F6D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DRUID, June 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0D67E7" w14:textId="77777777" w:rsidR="00481F06" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC73FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and Chung, Chi-Nien. The take-off of the Korean Wave: Antecedents and consequences of the globalization of pop culture.</w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06" w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42381BA7" w14:textId="3D2D3314" w:rsidR="00CA2F6D" w:rsidRPr="00481F06" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>European Group for Organizational Studies Colloquium, July 2015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D89ADDB" w14:textId="2C8FB020" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academy of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management Meetings, August 2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DFA2BF" w14:textId="77777777" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA2F6D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jensen, Michael, and Kim, Heeyon. Becoming Francis Ford Coppola: Using a role theoretic perspective on reputational rank to explain artistic career success</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F733A5A" w14:textId="7C1A137C" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03077">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Academy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management Meetings, August 2016</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="529254AD" w14:textId="77777777" w:rsidR="00D03077" w:rsidRDefault="00D03077" w:rsidP="00C218A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -6811,50 +6673,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>National University of Singapore, NUS Business School Startup Research Grant (2014-2017): SGD$90,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C273C24" w14:textId="77777777" w:rsidR="00D607FD" w:rsidRDefault="00D607FD" w:rsidP="00D607FD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D607FD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Buckley and Casson AIB Dissertation Award</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Finalist (2015)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783B06DE" w14:textId="77777777" w:rsidR="009F594D" w:rsidRDefault="009F594D" w:rsidP="00852B8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6889,51 +6752,50 @@
       </w:r>
       <w:r w:rsidR="00852B8A" w:rsidRPr="00852B8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$28,800</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CBA484A" w14:textId="77777777" w:rsidR="00094227" w:rsidRPr="00CC6A1C" w:rsidRDefault="00094227" w:rsidP="00094227">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ross School of Business, Center for International Business Education and Research (CIBER)</w:t>
       </w:r>
       <w:r w:rsidR="00C0257A" w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research Grant (2012, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2013)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21741F3E" w14:textId="77777777" w:rsidR="001A6CBD" w:rsidRPr="00CC6A1C" w:rsidRDefault="001A6CBD" w:rsidP="00B109C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -7123,278 +6985,349 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MEDIA MENTION</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BEB0FE4" w14:textId="77777777" w:rsidR="003D0AA1" w:rsidRPr="00CC6A1C" w:rsidRDefault="003D0AA1" w:rsidP="003D0AA1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33CD812F" w14:textId="77777777" w:rsidR="003D0AA1" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
+    <w:p w14:paraId="49F28E65" w14:textId="37FD7DAA" w:rsidR="00880247" w:rsidRDefault="00880247" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Associated Press: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00D9369D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://apnews.com/article/trump-tariffs-foreign-movies-films-8008248fc08c748a7e8a174306ba66ba</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC63A25" w14:textId="6796D0AF" w:rsidR="00880247" w:rsidRDefault="00880247" w:rsidP="00D04F46">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bloomberg: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D9369D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.bloomberg.com/news/articles/2025-05-05/trump-vows-to-meet-hollywood-on-tariff-plan-that-shook-industry</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CD812F" w14:textId="70495FF1" w:rsidR="003D0AA1" w:rsidRPr="000C13E7" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C13E7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="003D0AA1" w:rsidRPr="00D04F46">
+      <w:r w:rsidR="003D0AA1" w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Straits Times</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D04F46">
-[...14 lines deleted...]
-        <w:r w:rsidRPr="004D24D5">
+      <w:r w:rsidRPr="000C13E7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.straitstimes.com/lifestyle/entertainment/singapore-academics-study-oscar-curse-hits-men-more-than-women</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE1BC84" w14:textId="77777777" w:rsidR="00D04F46" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
+    <w:p w14:paraId="6DE1BC84" w14:textId="77777777" w:rsidR="00D04F46" w:rsidRPr="000C13E7" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Republic: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="004D24D5">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.newrepublic.com/article/121108/oscar-curse-myth</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="080A08FF" w14:textId="77777777" w:rsidR="00D04F46" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
+    <w:p w14:paraId="080A08FF" w14:textId="77777777" w:rsidR="00D04F46" w:rsidRPr="000C13E7" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Hankyoreh (in Korean): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="004D24D5">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.hani.co.kr/arti/culture/movie/679090.html</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0407C7A0" w14:textId="77777777" w:rsidR="00723565" w:rsidRDefault="00723565" w:rsidP="00723565">
+    <w:p w14:paraId="0407C7A0" w14:textId="77777777" w:rsidR="00723565" w:rsidRPr="000C13E7" w:rsidRDefault="00723565" w:rsidP="00723565">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Business Times: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="002653D9">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.businesstimes.com.sg/opinion/taking-a-leaf-from-k-wave-book</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39820650" w14:textId="77777777" w:rsidR="00723565" w:rsidRDefault="00723565" w:rsidP="00723565">
+    <w:p w14:paraId="39820650" w14:textId="77777777" w:rsidR="00723565" w:rsidRPr="000C13E7" w:rsidRDefault="00723565" w:rsidP="00723565">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South China Morning Post: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00723565">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.scmp.com/business/article/1922442/why-it-takes-more-force-foreign- film-fly-box-office</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3905F3" w14:textId="77777777" w:rsidR="00273308" w:rsidRPr="006D276D" w:rsidRDefault="00273308" w:rsidP="00723565">
+    <w:p w14:paraId="4C3905F3" w14:textId="77777777" w:rsidR="00273308" w:rsidRPr="000C13E7" w:rsidRDefault="00273308" w:rsidP="00723565">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PhD Comics: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://phdcomics.com/comics/archive.php?comicid=1449</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="000C13E7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (based on true story)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6ABBB6" w14:textId="77777777" w:rsidR="006D276D" w:rsidRPr="00723565" w:rsidRDefault="006D276D" w:rsidP="006D276D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="715D2442" w14:textId="77777777" w:rsidR="00850065" w:rsidRDefault="00850065" w:rsidP="00A14A67">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BB02EF3" w14:textId="1D44F40F" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00A14A67" w:rsidP="00A14A67">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -7483,50 +7416,74 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Seoul Journal of Business</w:t>
       </w:r>
       <w:r w:rsidR="000245D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2024 – Present)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="49090810" w14:textId="73C473F9" w:rsidR="00A16329" w:rsidRPr="00A16329" w:rsidRDefault="00A16329" w:rsidP="00A16329">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1247" w:hanging="170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96F4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Korea Business Review (2025 – Present)</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="355B5C93" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRPr="00855BCA" w:rsidRDefault="004E26D5" w:rsidP="00855BCA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CFB51D1" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00BE65FC" w:rsidP="00A14A67">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
@@ -7563,660 +7520,746 @@
     </w:p>
     <w:p w14:paraId="2D3433E3" w14:textId="77777777" w:rsidR="00AA1D52" w:rsidRDefault="00AA1D52" w:rsidP="009C55D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Journal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B74A2E" w14:textId="77777777" w:rsidR="009C55D2" w:rsidRDefault="009C55D2" w:rsidP="009C55D2">
+    <w:p w14:paraId="1DD75EB7" w14:textId="52E7433A" w:rsidR="00DB467E" w:rsidRPr="00DB467E" w:rsidRDefault="00DB467E" w:rsidP="00DB467E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Organization Science</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00A5A1D4" w14:textId="77777777" w:rsidR="00085484" w:rsidRDefault="00085484" w:rsidP="00CA7FD4">
+        <w:t>Academy of Management Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B74A2E" w14:textId="77777777" w:rsidR="009C55D2" w:rsidRDefault="009C55D2" w:rsidP="009C55D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Management Science</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D3DF0B2" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
+        <w:t>Organization Science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A5A1D4" w14:textId="77777777" w:rsidR="00085484" w:rsidRDefault="00085484" w:rsidP="00CA7FD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Strategic Management Journal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C47BCB8" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
+        <w:t>Management Science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3DF0B2" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Journal of Management Studies</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="671FE557" w14:textId="77777777" w:rsidR="00E57B56" w:rsidRDefault="00E57B56" w:rsidP="00E57B56">
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C47BCB8" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Journal of International Business Studies</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DAE163E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
+        <w:t>Journal of Management Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671FE557" w14:textId="77777777" w:rsidR="00E57B56" w:rsidRDefault="00E57B56" w:rsidP="00E57B56">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Global Strategy Journal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A9827FC" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
+        <w:t>Journal of International Business Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAE163E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Strategic Entrepreneurship Journal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A42B1C2" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRPr="006626A2" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
+        <w:t>Global Strategy Journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9827FC" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Strategic Organization</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BAA36B1" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
+        <w:t>Strategic Entrepreneurship Journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A42B1C2" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRPr="006626A2" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Management and Organization Review</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C010EA0" w14:textId="344EDE73" w:rsidR="00D07BBD" w:rsidRDefault="00D07BBD" w:rsidP="00BE65FC">
+        <w:t>Strategic Organization</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAA36B1" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D07BBD">
-[...7 lines deleted...]
-    <w:p w14:paraId="50B8A536" w14:textId="64BC7AF5" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management and Organization Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C010EA0" w14:textId="344EDE73" w:rsidR="00D07BBD" w:rsidRDefault="00D07BBD" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D07BBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Asia Pacific Journal of Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B8A536" w14:textId="64BC7AF5" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1247" w:hanging="170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96F4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Poetics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F9AE04C" w14:textId="6CEB738D" w:rsidR="007A56B9" w:rsidRPr="00CC6A1C" w:rsidRDefault="00A14A67" w:rsidP="007A56B9">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="007A56B9" w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Annual Meeting BPS, OMT Division Reviewer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="339BAB16" w14:textId="77777777" w:rsidR="00A9198F" w:rsidRDefault="00A9198F" w:rsidP="007A56B9">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75FF3EE9" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRPr="00CC6A1C" w:rsidRDefault="005D307B" w:rsidP="00BE65FC">
+    <w:p w14:paraId="0C9DADF4" w14:textId="3CC7F522" w:rsidR="000C13E7" w:rsidRPr="000C13E7" w:rsidRDefault="005D307B" w:rsidP="000C13E7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Student Advising</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A9932C" w14:textId="7D267999" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+    <w:p w14:paraId="45A8C8F6" w14:textId="63DFA53B" w:rsidR="000C13E7" w:rsidRDefault="00775C75" w:rsidP="000C13E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">–Student </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="09711A12" w14:textId="1037E307" w:rsidR="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="000C13E7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C13E7" w:rsidRPr="00775C75">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PhD Student Committee </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B3C5BC" w14:textId="20811622" w:rsidR="000C13E7" w:rsidRDefault="000C13E7" w:rsidP="000C13E7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1247" w:hanging="170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Youchung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kwon (Cornell University, Management and Organizations; Co-chair)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7732523E" w14:textId="504A7259" w:rsidR="000C13E7" w:rsidRPr="008C378B" w:rsidRDefault="000C13E7" w:rsidP="008C378B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1247" w:hanging="170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008C378B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tian You Hu (NUS Business School, Strategy and Policy Department)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6089FC4C" w14:textId="77777777" w:rsidR="000C13E7" w:rsidRPr="00775C75" w:rsidRDefault="000C13E7" w:rsidP="000C13E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:firstLine="193"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF0F14">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00775C75">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mayank Varshney (NUS Business School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7FD4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategy and Policy Department)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A0DF7B" w14:textId="77777777" w:rsidR="000C13E7" w:rsidRDefault="000C13E7" w:rsidP="000C13E7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7FD4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PhD Thesis Examiner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EAA2C6E" w14:textId="77777777" w:rsidR="000C13E7" w:rsidRPr="00CC6A1C" w:rsidRDefault="000C13E7" w:rsidP="000C13E7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:firstLine="360"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Qian Lu (NUS Business School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7FD4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management and Organization Department)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A9932C" w14:textId="4DFF51DF" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="000C13E7" w:rsidP="00775C75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1247" w:hanging="170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7FD4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="4B0D5092" w14:textId="3399FE56" w:rsidR="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+      <w:r w:rsidR="00775C75" w:rsidRPr="00F96F4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student </w:t>
+      </w:r>
+      <w:r w:rsidR="00775C75" w:rsidRPr="00775C75">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Group Faculty Advisor </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09711A12" w14:textId="5CFBD88B" w:rsidR="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:firstLine="193"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="35BF028F" w14:textId="1B28CE06" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+      <w:r w:rsidRPr="00AF0F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">American Hotel and Lodging Association </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cornell </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0F14">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Student Chapter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00775C75">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2021 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00880247">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0D5092" w14:textId="6B945ED1" w:rsidR="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:firstLine="193"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">International Business Consulting (2021 </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="6D432BD2" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
+        <w:t xml:space="preserve">Social Business Consulting (2021 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00880247">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BF028F" w14:textId="592661E7" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:firstLine="193"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00775C75">
-[...123 lines deleted...]
-        <w:t>Management and Organization Department)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Business Consulting (2021 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00880247">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC71443" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="007A56B9">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42614B3F" w14:textId="77777777" w:rsidR="005D307B" w:rsidRPr="00CC6A1C" w:rsidRDefault="005D307B" w:rsidP="005D307B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8832,103 +8875,103 @@
     <w:p w14:paraId="137A15C3" w14:textId="77777777" w:rsidR="00CA7FD4" w:rsidRPr="00CC6A1C" w:rsidRDefault="00CA7FD4" w:rsidP="00CA7FD4">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>European Group for Organizational Studies</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA7FD4" w:rsidRPr="00CC6A1C" w:rsidSect="00527A54">
-      <w:footerReference w:type="even" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59A5AD2D" w14:textId="77777777" w:rsidR="005A1738" w:rsidRDefault="005A1738" w:rsidP="00DA5120">
+    <w:p w14:paraId="584053DF" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20B28E8F" w14:textId="77777777" w:rsidR="005A1738" w:rsidRDefault="005A1738" w:rsidP="00DA5120">
+    <w:p w14:paraId="10CD79FD" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
@@ -8950,108 +8993,108 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="457460055"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6B1755CF" w14:textId="3B7DBF84" w:rsidR="00321B0A" w:rsidRDefault="00321B0A" w:rsidP="004F69CC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5EF4A97F" w14:textId="77777777" w:rsidR="00321B0A" w:rsidRDefault="00321B0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:id w:val="-798288932"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6DD77F83" w14:textId="5426BBC7" w:rsidR="00321B0A" w:rsidRPr="00321B0A" w:rsidRDefault="00321B0A" w:rsidP="004F69CC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00321B0A">
@@ -9085,70 +9128,70 @@
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00321B0A">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1DC3711F" w14:textId="77777777" w:rsidR="00321B0A" w:rsidRDefault="00321B0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00A09199" w14:textId="77777777" w:rsidR="005A1738" w:rsidRDefault="005A1738" w:rsidP="00DA5120">
+    <w:p w14:paraId="7952C157" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="796A0298" w14:textId="77777777" w:rsidR="005A1738" w:rsidRDefault="005A1738" w:rsidP="00DA5120">
+    <w:p w14:paraId="29739020" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28382BDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BDAAC594"/>
     <w:lvl w:ilvl="0" w:tplc="DF1837DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -9460,242 +9503,257 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2064018061">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1467048248">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1203328058">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="166"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="144"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F4454A"/>
+    <w:rsid w:val="0001106E"/>
     <w:rsid w:val="0001224B"/>
     <w:rsid w:val="000223BF"/>
     <w:rsid w:val="000245D9"/>
     <w:rsid w:val="00024D97"/>
     <w:rsid w:val="0003612F"/>
     <w:rsid w:val="000423B1"/>
     <w:rsid w:val="000463D0"/>
     <w:rsid w:val="00047823"/>
     <w:rsid w:val="00067B57"/>
     <w:rsid w:val="000731E4"/>
+    <w:rsid w:val="0007579C"/>
     <w:rsid w:val="00075ACF"/>
     <w:rsid w:val="00076B02"/>
     <w:rsid w:val="00076CC2"/>
     <w:rsid w:val="000800E4"/>
     <w:rsid w:val="00085484"/>
     <w:rsid w:val="00086D95"/>
     <w:rsid w:val="00093FDC"/>
     <w:rsid w:val="00094227"/>
     <w:rsid w:val="000953D9"/>
     <w:rsid w:val="000A25A7"/>
     <w:rsid w:val="000A29DB"/>
     <w:rsid w:val="000A31F5"/>
     <w:rsid w:val="000A6345"/>
     <w:rsid w:val="000A6E98"/>
     <w:rsid w:val="000B138A"/>
     <w:rsid w:val="000B2FE0"/>
     <w:rsid w:val="000B5700"/>
     <w:rsid w:val="000B576F"/>
     <w:rsid w:val="000B5AFC"/>
     <w:rsid w:val="000B60D1"/>
+    <w:rsid w:val="000C13E7"/>
     <w:rsid w:val="000C1B63"/>
     <w:rsid w:val="000C1F54"/>
     <w:rsid w:val="000C5080"/>
     <w:rsid w:val="000C7F16"/>
     <w:rsid w:val="000D3721"/>
     <w:rsid w:val="000F0154"/>
     <w:rsid w:val="000F4E66"/>
     <w:rsid w:val="000F7335"/>
     <w:rsid w:val="000F7AA8"/>
     <w:rsid w:val="0010073A"/>
     <w:rsid w:val="001025B3"/>
     <w:rsid w:val="00106582"/>
     <w:rsid w:val="001118DD"/>
     <w:rsid w:val="001168F1"/>
     <w:rsid w:val="0012014A"/>
     <w:rsid w:val="00123555"/>
     <w:rsid w:val="00131ACE"/>
     <w:rsid w:val="0013785D"/>
     <w:rsid w:val="00137FB8"/>
     <w:rsid w:val="00143360"/>
+    <w:rsid w:val="00143768"/>
     <w:rsid w:val="00151335"/>
     <w:rsid w:val="00163DDC"/>
     <w:rsid w:val="001645CE"/>
     <w:rsid w:val="0016729A"/>
     <w:rsid w:val="00170F4F"/>
     <w:rsid w:val="001A043E"/>
     <w:rsid w:val="001A4B7D"/>
     <w:rsid w:val="001A6242"/>
     <w:rsid w:val="001A6CBD"/>
     <w:rsid w:val="001B51EF"/>
     <w:rsid w:val="001B5BBF"/>
     <w:rsid w:val="001B6EE3"/>
     <w:rsid w:val="001C2E5C"/>
     <w:rsid w:val="001C42C5"/>
     <w:rsid w:val="001D5FB7"/>
     <w:rsid w:val="001E38AD"/>
     <w:rsid w:val="001E39C4"/>
     <w:rsid w:val="001E4700"/>
     <w:rsid w:val="001E4E64"/>
     <w:rsid w:val="001E7B84"/>
     <w:rsid w:val="002037D9"/>
     <w:rsid w:val="002045F3"/>
     <w:rsid w:val="0020586B"/>
     <w:rsid w:val="00205BB4"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="00233504"/>
     <w:rsid w:val="002471E4"/>
     <w:rsid w:val="00247F18"/>
     <w:rsid w:val="00260EC9"/>
     <w:rsid w:val="00262A3A"/>
     <w:rsid w:val="00270B44"/>
     <w:rsid w:val="00273308"/>
     <w:rsid w:val="0027383C"/>
     <w:rsid w:val="00274489"/>
     <w:rsid w:val="00281065"/>
     <w:rsid w:val="0028343A"/>
     <w:rsid w:val="00286599"/>
     <w:rsid w:val="00291191"/>
     <w:rsid w:val="0029478C"/>
     <w:rsid w:val="00294F6B"/>
+    <w:rsid w:val="002974AA"/>
     <w:rsid w:val="002A3484"/>
     <w:rsid w:val="002A3E92"/>
     <w:rsid w:val="002B0DFB"/>
     <w:rsid w:val="002B1DD8"/>
     <w:rsid w:val="002B1E6D"/>
     <w:rsid w:val="002B5106"/>
     <w:rsid w:val="002B54A4"/>
     <w:rsid w:val="002B7B5F"/>
     <w:rsid w:val="002C70C6"/>
     <w:rsid w:val="002D3B61"/>
     <w:rsid w:val="002D4C08"/>
     <w:rsid w:val="002E1057"/>
     <w:rsid w:val="002F6F3C"/>
     <w:rsid w:val="002F710C"/>
     <w:rsid w:val="00306B42"/>
     <w:rsid w:val="00312801"/>
     <w:rsid w:val="00313471"/>
     <w:rsid w:val="00314793"/>
     <w:rsid w:val="00321B0A"/>
     <w:rsid w:val="00324E75"/>
     <w:rsid w:val="00325D3B"/>
     <w:rsid w:val="00327C98"/>
     <w:rsid w:val="003406C2"/>
     <w:rsid w:val="00341647"/>
     <w:rsid w:val="00342397"/>
     <w:rsid w:val="00344604"/>
     <w:rsid w:val="00344628"/>
     <w:rsid w:val="00351923"/>
     <w:rsid w:val="003561D1"/>
     <w:rsid w:val="003561DA"/>
     <w:rsid w:val="003570F1"/>
     <w:rsid w:val="00362C51"/>
     <w:rsid w:val="0036572F"/>
     <w:rsid w:val="0036746E"/>
     <w:rsid w:val="00370A19"/>
     <w:rsid w:val="00370A76"/>
+    <w:rsid w:val="00373AC0"/>
     <w:rsid w:val="00380CA1"/>
     <w:rsid w:val="00384947"/>
+    <w:rsid w:val="003968EA"/>
     <w:rsid w:val="00396F17"/>
     <w:rsid w:val="003A0315"/>
     <w:rsid w:val="003A46DF"/>
     <w:rsid w:val="003B3414"/>
+    <w:rsid w:val="003C3EFA"/>
     <w:rsid w:val="003C5428"/>
     <w:rsid w:val="003D0AA1"/>
     <w:rsid w:val="003D211A"/>
     <w:rsid w:val="003D38B6"/>
     <w:rsid w:val="003E393F"/>
     <w:rsid w:val="003F257E"/>
+    <w:rsid w:val="00403754"/>
     <w:rsid w:val="00407FC5"/>
     <w:rsid w:val="0041080E"/>
     <w:rsid w:val="0041102C"/>
     <w:rsid w:val="00414339"/>
+    <w:rsid w:val="00422C20"/>
     <w:rsid w:val="00423C0E"/>
     <w:rsid w:val="00425404"/>
     <w:rsid w:val="004255CF"/>
     <w:rsid w:val="004269C7"/>
     <w:rsid w:val="004300B9"/>
     <w:rsid w:val="00436731"/>
     <w:rsid w:val="00443AC3"/>
+    <w:rsid w:val="00450891"/>
     <w:rsid w:val="00452E23"/>
+    <w:rsid w:val="0045547B"/>
     <w:rsid w:val="0046703D"/>
     <w:rsid w:val="0047525B"/>
     <w:rsid w:val="00481F06"/>
+    <w:rsid w:val="00483678"/>
     <w:rsid w:val="004918A1"/>
     <w:rsid w:val="00495B4A"/>
     <w:rsid w:val="004966B7"/>
     <w:rsid w:val="004A0D6B"/>
     <w:rsid w:val="004B5AC0"/>
     <w:rsid w:val="004C4659"/>
     <w:rsid w:val="004D2C0B"/>
+    <w:rsid w:val="004D4000"/>
     <w:rsid w:val="004D4963"/>
     <w:rsid w:val="004E1ACE"/>
     <w:rsid w:val="004E26B3"/>
     <w:rsid w:val="004E26D5"/>
     <w:rsid w:val="004E3D10"/>
     <w:rsid w:val="005040E7"/>
+    <w:rsid w:val="00507325"/>
     <w:rsid w:val="00507B7F"/>
     <w:rsid w:val="0051047A"/>
     <w:rsid w:val="00512A68"/>
     <w:rsid w:val="005219A1"/>
     <w:rsid w:val="00527A54"/>
     <w:rsid w:val="005305CA"/>
     <w:rsid w:val="005325F5"/>
     <w:rsid w:val="005337D8"/>
     <w:rsid w:val="00542500"/>
     <w:rsid w:val="00544BE8"/>
     <w:rsid w:val="005511AF"/>
     <w:rsid w:val="00551243"/>
     <w:rsid w:val="005546C2"/>
     <w:rsid w:val="0055539E"/>
     <w:rsid w:val="0056194D"/>
     <w:rsid w:val="005844D5"/>
     <w:rsid w:val="00584E3D"/>
     <w:rsid w:val="0058713E"/>
     <w:rsid w:val="00591974"/>
     <w:rsid w:val="00593958"/>
     <w:rsid w:val="00597EF8"/>
     <w:rsid w:val="005A0B29"/>
     <w:rsid w:val="005A1738"/>
     <w:rsid w:val="005A2E1E"/>
     <w:rsid w:val="005B3F1B"/>
@@ -9712,76 +9770,80 @@
     <w:rsid w:val="005E5DBF"/>
     <w:rsid w:val="005E71DB"/>
     <w:rsid w:val="005E7964"/>
     <w:rsid w:val="005F1D4A"/>
     <w:rsid w:val="005F366B"/>
     <w:rsid w:val="00601B88"/>
     <w:rsid w:val="0060279D"/>
     <w:rsid w:val="00604BEE"/>
     <w:rsid w:val="00621A81"/>
     <w:rsid w:val="00624365"/>
     <w:rsid w:val="00627A08"/>
     <w:rsid w:val="00634BFD"/>
     <w:rsid w:val="00635034"/>
     <w:rsid w:val="00635652"/>
     <w:rsid w:val="006409E8"/>
     <w:rsid w:val="00641646"/>
     <w:rsid w:val="00644299"/>
     <w:rsid w:val="00650DE6"/>
     <w:rsid w:val="006511A1"/>
     <w:rsid w:val="00654681"/>
     <w:rsid w:val="006626A2"/>
     <w:rsid w:val="00671C5C"/>
     <w:rsid w:val="00674412"/>
     <w:rsid w:val="00676739"/>
     <w:rsid w:val="00676998"/>
+    <w:rsid w:val="006840C4"/>
     <w:rsid w:val="006869BB"/>
     <w:rsid w:val="006936AC"/>
     <w:rsid w:val="0069383F"/>
     <w:rsid w:val="006A1ECA"/>
     <w:rsid w:val="006A3B92"/>
+    <w:rsid w:val="006A4EFE"/>
     <w:rsid w:val="006A69A6"/>
     <w:rsid w:val="006A7DB1"/>
     <w:rsid w:val="006B1256"/>
+    <w:rsid w:val="006B4B65"/>
     <w:rsid w:val="006B518F"/>
     <w:rsid w:val="006C4BDF"/>
     <w:rsid w:val="006C7D22"/>
     <w:rsid w:val="006D1300"/>
     <w:rsid w:val="006D276D"/>
     <w:rsid w:val="006E3DED"/>
     <w:rsid w:val="006F04E9"/>
     <w:rsid w:val="006F2411"/>
     <w:rsid w:val="006F278C"/>
     <w:rsid w:val="006F47F3"/>
     <w:rsid w:val="006F7535"/>
     <w:rsid w:val="00701031"/>
     <w:rsid w:val="00702C32"/>
     <w:rsid w:val="00706E4B"/>
     <w:rsid w:val="00713AFF"/>
     <w:rsid w:val="00714A17"/>
     <w:rsid w:val="00723565"/>
     <w:rsid w:val="007249B4"/>
+    <w:rsid w:val="00724E8F"/>
     <w:rsid w:val="007260C5"/>
     <w:rsid w:val="00726BDD"/>
     <w:rsid w:val="00726F3D"/>
     <w:rsid w:val="00727EF8"/>
     <w:rsid w:val="007339A8"/>
     <w:rsid w:val="0074329A"/>
     <w:rsid w:val="00743DC7"/>
     <w:rsid w:val="007534C7"/>
     <w:rsid w:val="007568F7"/>
     <w:rsid w:val="0075778E"/>
     <w:rsid w:val="00762403"/>
     <w:rsid w:val="007625AA"/>
     <w:rsid w:val="00763E7B"/>
     <w:rsid w:val="0077583C"/>
     <w:rsid w:val="00775C75"/>
     <w:rsid w:val="00781D3F"/>
     <w:rsid w:val="00782B19"/>
     <w:rsid w:val="00786DE6"/>
     <w:rsid w:val="00787695"/>
     <w:rsid w:val="00793719"/>
     <w:rsid w:val="007A1F6D"/>
     <w:rsid w:val="007A2CF4"/>
     <w:rsid w:val="007A441E"/>
     <w:rsid w:val="007A56B9"/>
     <w:rsid w:val="007A756B"/>
@@ -9793,204 +9855,213 @@
     <w:rsid w:val="007D200A"/>
     <w:rsid w:val="007D4680"/>
     <w:rsid w:val="007D5705"/>
     <w:rsid w:val="007D7683"/>
     <w:rsid w:val="007E008E"/>
     <w:rsid w:val="007E7AE0"/>
     <w:rsid w:val="007F449C"/>
     <w:rsid w:val="007F4A4D"/>
     <w:rsid w:val="00811AF9"/>
     <w:rsid w:val="00817D27"/>
     <w:rsid w:val="00824B48"/>
     <w:rsid w:val="00825438"/>
     <w:rsid w:val="008322A7"/>
     <w:rsid w:val="00833F33"/>
     <w:rsid w:val="008351C2"/>
     <w:rsid w:val="00835939"/>
     <w:rsid w:val="0084407F"/>
     <w:rsid w:val="00850065"/>
     <w:rsid w:val="00852B8A"/>
     <w:rsid w:val="00855BCA"/>
     <w:rsid w:val="0085626A"/>
     <w:rsid w:val="00870860"/>
     <w:rsid w:val="008721EF"/>
     <w:rsid w:val="00872C8F"/>
     <w:rsid w:val="00873048"/>
+    <w:rsid w:val="00880247"/>
     <w:rsid w:val="0088090B"/>
     <w:rsid w:val="00882B3E"/>
     <w:rsid w:val="0088464E"/>
     <w:rsid w:val="00886C68"/>
     <w:rsid w:val="00892B31"/>
     <w:rsid w:val="008947C9"/>
     <w:rsid w:val="008A4525"/>
     <w:rsid w:val="008B0A40"/>
     <w:rsid w:val="008B1E79"/>
     <w:rsid w:val="008B6388"/>
     <w:rsid w:val="008B785F"/>
     <w:rsid w:val="008C2221"/>
     <w:rsid w:val="008C3090"/>
     <w:rsid w:val="008C357A"/>
+    <w:rsid w:val="008C378B"/>
     <w:rsid w:val="008C37DD"/>
     <w:rsid w:val="008C3844"/>
     <w:rsid w:val="008C518C"/>
     <w:rsid w:val="008C72CE"/>
     <w:rsid w:val="008D17AC"/>
     <w:rsid w:val="008E0B81"/>
     <w:rsid w:val="008E11BF"/>
     <w:rsid w:val="008E329A"/>
     <w:rsid w:val="008E44B5"/>
     <w:rsid w:val="008E4CBE"/>
     <w:rsid w:val="008E747B"/>
     <w:rsid w:val="008F0452"/>
     <w:rsid w:val="008F4B22"/>
     <w:rsid w:val="009049C6"/>
     <w:rsid w:val="009056DE"/>
     <w:rsid w:val="0090585B"/>
     <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00920401"/>
     <w:rsid w:val="009210BE"/>
     <w:rsid w:val="009260F7"/>
     <w:rsid w:val="0092688C"/>
     <w:rsid w:val="00932A2D"/>
     <w:rsid w:val="00933BC9"/>
     <w:rsid w:val="009344FC"/>
     <w:rsid w:val="00935D21"/>
     <w:rsid w:val="00936129"/>
     <w:rsid w:val="00943441"/>
     <w:rsid w:val="00955061"/>
     <w:rsid w:val="00960129"/>
     <w:rsid w:val="009671BF"/>
     <w:rsid w:val="009807B5"/>
     <w:rsid w:val="009807F3"/>
+    <w:rsid w:val="00985151"/>
     <w:rsid w:val="00993185"/>
     <w:rsid w:val="009938A7"/>
     <w:rsid w:val="0099696B"/>
     <w:rsid w:val="009A33C2"/>
     <w:rsid w:val="009A4C46"/>
     <w:rsid w:val="009A5661"/>
     <w:rsid w:val="009B3738"/>
     <w:rsid w:val="009B41C1"/>
     <w:rsid w:val="009B4E46"/>
     <w:rsid w:val="009C2CA1"/>
     <w:rsid w:val="009C55D2"/>
     <w:rsid w:val="009D545C"/>
     <w:rsid w:val="009D746B"/>
     <w:rsid w:val="009E1F1C"/>
     <w:rsid w:val="009E50AA"/>
     <w:rsid w:val="009E5EFC"/>
     <w:rsid w:val="009F22D4"/>
     <w:rsid w:val="009F594D"/>
     <w:rsid w:val="00A06164"/>
     <w:rsid w:val="00A07BE5"/>
     <w:rsid w:val="00A142E4"/>
     <w:rsid w:val="00A14A67"/>
+    <w:rsid w:val="00A16329"/>
     <w:rsid w:val="00A16C12"/>
     <w:rsid w:val="00A2670D"/>
     <w:rsid w:val="00A2748B"/>
     <w:rsid w:val="00A319FE"/>
     <w:rsid w:val="00A366C2"/>
     <w:rsid w:val="00A37570"/>
+    <w:rsid w:val="00A4529D"/>
     <w:rsid w:val="00A5787C"/>
     <w:rsid w:val="00A61050"/>
     <w:rsid w:val="00A64747"/>
     <w:rsid w:val="00A647C0"/>
+    <w:rsid w:val="00A662BB"/>
     <w:rsid w:val="00A764B1"/>
     <w:rsid w:val="00A9198F"/>
     <w:rsid w:val="00AA0CC1"/>
     <w:rsid w:val="00AA1D52"/>
     <w:rsid w:val="00AA1EAE"/>
     <w:rsid w:val="00AA480F"/>
     <w:rsid w:val="00AB3CE3"/>
     <w:rsid w:val="00AB5669"/>
     <w:rsid w:val="00AC204A"/>
     <w:rsid w:val="00AC3B41"/>
     <w:rsid w:val="00AD4527"/>
     <w:rsid w:val="00AD6E86"/>
     <w:rsid w:val="00AE118B"/>
     <w:rsid w:val="00AE1C78"/>
     <w:rsid w:val="00AE7445"/>
     <w:rsid w:val="00AF3887"/>
     <w:rsid w:val="00AF3EF0"/>
     <w:rsid w:val="00AF6B15"/>
     <w:rsid w:val="00B015DF"/>
     <w:rsid w:val="00B045D8"/>
     <w:rsid w:val="00B0480E"/>
     <w:rsid w:val="00B109C4"/>
     <w:rsid w:val="00B13BD7"/>
     <w:rsid w:val="00B16124"/>
     <w:rsid w:val="00B208B4"/>
     <w:rsid w:val="00B2105D"/>
     <w:rsid w:val="00B24C4E"/>
     <w:rsid w:val="00B31C0B"/>
+    <w:rsid w:val="00B35F1F"/>
     <w:rsid w:val="00B36229"/>
     <w:rsid w:val="00B41179"/>
     <w:rsid w:val="00B42F9A"/>
     <w:rsid w:val="00B5287F"/>
     <w:rsid w:val="00B60FCB"/>
     <w:rsid w:val="00B71372"/>
     <w:rsid w:val="00B73A55"/>
     <w:rsid w:val="00B746BF"/>
     <w:rsid w:val="00BB3143"/>
     <w:rsid w:val="00BB661D"/>
     <w:rsid w:val="00BC1804"/>
     <w:rsid w:val="00BC29FE"/>
     <w:rsid w:val="00BC4B59"/>
     <w:rsid w:val="00BC73FF"/>
     <w:rsid w:val="00BC7794"/>
     <w:rsid w:val="00BD55F4"/>
     <w:rsid w:val="00BD77F9"/>
     <w:rsid w:val="00BE1C0B"/>
     <w:rsid w:val="00BE1C3D"/>
     <w:rsid w:val="00BE292A"/>
     <w:rsid w:val="00BE60C2"/>
     <w:rsid w:val="00BE65FC"/>
     <w:rsid w:val="00BF16CA"/>
     <w:rsid w:val="00BF562B"/>
     <w:rsid w:val="00C01A8A"/>
     <w:rsid w:val="00C0231D"/>
     <w:rsid w:val="00C0257A"/>
     <w:rsid w:val="00C040E6"/>
     <w:rsid w:val="00C050A1"/>
     <w:rsid w:val="00C05385"/>
     <w:rsid w:val="00C0664B"/>
     <w:rsid w:val="00C0698C"/>
     <w:rsid w:val="00C07251"/>
     <w:rsid w:val="00C11CA3"/>
     <w:rsid w:val="00C12846"/>
     <w:rsid w:val="00C14670"/>
     <w:rsid w:val="00C20FAB"/>
     <w:rsid w:val="00C218A8"/>
     <w:rsid w:val="00C22222"/>
     <w:rsid w:val="00C22AA9"/>
     <w:rsid w:val="00C30948"/>
     <w:rsid w:val="00C30A7B"/>
     <w:rsid w:val="00C31186"/>
     <w:rsid w:val="00C34780"/>
     <w:rsid w:val="00C40358"/>
     <w:rsid w:val="00C4239C"/>
     <w:rsid w:val="00C42493"/>
     <w:rsid w:val="00C4593E"/>
+    <w:rsid w:val="00C50CE5"/>
+    <w:rsid w:val="00C52FDB"/>
     <w:rsid w:val="00C61A73"/>
     <w:rsid w:val="00C61E1B"/>
     <w:rsid w:val="00C6205E"/>
     <w:rsid w:val="00C6316D"/>
     <w:rsid w:val="00C63477"/>
     <w:rsid w:val="00C67845"/>
     <w:rsid w:val="00C67D3E"/>
     <w:rsid w:val="00C739A3"/>
     <w:rsid w:val="00C762E7"/>
     <w:rsid w:val="00C855D5"/>
     <w:rsid w:val="00C8772E"/>
     <w:rsid w:val="00C911A1"/>
     <w:rsid w:val="00C9453C"/>
     <w:rsid w:val="00C956E3"/>
     <w:rsid w:val="00C96740"/>
     <w:rsid w:val="00CA06D1"/>
     <w:rsid w:val="00CA2994"/>
     <w:rsid w:val="00CA2EA3"/>
     <w:rsid w:val="00CA2F6D"/>
     <w:rsid w:val="00CA36A8"/>
     <w:rsid w:val="00CA51DA"/>
     <w:rsid w:val="00CA71C4"/>
     <w:rsid w:val="00CA73F6"/>
     <w:rsid w:val="00CA7FD4"/>
     <w:rsid w:val="00CB149F"/>
@@ -9998,195 +10069,206 @@
     <w:rsid w:val="00CB3D32"/>
     <w:rsid w:val="00CB639D"/>
     <w:rsid w:val="00CB77CF"/>
     <w:rsid w:val="00CC032D"/>
     <w:rsid w:val="00CC5BF4"/>
     <w:rsid w:val="00CC66F3"/>
     <w:rsid w:val="00CC6A1C"/>
     <w:rsid w:val="00CD133E"/>
     <w:rsid w:val="00CE2DDF"/>
     <w:rsid w:val="00CE414B"/>
     <w:rsid w:val="00CF33EB"/>
     <w:rsid w:val="00CF3B00"/>
     <w:rsid w:val="00CF52F4"/>
     <w:rsid w:val="00CF6394"/>
     <w:rsid w:val="00CF6B21"/>
     <w:rsid w:val="00D03077"/>
     <w:rsid w:val="00D04F46"/>
     <w:rsid w:val="00D07052"/>
     <w:rsid w:val="00D07BBD"/>
     <w:rsid w:val="00D10B37"/>
     <w:rsid w:val="00D21A42"/>
     <w:rsid w:val="00D26CC5"/>
     <w:rsid w:val="00D275A0"/>
     <w:rsid w:val="00D27B0D"/>
     <w:rsid w:val="00D3187B"/>
+    <w:rsid w:val="00D339B1"/>
     <w:rsid w:val="00D3762E"/>
     <w:rsid w:val="00D4149D"/>
     <w:rsid w:val="00D550CA"/>
     <w:rsid w:val="00D607FD"/>
     <w:rsid w:val="00D63D01"/>
     <w:rsid w:val="00D65F9F"/>
     <w:rsid w:val="00D66403"/>
     <w:rsid w:val="00D70DC7"/>
     <w:rsid w:val="00D721DF"/>
     <w:rsid w:val="00D72C2F"/>
     <w:rsid w:val="00D738C1"/>
     <w:rsid w:val="00D77F0E"/>
     <w:rsid w:val="00D80C73"/>
     <w:rsid w:val="00D81731"/>
     <w:rsid w:val="00D90DCC"/>
     <w:rsid w:val="00D947B5"/>
     <w:rsid w:val="00DA23CA"/>
     <w:rsid w:val="00DA4CCD"/>
     <w:rsid w:val="00DA5120"/>
     <w:rsid w:val="00DA5D7F"/>
+    <w:rsid w:val="00DB333E"/>
+    <w:rsid w:val="00DB39FF"/>
     <w:rsid w:val="00DB3CB6"/>
     <w:rsid w:val="00DB4618"/>
+    <w:rsid w:val="00DB467E"/>
     <w:rsid w:val="00DC0689"/>
     <w:rsid w:val="00DC1016"/>
     <w:rsid w:val="00DC6030"/>
     <w:rsid w:val="00DC6497"/>
     <w:rsid w:val="00DD2D19"/>
     <w:rsid w:val="00DD30CF"/>
     <w:rsid w:val="00DD3BB5"/>
     <w:rsid w:val="00DD41F4"/>
     <w:rsid w:val="00DE0BB3"/>
     <w:rsid w:val="00DE1D16"/>
     <w:rsid w:val="00DE608D"/>
     <w:rsid w:val="00DF4B4E"/>
     <w:rsid w:val="00DF6C07"/>
     <w:rsid w:val="00E01574"/>
     <w:rsid w:val="00E02E79"/>
     <w:rsid w:val="00E030C8"/>
     <w:rsid w:val="00E0367A"/>
     <w:rsid w:val="00E1081F"/>
     <w:rsid w:val="00E111EE"/>
     <w:rsid w:val="00E15474"/>
     <w:rsid w:val="00E15A78"/>
     <w:rsid w:val="00E23DB1"/>
     <w:rsid w:val="00E24B73"/>
     <w:rsid w:val="00E2797E"/>
+    <w:rsid w:val="00E37053"/>
     <w:rsid w:val="00E44358"/>
     <w:rsid w:val="00E4515B"/>
     <w:rsid w:val="00E57B56"/>
     <w:rsid w:val="00E6021E"/>
     <w:rsid w:val="00E605C4"/>
     <w:rsid w:val="00E65CE9"/>
     <w:rsid w:val="00E65E66"/>
     <w:rsid w:val="00E7677F"/>
     <w:rsid w:val="00E8586D"/>
     <w:rsid w:val="00E90DD8"/>
     <w:rsid w:val="00E911FF"/>
     <w:rsid w:val="00E91CD6"/>
     <w:rsid w:val="00E93096"/>
     <w:rsid w:val="00E97188"/>
     <w:rsid w:val="00E97278"/>
     <w:rsid w:val="00EA2755"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3C74"/>
     <w:rsid w:val="00EA5052"/>
     <w:rsid w:val="00EB0176"/>
     <w:rsid w:val="00EB1FCC"/>
     <w:rsid w:val="00EB2F78"/>
     <w:rsid w:val="00EB479D"/>
     <w:rsid w:val="00EB58B1"/>
     <w:rsid w:val="00EC0E95"/>
     <w:rsid w:val="00ED49C4"/>
     <w:rsid w:val="00ED7066"/>
     <w:rsid w:val="00EE1444"/>
     <w:rsid w:val="00EE2A41"/>
     <w:rsid w:val="00EE75B5"/>
     <w:rsid w:val="00EF42E5"/>
     <w:rsid w:val="00EF4868"/>
     <w:rsid w:val="00EF53EF"/>
     <w:rsid w:val="00EF56BC"/>
     <w:rsid w:val="00F0496E"/>
     <w:rsid w:val="00F107B0"/>
     <w:rsid w:val="00F17DFD"/>
     <w:rsid w:val="00F235E8"/>
     <w:rsid w:val="00F32F92"/>
+    <w:rsid w:val="00F3316B"/>
+    <w:rsid w:val="00F334D4"/>
     <w:rsid w:val="00F3722A"/>
     <w:rsid w:val="00F37477"/>
     <w:rsid w:val="00F414B4"/>
     <w:rsid w:val="00F42D86"/>
     <w:rsid w:val="00F4454A"/>
+    <w:rsid w:val="00F51DCD"/>
     <w:rsid w:val="00F579E3"/>
     <w:rsid w:val="00F71254"/>
     <w:rsid w:val="00F734ED"/>
     <w:rsid w:val="00F816DE"/>
     <w:rsid w:val="00F82665"/>
+    <w:rsid w:val="00F85C25"/>
     <w:rsid w:val="00F92395"/>
     <w:rsid w:val="00F956D3"/>
     <w:rsid w:val="00F95A3D"/>
     <w:rsid w:val="00F96F4D"/>
     <w:rsid w:val="00FA2D07"/>
     <w:rsid w:val="00FA3EDA"/>
     <w:rsid w:val="00FB6803"/>
+    <w:rsid w:val="00FC03D6"/>
     <w:rsid w:val="00FC295C"/>
     <w:rsid w:val="00FC4469"/>
     <w:rsid w:val="00FC4FA3"/>
+    <w:rsid w:val="00FC5C69"/>
     <w:rsid w:val="00FC72BE"/>
     <w:rsid w:val="00FD4B55"/>
     <w:rsid w:val="00FE2DEE"/>
     <w:rsid w:val="00FE48E4"/>
     <w:rsid w:val="00FF2678"/>
     <w:rsid w:val="00FF3FC7"/>
     <w:rsid w:val="00FF571E"/>
     <w:rsid w:val="00FF591B"/>
     <w:rsid w:val="00FF6CC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="42A4E36C"/>
   <w15:docId w15:val="{ACC76F33-21B1-4495-B98C-8D1B33CAFEC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Malgun Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10835,55 +10917,67 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C050A1"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00481F06"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="005A0B29"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00880247"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="682317112">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="868690068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11038,51 +11132,51 @@
           <w:divsChild>
             <w:div w:id="816848654">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heeyon@cornell.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.businesstimes.com.sg/opinion/taking-a-leaf-from-k-wave-book" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hani.co.kr/arti/culture/movie/679090.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newrepublic.com/article/121108/oscar-curse-myth" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://phdcomics.com/comics/archive.php?comicid=1449" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.straitstimes.com/lifestyle/entertainment/singapore-academics-study-oscar-curse-hits-men-more-than-women" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbr.com.sg/hr-education/exclusive/18-influential-business-professors-aged-40-and-under" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scmp.com/business/article/1922442/why-it-takes-more-force-foreign-%20film-fly-box-office" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heeyon@cornell.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newrepublic.com/article/121108/oscar-curse-myth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.straitstimes.com/lifestyle/entertainment/singapore-academics-study-oscar-curse-hits-men-more-than-women" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://phdcomics.com/comics/archive.php?comicid=1449" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scmp.com/business/article/1922442/why-it-takes-more-force-foreign-%20film-fly-box-office" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomberg.com/news/articles/2025-05-05/trump-vows-to-meet-hollywood-on-tariff-plan-that-shook-industry" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.businesstimes.com.sg/opinion/taking-a-leaf-from-k-wave-book" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apnews.com/article/trump-tariffs-foreign-movies-films-8008248fc08c748a7e8a174306ba66ba" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbr.com.sg/hr-education/exclusive/18-influential-business-professors-aged-40-and-under" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hani.co.kr/arti/culture/movie/679090.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11345,75 +11439,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5633B601-6369-4FDF-8C12-55146C4BAD03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2454</Words>
-  <Characters>13989</Characters>
+  <Words>2638</Words>
+  <Characters>15039</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ross School of Business</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16411</CharactersWithSpaces>
+  <CharactersWithSpaces>17642</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>262185</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:heeyon@umich.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>