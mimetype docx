--- v1 (2025-11-21)
+++ v2 (2026-03-26)
@@ -1,40 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5CD33EAB" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00C67845" w:rsidP="00A14A67">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -249,155 +251,151 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cornell University, SC Johnson College of Business, </w:t>
       </w:r>
       <w:r w:rsidR="00AF6B15">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nolan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>School of Hotel Administration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C243DE" w14:textId="523633BB" w:rsidR="007339A8" w:rsidRDefault="007339A8" w:rsidP="007339A8">
-[...1 lines deleted...]
-        <w:spacing w:after="60"/>
+    <w:p w14:paraId="18C243DE" w14:textId="523633BB" w:rsidR="007339A8" w:rsidRDefault="007339A8" w:rsidP="00104E92">
+      <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assistant Professor of Strategy, 2018 </w:t>
       </w:r>
       <w:r w:rsidR="008E11BF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046B7F47" w14:textId="6E52A4DE" w:rsidR="00CF6394" w:rsidRDefault="00CF6394" w:rsidP="007339A8">
-[...1 lines deleted...]
-        <w:spacing w:after="60"/>
+    <w:p w14:paraId="046B7F47" w14:textId="6E52A4DE" w:rsidR="00CF6394" w:rsidRDefault="00CF6394" w:rsidP="00104E92">
+      <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   Cornell Center for the Social Sciences</w:t>
       </w:r>
       <w:r w:rsidR="00A4529D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faculty Fellow</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2023-2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F441CE" w14:textId="78C429DA" w:rsidR="00A4529D" w:rsidRDefault="00A4529D" w:rsidP="007339A8">
-[...1 lines deleted...]
-        <w:spacing w:after="60"/>
+    <w:p w14:paraId="39F441CE" w14:textId="78C429DA" w:rsidR="00A4529D" w:rsidRDefault="00A4529D" w:rsidP="00104E92">
+      <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Grailer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Faculty Fellow, Center for Hospitality Research, 2025-2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9D508F" w14:textId="7CBBA961" w:rsidR="00C61A73" w:rsidRPr="00C61A73" w:rsidRDefault="00C61A73" w:rsidP="00C61A73">
-[...1 lines deleted...]
-        <w:spacing w:after="60"/>
+    <w:p w14:paraId="1D9D508F" w14:textId="7CBBA961" w:rsidR="00C61A73" w:rsidRPr="00C61A73" w:rsidRDefault="00C61A73" w:rsidP="00104E92">
+      <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00C61A73">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parental leave 2022-2023</w:t>
       </w:r>
       <w:r w:rsidR="00E97278">
@@ -751,275 +749,545 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1D45272A" w14:textId="77777777" w:rsidR="00CB3D32" w:rsidRPr="00481F06" w:rsidRDefault="00CB3D32" w:rsidP="00CB3D32">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(†: denotes student collaborator; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*: denotes equal contribution by authors)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407DC3AE" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRDefault="00A14A67" w:rsidP="00A14A67"/>
-    <w:p w14:paraId="33C8CAB8" w14:textId="77777777" w:rsidR="00CA7FD4" w:rsidRPr="00A9198F" w:rsidRDefault="00CA7FD4" w:rsidP="00A14A67">
-[...16 lines deleted...]
-    <w:p w14:paraId="08DBFD01" w14:textId="41662E36" w:rsidR="00507325" w:rsidRPr="00507325" w:rsidRDefault="00507325" w:rsidP="00507325">
+    <w:p w14:paraId="02524B03" w14:textId="039D7421" w:rsidR="00226BBB" w:rsidRPr="00226BBB" w:rsidRDefault="00226BBB" w:rsidP="00226BBB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="936" w:hanging="576"/>
-[...73 lines deleted...]
-        <w:t xml:space="preserve">ffects </w:t>
+        <w:spacing w:before="60" w:after="240"/>
+        <w:ind w:left="864" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kim, Heeyon, Qian Wang†, and Martina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Montauti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="007947D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226BBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507325">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ategory </w:t>
+      <w:r w:rsidRPr="00226BBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ertification </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226BBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ackfires: Negative </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507325">
-[...60 lines deleted...]
-        <w:t>ndustry</w:t>
+      <w:r w:rsidRPr="00226BBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pillovers on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226BBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226BBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ertified </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226BBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fferings in Airbnb Plus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65E66">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organization Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507325">
-[...22 lines deleted...]
-    <w:p w14:paraId="2B80B61C" w14:textId="5B13276A" w:rsidR="00CB3D32" w:rsidRDefault="00CB3D32" w:rsidP="00507325">
+    </w:p>
+    <w:p w14:paraId="565FBE8C" w14:textId="63D520A5" w:rsidR="00DC11AF" w:rsidRPr="0032070D" w:rsidRDefault="00DC11AF" w:rsidP="00DC11AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jensen, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000953D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Michael, Kim, Heeyon, and Kim, Bo Kyung (20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000953D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Status foundations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000953D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032070D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Oxford Handbook of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0032070D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organisational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0032070D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Social Evaluations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000953D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, edited by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032070D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anastasiya Zavyalova</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000953D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0032070D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rupert Younger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000953D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Oxford University Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DBFD01" w14:textId="41662E36" w:rsidR="00507325" w:rsidRPr="00507325" w:rsidRDefault="00507325" w:rsidP="00DC11AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="936" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kim, Heeyon, Heo, Yoonjeoung†, and Chung, Chi-Nien (</w:t>
+      </w:r>
+      <w:r w:rsidR="0007579C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Changing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>racks: How</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tatus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffects </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ategory </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hifts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Korean </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pular </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">usic </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ndustry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507325">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="0007579C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 46: 2752-2797.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B80B61C" w14:textId="5B13276A" w:rsidR="00CB3D32" w:rsidRDefault="00CB3D32" w:rsidP="00DC11AF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="936" w:hanging="576"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CB639D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kim, Heeyon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB639D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="00D3762E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1237,57 +1505,58 @@
         </w:rPr>
         <w:t>Strategic Management Journal</w:t>
       </w:r>
       <w:r w:rsidR="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43: </w:t>
       </w:r>
       <w:r w:rsidR="009049C6" w:rsidRPr="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1208-1230</w:t>
       </w:r>
       <w:r w:rsidR="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DF82AE" w14:textId="6A3D2C04" w:rsidR="00D3762E" w:rsidRDefault="00D3762E" w:rsidP="008C3090">
+    <w:p w14:paraId="59DF82AE" w14:textId="6A3D2C04" w:rsidR="00D3762E" w:rsidRDefault="00D3762E" w:rsidP="00DC11AF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shen, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006F04E9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Xirong</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006F04E9">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1368,67 +1637,69 @@
         </w:rPr>
         <w:t>Strategic Management Journal</w:t>
       </w:r>
       <w:r w:rsidR="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43: </w:t>
       </w:r>
       <w:r w:rsidR="009049C6" w:rsidRPr="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2135-2155</w:t>
       </w:r>
       <w:r w:rsidR="009049C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C65473" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRDefault="00E605C4" w:rsidP="00E605C4">
+    <w:p w14:paraId="58C65473" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRDefault="00E605C4" w:rsidP="00DC11AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Jensen, Michael, and Kim, Heeyon (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) Reaching for the stars: The importance of reputational rank in creative career development. </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Poetics</w:t>
       </w:r>
       <w:r>
@@ -1439,1477 +1710,1444 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00787695">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00787695">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>101396.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3736FC38" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRPr="000953D9" w:rsidRDefault="00E605C4" w:rsidP="00E605C4">
+    <w:p w14:paraId="3736FC38" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRPr="000953D9" w:rsidRDefault="00E605C4" w:rsidP="00DC11AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jensen, Michael, and Kim, Heeyon (2015). The real Oscar curse: The negative consequences of positive status shifts. </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Organization Science</w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 26: 1-21.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCFEEEA" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRPr="000953D9" w:rsidRDefault="00E605C4" w:rsidP="00E605C4">
+    <w:p w14:paraId="0DCFEEEA" w14:textId="77777777" w:rsidR="00E605C4" w:rsidRDefault="00E605C4" w:rsidP="00DC11AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, Heeyon, and Jensen, Michael (2014). Audience heterogeneity and the effectiveness of market signals: How to overcome liabilities of foreignness in film exports? </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 57: 1360-1384.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779643B6" w14:textId="12126FB2" w:rsidR="009A4C46" w:rsidRPr="00A9198F" w:rsidRDefault="009A4C46" w:rsidP="009A4C46">
-[...17 lines deleted...]
-    <w:p w14:paraId="5AB08B43" w14:textId="1D75524E" w:rsidR="00A5787C" w:rsidRPr="000953D9" w:rsidRDefault="00A5787C" w:rsidP="00A5787C">
+    <w:p w14:paraId="58AE40E0" w14:textId="77777777" w:rsidR="00DC11AF" w:rsidRPr="000953D9" w:rsidRDefault="00DC11AF" w:rsidP="00DC11AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jensen, </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michael, Kim, Heeyon, and Kim, Bo Kyung (2012). Meeting expectations: A role-theoretic perspective on reputation. In </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Oxford Handbook of Corporate Reputation</w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, edited by Michael L. Barnett and Timothy G. Pollock. Oxford University Press: 140-159.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DB63C7" w14:textId="77777777" w:rsidR="00A5787C" w:rsidRDefault="00A5787C" w:rsidP="00A5787C">
+    <w:p w14:paraId="65AD6599" w14:textId="77777777" w:rsidR="00DC11AF" w:rsidRDefault="00DC11AF" w:rsidP="00DC11AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jensen, Michael, Kim, Bo Kyung, and Kim, Heeyon (2011</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The importance of status in markets: A market identity perspective. In </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Status in Management and Organizations</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, edited by Jone L. Pearce. Cambridge University Press: 87-117.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188FAC5A" w14:textId="77777777" w:rsidR="00CA7FD4" w:rsidRDefault="00CA7FD4" w:rsidP="009A4C46">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AD3B11D" w14:textId="77777777" w:rsidR="009A4C46" w:rsidRPr="00A9198F" w:rsidRDefault="009A4C46" w:rsidP="009A4C46">
-      <w:pPr>
+    <w:p w14:paraId="5AD3B11D" w14:textId="77777777" w:rsidR="009A4C46" w:rsidRPr="00A9198F" w:rsidRDefault="009A4C46" w:rsidP="00DC11AF">
+      <w:pPr>
+        <w:spacing w:before="60"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9198F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Conference Proceedings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="063E9D20" w14:textId="77777777" w:rsidR="00CA7FD4" w:rsidRPr="000953D9" w:rsidRDefault="00CA7FD4" w:rsidP="00CA7FD4">
+    <w:p w14:paraId="063E9D20" w14:textId="77777777" w:rsidR="00CA7FD4" w:rsidRPr="000953D9" w:rsidRDefault="00CA7FD4" w:rsidP="00DC11AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:before="60" w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, Heeyon (2015). Should birds of a feather flock together? Trade-off of agglomeration by nationality in foreign markets. </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Annual Meetings Best Paper Proceedings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1E8435" w14:textId="77777777" w:rsidR="00A5787C" w:rsidRPr="000953D9" w:rsidRDefault="00A5787C" w:rsidP="00A5787C">
+    <w:p w14:paraId="4CC2A5D7" w14:textId="185DA6FA" w:rsidR="00076B02" w:rsidRPr="00356D82" w:rsidRDefault="00A5787C" w:rsidP="00A14A67">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="936" w:hanging="576"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jensen, Michael, and Kim, Heeyon (2010). The real Oscar curse: The negative consequences of positive status shifts. </w:t>
       </w:r>
       <w:r w:rsidRPr="000953D9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Annual Meetings Best Paper Proceedings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC2A5D7" w14:textId="77777777" w:rsidR="00076B02" w:rsidRDefault="00076B02" w:rsidP="00A14A67">
+    <w:p w14:paraId="626118F9" w14:textId="77777777" w:rsidR="00076B02" w:rsidRDefault="00076B02" w:rsidP="00A14A67">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="626118F9" w14:textId="77777777" w:rsidR="00076B02" w:rsidRDefault="00076B02" w:rsidP="00A14A67">
+    <w:p w14:paraId="449822BD" w14:textId="40CFA9B2" w:rsidR="00A14A67" w:rsidRDefault="00E2797E" w:rsidP="00CB3D32">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>WORK IN PROGRESS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79ADD805" w14:textId="77777777" w:rsidR="00CB3D32" w:rsidRPr="00CB3D32" w:rsidRDefault="00CB3D32" w:rsidP="00CB3D32">
+    <w:p w14:paraId="50FD4E62" w14:textId="77777777" w:rsidR="00DC11AF" w:rsidRDefault="00DC11AF" w:rsidP="006B4B65">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44092866" w14:textId="2756162C" w:rsidR="006B4B65" w:rsidRPr="006B4B65" w:rsidRDefault="00E2797E" w:rsidP="006B4B65">
+    <w:p w14:paraId="44092866" w14:textId="2A4FC31F" w:rsidR="006B4B65" w:rsidRPr="006B4B65" w:rsidRDefault="00E2797E" w:rsidP="00DC11AF">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Paper</w:t>
       </w:r>
       <w:r w:rsidR="00EA33D0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Review Process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59A6B40A" w14:textId="71505590" w:rsidR="006B4B65" w:rsidRDefault="006B4B65" w:rsidP="00D947B5">
+    <w:p w14:paraId="00647689" w14:textId="17F58CDD" w:rsidR="00D947B5" w:rsidRPr="004E55A6" w:rsidRDefault="000C13E7" w:rsidP="004E55A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:before="60" w:after="240"/>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00E65E66">
+      <w:r w:rsidRPr="004E55A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E55A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zhibin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E55A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ye†, and Rene Kizilcec. [Topic: Online degree stigma] (under review</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7065" w:rsidRPr="004E55A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7065" w:rsidRPr="004E55A6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Organization Science</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>American Journal of Sociology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E55A6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00647689" w14:textId="3B26C6D5" w:rsidR="00D947B5" w:rsidRDefault="000C13E7" w:rsidP="00D947B5">
+    <w:p w14:paraId="4ACEB0A6" w14:textId="727C051C" w:rsidR="00BC73FF" w:rsidRDefault="00CC7065" w:rsidP="00BC73FF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, Heeyon, </w:t>
+        <w:t xml:space="preserve">Claes, Kim, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Zhibin</w:t>
+      <w:r w:rsidR="00270678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aleksios</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="54A7BEE6" w14:textId="4F715B93" w:rsidR="0007579C" w:rsidRDefault="0007579C" w:rsidP="00D947B5">
+      <w:r w:rsidR="00270678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00270678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gotsopoulos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00270678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Heeyon Kim</w:t>
+      </w:r>
+      <w:r w:rsidR="00270678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Frederic Godart</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. [Topic: Careers in Fashion] (</w:t>
+      </w:r>
+      <w:r w:rsidR="0085274F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revise and resubmit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130F98D1" w14:textId="2F7B08A3" w:rsidR="004E55A6" w:rsidRPr="004E55A6" w:rsidRDefault="004E55A6" w:rsidP="004E55A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Claes, Kim*, Heeyon Kim*, Raunaq </w:t>
+        <w:t xml:space="preserve">Kim, Bo Kyung*, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Pungaliya</w:t>
+        <w:t>Youchoung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*, Yanbo Wang*. [Topic: AI Intermediaries] (</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="254E725C" w14:textId="3FA35FBD" w:rsidR="0007579C" w:rsidRPr="0007579C" w:rsidRDefault="0007579C" w:rsidP="0007579C">
+        <w:t xml:space="preserve"> Kwon†*, and Heeyon Kim*. [Topic: Status and Identity in international markets] (under review at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC7065">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organization Science</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009056DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B629DB" w14:textId="6E7094BE" w:rsidR="00782B19" w:rsidRPr="00782B19" w:rsidRDefault="009056DE" w:rsidP="00356D82">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Selected</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37477">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Work in Progress</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC4E7CC" w14:textId="4EED3907" w:rsidR="00660764" w:rsidRDefault="00634BFD" w:rsidP="00660764">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:before="60" w:after="240"/>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kim, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Lu, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Youchoung</w:t>
+        <w:t>Xuege</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kwon†</w:t>
-[...63 lines deleted...]
-    <w:p w14:paraId="02BD51E7" w14:textId="2B894E2A" w:rsidR="00634BFD" w:rsidRDefault="00634BFD" w:rsidP="00137FB8">
+        <w:t xml:space="preserve"> (Cathy)†*, Heeyon Kim*, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Khwan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kim†. [Topic: Awards and originality in Broadway] </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65E66">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(preparing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for submission)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6333B800" w14:textId="0EF68FA2" w:rsidR="0085274F" w:rsidRDefault="0085274F" w:rsidP="0085274F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="240"/>
         <w:ind w:left="864" w:hanging="576"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lu, </w:t>
+        <w:t xml:space="preserve">Claes, Kim*, Heeyon Kim*, Raunaq </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Xuege</w:t>
+        <w:t>Pungaliya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Cathy)†*, Heeyon Kim*, and </w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="66AE5B6E" w14:textId="500802A7" w:rsidR="009056DE" w:rsidRDefault="009671BF" w:rsidP="00137FB8">
+        <w:t>, and Yanbo Wang. [Topic: AI Intermediaries] (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>preparing for submission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6705C3C1" w14:textId="77777777" w:rsidR="0085274F" w:rsidRPr="00660764" w:rsidRDefault="0085274F" w:rsidP="0085274F">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="240"/>
+        <w:ind w:left="864"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E751ECD" w14:textId="77777777" w:rsidR="00104E92" w:rsidRDefault="00104E92">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B675FD3" w14:textId="3A94EDD7" w:rsidR="0069383F" w:rsidRPr="00CC6A1C" w:rsidRDefault="0069383F" w:rsidP="0069383F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>TEACHING EXPERIENCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CA19D8" w14:textId="10E03A30" w:rsidR="00481F06" w:rsidRPr="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>‡</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hybrid classes due to Covid-19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D3F413" w14:textId="77777777" w:rsidR="0069383F" w:rsidRPr="00CC6A1C" w:rsidRDefault="0069383F" w:rsidP="0069383F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79474F3F" w14:textId="77777777" w:rsidR="00932A2D" w:rsidRPr="00CC6A1C" w:rsidRDefault="00932A2D" w:rsidP="00932A2D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="864" w:hanging="576"/>
-[...10 lines deleted...]
-        <w:t>Kim, Heeyon</w:t>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cornell University, School of Hotel Administration (2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">–  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6A1C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3FB815A1" w14:textId="15DDEC75" w:rsidR="00932A2D" w:rsidRDefault="00B208B4" w:rsidP="00932A2D">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4659">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Strategic </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management (HADM</w:t>
       </w:r>
       <w:r w:rsidR="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>*</w:t>
-[...6 lines deleted...]
-        <w:t>, and James Riley*</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4410</w:t>
+      </w:r>
+      <w:r w:rsidR="009D746B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, undergraduate</w:t>
+      </w:r>
+      <w:r w:rsidR="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00627A08">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: 4.95/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14229124" w14:textId="0BB47AF8" w:rsidR="004C4659" w:rsidRDefault="004C4659" w:rsidP="004C4659">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Strategic </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management (HADM</w:t>
       </w:r>
       <w:r w:rsidR="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...20 lines deleted...]
-        <w:t>]</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4410</w:t>
+      </w:r>
+      <w:r w:rsidR="009D746B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, undergraduate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>): 4.93/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D26C8C7" w14:textId="25DE3A36" w:rsidR="00CB639D" w:rsidRDefault="00CB639D" w:rsidP="00CB639D">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20 Fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597EF8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Strategic </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management (HADM</w:t>
       </w:r>
       <w:r w:rsidR="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (data </w:t>
-[...6 lines deleted...]
-        <w:t>collection</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4410</w:t>
+      </w:r>
+      <w:r w:rsidR="009D746B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, undergraduate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...38 lines deleted...]
-      <w:pPr>
+        <w:t>: 4.79/5.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00481F06">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>‡</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63320C67" w14:textId="0DA0AABB" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00CB639D">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 Fall: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Competitive Strategies for the Hospitality Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HADM 7714, Master’s): 4.87/5.00</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>‡</w:t>
       </w:r>
-      <w:r w:rsidRPr="00481F06">
-[...58 lines deleted...]
-    <w:p w14:paraId="3FB815A1" w14:textId="15DDEC75" w:rsidR="00932A2D" w:rsidRDefault="00B208B4" w:rsidP="00932A2D">
+    </w:p>
+    <w:p w14:paraId="5C60F789" w14:textId="596BF358" w:rsidR="00170F4F" w:rsidRDefault="00170F4F" w:rsidP="00170F4F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597EF8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2019</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Spring</w:t>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21 Fall</w:t>
       </w:r>
       <w:r w:rsidRPr="00597EF8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Strategic </w:t>
       </w:r>
-      <w:r w:rsidR="00597EF8">
-[...18 lines deleted...]
-        <w:t>4410</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management (HADM 4410</w:t>
       </w:r>
       <w:r w:rsidR="009D746B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, undergraduate</w:t>
       </w:r>
-      <w:r w:rsidR="00597EF8">
-[...14 lines deleted...]
-    <w:p w14:paraId="14229124" w14:textId="0BB47AF8" w:rsidR="004C4659" w:rsidRDefault="004C4659" w:rsidP="004C4659">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>): 5.00/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0517AB" w14:textId="23F9B106" w:rsidR="00170F4F" w:rsidRDefault="00170F4F" w:rsidP="00170F4F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00597EF8">
-[...56 lines deleted...]
-    <w:p w14:paraId="0D26C8C7" w14:textId="25DE3A36" w:rsidR="00CB639D" w:rsidRDefault="00CB639D" w:rsidP="00CB639D">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4CBE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fall: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Competitive Strategies for the Hospitality Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HADM 7714, Master’s): 4.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4CBE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D08F9B0" w14:textId="459A895A" w:rsidR="00A142E4" w:rsidRDefault="00A142E4" w:rsidP="00A142E4">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00597EF8">
-[...70 lines deleted...]
-    <w:p w14:paraId="63320C67" w14:textId="0DA0AABB" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00CB639D">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 Fall: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Competitive Strategies for the Hospitality Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HADM 7714, Master’s)</w:t>
+      </w:r>
+      <w:r w:rsidR="0013785D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54942367" w14:textId="7692FC7C" w:rsidR="0013785D" w:rsidRDefault="0013785D" w:rsidP="00A142E4">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2020 Fall: </w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="5C60F789" w14:textId="596BF358" w:rsidR="00170F4F" w:rsidRDefault="00170F4F" w:rsidP="00170F4F">
+        <w:t>4.82/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23795CE8" w14:textId="6858CEE6" w:rsidR="009671BF" w:rsidRDefault="009671BF" w:rsidP="009671BF">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00597EF8">
-[...42 lines deleted...]
-    <w:p w14:paraId="0F0517AB" w14:textId="23F9B106" w:rsidR="00170F4F" w:rsidRDefault="00170F4F" w:rsidP="00170F4F">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023 Fall: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00481F06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Competitive Strategies for the Hospitality Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HADM 7714, Master’s):</w:t>
+      </w:r>
+      <w:r w:rsidR="00362C51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.89/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFF9A85" w14:textId="785583CC" w:rsidR="00362C51" w:rsidRDefault="00362C51" w:rsidP="00362C51">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Fall: </w:t>
+        <w:t xml:space="preserve">2024 Spring: </w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Competitive Strategies for the Hospitality Industry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (HADM 7714, Master’s): 4.</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="3D08F9B0" w14:textId="459A895A" w:rsidR="00A142E4" w:rsidRDefault="00A142E4" w:rsidP="00A142E4">
+        <w:t xml:space="preserve"> (HADM 7714, EMBA): 5.00/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0911DA39" w14:textId="34FDC465" w:rsidR="002974AA" w:rsidRDefault="002974AA" w:rsidP="002974AA">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2022 Fall: </w:t>
+        <w:t xml:space="preserve">2025 Spring: </w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Competitive Strategies for the Hospitality Industry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (HADM 7714, Master’s)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0013785D">
+        <w:t xml:space="preserve"> (HADM 7714, EMBA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00143768">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54942367" w14:textId="7692FC7C" w:rsidR="0013785D" w:rsidRDefault="0013785D" w:rsidP="00A142E4">
+    <w:p w14:paraId="4D5BBAEE" w14:textId="442F3201" w:rsidR="00143768" w:rsidRDefault="00143768" w:rsidP="002974AA">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.82/5.00</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23795CE8" w14:textId="6858CEE6" w:rsidR="009671BF" w:rsidRDefault="009671BF" w:rsidP="009671BF">
+        <w:t>4.83/5.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E1B22B" w14:textId="76D3D6B1" w:rsidR="003968EA" w:rsidRDefault="003968EA" w:rsidP="002974AA">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023 Fall: </w:t>
+        <w:t xml:space="preserve">2025 Fall: </w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Competitive Strategies for the Hospitality Industry</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (HADM 7714, Master’s):</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3FFF9A85" w14:textId="785583CC" w:rsidR="00362C51" w:rsidRDefault="00362C51" w:rsidP="00362C51">
+        <w:t xml:space="preserve"> (HADM 7714, EMBA)</w:t>
+      </w:r>
+      <w:r w:rsidR="0021104A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AB1ADF" w14:textId="61B2F135" w:rsidR="0021104A" w:rsidRDefault="0021104A" w:rsidP="002974AA">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2024 Spring: </w:t>
-[...114 lines deleted...]
-        <w:t xml:space="preserve"> (HADM 7714, EMBA)</w:t>
+        <w:t>4.50/5.00</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4963125D" w14:textId="03AE3455" w:rsidR="00850065" w:rsidRDefault="00362C51" w:rsidP="00D947B5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79E548A9" w14:textId="77777777" w:rsidR="0069383F" w:rsidRPr="00CC6A1C" w:rsidRDefault="0069383F" w:rsidP="0069383F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -3887,50 +4125,51 @@
     <w:p w14:paraId="266F6ACB" w14:textId="77777777" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20A02A79" w14:textId="0D343204" w:rsidR="00743DC7" w:rsidRDefault="00743DC7" w:rsidP="00743DC7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Kim, Heeyon</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC73FF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00743DC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The disruptor’s paradox: The impact of Airbnb Plus on the hospitality industry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44735154" w14:textId="163F650E" w:rsidR="00481F06" w:rsidRDefault="00481F06" w:rsidP="00481F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -4403,51 +4642,50 @@
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NUS Business School, National University of Singapore, November 2013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A7C9E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rutgers Business School, Rutgers University, November 2013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB903E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -4575,65 +4813,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, Heeyon, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Zhibin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ye</w:t>
-[...13 lines deleted...]
-        <w:t>Rene Kizilcec</w:t>
+        <w:t xml:space="preserve"> Ye, and Rene Kizilcec</w:t>
       </w:r>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00483678">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Degrees of Doubt? Studies of Employer Attitudes Toward Online Degrees</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F450D2A" w14:textId="2973FE03" w:rsidR="00483678" w:rsidRDefault="00483678" w:rsidP="00483678">
       <w:pPr>
         <w:ind w:left="1080" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B785F">
@@ -4718,58 +4942,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF934A1" w14:textId="52D8FB76" w:rsidR="00483678" w:rsidRDefault="00483678" w:rsidP="00483678">
       <w:pPr>
         <w:ind w:left="1080" w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Academy of Management Meetings, July</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t>Academy of Management Meetings, July 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D5BFCDE" w14:textId="74072957" w:rsidR="00370A19" w:rsidRDefault="00370A19" w:rsidP="00370A19">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B785F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kim, Heeyon, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5135,50 +5352,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78667960" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="005617B2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Shen, Subrina, and Kim, Heeyon. </w:t>
       </w:r>
       <w:r w:rsidRPr="00436731">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Funding teams similar to one of us: The impact of observed similarity on venture funding decisions in groups</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4B3E28" w14:textId="77777777" w:rsidR="004E26D5" w:rsidRDefault="004E26D5" w:rsidP="004E26D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
@@ -5604,51 +5822,50 @@
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00481F06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>European Group for Organizational Studies Colloquium, July 2015</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D89ADDB" w14:textId="2C8FB020" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03077">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Academy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management Meetings, August 2016</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DFA2BF" w14:textId="77777777" w:rsidR="00CA2F6D" w:rsidRDefault="00CA2F6D" w:rsidP="00481F06">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -6308,50 +6525,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>– Academy of Management Meetings, August 2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1496BA25" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="002A3484" w:rsidP="002A3484">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Jensen, Michael, and Kim, Heeyon. The real Oscar curse: The negative consequences of positive status shifts</w:t>
       </w:r>
       <w:r w:rsidR="001E39C4" w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="756FDD47" w14:textId="77777777" w:rsidR="008E329A" w:rsidRPr="00CC6A1C" w:rsidRDefault="008E329A" w:rsidP="00481F06">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>– The Medici Summer School in Management Studies, Florence, Italy, July 2009</w:t>
@@ -6673,51 +6891,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>National University of Singapore, NUS Business School Startup Research Grant (2014-2017): SGD$90,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C273C24" w14:textId="77777777" w:rsidR="00D607FD" w:rsidRDefault="00D607FD" w:rsidP="00D607FD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D607FD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Buckley and Casson AIB Dissertation Award</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Finalist (2015)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783B06DE" w14:textId="77777777" w:rsidR="009F594D" w:rsidRDefault="009F594D" w:rsidP="00852B8A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6985,383 +7202,420 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MEDIA MENTION</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BEB0FE4" w14:textId="77777777" w:rsidR="003D0AA1" w:rsidRPr="00CC6A1C" w:rsidRDefault="003D0AA1" w:rsidP="003D0AA1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49F28E65" w14:textId="37FD7DAA" w:rsidR="00880247" w:rsidRDefault="00880247" w:rsidP="00D04F46">
+    <w:p w14:paraId="2C42B351" w14:textId="12D54ECB" w:rsidR="0021104A" w:rsidRDefault="0021104A" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">The Korea Times: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00AF6409">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://www.koreatimes.co.kr/entertainment/k-pop/20260211/why-bts-is-returning-to-korean-identity-in-new-album-arirang</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F28E65" w14:textId="6BC2452A" w:rsidR="00880247" w:rsidRDefault="00880247" w:rsidP="00D04F46">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Associated Press: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00D9369D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://apnews.com/article/trump-tariffs-foreign-movies-films-8008248fc08c748a7e8a174306ba66ba</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BC63A25" w14:textId="6796D0AF" w:rsidR="00880247" w:rsidRDefault="00880247" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bloomberg: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00D9369D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.bloomberg.com/news/articles/2025-05-05/trump-vows-to-meet-hollywood-on-tariff-plan-that-shook-industry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33CD812F" w14:textId="70495FF1" w:rsidR="003D0AA1" w:rsidRPr="000C13E7" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="003D0AA1" w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Straits Times</w:t>
       </w:r>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.straitstimes.com/lifestyle/entertainment/singapore-academics-study-oscar-curse-hits-men-more-than-women</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE1BC84" w14:textId="77777777" w:rsidR="00D04F46" w:rsidRPr="000C13E7" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Republic: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.newrepublic.com/article/121108/oscar-curse-myth</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080A08FF" w14:textId="77777777" w:rsidR="00D04F46" w:rsidRPr="000C13E7" w:rsidRDefault="00D04F46" w:rsidP="00D04F46">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Hankyoreh (in Korean): </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.hani.co.kr/arti/culture/movie/679090.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0407C7A0" w14:textId="77777777" w:rsidR="00723565" w:rsidRPr="000C13E7" w:rsidRDefault="00723565" w:rsidP="00723565">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Business Times: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.businesstimes.com.sg/opinion/taking-a-leaf-from-k-wave-book</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39820650" w14:textId="77777777" w:rsidR="00723565" w:rsidRPr="000C13E7" w:rsidRDefault="00723565" w:rsidP="00723565">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South China Morning Post: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://www.scmp.com/business/article/1922442/why-it-takes-more-force-foreign- film-fly-box-office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C3905F3" w14:textId="77777777" w:rsidR="00273308" w:rsidRPr="000C13E7" w:rsidRDefault="00273308" w:rsidP="00723565">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PhD Comics: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="000C13E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://phdcomics.com/comics/archive.php?comicid=1449</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C13E7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (based on true story)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6ABBB6" w14:textId="77777777" w:rsidR="006D276D" w:rsidRPr="00723565" w:rsidRDefault="006D276D" w:rsidP="006D276D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="715D2442" w14:textId="77777777" w:rsidR="00850065" w:rsidRDefault="00850065" w:rsidP="00A14A67">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BB02EF3" w14:textId="1D44F40F" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00A14A67" w:rsidP="00A14A67">
+    <w:p w14:paraId="6BB02EF3" w14:textId="743BF1EF" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00A14A67" w:rsidP="00A14A67">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PROFESSIONAL ACTIVITIES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6106079A" w14:textId="77777777" w:rsidR="00A14A67" w:rsidRPr="00CC6A1C" w:rsidRDefault="00A14A67" w:rsidP="00A14A67">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F5E8B5E" w14:textId="77777777" w:rsidR="00AA1D52" w:rsidRPr="00CC6A1C" w:rsidRDefault="00AA1D52" w:rsidP="00AA1D52">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7520,353 +7774,376 @@
     </w:p>
     <w:p w14:paraId="2D3433E3" w14:textId="77777777" w:rsidR="00AA1D52" w:rsidRDefault="00AA1D52" w:rsidP="009C55D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Journal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD75EB7" w14:textId="52E7433A" w:rsidR="00DB467E" w:rsidRPr="00DB467E" w:rsidRDefault="00DB467E" w:rsidP="00DB467E">
+    <w:p w14:paraId="1DD75EB7" w14:textId="52E7433A" w:rsidR="00DB467E" w:rsidRDefault="00DB467E" w:rsidP="00DB467E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Review</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B74A2E" w14:textId="77777777" w:rsidR="009C55D2" w:rsidRDefault="009C55D2" w:rsidP="009C55D2">
+    <w:p w14:paraId="7958897A" w14:textId="090B44EB" w:rsidR="002F4594" w:rsidRPr="002F4594" w:rsidRDefault="002F4594" w:rsidP="002F4594">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Organization Science</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00A5A1D4" w14:textId="77777777" w:rsidR="00085484" w:rsidRDefault="00085484" w:rsidP="00CA7FD4">
+        <w:t>American Sociological Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B74A2E" w14:textId="77777777" w:rsidR="009C55D2" w:rsidRDefault="009C55D2" w:rsidP="009C55D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Management Science</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D3DF0B2" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
+        <w:t>Organization Science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A5A1D4" w14:textId="77777777" w:rsidR="00085484" w:rsidRDefault="00085484" w:rsidP="00CA7FD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Strategic Management Journal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C47BCB8" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
+        <w:t>Management Science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3DF0B2" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Journal of Management Studies</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="671FE557" w14:textId="77777777" w:rsidR="00E57B56" w:rsidRDefault="00E57B56" w:rsidP="00E57B56">
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C47BCB8" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Journal of International Business Studies</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DAE163E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
+        <w:t>Journal of Management Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671FE557" w14:textId="77777777" w:rsidR="00E57B56" w:rsidRDefault="00E57B56" w:rsidP="00E57B56">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Global Strategy Journal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A9827FC" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
+        <w:t>Journal of International Business Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAE163E" w14:textId="77777777" w:rsidR="006626A2" w:rsidRDefault="006626A2" w:rsidP="006626A2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Strategic Entrepreneurship Journal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A42B1C2" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRPr="006626A2" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
+        <w:t>Global Strategy Journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9827FC" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Strategic Organization</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BAA36B1" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
+        <w:t>Strategic Entrepreneurship Journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A42B1C2" w14:textId="77777777" w:rsidR="00D10B37" w:rsidRPr="006626A2" w:rsidRDefault="00D10B37" w:rsidP="00D10B37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Management and Organization Review</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C010EA0" w14:textId="344EDE73" w:rsidR="00D07BBD" w:rsidRDefault="00D07BBD" w:rsidP="00BE65FC">
+        <w:t>Strategic Organization</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAA36B1" w14:textId="77777777" w:rsidR="00BE65FC" w:rsidRDefault="00BE65FC" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D07BBD">
-[...7 lines deleted...]
-    <w:p w14:paraId="50B8A536" w14:textId="64BC7AF5" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management and Organization Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C010EA0" w14:textId="344EDE73" w:rsidR="00D07BBD" w:rsidRDefault="00D07BBD" w:rsidP="00BE65FC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F4D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D07BBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Asia Pacific Journal of Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B8A536" w14:textId="64BC7AF5" w:rsidR="00775C75" w:rsidRPr="00775C75" w:rsidRDefault="00775C75" w:rsidP="00775C75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1247" w:hanging="170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96F4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Poetics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F9AE04C" w14:textId="6CEB738D" w:rsidR="007A56B9" w:rsidRPr="00CC6A1C" w:rsidRDefault="00A14A67" w:rsidP="007A56B9">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="007A56B9" w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Annual Meeting BPS, OMT Division Reviewer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="339BAB16" w14:textId="77777777" w:rsidR="00A9198F" w:rsidRDefault="00A9198F" w:rsidP="007A56B9">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7945,50 +8222,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Youchung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kwon (Cornell University, Management and Organizations; Co-chair)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6F6375DB" w14:textId="61C49615" w:rsidR="00F34550" w:rsidRDefault="00F34550" w:rsidP="000C13E7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1247" w:hanging="170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Angela Karr (Seoul National University)</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7732523E" w14:textId="504A7259" w:rsidR="000C13E7" w:rsidRPr="008C378B" w:rsidRDefault="000C13E7" w:rsidP="008C378B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1247" w:hanging="170"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008C378B">
         <w:rPr>
@@ -8612,50 +8914,51 @@
         </w:rPr>
         <w:t>2018</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7FD4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F9E88E0" w14:textId="77777777" w:rsidR="005D307B" w:rsidRDefault="005D307B" w:rsidP="00D10B37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA7FD4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6A1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NUS Business School</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7FD4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Strategy and Policy Department Recruiting Committee</w:t>
@@ -8874,170 +9177,173 @@
     </w:p>
     <w:p w14:paraId="137A15C3" w14:textId="77777777" w:rsidR="00CA7FD4" w:rsidRPr="00CC6A1C" w:rsidRDefault="00CA7FD4" w:rsidP="00CA7FD4">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6A1C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>European Group for Organizational Studies</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CA7FD4" w:rsidRPr="00CC6A1C" w:rsidSect="00527A54">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId19"/>
+    <w:sectPr w:rsidR="00CA7FD4" w:rsidRPr="00CC6A1C" w:rsidSect="000463BF">
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="584053DF" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
+    <w:p w14:paraId="04664670" w14:textId="77777777" w:rsidR="00BB69D7" w:rsidRDefault="00BB69D7" w:rsidP="00DA5120">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10CD79FD" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
+    <w:p w14:paraId="06B30D58" w14:textId="77777777" w:rsidR="00BB69D7" w:rsidRDefault="00BB69D7" w:rsidP="00DA5120">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="457460055"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6B1755CF" w14:textId="3B7DBF84" w:rsidR="00321B0A" w:rsidRDefault="00321B0A" w:rsidP="004F69CC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
@@ -9130,64 +9436,107 @@
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00321B0A">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1DC3711F" w14:textId="77777777" w:rsidR="00321B0A" w:rsidRDefault="00321B0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7952C157" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
+    <w:p w14:paraId="2E5BFDA0" w14:textId="77777777" w:rsidR="00BB69D7" w:rsidRDefault="00BB69D7" w:rsidP="00DA5120">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29739020" w14:textId="77777777" w:rsidR="00A662BB" w:rsidRDefault="00A662BB" w:rsidP="00DA5120">
+    <w:p w14:paraId="0120CA54" w14:textId="77777777" w:rsidR="00BB69D7" w:rsidRDefault="00BB69D7" w:rsidP="00DA5120">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="59D32E89" w14:textId="128253B9" w:rsidR="000463BF" w:rsidRPr="000463BF" w:rsidRDefault="000463BF" w:rsidP="000463BF">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="62B8CD4B" w14:textId="686F57A5" w:rsidR="000463BF" w:rsidRPr="000463BF" w:rsidRDefault="000463BF" w:rsidP="000463BF">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000463BF">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>updated March 2026</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28382BDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BDAAC594"/>
     <w:lvl w:ilvl="0" w:tplc="DF1837DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
@@ -9504,259 +9853,274 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2064018061">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1467048248">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1203328058">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="144"/>
+  <w:zoom w:percent="145"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F4454A"/>
     <w:rsid w:val="0001106E"/>
     <w:rsid w:val="0001224B"/>
     <w:rsid w:val="000223BF"/>
     <w:rsid w:val="000245D9"/>
     <w:rsid w:val="00024D97"/>
+    <w:rsid w:val="000302FD"/>
     <w:rsid w:val="0003612F"/>
     <w:rsid w:val="000423B1"/>
+    <w:rsid w:val="000463BF"/>
     <w:rsid w:val="000463D0"/>
     <w:rsid w:val="00047823"/>
     <w:rsid w:val="00067B57"/>
     <w:rsid w:val="000731E4"/>
     <w:rsid w:val="0007579C"/>
     <w:rsid w:val="00075ACF"/>
     <w:rsid w:val="00076B02"/>
     <w:rsid w:val="00076CC2"/>
     <w:rsid w:val="000800E4"/>
     <w:rsid w:val="00085484"/>
     <w:rsid w:val="00086D95"/>
     <w:rsid w:val="00093FDC"/>
     <w:rsid w:val="00094227"/>
     <w:rsid w:val="000953D9"/>
     <w:rsid w:val="000A25A7"/>
     <w:rsid w:val="000A29DB"/>
     <w:rsid w:val="000A31F5"/>
     <w:rsid w:val="000A6345"/>
     <w:rsid w:val="000A6E98"/>
     <w:rsid w:val="000B138A"/>
     <w:rsid w:val="000B2FE0"/>
     <w:rsid w:val="000B5700"/>
     <w:rsid w:val="000B576F"/>
     <w:rsid w:val="000B5AFC"/>
     <w:rsid w:val="000B60D1"/>
     <w:rsid w:val="000C13E7"/>
     <w:rsid w:val="000C1B63"/>
     <w:rsid w:val="000C1F54"/>
     <w:rsid w:val="000C5080"/>
     <w:rsid w:val="000C7F16"/>
     <w:rsid w:val="000D3721"/>
     <w:rsid w:val="000F0154"/>
     <w:rsid w:val="000F4E66"/>
     <w:rsid w:val="000F7335"/>
     <w:rsid w:val="000F7AA8"/>
     <w:rsid w:val="0010073A"/>
     <w:rsid w:val="001025B3"/>
+    <w:rsid w:val="00104E92"/>
     <w:rsid w:val="00106582"/>
     <w:rsid w:val="001118DD"/>
     <w:rsid w:val="001168F1"/>
     <w:rsid w:val="0012014A"/>
     <w:rsid w:val="00123555"/>
     <w:rsid w:val="00131ACE"/>
     <w:rsid w:val="0013785D"/>
     <w:rsid w:val="00137FB8"/>
     <w:rsid w:val="00143360"/>
     <w:rsid w:val="00143768"/>
     <w:rsid w:val="00151335"/>
     <w:rsid w:val="00163DDC"/>
     <w:rsid w:val="001645CE"/>
     <w:rsid w:val="0016729A"/>
     <w:rsid w:val="00170F4F"/>
     <w:rsid w:val="001A043E"/>
     <w:rsid w:val="001A4B7D"/>
     <w:rsid w:val="001A6242"/>
     <w:rsid w:val="001A6CBD"/>
     <w:rsid w:val="001B51EF"/>
     <w:rsid w:val="001B5BBF"/>
     <w:rsid w:val="001B6EE3"/>
     <w:rsid w:val="001C2E5C"/>
     <w:rsid w:val="001C42C5"/>
     <w:rsid w:val="001D5FB7"/>
     <w:rsid w:val="001E38AD"/>
     <w:rsid w:val="001E39C4"/>
     <w:rsid w:val="001E4700"/>
     <w:rsid w:val="001E4E64"/>
     <w:rsid w:val="001E7B84"/>
     <w:rsid w:val="002037D9"/>
     <w:rsid w:val="002045F3"/>
     <w:rsid w:val="0020586B"/>
     <w:rsid w:val="00205BB4"/>
+    <w:rsid w:val="0021104A"/>
+    <w:rsid w:val="00216574"/>
+    <w:rsid w:val="00226BBB"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="00233504"/>
     <w:rsid w:val="002471E4"/>
     <w:rsid w:val="00247F18"/>
     <w:rsid w:val="00260EC9"/>
     <w:rsid w:val="00262A3A"/>
+    <w:rsid w:val="00270678"/>
     <w:rsid w:val="00270B44"/>
     <w:rsid w:val="00273308"/>
     <w:rsid w:val="0027383C"/>
     <w:rsid w:val="00274489"/>
     <w:rsid w:val="00281065"/>
     <w:rsid w:val="0028343A"/>
     <w:rsid w:val="00286599"/>
     <w:rsid w:val="00291191"/>
     <w:rsid w:val="0029478C"/>
     <w:rsid w:val="00294F6B"/>
     <w:rsid w:val="002974AA"/>
     <w:rsid w:val="002A3484"/>
     <w:rsid w:val="002A3E92"/>
     <w:rsid w:val="002B0DFB"/>
     <w:rsid w:val="002B1DD8"/>
     <w:rsid w:val="002B1E6D"/>
     <w:rsid w:val="002B5106"/>
     <w:rsid w:val="002B54A4"/>
     <w:rsid w:val="002B7B5F"/>
     <w:rsid w:val="002C70C6"/>
     <w:rsid w:val="002D3B61"/>
     <w:rsid w:val="002D4C08"/>
     <w:rsid w:val="002E1057"/>
+    <w:rsid w:val="002F4594"/>
     <w:rsid w:val="002F6F3C"/>
     <w:rsid w:val="002F710C"/>
     <w:rsid w:val="00306B42"/>
     <w:rsid w:val="00312801"/>
     <w:rsid w:val="00313471"/>
     <w:rsid w:val="00314793"/>
+    <w:rsid w:val="0032070D"/>
     <w:rsid w:val="00321B0A"/>
+    <w:rsid w:val="00324BAF"/>
     <w:rsid w:val="00324E75"/>
     <w:rsid w:val="00325D3B"/>
     <w:rsid w:val="00327C98"/>
     <w:rsid w:val="003406C2"/>
     <w:rsid w:val="00341647"/>
     <w:rsid w:val="00342397"/>
     <w:rsid w:val="00344604"/>
     <w:rsid w:val="00344628"/>
     <w:rsid w:val="00351923"/>
     <w:rsid w:val="003561D1"/>
     <w:rsid w:val="003561DA"/>
+    <w:rsid w:val="00356D82"/>
     <w:rsid w:val="003570F1"/>
     <w:rsid w:val="00362C51"/>
     <w:rsid w:val="0036572F"/>
     <w:rsid w:val="0036746E"/>
     <w:rsid w:val="00370A19"/>
     <w:rsid w:val="00370A76"/>
     <w:rsid w:val="00373AC0"/>
     <w:rsid w:val="00380CA1"/>
     <w:rsid w:val="00384947"/>
     <w:rsid w:val="003968EA"/>
     <w:rsid w:val="00396F17"/>
     <w:rsid w:val="003A0315"/>
     <w:rsid w:val="003A46DF"/>
     <w:rsid w:val="003B3414"/>
     <w:rsid w:val="003C3EFA"/>
     <w:rsid w:val="003C5428"/>
     <w:rsid w:val="003D0AA1"/>
     <w:rsid w:val="003D211A"/>
     <w:rsid w:val="003D38B6"/>
     <w:rsid w:val="003E393F"/>
     <w:rsid w:val="003F257E"/>
     <w:rsid w:val="00403754"/>
     <w:rsid w:val="00407FC5"/>
     <w:rsid w:val="0041080E"/>
     <w:rsid w:val="0041102C"/>
     <w:rsid w:val="00414339"/>
     <w:rsid w:val="00422C20"/>
     <w:rsid w:val="00423C0E"/>
     <w:rsid w:val="00425404"/>
     <w:rsid w:val="004255CF"/>
     <w:rsid w:val="004269C7"/>
     <w:rsid w:val="004300B9"/>
     <w:rsid w:val="00436731"/>
     <w:rsid w:val="00443AC3"/>
+    <w:rsid w:val="004473C2"/>
     <w:rsid w:val="00450891"/>
     <w:rsid w:val="00452E23"/>
     <w:rsid w:val="0045547B"/>
     <w:rsid w:val="0046703D"/>
+    <w:rsid w:val="00473F4B"/>
     <w:rsid w:val="0047525B"/>
     <w:rsid w:val="00481F06"/>
     <w:rsid w:val="00483678"/>
     <w:rsid w:val="004918A1"/>
     <w:rsid w:val="00495B4A"/>
     <w:rsid w:val="004966B7"/>
     <w:rsid w:val="004A0D6B"/>
     <w:rsid w:val="004B5AC0"/>
     <w:rsid w:val="004C4659"/>
     <w:rsid w:val="004D2C0B"/>
     <w:rsid w:val="004D4000"/>
     <w:rsid w:val="004D4963"/>
     <w:rsid w:val="004E1ACE"/>
     <w:rsid w:val="004E26B3"/>
     <w:rsid w:val="004E26D5"/>
     <w:rsid w:val="004E3D10"/>
+    <w:rsid w:val="004E55A6"/>
     <w:rsid w:val="005040E7"/>
     <w:rsid w:val="00507325"/>
     <w:rsid w:val="00507B7F"/>
     <w:rsid w:val="0051047A"/>
     <w:rsid w:val="00512A68"/>
+    <w:rsid w:val="00514A3E"/>
     <w:rsid w:val="005219A1"/>
     <w:rsid w:val="00527A54"/>
     <w:rsid w:val="005305CA"/>
     <w:rsid w:val="005325F5"/>
     <w:rsid w:val="005337D8"/>
     <w:rsid w:val="00542500"/>
     <w:rsid w:val="00544BE8"/>
     <w:rsid w:val="005511AF"/>
     <w:rsid w:val="00551243"/>
     <w:rsid w:val="005546C2"/>
     <w:rsid w:val="0055539E"/>
     <w:rsid w:val="0056194D"/>
     <w:rsid w:val="005844D5"/>
     <w:rsid w:val="00584E3D"/>
     <w:rsid w:val="0058713E"/>
     <w:rsid w:val="00591974"/>
     <w:rsid w:val="00593958"/>
     <w:rsid w:val="00597EF8"/>
     <w:rsid w:val="005A0B29"/>
     <w:rsid w:val="005A1738"/>
     <w:rsid w:val="005A2E1E"/>
     <w:rsid w:val="005B3F1B"/>
     <w:rsid w:val="005B497C"/>
     <w:rsid w:val="005B5F31"/>
     <w:rsid w:val="005C1D4F"/>
@@ -9765,263 +10129,278 @@
     <w:rsid w:val="005D2661"/>
     <w:rsid w:val="005D307B"/>
     <w:rsid w:val="005D4E4E"/>
     <w:rsid w:val="005D70E6"/>
     <w:rsid w:val="005E0CFC"/>
     <w:rsid w:val="005E5DBF"/>
     <w:rsid w:val="005E71DB"/>
     <w:rsid w:val="005E7964"/>
     <w:rsid w:val="005F1D4A"/>
     <w:rsid w:val="005F366B"/>
     <w:rsid w:val="00601B88"/>
     <w:rsid w:val="0060279D"/>
     <w:rsid w:val="00604BEE"/>
     <w:rsid w:val="00621A81"/>
     <w:rsid w:val="00624365"/>
     <w:rsid w:val="00627A08"/>
     <w:rsid w:val="00634BFD"/>
     <w:rsid w:val="00635034"/>
     <w:rsid w:val="00635652"/>
     <w:rsid w:val="006409E8"/>
     <w:rsid w:val="00641646"/>
     <w:rsid w:val="00644299"/>
     <w:rsid w:val="00650DE6"/>
     <w:rsid w:val="006511A1"/>
     <w:rsid w:val="00654681"/>
+    <w:rsid w:val="00660764"/>
     <w:rsid w:val="006626A2"/>
     <w:rsid w:val="00671C5C"/>
     <w:rsid w:val="00674412"/>
     <w:rsid w:val="00676739"/>
     <w:rsid w:val="00676998"/>
     <w:rsid w:val="006840C4"/>
     <w:rsid w:val="006869BB"/>
     <w:rsid w:val="006936AC"/>
     <w:rsid w:val="0069383F"/>
+    <w:rsid w:val="0069621C"/>
     <w:rsid w:val="006A1ECA"/>
     <w:rsid w:val="006A3B92"/>
     <w:rsid w:val="006A4EFE"/>
     <w:rsid w:val="006A69A6"/>
     <w:rsid w:val="006A7DB1"/>
     <w:rsid w:val="006B1256"/>
     <w:rsid w:val="006B4B65"/>
     <w:rsid w:val="006B518F"/>
     <w:rsid w:val="006C4BDF"/>
     <w:rsid w:val="006C7D22"/>
     <w:rsid w:val="006D1300"/>
     <w:rsid w:val="006D276D"/>
     <w:rsid w:val="006E3DED"/>
     <w:rsid w:val="006F04E9"/>
     <w:rsid w:val="006F2411"/>
     <w:rsid w:val="006F278C"/>
     <w:rsid w:val="006F47F3"/>
     <w:rsid w:val="006F7535"/>
     <w:rsid w:val="00701031"/>
     <w:rsid w:val="00702C32"/>
     <w:rsid w:val="00706E4B"/>
     <w:rsid w:val="00713AFF"/>
     <w:rsid w:val="00714A17"/>
     <w:rsid w:val="00723565"/>
     <w:rsid w:val="007249B4"/>
     <w:rsid w:val="00724E8F"/>
     <w:rsid w:val="007260C5"/>
     <w:rsid w:val="00726BDD"/>
     <w:rsid w:val="00726F3D"/>
     <w:rsid w:val="00727EF8"/>
     <w:rsid w:val="007339A8"/>
     <w:rsid w:val="0074329A"/>
     <w:rsid w:val="00743DC7"/>
+    <w:rsid w:val="007458C3"/>
     <w:rsid w:val="007534C7"/>
     <w:rsid w:val="007568F7"/>
     <w:rsid w:val="0075778E"/>
     <w:rsid w:val="00762403"/>
     <w:rsid w:val="007625AA"/>
     <w:rsid w:val="00763E7B"/>
     <w:rsid w:val="0077583C"/>
     <w:rsid w:val="00775C75"/>
     <w:rsid w:val="00781D3F"/>
     <w:rsid w:val="00782B19"/>
     <w:rsid w:val="00786DE6"/>
     <w:rsid w:val="00787695"/>
     <w:rsid w:val="00793719"/>
+    <w:rsid w:val="007947D7"/>
     <w:rsid w:val="007A1F6D"/>
     <w:rsid w:val="007A2CF4"/>
     <w:rsid w:val="007A441E"/>
     <w:rsid w:val="007A56B9"/>
     <w:rsid w:val="007A756B"/>
     <w:rsid w:val="007B2E1F"/>
     <w:rsid w:val="007B382C"/>
     <w:rsid w:val="007B47C1"/>
     <w:rsid w:val="007C27A3"/>
+    <w:rsid w:val="007C4218"/>
     <w:rsid w:val="007D1BAC"/>
     <w:rsid w:val="007D200A"/>
     <w:rsid w:val="007D4680"/>
     <w:rsid w:val="007D5705"/>
     <w:rsid w:val="007D7683"/>
     <w:rsid w:val="007E008E"/>
     <w:rsid w:val="007E7AE0"/>
+    <w:rsid w:val="007F13E5"/>
     <w:rsid w:val="007F449C"/>
     <w:rsid w:val="007F4A4D"/>
     <w:rsid w:val="00811AF9"/>
     <w:rsid w:val="00817D27"/>
     <w:rsid w:val="00824B48"/>
     <w:rsid w:val="00825438"/>
     <w:rsid w:val="008322A7"/>
     <w:rsid w:val="00833F33"/>
     <w:rsid w:val="008351C2"/>
     <w:rsid w:val="00835939"/>
     <w:rsid w:val="0084407F"/>
     <w:rsid w:val="00850065"/>
+    <w:rsid w:val="0085274F"/>
     <w:rsid w:val="00852B8A"/>
     <w:rsid w:val="00855BCA"/>
     <w:rsid w:val="0085626A"/>
+    <w:rsid w:val="008631D0"/>
     <w:rsid w:val="00870860"/>
     <w:rsid w:val="008721EF"/>
     <w:rsid w:val="00872C8F"/>
     <w:rsid w:val="00873048"/>
     <w:rsid w:val="00880247"/>
     <w:rsid w:val="0088090B"/>
     <w:rsid w:val="00882B3E"/>
     <w:rsid w:val="0088464E"/>
     <w:rsid w:val="00886C68"/>
     <w:rsid w:val="00892B31"/>
     <w:rsid w:val="008947C9"/>
     <w:rsid w:val="008A4525"/>
     <w:rsid w:val="008B0A40"/>
     <w:rsid w:val="008B1E79"/>
     <w:rsid w:val="008B6388"/>
     <w:rsid w:val="008B785F"/>
     <w:rsid w:val="008C2221"/>
     <w:rsid w:val="008C3090"/>
     <w:rsid w:val="008C357A"/>
     <w:rsid w:val="008C378B"/>
     <w:rsid w:val="008C37DD"/>
     <w:rsid w:val="008C3844"/>
     <w:rsid w:val="008C518C"/>
+    <w:rsid w:val="008C6BA9"/>
     <w:rsid w:val="008C72CE"/>
     <w:rsid w:val="008D17AC"/>
     <w:rsid w:val="008E0B81"/>
     <w:rsid w:val="008E11BF"/>
     <w:rsid w:val="008E329A"/>
     <w:rsid w:val="008E44B5"/>
     <w:rsid w:val="008E4CBE"/>
     <w:rsid w:val="008E747B"/>
     <w:rsid w:val="008F0452"/>
     <w:rsid w:val="008F4B22"/>
     <w:rsid w:val="009049C6"/>
     <w:rsid w:val="009056DE"/>
     <w:rsid w:val="0090585B"/>
     <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00920401"/>
     <w:rsid w:val="009210BE"/>
     <w:rsid w:val="009260F7"/>
     <w:rsid w:val="0092688C"/>
+    <w:rsid w:val="0093065D"/>
     <w:rsid w:val="00932A2D"/>
     <w:rsid w:val="00933BC9"/>
     <w:rsid w:val="009344FC"/>
     <w:rsid w:val="00935D21"/>
     <w:rsid w:val="00936129"/>
     <w:rsid w:val="00943441"/>
     <w:rsid w:val="00955061"/>
     <w:rsid w:val="00960129"/>
     <w:rsid w:val="009671BF"/>
     <w:rsid w:val="009807B5"/>
     <w:rsid w:val="009807F3"/>
     <w:rsid w:val="00985151"/>
     <w:rsid w:val="00993185"/>
     <w:rsid w:val="009938A7"/>
     <w:rsid w:val="0099696B"/>
     <w:rsid w:val="009A33C2"/>
     <w:rsid w:val="009A4C46"/>
     <w:rsid w:val="009A5661"/>
     <w:rsid w:val="009B3738"/>
     <w:rsid w:val="009B41C1"/>
     <w:rsid w:val="009B4E46"/>
     <w:rsid w:val="009C2CA1"/>
     <w:rsid w:val="009C55D2"/>
     <w:rsid w:val="009D545C"/>
     <w:rsid w:val="009D746B"/>
     <w:rsid w:val="009E1F1C"/>
     <w:rsid w:val="009E50AA"/>
     <w:rsid w:val="009E5EFC"/>
     <w:rsid w:val="009F22D4"/>
     <w:rsid w:val="009F594D"/>
     <w:rsid w:val="00A06164"/>
     <w:rsid w:val="00A07BE5"/>
+    <w:rsid w:val="00A11592"/>
     <w:rsid w:val="00A142E4"/>
     <w:rsid w:val="00A14A67"/>
     <w:rsid w:val="00A16329"/>
     <w:rsid w:val="00A16C12"/>
     <w:rsid w:val="00A2670D"/>
     <w:rsid w:val="00A2748B"/>
     <w:rsid w:val="00A319FE"/>
+    <w:rsid w:val="00A3602F"/>
     <w:rsid w:val="00A366C2"/>
     <w:rsid w:val="00A37570"/>
     <w:rsid w:val="00A4529D"/>
     <w:rsid w:val="00A5787C"/>
     <w:rsid w:val="00A61050"/>
     <w:rsid w:val="00A64747"/>
     <w:rsid w:val="00A647C0"/>
     <w:rsid w:val="00A662BB"/>
+    <w:rsid w:val="00A7429F"/>
     <w:rsid w:val="00A764B1"/>
     <w:rsid w:val="00A9198F"/>
     <w:rsid w:val="00AA0CC1"/>
     <w:rsid w:val="00AA1D52"/>
     <w:rsid w:val="00AA1EAE"/>
     <w:rsid w:val="00AA480F"/>
     <w:rsid w:val="00AB3CE3"/>
     <w:rsid w:val="00AB5669"/>
     <w:rsid w:val="00AC204A"/>
     <w:rsid w:val="00AC3B41"/>
     <w:rsid w:val="00AD4527"/>
     <w:rsid w:val="00AD6E86"/>
     <w:rsid w:val="00AE118B"/>
     <w:rsid w:val="00AE1C78"/>
     <w:rsid w:val="00AE7445"/>
     <w:rsid w:val="00AF3887"/>
     <w:rsid w:val="00AF3EF0"/>
     <w:rsid w:val="00AF6B15"/>
     <w:rsid w:val="00B015DF"/>
     <w:rsid w:val="00B045D8"/>
     <w:rsid w:val="00B0480E"/>
     <w:rsid w:val="00B109C4"/>
+    <w:rsid w:val="00B119F1"/>
     <w:rsid w:val="00B13BD7"/>
     <w:rsid w:val="00B16124"/>
     <w:rsid w:val="00B208B4"/>
     <w:rsid w:val="00B2105D"/>
     <w:rsid w:val="00B24C4E"/>
     <w:rsid w:val="00B31C0B"/>
     <w:rsid w:val="00B35F1F"/>
     <w:rsid w:val="00B36229"/>
     <w:rsid w:val="00B41179"/>
     <w:rsid w:val="00B42F9A"/>
     <w:rsid w:val="00B5287F"/>
     <w:rsid w:val="00B60FCB"/>
     <w:rsid w:val="00B71372"/>
     <w:rsid w:val="00B73A55"/>
     <w:rsid w:val="00B746BF"/>
     <w:rsid w:val="00BB3143"/>
     <w:rsid w:val="00BB661D"/>
+    <w:rsid w:val="00BB69D7"/>
     <w:rsid w:val="00BC1804"/>
     <w:rsid w:val="00BC29FE"/>
     <w:rsid w:val="00BC4B59"/>
     <w:rsid w:val="00BC73FF"/>
     <w:rsid w:val="00BC7794"/>
     <w:rsid w:val="00BD55F4"/>
     <w:rsid w:val="00BD77F9"/>
     <w:rsid w:val="00BE1C0B"/>
     <w:rsid w:val="00BE1C3D"/>
     <w:rsid w:val="00BE292A"/>
     <w:rsid w:val="00BE60C2"/>
     <w:rsid w:val="00BE65FC"/>
     <w:rsid w:val="00BF16CA"/>
     <w:rsid w:val="00BF562B"/>
     <w:rsid w:val="00C01A8A"/>
     <w:rsid w:val="00C0231D"/>
     <w:rsid w:val="00C0257A"/>
     <w:rsid w:val="00C040E6"/>
     <w:rsid w:val="00C050A1"/>
     <w:rsid w:val="00C05385"/>
     <w:rsid w:val="00C0664B"/>
     <w:rsid w:val="00C0698C"/>
     <w:rsid w:val="00C07251"/>
     <w:rsid w:val="00C11CA3"/>
     <w:rsid w:val="00C12846"/>
@@ -10029,200 +10408,212 @@
     <w:rsid w:val="00C20FAB"/>
     <w:rsid w:val="00C218A8"/>
     <w:rsid w:val="00C22222"/>
     <w:rsid w:val="00C22AA9"/>
     <w:rsid w:val="00C30948"/>
     <w:rsid w:val="00C30A7B"/>
     <w:rsid w:val="00C31186"/>
     <w:rsid w:val="00C34780"/>
     <w:rsid w:val="00C40358"/>
     <w:rsid w:val="00C4239C"/>
     <w:rsid w:val="00C42493"/>
     <w:rsid w:val="00C4593E"/>
     <w:rsid w:val="00C50CE5"/>
     <w:rsid w:val="00C52FDB"/>
     <w:rsid w:val="00C61A73"/>
     <w:rsid w:val="00C61E1B"/>
     <w:rsid w:val="00C6205E"/>
     <w:rsid w:val="00C6316D"/>
     <w:rsid w:val="00C63477"/>
     <w:rsid w:val="00C67845"/>
     <w:rsid w:val="00C67D3E"/>
     <w:rsid w:val="00C739A3"/>
     <w:rsid w:val="00C762E7"/>
     <w:rsid w:val="00C855D5"/>
     <w:rsid w:val="00C8772E"/>
+    <w:rsid w:val="00C902E6"/>
     <w:rsid w:val="00C911A1"/>
     <w:rsid w:val="00C9453C"/>
     <w:rsid w:val="00C956E3"/>
     <w:rsid w:val="00C96740"/>
     <w:rsid w:val="00CA06D1"/>
     <w:rsid w:val="00CA2994"/>
     <w:rsid w:val="00CA2EA3"/>
     <w:rsid w:val="00CA2F6D"/>
     <w:rsid w:val="00CA36A8"/>
     <w:rsid w:val="00CA51DA"/>
     <w:rsid w:val="00CA71C4"/>
     <w:rsid w:val="00CA73F6"/>
     <w:rsid w:val="00CA7FD4"/>
     <w:rsid w:val="00CB149F"/>
     <w:rsid w:val="00CB15E5"/>
     <w:rsid w:val="00CB3D32"/>
     <w:rsid w:val="00CB639D"/>
     <w:rsid w:val="00CB77CF"/>
     <w:rsid w:val="00CC032D"/>
+    <w:rsid w:val="00CC2F23"/>
     <w:rsid w:val="00CC5BF4"/>
     <w:rsid w:val="00CC66F3"/>
     <w:rsid w:val="00CC6A1C"/>
+    <w:rsid w:val="00CC7065"/>
+    <w:rsid w:val="00CC74EB"/>
     <w:rsid w:val="00CD133E"/>
     <w:rsid w:val="00CE2DDF"/>
     <w:rsid w:val="00CE414B"/>
     <w:rsid w:val="00CF33EB"/>
     <w:rsid w:val="00CF3B00"/>
     <w:rsid w:val="00CF52F4"/>
     <w:rsid w:val="00CF6394"/>
     <w:rsid w:val="00CF6B21"/>
     <w:rsid w:val="00D03077"/>
     <w:rsid w:val="00D04F46"/>
     <w:rsid w:val="00D07052"/>
     <w:rsid w:val="00D07BBD"/>
     <w:rsid w:val="00D10B37"/>
     <w:rsid w:val="00D21A42"/>
     <w:rsid w:val="00D26CC5"/>
     <w:rsid w:val="00D275A0"/>
     <w:rsid w:val="00D27B0D"/>
     <w:rsid w:val="00D3187B"/>
     <w:rsid w:val="00D339B1"/>
     <w:rsid w:val="00D3762E"/>
     <w:rsid w:val="00D4149D"/>
+    <w:rsid w:val="00D47709"/>
     <w:rsid w:val="00D550CA"/>
+    <w:rsid w:val="00D56CD0"/>
     <w:rsid w:val="00D607FD"/>
     <w:rsid w:val="00D63D01"/>
     <w:rsid w:val="00D65F9F"/>
     <w:rsid w:val="00D66403"/>
     <w:rsid w:val="00D70DC7"/>
     <w:rsid w:val="00D721DF"/>
     <w:rsid w:val="00D72C2F"/>
     <w:rsid w:val="00D738C1"/>
     <w:rsid w:val="00D77F0E"/>
     <w:rsid w:val="00D80C73"/>
     <w:rsid w:val="00D81731"/>
     <w:rsid w:val="00D90DCC"/>
     <w:rsid w:val="00D947B5"/>
+    <w:rsid w:val="00D97943"/>
     <w:rsid w:val="00DA23CA"/>
     <w:rsid w:val="00DA4CCD"/>
     <w:rsid w:val="00DA5120"/>
     <w:rsid w:val="00DA5D7F"/>
     <w:rsid w:val="00DB333E"/>
     <w:rsid w:val="00DB39FF"/>
     <w:rsid w:val="00DB3CB6"/>
     <w:rsid w:val="00DB4618"/>
     <w:rsid w:val="00DB467E"/>
     <w:rsid w:val="00DC0689"/>
     <w:rsid w:val="00DC1016"/>
+    <w:rsid w:val="00DC11AF"/>
     <w:rsid w:val="00DC6030"/>
     <w:rsid w:val="00DC6497"/>
     <w:rsid w:val="00DD2D19"/>
     <w:rsid w:val="00DD30CF"/>
     <w:rsid w:val="00DD3BB5"/>
     <w:rsid w:val="00DD41F4"/>
     <w:rsid w:val="00DE0BB3"/>
     <w:rsid w:val="00DE1D16"/>
     <w:rsid w:val="00DE608D"/>
     <w:rsid w:val="00DF4B4E"/>
     <w:rsid w:val="00DF6C07"/>
     <w:rsid w:val="00E01574"/>
     <w:rsid w:val="00E02E79"/>
     <w:rsid w:val="00E030C8"/>
     <w:rsid w:val="00E0367A"/>
+    <w:rsid w:val="00E06A55"/>
     <w:rsid w:val="00E1081F"/>
     <w:rsid w:val="00E111EE"/>
     <w:rsid w:val="00E15474"/>
     <w:rsid w:val="00E15A78"/>
     <w:rsid w:val="00E23DB1"/>
     <w:rsid w:val="00E24B73"/>
     <w:rsid w:val="00E2797E"/>
     <w:rsid w:val="00E37053"/>
     <w:rsid w:val="00E44358"/>
     <w:rsid w:val="00E4515B"/>
     <w:rsid w:val="00E57B56"/>
     <w:rsid w:val="00E6021E"/>
     <w:rsid w:val="00E605C4"/>
     <w:rsid w:val="00E65CE9"/>
     <w:rsid w:val="00E65E66"/>
+    <w:rsid w:val="00E7354D"/>
     <w:rsid w:val="00E7677F"/>
     <w:rsid w:val="00E8586D"/>
     <w:rsid w:val="00E90DD8"/>
     <w:rsid w:val="00E911FF"/>
     <w:rsid w:val="00E91CD6"/>
     <w:rsid w:val="00E93096"/>
     <w:rsid w:val="00E97188"/>
     <w:rsid w:val="00E97278"/>
     <w:rsid w:val="00EA2755"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3C74"/>
     <w:rsid w:val="00EA5052"/>
     <w:rsid w:val="00EB0176"/>
     <w:rsid w:val="00EB1FCC"/>
     <w:rsid w:val="00EB2F78"/>
     <w:rsid w:val="00EB479D"/>
     <w:rsid w:val="00EB58B1"/>
     <w:rsid w:val="00EC0E95"/>
     <w:rsid w:val="00ED49C4"/>
     <w:rsid w:val="00ED7066"/>
     <w:rsid w:val="00EE1444"/>
     <w:rsid w:val="00EE2A41"/>
     <w:rsid w:val="00EE75B5"/>
     <w:rsid w:val="00EF42E5"/>
     <w:rsid w:val="00EF4868"/>
     <w:rsid w:val="00EF53EF"/>
     <w:rsid w:val="00EF56BC"/>
     <w:rsid w:val="00F0496E"/>
     <w:rsid w:val="00F107B0"/>
     <w:rsid w:val="00F17DFD"/>
     <w:rsid w:val="00F235E8"/>
     <w:rsid w:val="00F32F92"/>
     <w:rsid w:val="00F3316B"/>
     <w:rsid w:val="00F334D4"/>
+    <w:rsid w:val="00F34550"/>
     <w:rsid w:val="00F3722A"/>
     <w:rsid w:val="00F37477"/>
     <w:rsid w:val="00F414B4"/>
     <w:rsid w:val="00F42D86"/>
     <w:rsid w:val="00F4454A"/>
     <w:rsid w:val="00F51DCD"/>
     <w:rsid w:val="00F579E3"/>
     <w:rsid w:val="00F71254"/>
     <w:rsid w:val="00F734ED"/>
     <w:rsid w:val="00F816DE"/>
     <w:rsid w:val="00F82665"/>
     <w:rsid w:val="00F85C25"/>
     <w:rsid w:val="00F92395"/>
     <w:rsid w:val="00F956D3"/>
     <w:rsid w:val="00F95A3D"/>
     <w:rsid w:val="00F96F4D"/>
     <w:rsid w:val="00FA2D07"/>
     <w:rsid w:val="00FA3EDA"/>
+    <w:rsid w:val="00FB611A"/>
     <w:rsid w:val="00FB6803"/>
     <w:rsid w:val="00FC03D6"/>
     <w:rsid w:val="00FC295C"/>
     <w:rsid w:val="00FC4469"/>
     <w:rsid w:val="00FC4FA3"/>
     <w:rsid w:val="00FC5C69"/>
     <w:rsid w:val="00FC72BE"/>
     <w:rsid w:val="00FD4B55"/>
     <w:rsid w:val="00FE2DEE"/>
     <w:rsid w:val="00FE48E4"/>
     <w:rsid w:val="00FF2678"/>
     <w:rsid w:val="00FF3FC7"/>
     <w:rsid w:val="00FF571E"/>
     <w:rsid w:val="00FF591B"/>
     <w:rsid w:val="00FF6CC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -10641,50 +11032,92 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="005A0B29"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0032070D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0032070D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A14A67"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="MS Mincho" w:hAnsi="Garamond"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
@@ -10929,50 +11362,76 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="005A0B29"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00880247"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0032070D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0032070D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="682317112">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="868690068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -11132,51 +11591,51 @@
           <w:divsChild>
             <w:div w:id="816848654">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heeyon@cornell.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newrepublic.com/article/121108/oscar-curse-myth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.straitstimes.com/lifestyle/entertainment/singapore-academics-study-oscar-curse-hits-men-more-than-women" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://phdcomics.com/comics/archive.php?comicid=1449" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scmp.com/business/article/1922442/why-it-takes-more-force-foreign-%20film-fly-box-office" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomberg.com/news/articles/2025-05-05/trump-vows-to-meet-hollywood-on-tariff-plan-that-shook-industry" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.businesstimes.com.sg/opinion/taking-a-leaf-from-k-wave-book" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apnews.com/article/trump-tariffs-foreign-movies-films-8008248fc08c748a7e8a174306ba66ba" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbr.com.sg/hr-education/exclusive/18-influential-business-professors-aged-40-and-under" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hani.co.kr/arti/culture/movie/679090.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heeyon@cornell.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.straitstimes.com/lifestyle/entertainment/singapore-academics-study-oscar-curse-hits-men-more-than-women" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://phdcomics.com/comics/archive.php?comicid=1449" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomberg.com/news/articles/2025-05-05/trump-vows-to-meet-hollywood-on-tariff-plan-that-shook-industry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scmp.com/business/article/1922442/why-it-takes-more-force-foreign-%20film-fly-box-office" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.businesstimes.com.sg/opinion/taking-a-leaf-from-k-wave-book" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apnews.com/article/trump-tariffs-foreign-movies-films-8008248fc08c748a7e8a174306ba66ba" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hani.co.kr/arti/culture/movie/679090.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.koreatimes.co.kr/entertainment/k-pop/20260211/why-bts-is-returning-to-korean-identity-in-new-album-arirang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbr.com.sg/hr-education/exclusive/18-influential-business-professors-aged-40-and-under" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newrepublic.com/article/121108/oscar-curse-myth" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11438,76 +11897,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5633B601-6369-4FDF-8C12-55146C4BAD03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>15039</Characters>
+  <Pages>8</Pages>
+  <Words>2921</Words>
+  <Characters>15456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>241</Lines>
+  <Paragraphs>278</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ross School of Business</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17642</CharactersWithSpaces>
+  <CharactersWithSpaces>18099</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>262185</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:heeyon@umich.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>