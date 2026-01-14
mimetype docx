--- v0 (2025-10-12)
+++ v1 (2026-01-14)
@@ -319,65 +319,72 @@
     <w:p w14:paraId="386883A0" w14:textId="5923FC2D" w:rsidR="000559D0" w:rsidRDefault="000559D0" w:rsidP="0069467C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2021 -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Senior Fellow, Atkinson Center for Sustainable Future </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE291B1" w14:textId="6FD8EF6D" w:rsidR="00307ACA" w:rsidRDefault="00307ACA" w:rsidP="0069467C">
+    <w:p w14:paraId="7CE291B1" w14:textId="2D983204" w:rsidR="00307ACA" w:rsidRDefault="00307ACA" w:rsidP="0069467C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2020 - </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Henrietta Johnson Louis Professor of Management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE09611" w14:textId="0B943E36" w:rsidR="001325D3" w:rsidRDefault="001325D3" w:rsidP="0069467C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2019</w:t>
@@ -914,224 +921,302 @@
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1BEE">
         <w:rPr>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Research</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AAC024" w14:textId="77777777" w:rsidR="00F6207F" w:rsidRDefault="00F6207F" w:rsidP="0069467C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B0FF469" w14:textId="6AF7775B" w:rsidR="007F19D5" w:rsidRPr="00CC1BEE" w:rsidRDefault="00E15741" w:rsidP="0069467C">
+    <w:p w14:paraId="7B0FF469" w14:textId="6AF7775B" w:rsidR="007F19D5" w:rsidRDefault="00E15741" w:rsidP="0069467C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1BEE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Refereed </w:t>
       </w:r>
       <w:r w:rsidR="002E4158" w:rsidRPr="00CC1BEE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B97D0B1" w14:textId="77777777" w:rsidR="000559D0" w:rsidRDefault="000559D0" w:rsidP="00830A91">
-[...8 lines deleted...]
-    <w:p w14:paraId="53D7BAAA" w14:textId="73482B6F" w:rsidR="000559D0" w:rsidRDefault="000559D0" w:rsidP="00F97820">
+    <w:p w14:paraId="793AEF5C" w14:textId="5C578682" w:rsidR="00A328C3" w:rsidRDefault="00A328C3" w:rsidP="00A328C3">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...62 lines deleted...]
-        <w:rPr>
           <w:i/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="0A0D046C" w14:textId="48198806" w:rsidR="00830A91" w:rsidRPr="00830A91" w:rsidRDefault="00830A91" w:rsidP="00F97820">
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avidon, M., Walls, J., Dowell, G., and Cadery, V. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25C34">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Temporal (In)consistency in Corporate Sustainability Disclosure: Evidence from S&amp;P500 GHG Target Setting (2010-2021)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>forthcoming,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Business Ethics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049D3CF9" w14:textId="77777777" w:rsidR="00A328C3" w:rsidRPr="00A328C3" w:rsidRDefault="00A328C3" w:rsidP="00A328C3"/>
+    <w:p w14:paraId="2B97D0B1" w14:textId="5FDCF8E1" w:rsidR="000559D0" w:rsidRDefault="00EF58AB" w:rsidP="00830A91">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dowell, Glen, and Thomas Lyon. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Beliefs matter: Local climate concerns and industrial greenhouse gas emissions in the United States." </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF58AB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Business Ethics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> 194, no. 3: 609-632.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27377E65" w14:textId="77777777" w:rsidR="00EF58AB" w:rsidRDefault="00EF58AB" w:rsidP="00830A91">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D7BAAA" w14:textId="73482B6F" w:rsidR="000559D0" w:rsidRDefault="000559D0" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qiao, Kunyuan and Glen Dowell.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B65">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830A91">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Environmental Norm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00830A91">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Income Inequality, and Environmentally-Friendly Products: A Longitudinal Study of U.S. Counties (2010-2017)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Research Policy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00796B65">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>51(4) 104443</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0D046C" w14:textId="48198806" w:rsidR="00830A91" w:rsidRPr="00830A91" w:rsidRDefault="00830A91" w:rsidP="00F97820">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dowell, Glen, Jeff Niederdeppe,</w:t>
       </w:r>
       <w:r w:rsidRPr="00830A91">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jamie Vanucchi, Timur Dogan, Kieran Donaghy, Rory Jacobson, Natalie Mahowald, Mark </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, and Jane Zelikova. </w:t>
+        <w:t xml:space="preserve">Jamie Vanucchi, Timur Dogan, Kieran Donaghy, Rory Jacobson, Natalie Mahowald, Mark Mistein, and Jane Zelikova. </w:t>
       </w:r>
       <w:r w:rsidR="00796B65">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2021. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Rooting Carbon Dioxide Reduction (CDR) Research in the Social Sciences.</w:t>
       </w:r>
       <w:r w:rsidR="002E4D11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -1179,91 +1264,72 @@
             <w:bCs/>
             <w:color w:val="BA0C2F"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.1098/rsfs.2019.0138</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="78F28B10" w14:textId="7B845F83" w:rsidR="001D24C5" w:rsidRPr="00C87404" w:rsidRDefault="001D24C5" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgallis, Panikos, Glen Dowell, and Rudolph Durand. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002E4D11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2019. </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> “</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Shine on me: policy support for the emergent solar photovoltaic industry in Europe.”  </w:t>
+        <w:t xml:space="preserve"> “Shine on me: policy support for the emergent solar photovoltaic industry in Europe.”  </w:t>
       </w:r>
       <w:r w:rsidR="002E4D11">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Administrative Science </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Administrative Science Quartelery</w:t>
+      </w:r>
       <w:r w:rsidR="002E4D11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  64(3): 503-541</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CFECE5" w14:textId="34A48A5F" w:rsidR="002E4D11" w:rsidRDefault="002E4D11" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E4D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b w:val="0"/>
@@ -1364,67 +1430,51 @@
       </w:r>
       <w:r w:rsidR="003074A1" w:rsidRPr="00800B12">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2C031D" w14:textId="7CEB562E" w:rsidR="002728D2" w:rsidRPr="00800B12" w:rsidRDefault="002728D2" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kalnins, Arturs, and Glen Dowell.  2017. "Community characteristics and changes in toxic chemical releases: Does information disclosure affect environmental </w:t>
-[...15 lines deleted...]
-        <w:t>" Journal of Business Ethics 145: 277-292. (published online 2015)</w:t>
+        <w:t>Kalnins, Arturs, and Glen Dowell.  2017. "Community characteristics and changes in toxic chemical releases: Does information disclosure affect environmental injustice?." Journal of Business Ethics 145: 277-292. (published online 2015)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E206358" w14:textId="4D82CA04" w:rsidR="004A7F1C" w:rsidRPr="00800B12" w:rsidRDefault="007F5D04" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lewis, Ben, Judith Walls, and Glen Dowell</w:t>
       </w:r>
       <w:r w:rsidR="000F763C" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. 2014</w:t>
       </w:r>
@@ -1632,115 +1682,84 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C05DA0" w:rsidRPr="00800B12">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>33: 1053-1071.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79260A18" w14:textId="77777777" w:rsidR="00D02EB2" w:rsidRPr="00800B12" w:rsidRDefault="00D02EB2" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dowell, Glen, Margaret Shackell, and Nathan Stuart.  </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Chief Executive Officers, Boards of Directors, and Firm Survival: Evidence from the Internet shakeout.”  </w:t>
+        <w:t xml:space="preserve">Dowell, Glen, Margaret Shackell, and Nathan Stuart.  2011.  “Chief Executive Officers, Boards of Directors, and Firm Survival: Evidence from the Internet shakeout.”  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Management Journal.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>32: 1025-1045.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F7D7347" w14:textId="77777777" w:rsidR="00D02EB2" w:rsidRPr="00800B12" w:rsidRDefault="00D02EB2" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hart, Stuart and Glen Dowell. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">A Natural Resource Based View of the Firm: 15 Years After.” </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Hart, Stuart and Glen Dowell. 2011.  “A Natural Resource Based View of the Firm: 15 Years After.” </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Management.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:rStyle w:val="cit-vol"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>37</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:rStyle w:val="cit-sep"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1822,69 +1841,51 @@
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Competition Uncorked:</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Entrepreneurial Dynamics in the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Alberta Liquor Retailing Industry</w:t>
+        <w:t>Entrepreneurial Dynamics in the Newly-Deregulated Alberta Liquor Retailing Industry</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” with Robert David.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Industrial and Corporate Change.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">20: </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
@@ -1908,114 +1909,97 @@
         <w:rPr>
           <w:rStyle w:val="cit-last-page"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>853</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35CDB20C" w14:textId="77777777" w:rsidR="004C0666" w:rsidRPr="00800B12" w:rsidRDefault="004C0666" w:rsidP="00F97820">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dowell, Glen and Bradley Killaly.  </w:t>
       </w:r>
       <w:r w:rsidR="00004BA8" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2009.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"The Impact of Market Volatility on Firm Entry Decisions: Evidence from U.S. Telecom Firms’ International Expansion."  </w:t>
       </w:r>
       <w:r w:rsidR="007D6550" w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organization Science</w:t>
       </w:r>
       <w:r w:rsidR="00004BA8" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20: 69-84.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A2AC7C" w14:textId="77777777" w:rsidR="004C0666" w:rsidRPr="00800B12" w:rsidRDefault="004C0666" w:rsidP="00F97820">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dowell, Glen and Anand Swaminathan. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Entry Timing, Exploration, and Firm Survival in the Early Years of the U.S. Bicycle Industry.”  </w:t>
+        <w:t xml:space="preserve">Dowell, Glen and Anand Swaminathan. 2006.  “Entry Timing, Exploration, and Firm Survival in the Early Years of the U.S. Bicycle Industry.”  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Management Journal.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>27:</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1159-1182.</w:t>
       </w:r>
@@ -2160,72 +2144,63 @@
       <w:r w:rsidR="002E4158" w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Academy of Management Best Paper Proceedings, 1998.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F95C3E" w14:textId="77777777" w:rsidR="002E4158" w:rsidRPr="00800B12" w:rsidRDefault="001A2B8B" w:rsidP="00F97820">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dowell, Glen and Anand Swaminathan.  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007B3897" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2000.  </w:t>
       </w:r>
       <w:r w:rsidR="002E4158" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Racing and Back-pedaling into the Future: New product development and organizational mortality in the U.S. bicycle industry, 1880-1918.”  </w:t>
+        <w:t xml:space="preserve">“Racing and Back-pedaling into the Future: New product development and organizational mortality in the U.S. bicycle industry, 1880-1918.”  </w:t>
       </w:r>
       <w:r w:rsidR="002E4158" w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organization Studies.</w:t>
       </w:r>
       <w:r w:rsidR="002E4158" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="002E4158" w:rsidRPr="00800B12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
@@ -2441,68 +2416,66 @@
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Academy of Management Best Paper Proceedings 2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649F081E" w14:textId="77777777" w:rsidR="001B53B3" w:rsidRPr="00800B12" w:rsidRDefault="001B53B3" w:rsidP="00F97820">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dowell, Glen and Ben Lewis. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004217F1" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2011. </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Effect of Technology Type on the Adoption and Effectiveness of Global Environmental Standards</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.”  </w:t>
       </w:r>
       <w:r w:rsidR="004217F1" w:rsidRPr="00800B12">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
@@ -2549,100 +2522,84 @@
         </w:rPr>
         <w:t>Canadian Investment Review</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  Summer, 2006.  R16.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68397C65" w14:textId="77777777" w:rsidR="00044E26" w:rsidRPr="00800B12" w:rsidRDefault="00044E26" w:rsidP="00F97820">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dowell, Glen.  “Which firms are Likely to Suffer Product Recalls? The roles of competition and congestion in leading to recalls.”  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Administrative Science Association of Canada Best Paper Proceedings 2005</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A3063B9" w14:textId="77777777" w:rsidR="007E521C" w:rsidRPr="00800B12" w:rsidRDefault="007E521C" w:rsidP="00F97820">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> Television.”  </w:t>
+        <w:t xml:space="preserve">Dowell, Glen, Anand Swaminathan and James Wade.  “Pretty Pictures and Ugly Scenes: Political and Technological Maneuvers in High Definition Television.”  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Advances in Strategic Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  2002.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>19</w:t>
@@ -2691,234 +2648,268 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E4D01F3" w14:textId="6253DA27" w:rsidR="002E4158" w:rsidRPr="00CC1BEE" w:rsidRDefault="002E4158" w:rsidP="00F97820">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1BEE">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Working Papers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5C4F96" w14:textId="77777777" w:rsidR="00E142CB" w:rsidRDefault="00C25C34" w:rsidP="00F97820">
+    <w:p w14:paraId="31612CC6" w14:textId="0989742F" w:rsidR="00E142CB" w:rsidRPr="00E142CB" w:rsidRDefault="00E55C38" w:rsidP="00F97820">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25C34" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public Deviance from Changing Social Expectations: Board Gender Diversity in Corporate America</w:t>
+      </w:r>
+      <w:r w:rsidR="008E732C" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="008E732C" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A328C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A328C3" w:rsidRPr="00A328C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidR="00A328C3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> round </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">R&amp;R </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58AB">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Journal of Business Ethics</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. from </w:t>
+      </w:r>
+      <w:r w:rsidR="008E732C" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>With Bjo</w:t>
+      </w:r>
+      <w:r w:rsidR="000D09DD" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ern </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25C34" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mitzinneck, Julia Bartosch</w:t>
+      </w:r>
+      <w:r w:rsidR="000D09DD" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Judith Walls</w:t>
+      </w:r>
+      <w:r w:rsidR="00830A91" w:rsidRPr="00E142CB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6720AE82" w14:textId="229CF291" w:rsidR="00E142CB" w:rsidRDefault="00C25C34" w:rsidP="00E142CB">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25C34">
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...10 lines deleted...]
-      <w:r>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>How Much Does Industry Matter for Environmental Performance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>?”</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Thomas </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">P. Lyon and Kunyuan Qiao.  Under review at </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF58AB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="31612CC6" w14:textId="77777777" w:rsidR="00E142CB" w:rsidRPr="00E142CB" w:rsidRDefault="00E55C38" w:rsidP="00F97820">
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661EE4FB" w14:textId="77777777" w:rsidR="00E142CB" w:rsidRDefault="00C25C34" w:rsidP="00E142CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00C25C34" w:rsidRPr="00E142CB">
-[...57 lines deleted...]
-    <w:p w14:paraId="6720AE82" w14:textId="77777777" w:rsidR="00E142CB" w:rsidRDefault="00C25C34" w:rsidP="00E142CB">
+      <w:r w:rsidRPr="00C25C34">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Local Political Partisanship and Industrial GHG Emissions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” with Thomas Lyon and Kunyuan Qiao.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19781E23" w14:textId="312B5314" w:rsidR="00307ACA" w:rsidRDefault="00307ACA" w:rsidP="00E142CB">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="32"/>
-[...60 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“The Social Construction of Eco-Innovation”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E40180A" w14:textId="71E3FF01" w:rsidR="00B501A1" w:rsidRDefault="00C25C34" w:rsidP="00B501A1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“How Stakeholder Heterogeneity Shapes Their Post-Misconduct Reactions to Corrective Actions.  With Guido Berends, Bjoern Mitzinneck, and Jordi Surroca.  </w:t>
@@ -2979,71 +2970,118 @@
     <w:p w14:paraId="287D5D29" w14:textId="77777777" w:rsidR="00C25C34" w:rsidRDefault="00C25C34" w:rsidP="00B501A1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2434E499" w14:textId="07374354" w:rsidR="00C25C34" w:rsidRDefault="00C25C34" w:rsidP="00B501A1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Untitled Project on CEO Characteristics and Investor Activism. With Nathalia Estevez.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF147EE" w14:textId="77777777" w:rsidR="00C25C34" w:rsidRPr="00C25C34" w:rsidRDefault="00C25C34" w:rsidP="00B501A1">
+    <w:p w14:paraId="390AADCF" w14:textId="77777777" w:rsidR="009E207D" w:rsidRDefault="009E207D" w:rsidP="00B501A1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B5BBB4C" w14:textId="35CE1673" w:rsidR="000D09DD" w:rsidRDefault="000D09DD" w:rsidP="00B501A1">
+    <w:p w14:paraId="3C2A5E2F" w14:textId="4DB2A4F5" w:rsidR="009E207D" w:rsidRDefault="009E207D" w:rsidP="00B501A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Invited Talks and Presentations (Past 12 Months)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633919BE" w14:textId="5D2C7D85" w:rsidR="00EF58AB" w:rsidRDefault="009E207D" w:rsidP="00B501A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Toronto Rotman School, University of Vermont Grossman School, Strategic Management Society Annual Conference.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37001FFC" w14:textId="77777777" w:rsidR="007D4319" w:rsidRDefault="007D4319" w:rsidP="00B501A1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B5BBB4C" w14:textId="2DF54FB8" w:rsidR="000D09DD" w:rsidRDefault="000D09DD" w:rsidP="00B501A1">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grants</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="164E8AC2" w14:textId="77777777" w:rsidR="00F6207F" w:rsidRDefault="00F6207F" w:rsidP="005802FA">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C4B752E" w14:textId="25E67CCD" w:rsidR="005802FA" w:rsidRDefault="005802FA" w:rsidP="005802FA">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3133,115 +3171,128 @@
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ph.D.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0346226C" w14:textId="186B6966" w:rsidR="00E142CB" w:rsidRDefault="00E142CB" w:rsidP="00800B12">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wang, Shiying, Cornell University (Chair) 2024 –</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088B9CFA" w14:textId="5C4DB68C" w:rsidR="00E142CB" w:rsidRDefault="00E142CB" w:rsidP="00800B12">
+    <w:p w14:paraId="088B9CFA" w14:textId="6F18E275" w:rsidR="00E142CB" w:rsidRDefault="00E142CB" w:rsidP="00800B12">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estevez, Nathalia, INSPER (Member) 2023 –</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2062B857" w14:textId="34A33093" w:rsidR="00E63A84" w:rsidRDefault="00E63A84" w:rsidP="00800B12">
+      <w:r w:rsidR="009E207D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2062B857" w14:textId="61F01145" w:rsidR="00E63A84" w:rsidRDefault="00E63A84" w:rsidP="00800B12">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Berends, Guido, Groningen University (Member) 2021 -</w:t>
       </w:r>
+      <w:r w:rsidR="009E207D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="15335D5D" w14:textId="3CEE6342" w:rsidR="00830A91" w:rsidRDefault="00830A91" w:rsidP="00800B12">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Qiao, Kunyuan, Cornell University (Member) 2019 -</w:t>
       </w:r>
       <w:r w:rsidR="00796B65">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F31436D" w14:textId="349A05A1" w:rsidR="003074A1" w:rsidRDefault="003074A1" w:rsidP="00800B12">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Lu, Xuege (Cathy), Cornell University (</w:t>
       </w:r>
       <w:r w:rsidR="00830A91">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Co-Chai</w:t>
       </w:r>
       <w:r w:rsidR="001325D3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D0241E" w:rsidRPr="00800B12">
         <w:rPr>
@@ -3330,65 +3381,56 @@
         </w:rPr>
         <w:t xml:space="preserve"> (Chair)</w:t>
       </w:r>
       <w:r w:rsidR="00913A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00830A91">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Completed 2020</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67AC045F" w14:textId="59ED1910" w:rsidR="00501094" w:rsidRPr="00800B12" w:rsidRDefault="00E15C03" w:rsidP="00800B12">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t>, Bjoern</w:t>
+      <w:r w:rsidRPr="00800B12">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mitzinnick, Bjoern</w:t>
       </w:r>
       <w:r w:rsidR="00501094" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  Cornell University (Chair)</w:t>
       </w:r>
       <w:r w:rsidR="00913A79">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006F7178">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Completed</w:t>
       </w:r>
       <w:r w:rsidR="00D0241E" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -3554,143 +3596,102 @@
     <w:p w14:paraId="6916D009" w14:textId="2B37D64B" w:rsidR="00E17A99" w:rsidRPr="00800B12" w:rsidRDefault="00E17A99" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Masters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770FAE38" w14:textId="6DD467CA" w:rsidR="003074A1" w:rsidRPr="00800B12" w:rsidRDefault="003074A1" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-        <w:t>, Cornell Institute for Public Affairs. (Chair of Thesis)</w:t>
+      <w:r w:rsidRPr="00800B12">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hmaddi, Ouafaa, Cornell Institute for Public Affairs. (Chair of Thesis)</w:t>
       </w:r>
       <w:r w:rsidR="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Completed 2017</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B161F0F" w14:textId="4AF9A7CA" w:rsidR="00E17A99" w:rsidRPr="00800B12" w:rsidRDefault="00E17A99" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Flynn, Rebecka.  Cornell Institute for Public Affairs. (Chair of Thesis)</w:t>
       </w:r>
       <w:r w:rsidR="003074A1" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Thesis Completed 2015</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1824B9BD" w14:textId="013FD427" w:rsidR="00E17A99" w:rsidRPr="00800B12" w:rsidRDefault="00E17A99" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Natarajan, Divya.  </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Analysis. (Member of Thesis Committee) Thesis Defended October 2013</w:t>
+        <w:t>Natarajan, Divya.  Masters in Design and Environmental Analysis. (Member of Thesis Committee) Thesis Defended October 2013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BA9EDC" w14:textId="412EE1C0" w:rsidR="00E17A99" w:rsidRPr="00800B12" w:rsidRDefault="00E17A99" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tang, Yinuo.  Cornell Institute for Public Affairs (Chair of Thesis).  Thesis Completed 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58940273" w14:textId="77777777" w:rsidR="00E17A99" w:rsidRPr="00800B12" w:rsidRDefault="00E17A99" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4071,50 +4072,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Best Paper, Organization Theory Division, 2017 Administrative Science Association of Canada Conference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7E7D59" w14:textId="39EC7A03" w:rsidR="005C7F5D" w:rsidRPr="00800B12" w:rsidRDefault="005C7F5D" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finalist, Best Paper, Organizations and Natural Environment Division, 2013 Academy of Management Annual Conference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02B4A3ED" w14:textId="77777777" w:rsidR="00E2170F" w:rsidRPr="00800B12" w:rsidRDefault="00E2170F" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2011-12 Clifford H. Whitcomb Faculty Fellow, S.C. Johnson Graduate School of Management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67016521" w14:textId="77777777" w:rsidR="00D6149B" w:rsidRPr="00800B12" w:rsidRDefault="00D6149B" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4172,82 +4174,65 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Finalist, Best Paper, Organizations and Natural Environment Division, 2010 Academy of Management Annual Conference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A33B38" w14:textId="77777777" w:rsidR="00364E4A" w:rsidRPr="00800B12" w:rsidRDefault="00364E4A" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Outstanding Professor, Master</w:t>
       </w:r>
       <w:r w:rsidR="00C80085" w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Administration Program, Mendoza College of Business, 2006</w:t>
+        <w:t xml:space="preserve"> of NonProfit Administration Program, Mendoza College of Business, 2006</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B23B5A7" w14:textId="77777777" w:rsidR="00B20CA1" w:rsidRPr="00800B12" w:rsidRDefault="00B20CA1" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00800B12">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Honorable Mention, Best Paper OT Division, ASAC 2005, Toronto, ON.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13FC8723" w14:textId="77777777" w:rsidR="002E4158" w:rsidRPr="00800B12" w:rsidRDefault="002E4158" w:rsidP="00800B12">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4547,58 +4532,58 @@
         </w:rPr>
         <w:t>PhD Seminar in Organization Theory</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6872CE48" w14:textId="45499C90" w:rsidR="001325D3" w:rsidRPr="00A1632B" w:rsidRDefault="001325D3" w:rsidP="001325D3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001325D3" w:rsidRPr="00A1632B" w:rsidSect="00C80EB0">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F668977" w14:textId="77777777" w:rsidR="00816024" w:rsidRDefault="00816024" w:rsidP="00E55C38">
+    <w:p w14:paraId="3D47F40A" w14:textId="77777777" w:rsidR="00FB61C5" w:rsidRDefault="00FB61C5" w:rsidP="00E55C38">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22630468" w14:textId="77777777" w:rsidR="00816024" w:rsidRDefault="00816024" w:rsidP="00E55C38">
+    <w:p w14:paraId="5972D986" w14:textId="77777777" w:rsidR="00FB61C5" w:rsidRDefault="00FB61C5" w:rsidP="00E55C38">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -4655,81 +4640,84 @@
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AB1D59">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="125CAE4F" w14:textId="5E98E765" w:rsidR="00E55C38" w:rsidRDefault="00E55C38">
+  <w:p w14:paraId="125CAE4F" w14:textId="68AE3365" w:rsidR="00E55C38" w:rsidRDefault="00E55C38">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>G</w:t>
     </w:r>
     <w:r w:rsidR="00830A91">
       <w:t>WSD</w:t>
     </w:r>
     <w:r w:rsidR="00830A91">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CC1BEE">
-      <w:t>8/31/22</w:t>
+      <w:t>8/</w:t>
+    </w:r>
+    <w:r w:rsidR="007D4319">
+      <w:t>1/25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A3F1D48" w14:textId="77777777" w:rsidR="00816024" w:rsidRDefault="00816024" w:rsidP="00E55C38">
+    <w:p w14:paraId="116185A4" w14:textId="77777777" w:rsidR="00FB61C5" w:rsidRDefault="00FB61C5" w:rsidP="00E55C38">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4765D8AF" w14:textId="77777777" w:rsidR="00816024" w:rsidRDefault="00816024" w:rsidP="00E55C38">
+    <w:p w14:paraId="5E22D70F" w14:textId="77777777" w:rsidR="00FB61C5" w:rsidRDefault="00FB61C5" w:rsidP="00E55C38">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00422344"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4BC2BFC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1993"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
@@ -5441,51 +5429,50 @@
   <w:num w:numId="1" w16cid:durableId="235016417">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="37896114">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="428817301">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1539928309">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1395398977">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1283927243">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -5503,50 +5490,51 @@
     <w:rsid w:val="00093A56"/>
     <w:rsid w:val="000D09DD"/>
     <w:rsid w:val="000E21AC"/>
     <w:rsid w:val="000F763C"/>
     <w:rsid w:val="00101B1E"/>
     <w:rsid w:val="00111BC4"/>
     <w:rsid w:val="001325D3"/>
     <w:rsid w:val="00136AA9"/>
     <w:rsid w:val="00142044"/>
     <w:rsid w:val="0014521E"/>
     <w:rsid w:val="001470E3"/>
     <w:rsid w:val="00181ADA"/>
     <w:rsid w:val="00191FB8"/>
     <w:rsid w:val="001A2B8B"/>
     <w:rsid w:val="001B53B3"/>
     <w:rsid w:val="001C12D8"/>
     <w:rsid w:val="001C4C18"/>
     <w:rsid w:val="001D24C5"/>
     <w:rsid w:val="001F4C8F"/>
     <w:rsid w:val="0020281F"/>
     <w:rsid w:val="002143F7"/>
     <w:rsid w:val="0021497B"/>
     <w:rsid w:val="00245A1B"/>
     <w:rsid w:val="002503EB"/>
     <w:rsid w:val="0026041A"/>
+    <w:rsid w:val="002666AB"/>
     <w:rsid w:val="002728D2"/>
     <w:rsid w:val="002A6FF1"/>
     <w:rsid w:val="002C2D67"/>
     <w:rsid w:val="002E4158"/>
     <w:rsid w:val="002E4D11"/>
     <w:rsid w:val="00301C7C"/>
     <w:rsid w:val="003074A1"/>
     <w:rsid w:val="00307ACA"/>
     <w:rsid w:val="00307F81"/>
     <w:rsid w:val="00310A13"/>
     <w:rsid w:val="00313CF1"/>
     <w:rsid w:val="00334233"/>
     <w:rsid w:val="00364E4A"/>
     <w:rsid w:val="003723E4"/>
     <w:rsid w:val="00373A79"/>
     <w:rsid w:val="00376FA8"/>
     <w:rsid w:val="003969A3"/>
     <w:rsid w:val="00396DFD"/>
     <w:rsid w:val="003A2A95"/>
     <w:rsid w:val="003A764E"/>
     <w:rsid w:val="003B6077"/>
     <w:rsid w:val="003B7424"/>
     <w:rsid w:val="003C03F2"/>
     <w:rsid w:val="003C1FC1"/>
     <w:rsid w:val="003C6850"/>
@@ -5591,119 +5579,124 @@
     <w:rsid w:val="00671C0C"/>
     <w:rsid w:val="006756D2"/>
     <w:rsid w:val="0069467C"/>
     <w:rsid w:val="0069629F"/>
     <w:rsid w:val="006A4E64"/>
     <w:rsid w:val="006B2E2C"/>
     <w:rsid w:val="006B5BBA"/>
     <w:rsid w:val="006B5F08"/>
     <w:rsid w:val="006B7572"/>
     <w:rsid w:val="006B76BF"/>
     <w:rsid w:val="006C69C9"/>
     <w:rsid w:val="006E3948"/>
     <w:rsid w:val="006E39E6"/>
     <w:rsid w:val="006F0BF6"/>
     <w:rsid w:val="006F6915"/>
     <w:rsid w:val="006F7178"/>
     <w:rsid w:val="00733DDE"/>
     <w:rsid w:val="00737F1B"/>
     <w:rsid w:val="00751694"/>
     <w:rsid w:val="00752326"/>
     <w:rsid w:val="00752863"/>
     <w:rsid w:val="00796B65"/>
     <w:rsid w:val="007A5F09"/>
     <w:rsid w:val="007B27EA"/>
     <w:rsid w:val="007B3897"/>
+    <w:rsid w:val="007D4319"/>
     <w:rsid w:val="007D6550"/>
     <w:rsid w:val="007D65DA"/>
     <w:rsid w:val="007E2193"/>
     <w:rsid w:val="007E521C"/>
     <w:rsid w:val="007F19D5"/>
     <w:rsid w:val="007F4BA8"/>
     <w:rsid w:val="007F5D04"/>
     <w:rsid w:val="007F631E"/>
     <w:rsid w:val="00800B12"/>
     <w:rsid w:val="00811FC2"/>
     <w:rsid w:val="008140C0"/>
     <w:rsid w:val="00816024"/>
     <w:rsid w:val="00830A91"/>
     <w:rsid w:val="00834C55"/>
     <w:rsid w:val="0084572D"/>
     <w:rsid w:val="00857157"/>
     <w:rsid w:val="00875751"/>
     <w:rsid w:val="00893119"/>
     <w:rsid w:val="008B617A"/>
     <w:rsid w:val="008B7E0B"/>
     <w:rsid w:val="008C266D"/>
     <w:rsid w:val="008D3BF6"/>
     <w:rsid w:val="008E732C"/>
     <w:rsid w:val="008F7154"/>
     <w:rsid w:val="00913A79"/>
     <w:rsid w:val="00916AFA"/>
     <w:rsid w:val="009303D6"/>
     <w:rsid w:val="009530A0"/>
     <w:rsid w:val="00963A2C"/>
     <w:rsid w:val="009719AE"/>
     <w:rsid w:val="0098042A"/>
     <w:rsid w:val="009A2175"/>
     <w:rsid w:val="009C280D"/>
+    <w:rsid w:val="009E207D"/>
     <w:rsid w:val="009F4A11"/>
     <w:rsid w:val="009F51C0"/>
     <w:rsid w:val="009F732B"/>
     <w:rsid w:val="009F7333"/>
     <w:rsid w:val="00A1632B"/>
     <w:rsid w:val="00A23520"/>
+    <w:rsid w:val="00A328C3"/>
     <w:rsid w:val="00A54AD1"/>
+    <w:rsid w:val="00A60F18"/>
     <w:rsid w:val="00A64D3B"/>
     <w:rsid w:val="00A65ECB"/>
     <w:rsid w:val="00A75D4A"/>
     <w:rsid w:val="00A87108"/>
     <w:rsid w:val="00A911D7"/>
     <w:rsid w:val="00A9428E"/>
     <w:rsid w:val="00A96268"/>
     <w:rsid w:val="00AA1AED"/>
     <w:rsid w:val="00AA38E7"/>
     <w:rsid w:val="00AA5882"/>
     <w:rsid w:val="00AB1D59"/>
     <w:rsid w:val="00AC16D2"/>
     <w:rsid w:val="00AD102A"/>
     <w:rsid w:val="00B00083"/>
     <w:rsid w:val="00B0716D"/>
     <w:rsid w:val="00B15F37"/>
     <w:rsid w:val="00B20CA1"/>
     <w:rsid w:val="00B361D6"/>
     <w:rsid w:val="00B475BF"/>
     <w:rsid w:val="00B501A1"/>
     <w:rsid w:val="00B55B9A"/>
     <w:rsid w:val="00B60B06"/>
     <w:rsid w:val="00B71C86"/>
     <w:rsid w:val="00B9201E"/>
     <w:rsid w:val="00B93431"/>
     <w:rsid w:val="00BA3957"/>
     <w:rsid w:val="00BB41C5"/>
     <w:rsid w:val="00BB4C3B"/>
     <w:rsid w:val="00BC1E5F"/>
+    <w:rsid w:val="00BE0E64"/>
     <w:rsid w:val="00BE19DC"/>
     <w:rsid w:val="00C05DA0"/>
     <w:rsid w:val="00C24B6F"/>
     <w:rsid w:val="00C25C34"/>
     <w:rsid w:val="00C31051"/>
     <w:rsid w:val="00C67AD5"/>
     <w:rsid w:val="00C76BC6"/>
     <w:rsid w:val="00C80085"/>
     <w:rsid w:val="00C80EB0"/>
     <w:rsid w:val="00C84BB1"/>
     <w:rsid w:val="00C87404"/>
     <w:rsid w:val="00CA6CB5"/>
     <w:rsid w:val="00CB5059"/>
     <w:rsid w:val="00CC1BEE"/>
     <w:rsid w:val="00CD5F62"/>
     <w:rsid w:val="00CF0D6F"/>
     <w:rsid w:val="00CF3E5E"/>
     <w:rsid w:val="00D0241E"/>
     <w:rsid w:val="00D02EB2"/>
     <w:rsid w:val="00D03411"/>
     <w:rsid w:val="00D042C6"/>
     <w:rsid w:val="00D06F2C"/>
     <w:rsid w:val="00D14022"/>
     <w:rsid w:val="00D153D5"/>
     <w:rsid w:val="00D311ED"/>
@@ -5720,61 +5713,63 @@
     <w:rsid w:val="00DE090A"/>
     <w:rsid w:val="00DF1A30"/>
     <w:rsid w:val="00DF7763"/>
     <w:rsid w:val="00E1003A"/>
     <w:rsid w:val="00E13484"/>
     <w:rsid w:val="00E142CB"/>
     <w:rsid w:val="00E15741"/>
     <w:rsid w:val="00E15C03"/>
     <w:rsid w:val="00E17A99"/>
     <w:rsid w:val="00E2170F"/>
     <w:rsid w:val="00E22F86"/>
     <w:rsid w:val="00E252B4"/>
     <w:rsid w:val="00E32695"/>
     <w:rsid w:val="00E4192B"/>
     <w:rsid w:val="00E4462A"/>
     <w:rsid w:val="00E55C38"/>
     <w:rsid w:val="00E57264"/>
     <w:rsid w:val="00E63A84"/>
     <w:rsid w:val="00E670FB"/>
     <w:rsid w:val="00E77FE3"/>
     <w:rsid w:val="00E87E63"/>
     <w:rsid w:val="00E97695"/>
     <w:rsid w:val="00EB173E"/>
     <w:rsid w:val="00EC4119"/>
     <w:rsid w:val="00ED112D"/>
+    <w:rsid w:val="00EF58AB"/>
     <w:rsid w:val="00EF6CAE"/>
     <w:rsid w:val="00F026BA"/>
     <w:rsid w:val="00F40554"/>
     <w:rsid w:val="00F44882"/>
     <w:rsid w:val="00F563FF"/>
     <w:rsid w:val="00F6207F"/>
     <w:rsid w:val="00F65718"/>
     <w:rsid w:val="00F773BD"/>
     <w:rsid w:val="00F957A7"/>
     <w:rsid w:val="00F97820"/>
     <w:rsid w:val="00FA1D52"/>
+    <w:rsid w:val="00FB61C5"/>
     <w:rsid w:val="00FC4F08"/>
     <w:rsid w:val="00FC5F21"/>
     <w:rsid w:val="00FD5D75"/>
     <w:rsid w:val="00FE5F7D"/>
     <w:rsid w:val="00FF67BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -6866,75 +6861,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{673AEB12-CFD9-4599-ACE1-34E09B30BB33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1797</Words>
-  <Characters>10249</Characters>
+  <Words>1875</Words>
+  <Characters>10690</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Résumé - Glen W. Dowell</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Michigan</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12022</CharactersWithSpaces>
+  <CharactersWithSpaces>12540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5242985</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:gwd39@cornell.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>