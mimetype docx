--- v0 (2025-10-12)
+++ v1 (2026-01-14)
@@ -2412,69 +2412,51 @@
       <w:r w:rsidR="00AF266D" w:rsidRPr="00E54F4B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Individual Investor Trading and Return Patterns around Earnings Announcements”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5152DE02" w14:textId="77777777" w:rsidR="00AF266D" w:rsidRDefault="00AF266D" w:rsidP="00AF266D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(with Ron Kaniel, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Liu, and Sheridan Titman)</w:t>
+        <w:t>(with Ron Kaniel, Shuming Liu, and Sheridan Titman)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="731BD747" w14:textId="77777777" w:rsidR="00AF266D" w:rsidRDefault="00AF266D" w:rsidP="00AF266D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB76DC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Finan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -2682,69 +2664,51 @@
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B476E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encyclopedia of Quantitative Finance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2010), Rama </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ed., John Wiley &amp; Sons.</w:t>
+        <w:t xml:space="preserve"> (2010), Rama Cont ed., John Wiley &amp; Sons.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B82E0DD" w14:textId="77777777" w:rsidR="00950D27" w:rsidRDefault="00950D27" w:rsidP="001B476E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36F93462" w14:textId="77777777" w:rsidR="00362D8C" w:rsidRDefault="00C24760" w:rsidP="00E54F4B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -3311,52 +3275,52 @@
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ron Kaniel and </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r>
             <w:rPr>
               <w:spacing w:val="-2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Sheridan</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Titman)</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4160,187 +4124,274 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B7B0006" w14:textId="77777777" w:rsidR="00064446" w:rsidRPr="0073305C" w:rsidRDefault="00064446" w:rsidP="008B7D4E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WORKING PAPERS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4F5540" w14:textId="038ABCFB" w:rsidR="003F40E4" w:rsidRDefault="003F40E4" w:rsidP="003F40E4">
+    <w:p w14:paraId="34585D06" w14:textId="51B4FAF0" w:rsidR="00491150" w:rsidRDefault="00491150" w:rsidP="00491150">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“ESG Divergence and the Market Environment”</w:t>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Two Shades of Institutional Investors: Quants vs. Traditional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1786663F" w14:textId="5FC43D68" w:rsidR="003F40E4" w:rsidRPr="0073305C" w:rsidRDefault="003F40E4" w:rsidP="003F40E4">
+    <w:p w14:paraId="3CF57E01" w14:textId="66470E01" w:rsidR="00491150" w:rsidRPr="0073305C" w:rsidRDefault="00491150" w:rsidP="00491150">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ying Xia and Zhuo Zhong</w:t>
+        <w:t>Ron Kaniel, Sheridan Titman, and Pingle Wang</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F57ED1D" w14:textId="77777777" w:rsidR="003F40E4" w:rsidRDefault="003F40E4" w:rsidP="004C58B9">
+    <w:p w14:paraId="30EFC980" w14:textId="77777777" w:rsidR="00491150" w:rsidRDefault="00491150" w:rsidP="00491150">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18BCDA79" w14:textId="3B4C0B3D" w:rsidR="004C58B9" w:rsidRDefault="004C58B9" w:rsidP="004C58B9">
+    <w:p w14:paraId="6D4F5540" w14:textId="038ABCFB" w:rsidR="003F40E4" w:rsidRDefault="003F40E4" w:rsidP="003F40E4">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Limit Order Market</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> under Asymmetric Information”</w:t>
+        <w:t>“ESG Divergence and the Market Environment”</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20161AD7" w14:textId="77777777" w:rsidR="004C58B9" w:rsidRPr="0073305C" w:rsidRDefault="004C58B9" w:rsidP="004C58B9">
+    <w:p w14:paraId="1786663F" w14:textId="5FC43D68" w:rsidR="003F40E4" w:rsidRPr="0073305C" w:rsidRDefault="003F40E4" w:rsidP="003F40E4">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Ying Xia and Zhuo Zhong</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F57ED1D" w14:textId="77777777" w:rsidR="003F40E4" w:rsidRDefault="003F40E4" w:rsidP="004C58B9">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18BCDA79" w14:textId="3B4C0B3D" w:rsidR="004C58B9" w:rsidRDefault="004C58B9" w:rsidP="004C58B9">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Limit Order Market</w:t>
+      </w:r>
+      <w:r w:rsidR="006C59E5">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under Asymmetric Information”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20161AD7" w14:textId="77777777" w:rsidR="004C58B9" w:rsidRPr="0073305C" w:rsidRDefault="004C58B9" w:rsidP="004C58B9">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Ayan Bhattacharya</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B107D81" w14:textId="77777777" w:rsidR="004C58B9" w:rsidRDefault="004C58B9" w:rsidP="004C58B9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4551,375 +4602,271 @@
       <w:r w:rsidR="007006D1">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ctions</w:t>
       </w:r>
       <w:r w:rsidR="0086541F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007006D1">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067E7B7A" w14:textId="77777777" w:rsidR="004C58B9" w:rsidRDefault="004C58B9">
-[...26 lines deleted...]
-    <w:p w14:paraId="3D53AA32" w14:textId="44F29C32" w:rsidR="00064446" w:rsidRPr="0073305C" w:rsidRDefault="00064446">
+    <w:p w14:paraId="0A47768F" w14:textId="77777777" w:rsidR="003441FE" w:rsidRPr="0073305C" w:rsidRDefault="003441FE" w:rsidP="003441FE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>WORK-IN-PROGRESS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DB526D1" w14:textId="77777777" w:rsidR="00614D42" w:rsidRDefault="00614D42" w:rsidP="005A16A7">
+        <w:t>TEACHING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729C1454" w14:textId="195ED78F" w:rsidR="00B07EE8" w:rsidRDefault="009B4DE4" w:rsidP="00566747">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Trading and Momentum”</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="399EF3EC" w14:textId="77777777" w:rsidR="00614D42" w:rsidRDefault="00614D42" w:rsidP="00D011E8">
+        <w:t xml:space="preserve">SC Johnson College of Business </w:t>
+      </w:r>
+      <w:r w:rsidR="00566747">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07EE8" w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cornell University </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD1F47B" w14:textId="59B1461A" w:rsidR="00491150" w:rsidRDefault="00491150" w:rsidP="00491150">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(with Ron Kaniel, Sheridan Titman</w:t>
-[...109 lines deleted...]
-    <w:p w14:paraId="3DD82DEA" w14:textId="520C3ACF" w:rsidR="009B4DE4" w:rsidRDefault="009B4DE4" w:rsidP="009B4DE4">
+        <w:t xml:space="preserve">Investment and Portfolio Management </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(MBA, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDACE35" w14:textId="727685EC" w:rsidR="009B4DE4" w:rsidRDefault="009B4DE4" w:rsidP="00491150">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Investments (Undergraduate, Dyson, 2024)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="68C4C62F" w14:textId="2125AFDB" w:rsidR="002766A9" w:rsidRPr="0073305C" w:rsidRDefault="002766A9" w:rsidP="009B4DE4">
+        <w:t>Introduction to Investments (Undergraduate, Nolan, 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00491150">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434330BC" w14:textId="77777777" w:rsidR="00491150" w:rsidRDefault="00491150" w:rsidP="00491150">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Managerial Finance (</w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="5FF3FA06" w14:textId="77777777" w:rsidR="00F63892" w:rsidRDefault="00F63892" w:rsidP="001045ED">
+        <w:t>PhD Seminar in Market Microstructure (2012-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD82DEA" w14:textId="520C3ACF" w:rsidR="009B4DE4" w:rsidRDefault="009B4DE4" w:rsidP="009B4DE4">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>PhD S</w:t>
-[...39 lines deleted...]
-        <w:t>t)</w:t>
+        <w:t>Investments (Undergraduate, Dyson, 2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C4C62F" w14:textId="2125AFDB" w:rsidR="002766A9" w:rsidRPr="0073305C" w:rsidRDefault="002766A9" w:rsidP="009B4DE4">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Managerial Finance (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8064A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the core MBA finance course), (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2014-</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED745C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DCBA92C" w14:textId="3A6E347B" w:rsidR="002766A9" w:rsidRDefault="002766A9" w:rsidP="002766A9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Investment and Portfolio Management </w:t>
       </w:r>
       <w:r w:rsidR="009B4DE4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5579,56 +5526,65 @@
         <w:t>aking: Does Post-Crisis Regulation Harm Market Liquidity?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29ABEAA5" w14:textId="77777777" w:rsidR="005A16A7" w:rsidRDefault="005A16A7" w:rsidP="006D32BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43557E8E" w14:textId="77777777" w:rsidR="006D32BF" w:rsidRDefault="006D32BF" w:rsidP="006D32BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006D32BF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4th annual Sydney Market Microstructure Meeting</w:t>
+        <w:t>4th</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D32BF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annual Sydney Market Microstructure Meeting</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, April 2019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E4D36B" w14:textId="77777777" w:rsidR="006D32BF" w:rsidRDefault="006D32BF" w:rsidP="005A16A7">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D67897">
@@ -5662,110 +5618,110 @@
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="006D32BF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aking: Does Post-Crisis Regulation Harm Market Liquidity?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="028F94CE" w14:textId="77777777" w:rsidR="006D32BF" w:rsidRDefault="006D32BF" w:rsidP="00950D27">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0234DD04" w14:textId="77777777" w:rsidR="009B4DE4" w:rsidRDefault="009B4DE4" w:rsidP="00950D27">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="594C49A6" w14:textId="1D5C8A5D" w:rsidR="00803306" w:rsidRDefault="00803306" w:rsidP="00950D27">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>American Finance Association Meeting, January 2017</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB24297" w14:textId="77777777" w:rsidR="00803306" w:rsidRDefault="00803306" w:rsidP="00950D27">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>“Correlated High-Frequency Trading”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B1912A" w14:textId="77777777" w:rsidR="00803306" w:rsidRDefault="00803306" w:rsidP="00950D27">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="721AF130" w14:textId="77777777" w:rsidR="003E2CE3" w:rsidRDefault="003E2CE3" w:rsidP="00950D27">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="48255402" w14:textId="77777777" w:rsidR="008D7B6E" w:rsidRDefault="008D7B6E" w:rsidP="00950D27">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="721AF130" w14:textId="6C099EFD" w:rsidR="003E2CE3" w:rsidRDefault="003E2CE3" w:rsidP="00950D27">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">FINRA/Columbia </w:t>
       </w:r>
       <w:r w:rsidR="00190514">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>University Market Structure Conference, November 2016</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA3C53D" w14:textId="77777777" w:rsidR="00190514" w:rsidRDefault="00190514" w:rsidP="00950D27">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>“Correlated High-Frequency Trading”</w:t>
       </w:r>
@@ -6439,128 +6395,129 @@
       <w:r w:rsidRPr="00611BE1">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00104FB4" w:rsidRPr="00611BE1">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Individual Investor Sentiment and Stock Returns</w:t>
       </w:r>
       <w:r w:rsidRPr="00611BE1">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A859EB6" w14:textId="77777777" w:rsidR="00611BE1" w:rsidRDefault="00611BE1" w:rsidP="00912A4A">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="101404D3" w14:textId="77777777" w:rsidR="009B4DE4" w:rsidRDefault="009B4DE4" w:rsidP="00912A4A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3326922C" w14:textId="410FA404" w:rsidR="00912A4A" w:rsidRPr="00611BE1" w:rsidRDefault="00611BE1" w:rsidP="00912A4A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00912A4A" w:rsidRPr="00611BE1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BER Market Microstructure Group Meeting, May 2004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C26498" w14:textId="77777777" w:rsidR="00912A4A" w:rsidRDefault="00912A4A" w:rsidP="00611BE1">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00611BE1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Asset Returns and the Listing Choice of Firms”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1B526F" w14:textId="77777777" w:rsidR="007109C6" w:rsidRDefault="007109C6">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44393ED4" w14:textId="77777777" w:rsidR="008D7B6E" w:rsidRDefault="008D7B6E">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C365FDD" w14:textId="5B14B38E" w:rsidR="00064446" w:rsidRPr="00611BE1" w:rsidRDefault="00064446">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00611BE1">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>N</w:t>
-[...47 lines deleted...]
-        </w:rPr>
         <w:t>Utah Winter Finance Conference, February 2003</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D087EB8" w14:textId="77777777" w:rsidR="00064446" w:rsidRPr="00611BE1" w:rsidRDefault="00611BE1" w:rsidP="00611BE1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00064446" w:rsidRPr="00611BE1">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6835,60 +6792,58 @@
       </w:r>
       <w:r w:rsidR="005C175E" w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C175E" w:rsidRPr="00611BE1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00611BE1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>September</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51EC38D1" w14:textId="77777777" w:rsidR="00064446" w:rsidRPr="00611BE1" w:rsidRDefault="00611BE1" w:rsidP="00611BE1">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00611BE1">
         <w:rPr>
           <w:iCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7446,50 +7401,87 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Conference Discussions</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> / Session Chairperson</w:t>
       </w:r>
       <w:r w:rsidR="009B4DE4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> / Panels</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="301E70C4" w14:textId="0C3DB605" w:rsidR="008D7B6E" w:rsidRDefault="008D7B6E" w:rsidP="008D7B6E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stern Microstructure Meeting, May 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6161AA54" w14:textId="24F127A4" w:rsidR="008023ED" w:rsidRDefault="008023ED" w:rsidP="008023ED">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stern Microstructure Meeting, May 2024</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="41C51757" w14:textId="746E70CB" w:rsidR="003F40E4" w:rsidRDefault="003F40E4" w:rsidP="006D32BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Finance Down Under Conference, March 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A77AD1" w14:textId="1C59F2D2" w:rsidR="00ED745C" w:rsidRDefault="00ED745C" w:rsidP="006D32BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7555,66 +7547,66 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stern Microstructure Meeting, May 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264E4DC6" w14:textId="77777777" w:rsidR="00041977" w:rsidRDefault="00041977" w:rsidP="006D32BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Western Finance Association, June 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250A7B53" w14:textId="77777777" w:rsidR="00627FBA" w:rsidRDefault="00041977" w:rsidP="006D32BF">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Western Finance Association, June 2022</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>Stern Microstructure Meeting, May 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E29E331" w14:textId="77777777" w:rsidR="00082F77" w:rsidRDefault="00082F77" w:rsidP="006D32BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Western Finance Association, June 2021</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FD7F94" w14:textId="77777777" w:rsidR="00082F77" w:rsidRDefault="00082F77" w:rsidP="006D32BF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8639,52 +8631,52 @@
         </w:rPr>
         <w:t>American Finance Association</w:t>
       </w:r>
       <w:r w:rsidR="004C6A6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, January 2006</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43AFA58B" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Atlanta</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fed Experimental Finance Conference, September 2005</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446EA840" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
@@ -8694,138 +8686,138 @@
         </w:rPr>
         <w:t>Western Finance Association</w:t>
       </w:r>
       <w:r w:rsidR="004C6A6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, June 2005</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64398886" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Utah</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Winter Finance Conference, February 2005</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E375E64" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>NBER Market Microstructure Group</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6A6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, December 2004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2CD068" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>NBER Market Microstructure Group</w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>Notre Dame Behavioral Finance Conference, October 2004</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B441AD2" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Microstructure Conference in Honor of David K. Whitcomb, October 2002</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC5B9A3" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>New York</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stock Exchange Conference, December 2001</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="426F89C4" w14:textId="77777777" w:rsidR="00077A72" w:rsidRPr="0073305C" w:rsidRDefault="00077A72" w:rsidP="00077A72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
@@ -8971,51 +8963,102 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E27524">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Invited</w:t>
       </w:r>
       <w:r w:rsidR="00064446" w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Presentations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396967A8" w14:textId="421780F9" w:rsidR="009B4DE4" w:rsidRDefault="009B4DE4" w:rsidP="006C59E5">
+    <w:p w14:paraId="44CC851C" w14:textId="1507BC60" w:rsidR="00DB60E9" w:rsidRDefault="00DB60E9" w:rsidP="006C59E5">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Georgia (October 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7710DCFC" w14:textId="6B0A8573" w:rsidR="00DB60E9" w:rsidRDefault="00DB60E9" w:rsidP="006C59E5">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Calgary (September 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7481CA" w14:textId="1C6AB5C8" w:rsidR="00751467" w:rsidRDefault="00751467" w:rsidP="006C59E5">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cornell University (April, 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396967A8" w14:textId="22A6360E" w:rsidR="009B4DE4" w:rsidRDefault="009B4DE4" w:rsidP="006C59E5">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>University of Melbourne (May, 2024)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C192E8F" w14:textId="51FC4E47" w:rsidR="00844630" w:rsidRDefault="00844630" w:rsidP="006C59E5">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -9667,85 +9710,85 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Johnson at Cornell University (February, 2014)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1E3F7D" w14:textId="77777777" w:rsidR="00271947" w:rsidRDefault="00271947" w:rsidP="00AF266D">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>University of Texas at Austin (November, 2013)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19769A46" w14:textId="77777777" w:rsidR="00271947" w:rsidRDefault="00271947" w:rsidP="00AF266D">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vanderbilt University (November, 2013)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76091D35" w14:textId="77777777" w:rsidR="00271947" w:rsidRDefault="00271947" w:rsidP="00AF266D">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Cox School of Business, SMU (October, 2013)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B279C8" w14:textId="77777777" w:rsidR="003F4DB8" w:rsidRDefault="003F4DB8" w:rsidP="00AF266D">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FINRA (June, 2013)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F6CD7E" w14:textId="77777777" w:rsidR="003F4DB8" w:rsidRDefault="003F4DB8" w:rsidP="00AF266D">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -11102,52 +11145,52 @@
         </w:r>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>University</w:t>
         </w:r>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>New York</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (November, 2004)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="698BAD99" w14:textId="77777777" w:rsidR="003B39FA" w:rsidRPr="0073305C" w:rsidRDefault="003B39FA" w:rsidP="003B39FA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
@@ -11436,50 +11479,51 @@
         <w:t xml:space="preserve">Office of Economic Analysis, </w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Securities and Exchange Commission (March, 2003)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64FE655A" w14:textId="77777777" w:rsidR="001B4B61" w:rsidRDefault="001B4B61" w:rsidP="001B4B61">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Stern </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
           <w:r>
             <w:rPr>
               <w:spacing w:val="-2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>School of Business</w:t>
           </w:r>
         </w:smartTag>
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:spacing w:val="-2"/>
@@ -11499,84 +11543,83 @@
         <w:t xml:space="preserve"> University (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>November, 2002)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E831D1E" w14:textId="77777777" w:rsidR="001B4B61" w:rsidRPr="0073305C" w:rsidRDefault="001B4B61" w:rsidP="001B4B61">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Federal Reserve Bank of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>New York</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (April, 2002)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5700BF32" w14:textId="77777777" w:rsidR="00F1738F" w:rsidRPr="0073305C" w:rsidRDefault="00593951" w:rsidP="00F1738F">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Eccles </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>School</w:t>
         </w:r>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
@@ -12001,52 +12044,52 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
         <w:r w:rsidRPr="0073305C">
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Wisconsin</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:spacing w:val="-2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Madison</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (February, 1999)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AF19F5C" w14:textId="77777777" w:rsidR="003B39FA" w:rsidRPr="0073305C" w:rsidRDefault="003B39FA" w:rsidP="001B4B61">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12102,52 +12145,52 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
         <w:r w:rsidRPr="0073305C">
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>California</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:spacing w:val="-2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Berkeley</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (January, 1999)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627B637D" w14:textId="77777777" w:rsidR="001B4B61" w:rsidRDefault="001B4B61" w:rsidP="001B4B61">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12266,52 +12309,52 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
         <w:r w:rsidRPr="0073305C">
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Texas</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="0073305C">
             <w:rPr>
               <w:spacing w:val="-2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Austin</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (January, 1999)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E070086" w14:textId="77777777" w:rsidR="003B39FA" w:rsidRPr="0073305C" w:rsidRDefault="003B39FA" w:rsidP="003B39FA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12489,59 +12532,57 @@
         <w:t>American Economic Journal: Microeconomics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360C18F7" w14:textId="77777777" w:rsidR="00F54CEC" w:rsidRPr="0073305C" w:rsidRDefault="00F54CEC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>American Economic Review</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09268FF4" w14:textId="77777777" w:rsidR="00064446" w:rsidRPr="0073305C" w:rsidRDefault="00064446">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Econometrica</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="276D3D6A" w14:textId="77777777" w:rsidR="000F5043" w:rsidRPr="0073305C" w:rsidRDefault="000F5043">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>European Financial Management</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D9C0B5" w14:textId="77777777" w:rsidR="000F5043" w:rsidRPr="0073305C" w:rsidRDefault="000F5043">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
@@ -12900,132 +12941,218 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>. Other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> External Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="254E4287" w14:textId="27249412" w:rsidR="00844630" w:rsidRDefault="00844630" w:rsidP="00F607AE">
+    <w:p w14:paraId="3FE42197" w14:textId="79F162DC" w:rsidR="00A44D44" w:rsidRDefault="00A44D44" w:rsidP="00F607AE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Monash Winter Finance, Program Committee, 2024</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B2781AB" w14:textId="2C49C66E" w:rsidR="00496B97" w:rsidRDefault="00496B97" w:rsidP="00F607AE">
+        <w:t>NYSE Market Microstructure Conference, Program Committee, 2025-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A38D704" w14:textId="5065E210" w:rsidR="00025A42" w:rsidRDefault="00025A42" w:rsidP="00F607AE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Finance Down Under, Program Committee, 2023-present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35A668F2" w14:textId="77777777" w:rsidR="006C59E5" w:rsidRDefault="006C59E5" w:rsidP="00F607AE">
+        <w:lastRenderedPageBreak/>
+        <w:t>Market Microstructure and Digital Finance Sydney Conference, 2025-present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5585761B" w14:textId="0D17D7B3" w:rsidR="00B15BAA" w:rsidRPr="0073305C" w:rsidRDefault="00B15BAA" w:rsidP="00B15BAA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reviewer for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Israel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Science Foundation, 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254E4287" w14:textId="46DDE8CD" w:rsidR="00844630" w:rsidRDefault="00844630" w:rsidP="00F607AE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Microstructure Exchange Seminar Series, Paper Selection Committee, 2020-present</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4C14CE13" w14:textId="77777777" w:rsidR="005A16A7" w:rsidRDefault="005A16A7" w:rsidP="00F607AE">
+        <w:t>Monash Winter Finance, Program Committee, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2781AB" w14:textId="2C49C66E" w:rsidR="00496B97" w:rsidRDefault="00496B97" w:rsidP="00F607AE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+        <w:t>Finance Down Under, Program Committee, 2023-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A668F2" w14:textId="77777777" w:rsidR="006C59E5" w:rsidRDefault="006C59E5" w:rsidP="00F607AE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Microstructure Exchange Seminar Series, Paper Selection Committee, 2020-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C14CE13" w14:textId="77777777" w:rsidR="005A16A7" w:rsidRDefault="005A16A7" w:rsidP="00F607AE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>China Financial Research Conference Program Committee, 2019-present</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553297A7" w14:textId="77777777" w:rsidR="00F607AE" w:rsidRDefault="00F607AE" w:rsidP="00F607AE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Co-Organizer, NBER meeting on Competition and the Industrial Organization of Securities Markets, 2017</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10F0B8F6" w14:textId="77777777" w:rsidR="005F1B68" w:rsidRPr="0073305C" w:rsidRDefault="005F1B68" w:rsidP="005F1B68">
@@ -13519,59 +13646,69 @@
         </w:rPr>
         <w:t xml:space="preserve">t: Evidence </w:t>
       </w:r>
       <w:r w:rsidR="001045ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on the Evolution of</w:t>
       </w:r>
       <w:r w:rsidR="00012C32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Liquidity” and “How Noise Trading Affects Markets: An Experimental Analysis”). </w:t>
-      </w:r>
+        <w:t>Liquidity” and “How Noise Trading Affects Markets: An Experimental Analysis”)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0073305C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073305C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2FE5F2D9" w14:textId="77777777" w:rsidR="00CB5ADA" w:rsidRDefault="00CB5ADA" w:rsidP="00CB5ADA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23A2472D" w14:textId="77777777" w:rsidR="00DB76DC" w:rsidRDefault="00CB5ADA" w:rsidP="00DB76DC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00064446" w:rsidRPr="0073305C">
         <w:rPr>
@@ -13581,51 +13718,51 @@
         <w:t>. University Service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="239142BF" w14:textId="77777777" w:rsidR="00BE7590" w:rsidRDefault="00B34564" w:rsidP="00BE7590">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Johnson</w:t>
       </w:r>
       <w:r w:rsidR="00FE5ED6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> School</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BA521C" w14:textId="77777777" w:rsidR="00BE7590" w:rsidRDefault="00BE7590" w:rsidP="00BE7590">
+    <w:p w14:paraId="16BA521C" w14:textId="05FE61D5" w:rsidR="00BE7590" w:rsidRDefault="00BE7590" w:rsidP="00BE7590">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Faculty Policy Committee, 2008-2009, 2012-2013, 2014-2015 (Chair), 2016-2018 (Chair), 2021-</w:t>
       </w:r>
       <w:r w:rsidR="00496B97">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -13637,50 +13774,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Spring </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidR="00985E1D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Spring 2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0AB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2025-202</w:t>
+      </w:r>
+      <w:r w:rsidR="005A1EBD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0AB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Chair, Fall 2025)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04ECC2E8" w14:textId="77777777" w:rsidR="006C59E5" w:rsidRDefault="006C59E5" w:rsidP="00C16F30">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Residential </w:t>
       </w:r>
       <w:r w:rsidR="00C16F30">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBA Program Committee, 2015,</w:t>
       </w:r>
       <w:r w:rsidR="004C58B9">
@@ -13840,56 +13998,65 @@
         <w:t>2019-2020</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74F88482" w14:textId="77777777" w:rsidR="00A8064A" w:rsidRDefault="00A8064A" w:rsidP="00FE5ED6">
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conference Organizer, “</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8064A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>New insights on financial decisions and market structure: A conference in honor of Maureen O’Hara</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>”, June 2018</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> June 2018</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D00610A" w14:textId="77777777" w:rsidR="00C124C1" w:rsidRDefault="00C124C1" w:rsidP="002C2D52">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Long-term Budget Planning Committee, 2015</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1297B98B" w14:textId="77777777" w:rsidR="007F2AB7" w:rsidRDefault="007F2AB7" w:rsidP="007F2AB7">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -13933,50 +14100,51 @@
     <w:p w14:paraId="61B5B52D" w14:textId="77777777" w:rsidR="007F2AB7" w:rsidRDefault="007F2AB7" w:rsidP="005F1B68">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Faculty Search Committee (MFI and CMAM), 2014-2015</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F47B95" w14:textId="77777777" w:rsidR="00C124C1" w:rsidRDefault="00C124C1" w:rsidP="005F1B68">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00677B18">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ccelerated </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MBA Review Committee, 2014-2015</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4835BCC0" w14:textId="77777777" w:rsidR="005F1B68" w:rsidRDefault="005F1B68" w:rsidP="005F1B68">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -14031,780 +14199,921 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Non-Tenure Track Faculty Rea</w:t>
       </w:r>
       <w:r w:rsidR="007F2AB7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ppointment Committee, 2013-2014</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="790BBC7F" w14:textId="77777777" w:rsidR="005F1B68" w:rsidRDefault="005F1B68" w:rsidP="005F1B68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NYCTech Johnson </w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A70">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Curriculum and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Faculty </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2AB7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Planning Committee, 2012-2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524B44D4" w14:textId="77777777" w:rsidR="00D252B4" w:rsidRDefault="00D252B4" w:rsidP="005F1B68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Committee, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2012-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2AB7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9C5A0D" w14:textId="77777777" w:rsidR="00D252B4" w:rsidRDefault="00D252B4" w:rsidP="005F1B68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">China Implementation Committee, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4D20">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2012-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2AB7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053760D2" w14:textId="77777777" w:rsidR="00DB7B97" w:rsidRDefault="00DB7B97" w:rsidP="00D252B4">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Business Minor Committee, 2012-</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2AB7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889FF54" w14:textId="77777777" w:rsidR="0066776C" w:rsidRDefault="0066776C" w:rsidP="005F1B68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conce</w:t>
+      </w:r>
+      <w:r w:rsidR="00D252B4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2AB7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rations Committee, 2012-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21150558" w14:textId="77777777" w:rsidR="001E47D5" w:rsidRPr="00DB76DC" w:rsidRDefault="001E47D5" w:rsidP="008D6A70">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ph.D. Committee, 2008-2009, 2010-</w:t>
+      </w:r>
+      <w:r w:rsidR="00833236">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7AD3EA" w14:textId="77777777" w:rsidR="003A67B0" w:rsidRDefault="003A67B0" w:rsidP="00764453">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reappointment Committee, 2009-2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092094C6" w14:textId="77777777" w:rsidR="00DB76DC" w:rsidRPr="00DB76DC" w:rsidRDefault="00312B80" w:rsidP="008D6A70">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F55026" w:rsidRPr="00DB76DC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Finance Curriculum Task Force, 2006-</w:t>
+      </w:r>
+      <w:r w:rsidR="009B323D" w:rsidRPr="00DB76DC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F81E76" w14:textId="77777777" w:rsidR="00DB76DC" w:rsidRPr="00DB76DC" w:rsidRDefault="009B323D" w:rsidP="00DB76DC">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB76DC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Admissions and Career Management Committee, 2007-2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B566FD" w14:textId="77777777" w:rsidR="00DB76DC" w:rsidRPr="00DB76DC" w:rsidRDefault="00F54CEC" w:rsidP="00DB76DC">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB76DC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Asset Management Chair Search Committee, 2006-2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583CD4BF" w14:textId="77777777" w:rsidR="00641099" w:rsidRDefault="00F54CEC" w:rsidP="00641099">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB76DC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Organizer of Finance Workshop, 2006-200</w:t>
+      </w:r>
+      <w:r w:rsidR="003F6F58">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BA7F40" w14:textId="77777777" w:rsidR="00E57B3B" w:rsidRDefault="00E57B3B" w:rsidP="00B34564">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43817335" w14:textId="77777777" w:rsidR="00641099" w:rsidRDefault="00921499" w:rsidP="00B34564">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S.C. Johnson College of Business and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34564">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Cornell University service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7710A663" w14:textId="4A5BEBDF" w:rsidR="005E0AB0" w:rsidRDefault="00AA3A7A" w:rsidP="005E0AB0">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resilient Cornell, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E0AB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0AB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Steering Committee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Member, 2025-2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02975783" w14:textId="1541EE0C" w:rsidR="005A1EBD" w:rsidRDefault="005A1EBD" w:rsidP="005E0AB0">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad-hoc Committee for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tenure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> case, Chair, 2025-2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2687192C" w14:textId="7389A54C" w:rsidR="005E0AB0" w:rsidRDefault="005E0AB0" w:rsidP="005E0AB0">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ad-hoc Committee for promotion case, Chair, 2025-2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003EA4C1" w14:textId="7DFD9639" w:rsidR="00844630" w:rsidRDefault="00844630" w:rsidP="00844630">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finance Faculty Search Committee, </w:t>
+      </w:r>
+      <w:r w:rsidR="00645C51">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o-</w:t>
+      </w:r>
+      <w:r w:rsidR="00645C51">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hair</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3A7A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024-2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582D9816" w14:textId="41512DFC" w:rsidR="00FE4415" w:rsidRDefault="00FE4415" w:rsidP="00844630">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>University Financial Policies Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00796079">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, 2022-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11299291" w14:textId="50A552FB" w:rsidR="00C22254" w:rsidRDefault="00C22254" w:rsidP="00C22254">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S.C. Johnson Educational Policy Committee, 2018-2020, 2021-2023, 2024-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E53D94" w14:textId="5B6CAED4" w:rsidR="00456EC7" w:rsidRDefault="00456EC7" w:rsidP="00456EC7">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad-hoc Committee for promotion case, </w:t>
+      </w:r>
+      <w:r w:rsidR="00645C51">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024-2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68306A0B" w14:textId="6776AB14" w:rsidR="00E57B3B" w:rsidRDefault="00E57B3B" w:rsidP="00E57B3B">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Faculty Search Committee for Johnson (NYC) and Cornell Tech Finance Cluster Search</w:t>
+      </w:r>
+      <w:r w:rsidR="00844630">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, co-chair, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022-2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149389D0" w14:textId="77777777" w:rsidR="00C16F30" w:rsidRDefault="00C16F30" w:rsidP="00F805AA">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S.C. Johnson Faculty Policy Committee, 2017-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F805AA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B1ABDBC" w14:textId="77777777" w:rsidR="00405DBB" w:rsidRDefault="00405DBB" w:rsidP="00F7731B">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Shared Research Support Task Force, 2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEDD8F2" w14:textId="77777777" w:rsidR="00B34564" w:rsidRDefault="00B34564" w:rsidP="00B34564">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Faculty Advisory Committee on Tenure Appointments, 2014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA89B4B" w14:textId="77777777" w:rsidR="00B34564" w:rsidRDefault="00B34564" w:rsidP="00B34564">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ad-hoc Committee for tenure case, 2013-2014</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7590">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255A9538" w14:textId="77777777" w:rsidR="00B34564" w:rsidRDefault="00B34564" w:rsidP="00B34564">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Institute for the Advancement of Economics at Cornell, Advisory Committee 2011-2012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1B3A52" w14:textId="77777777" w:rsidR="00B34564" w:rsidRDefault="00B34564" w:rsidP="00B34564">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ad-hoc Outside Member of Tenure Committee, 2011</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72991F5F" w14:textId="77777777" w:rsidR="00B34564" w:rsidRDefault="00B34564" w:rsidP="00B34564">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77557991" w14:textId="77777777" w:rsidR="00641099" w:rsidRPr="00641099" w:rsidRDefault="004B09F0" w:rsidP="00641099">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stern School of Business, New York University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2525ABD5" w14:textId="77777777" w:rsidR="00641099" w:rsidRPr="00641099" w:rsidRDefault="00064446" w:rsidP="00641099">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Co-Organizer of Finance Workshop, 2003-2004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313DE378" w14:textId="77777777" w:rsidR="00312B80" w:rsidRDefault="00312B80" w:rsidP="00641099">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E4C4B4F" w14:textId="77777777" w:rsidR="0050448E" w:rsidRDefault="0050448E" w:rsidP="00641099">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master Thesis Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF1F1F0" w14:textId="77777777" w:rsidR="00625CBB" w:rsidRDefault="00625CBB" w:rsidP="0050448E">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fengping Zheng (Committee Member, Cornell University)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDB4EAB" w14:textId="77777777" w:rsidR="0050448E" w:rsidRDefault="0050448E" w:rsidP="0050448E">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yadav Gopalan (Chair, Cornell University)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B65BEBA" w14:textId="77777777" w:rsidR="0050448E" w:rsidRDefault="0050448E" w:rsidP="0050448E">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jonathan Park (Chair, Cornell University)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6952BFC8" w14:textId="77777777" w:rsidR="00D35BE7" w:rsidRDefault="00D35BE7" w:rsidP="0050448E">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F931346" w14:textId="7857617B" w:rsidR="00AA3A7A" w:rsidRDefault="004B09F0" w:rsidP="00AA3A7A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00641099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ph</w:t>
+      </w:r>
+      <w:r w:rsidR="001045ED" w:rsidRPr="00641099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="001045ED" w:rsidRPr="00641099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641099">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thesis Committees</w:t>
+      </w:r>
+      <w:r w:rsidR="00751467">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D20A0D" w14:textId="77777777" w:rsidR="005A1EBD" w:rsidRDefault="005A1EBD" w:rsidP="005A1EBD">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Margarita Shyian (Chair, Cornell University)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A427CD5" w14:textId="5DDDB9B3" w:rsidR="005A1EBD" w:rsidRDefault="005A1EBD" w:rsidP="00AA3A7A">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spencer Dean (Committee Member, Cornell University)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F11AA9A" w14:textId="0AFBD5B7" w:rsidR="00AA3A7A" w:rsidRDefault="00AA3A7A" w:rsidP="00AA3A7A">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fred Sun (Co-Chair, Cornell University)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D46CC5" w14:textId="447B2E3A" w:rsidR="00796079" w:rsidRDefault="00796079" w:rsidP="008D6A70">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>NYCTech</w:t>
-[...721 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">William Wei Xiong (Committee Member, Cornell </w:t>
       </w:r>
       <w:r w:rsidR="00581062">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5D91AA" w14:textId="77777777" w:rsidR="00C16F30" w:rsidRDefault="00C16F30" w:rsidP="00C16F30">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14904,65 +15213,56 @@
     </w:p>
     <w:p w14:paraId="3C59B2BF" w14:textId="77777777" w:rsidR="00E43921" w:rsidRDefault="00E43921" w:rsidP="00AA206B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eddie Zhang (Committee Member, University of Utah)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582B1DC1" w14:textId="77777777" w:rsidR="0050448E" w:rsidRDefault="0050448E" w:rsidP="0050448E">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Xu (Committee Member, Cornell University)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Liheng Xu (Committee Member, Cornell University)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09216330" w14:textId="77777777" w:rsidR="009C0B32" w:rsidRDefault="009C0B32" w:rsidP="00641099">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zhuo Zhong (Committee Member, Cornell University)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E6D565" w14:textId="77777777" w:rsidR="007E67F9" w:rsidRDefault="007E67F9" w:rsidP="00641099">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15044,236 +15344,226 @@
             <w:t>University</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidR="00DF2CD2" w:rsidRPr="00641099">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="071AFD1E" w14:textId="77777777" w:rsidR="00641099" w:rsidRPr="00641099" w:rsidRDefault="004B09F0" w:rsidP="00641099">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641099">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tian Liang (</w:t>
       </w:r>
       <w:r w:rsidR="0023587A" w:rsidRPr="00641099">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Committee Member, Cornell University)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="316D1588" w14:textId="77777777" w:rsidR="003A6EFE" w:rsidRDefault="004B09F0" w:rsidP="003A6EFE">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641099">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lei Yu (Committee Member</w:t>
       </w:r>
       <w:r w:rsidR="0023587A" w:rsidRPr="00641099">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, New York University</w:t>
       </w:r>
       <w:r w:rsidR="00064446" w:rsidRPr="00641099">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DFCDA2" w14:textId="77777777" w:rsidR="00921499" w:rsidRDefault="00921499" w:rsidP="003A6EFE">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E0A7C6" w14:textId="252AB47D" w:rsidR="005A7778" w:rsidRDefault="005A7778" w:rsidP="006C59E5">
+    <w:p w14:paraId="64E0A7C6" w14:textId="26DE4E59" w:rsidR="005A7778" w:rsidRDefault="005A7778" w:rsidP="006C59E5">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Updated:</w:t>
       </w:r>
       <w:r w:rsidR="005E12E5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00844630">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> 2024</w:t>
+      <w:r w:rsidR="003D135E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>December 2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="199154A9" w14:textId="77777777" w:rsidR="00796079" w:rsidRPr="00641099" w:rsidRDefault="00796079" w:rsidP="006C59E5">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00796079" w:rsidRPr="00641099" w:rsidSect="00D46503">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28E1F62D" w14:textId="77777777" w:rsidR="00CB16BA" w:rsidRDefault="00CB16BA">
+    <w:p w14:paraId="073A672E" w14:textId="77777777" w:rsidR="00334F19" w:rsidRDefault="00334F19">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EEFEAF0" w14:textId="77777777" w:rsidR="00CB16BA" w:rsidRDefault="00CB16BA">
+    <w:p w14:paraId="7BB9B05A" w14:textId="77777777" w:rsidR="00334F19" w:rsidRDefault="00334F19">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -15357,58 +15647,58 @@
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6A0EAB4B" w14:textId="77777777" w:rsidR="00ED745C" w:rsidRDefault="00ED745C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7478B6D7" w14:textId="77777777" w:rsidR="00ED745C" w:rsidRDefault="00ED745C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="183FDD23" w14:textId="77777777" w:rsidR="00CB16BA" w:rsidRDefault="00CB16BA">
+    <w:p w14:paraId="2D5A5174" w14:textId="77777777" w:rsidR="00334F19" w:rsidRDefault="00334F19">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31F468E2" w14:textId="77777777" w:rsidR="00CB16BA" w:rsidRDefault="00CB16BA">
+    <w:p w14:paraId="2698C58B" w14:textId="77777777" w:rsidR="00334F19" w:rsidRDefault="00334F19">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B86D494" w14:textId="77777777" w:rsidR="00ED745C" w:rsidRDefault="00ED745C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2ECF04DC" w14:textId="77777777" w:rsidR="00ED745C" w:rsidRDefault="00ED745C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -16545,438 +16835,456 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B70167"/>
     <w:rsid w:val="00006F84"/>
     <w:rsid w:val="00007961"/>
     <w:rsid w:val="00007EA0"/>
     <w:rsid w:val="00010348"/>
     <w:rsid w:val="0001273A"/>
     <w:rsid w:val="00012B76"/>
     <w:rsid w:val="00012C32"/>
     <w:rsid w:val="0002318E"/>
+    <w:rsid w:val="00025A42"/>
     <w:rsid w:val="00041977"/>
     <w:rsid w:val="0004507B"/>
     <w:rsid w:val="000520CF"/>
     <w:rsid w:val="0005386E"/>
     <w:rsid w:val="000620F3"/>
     <w:rsid w:val="00064446"/>
     <w:rsid w:val="00064789"/>
     <w:rsid w:val="00066B93"/>
     <w:rsid w:val="00070A4F"/>
     <w:rsid w:val="0007269E"/>
     <w:rsid w:val="00075019"/>
     <w:rsid w:val="00075029"/>
     <w:rsid w:val="00075649"/>
     <w:rsid w:val="00077A72"/>
     <w:rsid w:val="00080812"/>
     <w:rsid w:val="00082F77"/>
     <w:rsid w:val="00085B50"/>
     <w:rsid w:val="00085FF4"/>
     <w:rsid w:val="00086530"/>
     <w:rsid w:val="00086F14"/>
     <w:rsid w:val="000910EB"/>
     <w:rsid w:val="000923AA"/>
     <w:rsid w:val="000926C5"/>
     <w:rsid w:val="000A45BB"/>
     <w:rsid w:val="000A5E30"/>
     <w:rsid w:val="000B46D2"/>
     <w:rsid w:val="000C2C55"/>
     <w:rsid w:val="000C2E76"/>
     <w:rsid w:val="000D3166"/>
     <w:rsid w:val="000E0A12"/>
     <w:rsid w:val="000F4189"/>
     <w:rsid w:val="000F5043"/>
     <w:rsid w:val="001045ED"/>
     <w:rsid w:val="00104FB4"/>
     <w:rsid w:val="00107B18"/>
     <w:rsid w:val="0011005B"/>
     <w:rsid w:val="001250F1"/>
+    <w:rsid w:val="0013019A"/>
     <w:rsid w:val="00131DCB"/>
     <w:rsid w:val="001414E3"/>
     <w:rsid w:val="00146DC3"/>
     <w:rsid w:val="00161BD5"/>
     <w:rsid w:val="00166994"/>
     <w:rsid w:val="0018101B"/>
     <w:rsid w:val="001811D2"/>
     <w:rsid w:val="00187FBC"/>
     <w:rsid w:val="00190514"/>
     <w:rsid w:val="001916A8"/>
     <w:rsid w:val="00193321"/>
     <w:rsid w:val="001A20EB"/>
     <w:rsid w:val="001A5BA6"/>
     <w:rsid w:val="001A72B5"/>
     <w:rsid w:val="001B00DC"/>
     <w:rsid w:val="001B2CB0"/>
     <w:rsid w:val="001B476E"/>
     <w:rsid w:val="001B4B61"/>
     <w:rsid w:val="001C5E30"/>
     <w:rsid w:val="001D1C64"/>
     <w:rsid w:val="001D2577"/>
     <w:rsid w:val="001D53E2"/>
     <w:rsid w:val="001E1838"/>
     <w:rsid w:val="001E3634"/>
     <w:rsid w:val="001E3CEB"/>
     <w:rsid w:val="001E47D5"/>
     <w:rsid w:val="001E57E7"/>
     <w:rsid w:val="001F44B9"/>
     <w:rsid w:val="00203BD5"/>
+    <w:rsid w:val="00205271"/>
     <w:rsid w:val="0020755B"/>
     <w:rsid w:val="002109A9"/>
     <w:rsid w:val="002153E9"/>
     <w:rsid w:val="00216CDC"/>
     <w:rsid w:val="002277EB"/>
     <w:rsid w:val="00230A55"/>
     <w:rsid w:val="00235267"/>
     <w:rsid w:val="0023587A"/>
     <w:rsid w:val="0024365B"/>
     <w:rsid w:val="0025328D"/>
     <w:rsid w:val="002639AB"/>
     <w:rsid w:val="00266BDD"/>
     <w:rsid w:val="00270B8B"/>
     <w:rsid w:val="00271947"/>
     <w:rsid w:val="00273BAD"/>
     <w:rsid w:val="00273DBE"/>
     <w:rsid w:val="002766A9"/>
     <w:rsid w:val="00291836"/>
     <w:rsid w:val="002A0913"/>
     <w:rsid w:val="002A36FC"/>
     <w:rsid w:val="002C0850"/>
     <w:rsid w:val="002C2D52"/>
     <w:rsid w:val="002C3038"/>
     <w:rsid w:val="002E42FC"/>
     <w:rsid w:val="002F0CC8"/>
     <w:rsid w:val="002F79CF"/>
     <w:rsid w:val="00300096"/>
     <w:rsid w:val="00301021"/>
     <w:rsid w:val="0030378A"/>
     <w:rsid w:val="0030771C"/>
     <w:rsid w:val="0031157C"/>
     <w:rsid w:val="00312B80"/>
     <w:rsid w:val="00315845"/>
     <w:rsid w:val="00325564"/>
     <w:rsid w:val="003269F0"/>
     <w:rsid w:val="00331FEA"/>
     <w:rsid w:val="00332061"/>
+    <w:rsid w:val="00334F19"/>
     <w:rsid w:val="0033551D"/>
     <w:rsid w:val="003441FE"/>
     <w:rsid w:val="00344786"/>
     <w:rsid w:val="00356981"/>
     <w:rsid w:val="00362D8C"/>
     <w:rsid w:val="00365257"/>
     <w:rsid w:val="00367A3B"/>
     <w:rsid w:val="00377EDD"/>
     <w:rsid w:val="00380183"/>
     <w:rsid w:val="00380392"/>
     <w:rsid w:val="00385B3B"/>
     <w:rsid w:val="00392964"/>
     <w:rsid w:val="00392F66"/>
     <w:rsid w:val="003932F8"/>
     <w:rsid w:val="0039733A"/>
     <w:rsid w:val="003A67B0"/>
     <w:rsid w:val="003A6EFE"/>
     <w:rsid w:val="003B39FA"/>
     <w:rsid w:val="003C1A4E"/>
     <w:rsid w:val="003C1C3F"/>
     <w:rsid w:val="003C56A4"/>
     <w:rsid w:val="003C591C"/>
+    <w:rsid w:val="003D135E"/>
     <w:rsid w:val="003D3280"/>
     <w:rsid w:val="003D5FF8"/>
     <w:rsid w:val="003E2CE3"/>
     <w:rsid w:val="003E5B68"/>
     <w:rsid w:val="003E7B00"/>
     <w:rsid w:val="003F010C"/>
     <w:rsid w:val="003F2228"/>
     <w:rsid w:val="003F3F28"/>
     <w:rsid w:val="003F40E4"/>
     <w:rsid w:val="003F4DB8"/>
     <w:rsid w:val="003F6F58"/>
     <w:rsid w:val="004015FC"/>
     <w:rsid w:val="00404FB8"/>
     <w:rsid w:val="00405DBB"/>
     <w:rsid w:val="004071F8"/>
     <w:rsid w:val="00411B02"/>
     <w:rsid w:val="00430DA9"/>
     <w:rsid w:val="00431F4E"/>
     <w:rsid w:val="004321DB"/>
     <w:rsid w:val="00435D19"/>
     <w:rsid w:val="00437A9C"/>
     <w:rsid w:val="004420C8"/>
     <w:rsid w:val="00452424"/>
     <w:rsid w:val="004549B7"/>
     <w:rsid w:val="00456EC7"/>
     <w:rsid w:val="00461596"/>
     <w:rsid w:val="00463D9D"/>
     <w:rsid w:val="0046492C"/>
     <w:rsid w:val="0046791A"/>
     <w:rsid w:val="004767D5"/>
     <w:rsid w:val="00477682"/>
     <w:rsid w:val="00482AD1"/>
+    <w:rsid w:val="00491150"/>
     <w:rsid w:val="0049206A"/>
     <w:rsid w:val="00496B97"/>
     <w:rsid w:val="004A5DEF"/>
     <w:rsid w:val="004B09F0"/>
     <w:rsid w:val="004C2928"/>
     <w:rsid w:val="004C58B9"/>
     <w:rsid w:val="004C6A6F"/>
     <w:rsid w:val="004C7420"/>
     <w:rsid w:val="004F7F4D"/>
     <w:rsid w:val="00501402"/>
     <w:rsid w:val="005029CD"/>
     <w:rsid w:val="00503CF4"/>
     <w:rsid w:val="0050448E"/>
     <w:rsid w:val="00510531"/>
     <w:rsid w:val="00521164"/>
     <w:rsid w:val="00530EE8"/>
     <w:rsid w:val="0053555F"/>
     <w:rsid w:val="00546ACE"/>
     <w:rsid w:val="00546D99"/>
     <w:rsid w:val="00552A0B"/>
     <w:rsid w:val="00566747"/>
     <w:rsid w:val="0057363D"/>
     <w:rsid w:val="00574A56"/>
     <w:rsid w:val="00581062"/>
     <w:rsid w:val="00582166"/>
     <w:rsid w:val="00593951"/>
     <w:rsid w:val="00593B6F"/>
     <w:rsid w:val="0059766D"/>
     <w:rsid w:val="00597FFD"/>
     <w:rsid w:val="005A16A7"/>
+    <w:rsid w:val="005A1EBD"/>
     <w:rsid w:val="005A410F"/>
     <w:rsid w:val="005A5AC8"/>
     <w:rsid w:val="005A60CF"/>
     <w:rsid w:val="005A7778"/>
     <w:rsid w:val="005A792D"/>
     <w:rsid w:val="005C02C5"/>
     <w:rsid w:val="005C175E"/>
     <w:rsid w:val="005C2335"/>
     <w:rsid w:val="005C6185"/>
     <w:rsid w:val="005D19D8"/>
     <w:rsid w:val="005D1A66"/>
     <w:rsid w:val="005D25F3"/>
     <w:rsid w:val="005D6AA5"/>
     <w:rsid w:val="005D70F9"/>
+    <w:rsid w:val="005E0AB0"/>
     <w:rsid w:val="005E12E5"/>
     <w:rsid w:val="005E4230"/>
     <w:rsid w:val="005E5FBB"/>
     <w:rsid w:val="005E68BE"/>
     <w:rsid w:val="005F0370"/>
     <w:rsid w:val="005F14B1"/>
     <w:rsid w:val="005F1A0E"/>
     <w:rsid w:val="005F1B68"/>
     <w:rsid w:val="005F73ED"/>
     <w:rsid w:val="00611BE1"/>
     <w:rsid w:val="00614D42"/>
     <w:rsid w:val="00616300"/>
     <w:rsid w:val="0062224F"/>
     <w:rsid w:val="0062366B"/>
     <w:rsid w:val="00624DD6"/>
     <w:rsid w:val="00625CBB"/>
     <w:rsid w:val="00627FBA"/>
     <w:rsid w:val="00630933"/>
     <w:rsid w:val="00631C22"/>
     <w:rsid w:val="00641099"/>
     <w:rsid w:val="0064202E"/>
     <w:rsid w:val="00644D8F"/>
     <w:rsid w:val="00645C51"/>
     <w:rsid w:val="00646C3C"/>
     <w:rsid w:val="006516AB"/>
     <w:rsid w:val="006534F7"/>
     <w:rsid w:val="00653599"/>
     <w:rsid w:val="00666E46"/>
     <w:rsid w:val="0066776C"/>
     <w:rsid w:val="00677B18"/>
     <w:rsid w:val="00682782"/>
     <w:rsid w:val="00693C47"/>
     <w:rsid w:val="00694AC4"/>
     <w:rsid w:val="0069727D"/>
     <w:rsid w:val="006A3EA9"/>
     <w:rsid w:val="006B1399"/>
     <w:rsid w:val="006C169A"/>
     <w:rsid w:val="006C59E5"/>
     <w:rsid w:val="006C5F22"/>
     <w:rsid w:val="006D32BF"/>
     <w:rsid w:val="006D4A7D"/>
     <w:rsid w:val="006D7270"/>
     <w:rsid w:val="006F2D2D"/>
     <w:rsid w:val="007006D1"/>
     <w:rsid w:val="00702AB8"/>
     <w:rsid w:val="007033C5"/>
     <w:rsid w:val="007058E1"/>
+    <w:rsid w:val="00705DA1"/>
     <w:rsid w:val="007109C6"/>
     <w:rsid w:val="00714698"/>
     <w:rsid w:val="007149FD"/>
     <w:rsid w:val="007236A4"/>
     <w:rsid w:val="007246B1"/>
     <w:rsid w:val="00724AAA"/>
     <w:rsid w:val="00730398"/>
     <w:rsid w:val="0073305C"/>
     <w:rsid w:val="00737D8C"/>
     <w:rsid w:val="007434CD"/>
     <w:rsid w:val="007472F5"/>
+    <w:rsid w:val="00751467"/>
     <w:rsid w:val="00751E3D"/>
+    <w:rsid w:val="007570E3"/>
     <w:rsid w:val="00763248"/>
     <w:rsid w:val="00764453"/>
     <w:rsid w:val="0076599B"/>
     <w:rsid w:val="007852EB"/>
     <w:rsid w:val="00796079"/>
     <w:rsid w:val="00797137"/>
     <w:rsid w:val="007A1D1F"/>
     <w:rsid w:val="007A1FA7"/>
     <w:rsid w:val="007A637E"/>
     <w:rsid w:val="007A77E0"/>
+    <w:rsid w:val="007B3988"/>
     <w:rsid w:val="007C3108"/>
     <w:rsid w:val="007D394E"/>
     <w:rsid w:val="007D4267"/>
     <w:rsid w:val="007D7927"/>
     <w:rsid w:val="007E59B0"/>
     <w:rsid w:val="007E5AF9"/>
     <w:rsid w:val="007E67F9"/>
     <w:rsid w:val="007F0678"/>
     <w:rsid w:val="007F2AB7"/>
     <w:rsid w:val="008006C0"/>
+    <w:rsid w:val="008023ED"/>
     <w:rsid w:val="00803306"/>
     <w:rsid w:val="00825903"/>
     <w:rsid w:val="00833236"/>
     <w:rsid w:val="00834A0D"/>
     <w:rsid w:val="00834A86"/>
     <w:rsid w:val="00844630"/>
     <w:rsid w:val="008467A1"/>
+    <w:rsid w:val="00847A6F"/>
     <w:rsid w:val="00850956"/>
     <w:rsid w:val="008512E4"/>
     <w:rsid w:val="008517A9"/>
     <w:rsid w:val="00851B13"/>
     <w:rsid w:val="00852F43"/>
     <w:rsid w:val="00857582"/>
     <w:rsid w:val="00863108"/>
     <w:rsid w:val="0086541F"/>
     <w:rsid w:val="0086723E"/>
     <w:rsid w:val="008764C7"/>
     <w:rsid w:val="008772E3"/>
     <w:rsid w:val="00881CE1"/>
     <w:rsid w:val="008834CD"/>
     <w:rsid w:val="00885755"/>
     <w:rsid w:val="008861BB"/>
     <w:rsid w:val="00886EEF"/>
     <w:rsid w:val="008942E2"/>
     <w:rsid w:val="008963B9"/>
     <w:rsid w:val="008A4646"/>
     <w:rsid w:val="008B7843"/>
     <w:rsid w:val="008B7D4E"/>
     <w:rsid w:val="008C1876"/>
     <w:rsid w:val="008D4197"/>
     <w:rsid w:val="008D4741"/>
     <w:rsid w:val="008D4F7D"/>
     <w:rsid w:val="008D6A70"/>
+    <w:rsid w:val="008D7B6E"/>
     <w:rsid w:val="008E6A05"/>
     <w:rsid w:val="008E6BCA"/>
     <w:rsid w:val="008F0568"/>
     <w:rsid w:val="008F3A23"/>
     <w:rsid w:val="0090394D"/>
     <w:rsid w:val="00910F78"/>
     <w:rsid w:val="00912A2C"/>
     <w:rsid w:val="00912A4A"/>
     <w:rsid w:val="00916D94"/>
     <w:rsid w:val="00917E39"/>
     <w:rsid w:val="00921499"/>
     <w:rsid w:val="0092509C"/>
     <w:rsid w:val="00925EA9"/>
     <w:rsid w:val="00934717"/>
     <w:rsid w:val="00940DD7"/>
     <w:rsid w:val="00950D27"/>
     <w:rsid w:val="0095183C"/>
     <w:rsid w:val="009568C6"/>
     <w:rsid w:val="00964B05"/>
     <w:rsid w:val="00970CD4"/>
     <w:rsid w:val="009777B1"/>
     <w:rsid w:val="00977DEA"/>
     <w:rsid w:val="00982E8D"/>
     <w:rsid w:val="00985E1D"/>
     <w:rsid w:val="009959F9"/>
     <w:rsid w:val="00996B46"/>
     <w:rsid w:val="009A05A9"/>
     <w:rsid w:val="009A4D20"/>
     <w:rsid w:val="009B2C86"/>
     <w:rsid w:val="009B323D"/>
     <w:rsid w:val="009B4DE4"/>
     <w:rsid w:val="009C0B32"/>
     <w:rsid w:val="009C47A9"/>
     <w:rsid w:val="009D60BC"/>
     <w:rsid w:val="009E2E6E"/>
     <w:rsid w:val="009E30AB"/>
     <w:rsid w:val="009E3C37"/>
     <w:rsid w:val="009F4EA4"/>
     <w:rsid w:val="009F5A1F"/>
     <w:rsid w:val="00A17EC8"/>
     <w:rsid w:val="00A23D55"/>
     <w:rsid w:val="00A27BD1"/>
     <w:rsid w:val="00A32DE1"/>
+    <w:rsid w:val="00A44D44"/>
     <w:rsid w:val="00A46151"/>
     <w:rsid w:val="00A509EE"/>
     <w:rsid w:val="00A5247F"/>
     <w:rsid w:val="00A70CB7"/>
     <w:rsid w:val="00A730D0"/>
     <w:rsid w:val="00A75F0D"/>
     <w:rsid w:val="00A8064A"/>
     <w:rsid w:val="00A827D8"/>
     <w:rsid w:val="00A874E5"/>
     <w:rsid w:val="00A91962"/>
     <w:rsid w:val="00A943B6"/>
     <w:rsid w:val="00A9546E"/>
     <w:rsid w:val="00A96107"/>
     <w:rsid w:val="00AA1EC7"/>
     <w:rsid w:val="00AA206B"/>
     <w:rsid w:val="00AA29A7"/>
+    <w:rsid w:val="00AA3A7A"/>
     <w:rsid w:val="00AA6B7C"/>
     <w:rsid w:val="00AA793D"/>
     <w:rsid w:val="00AA7EDB"/>
     <w:rsid w:val="00AB57F7"/>
     <w:rsid w:val="00AC47CB"/>
     <w:rsid w:val="00AC50A5"/>
     <w:rsid w:val="00AD1A99"/>
     <w:rsid w:val="00AD2A73"/>
     <w:rsid w:val="00AD34C2"/>
     <w:rsid w:val="00AE042A"/>
     <w:rsid w:val="00AE0F6A"/>
     <w:rsid w:val="00AE3148"/>
     <w:rsid w:val="00AF266D"/>
     <w:rsid w:val="00B07EE8"/>
     <w:rsid w:val="00B1085C"/>
     <w:rsid w:val="00B152BC"/>
+    <w:rsid w:val="00B15BAA"/>
     <w:rsid w:val="00B20600"/>
     <w:rsid w:val="00B2720E"/>
     <w:rsid w:val="00B3042A"/>
     <w:rsid w:val="00B34564"/>
     <w:rsid w:val="00B34D0F"/>
     <w:rsid w:val="00B61EAF"/>
     <w:rsid w:val="00B63DC1"/>
     <w:rsid w:val="00B641FD"/>
     <w:rsid w:val="00B671F2"/>
     <w:rsid w:val="00B70167"/>
     <w:rsid w:val="00B7288A"/>
     <w:rsid w:val="00B739BF"/>
     <w:rsid w:val="00B77F2C"/>
     <w:rsid w:val="00B80D61"/>
     <w:rsid w:val="00B8441E"/>
     <w:rsid w:val="00B941E5"/>
     <w:rsid w:val="00B94C3B"/>
     <w:rsid w:val="00B95A9B"/>
     <w:rsid w:val="00B97EB8"/>
     <w:rsid w:val="00BA424C"/>
     <w:rsid w:val="00BA691F"/>
     <w:rsid w:val="00BB3D6A"/>
     <w:rsid w:val="00BB59EA"/>
     <w:rsid w:val="00BC1092"/>
     <w:rsid w:val="00BC2D10"/>
@@ -17007,95 +17315,98 @@
     <w:rsid w:val="00C87D9D"/>
     <w:rsid w:val="00CA28DD"/>
     <w:rsid w:val="00CA38DA"/>
     <w:rsid w:val="00CB16BA"/>
     <w:rsid w:val="00CB5ADA"/>
     <w:rsid w:val="00CB67BD"/>
     <w:rsid w:val="00CD05E1"/>
     <w:rsid w:val="00CD3F49"/>
     <w:rsid w:val="00CE0BB3"/>
     <w:rsid w:val="00CE3936"/>
     <w:rsid w:val="00D011E8"/>
     <w:rsid w:val="00D0210C"/>
     <w:rsid w:val="00D058E0"/>
     <w:rsid w:val="00D060C5"/>
     <w:rsid w:val="00D10982"/>
     <w:rsid w:val="00D12FD4"/>
     <w:rsid w:val="00D23C8F"/>
     <w:rsid w:val="00D24B03"/>
     <w:rsid w:val="00D252B4"/>
     <w:rsid w:val="00D26BA1"/>
     <w:rsid w:val="00D355A2"/>
     <w:rsid w:val="00D35BE7"/>
     <w:rsid w:val="00D42858"/>
     <w:rsid w:val="00D46503"/>
     <w:rsid w:val="00D6161F"/>
+    <w:rsid w:val="00D645D8"/>
     <w:rsid w:val="00D67897"/>
     <w:rsid w:val="00D72B1D"/>
     <w:rsid w:val="00D749F0"/>
     <w:rsid w:val="00DA2878"/>
     <w:rsid w:val="00DB0A7F"/>
     <w:rsid w:val="00DB3425"/>
     <w:rsid w:val="00DB38F5"/>
+    <w:rsid w:val="00DB60E9"/>
     <w:rsid w:val="00DB76DC"/>
     <w:rsid w:val="00DB7B97"/>
     <w:rsid w:val="00DC1034"/>
     <w:rsid w:val="00DC1BCC"/>
     <w:rsid w:val="00DC4C6E"/>
     <w:rsid w:val="00DC4FAC"/>
     <w:rsid w:val="00DD20D1"/>
     <w:rsid w:val="00DE3B06"/>
     <w:rsid w:val="00DF2CD2"/>
     <w:rsid w:val="00DF4E77"/>
     <w:rsid w:val="00DF6EA7"/>
     <w:rsid w:val="00E12F51"/>
     <w:rsid w:val="00E15D28"/>
     <w:rsid w:val="00E221A5"/>
     <w:rsid w:val="00E27524"/>
     <w:rsid w:val="00E36E6A"/>
     <w:rsid w:val="00E37A4F"/>
     <w:rsid w:val="00E43921"/>
     <w:rsid w:val="00E43E71"/>
     <w:rsid w:val="00E4766A"/>
     <w:rsid w:val="00E5231C"/>
     <w:rsid w:val="00E5468D"/>
     <w:rsid w:val="00E54F4B"/>
     <w:rsid w:val="00E5653B"/>
     <w:rsid w:val="00E57B3B"/>
     <w:rsid w:val="00E670D3"/>
     <w:rsid w:val="00E70915"/>
     <w:rsid w:val="00E82FCE"/>
     <w:rsid w:val="00E87AB5"/>
     <w:rsid w:val="00E902D3"/>
     <w:rsid w:val="00E90612"/>
     <w:rsid w:val="00E92B8A"/>
     <w:rsid w:val="00E960F5"/>
     <w:rsid w:val="00EB0F4A"/>
     <w:rsid w:val="00EB414C"/>
     <w:rsid w:val="00EB613C"/>
     <w:rsid w:val="00EB7115"/>
     <w:rsid w:val="00ED1657"/>
+    <w:rsid w:val="00ED395D"/>
     <w:rsid w:val="00ED43A9"/>
     <w:rsid w:val="00ED745C"/>
     <w:rsid w:val="00EE1085"/>
     <w:rsid w:val="00EF2C19"/>
     <w:rsid w:val="00F00B90"/>
     <w:rsid w:val="00F06C17"/>
     <w:rsid w:val="00F147AB"/>
     <w:rsid w:val="00F156D6"/>
     <w:rsid w:val="00F1724D"/>
     <w:rsid w:val="00F1738F"/>
     <w:rsid w:val="00F221C1"/>
     <w:rsid w:val="00F228ED"/>
     <w:rsid w:val="00F23BF9"/>
     <w:rsid w:val="00F24C8F"/>
     <w:rsid w:val="00F31D70"/>
     <w:rsid w:val="00F325FF"/>
     <w:rsid w:val="00F37082"/>
     <w:rsid w:val="00F406AF"/>
     <w:rsid w:val="00F434D3"/>
     <w:rsid w:val="00F54B11"/>
     <w:rsid w:val="00F54CEC"/>
     <w:rsid w:val="00F55026"/>
     <w:rsid w:val="00F560F8"/>
     <w:rsid w:val="00F604DE"/>
     <w:rsid w:val="00F607AE"/>
@@ -18005,75 +18316,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D27B65E-1BD4-4A2D-BA32-CC942A5A5AD6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3607</Words>
-  <Characters>20562</Characters>
+  <Words>3727</Words>
+  <Characters>21249</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>171</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>177</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Gideon Saar</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cornell's Johnson School</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24121</CharactersWithSpaces>
+  <CharactersWithSpaces>24927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>196686</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.johnson.cornell.edu/faculty/profiles/Saar</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>196686</vt:i4>
       </vt:variant>
       <vt:variant>