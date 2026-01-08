--- v0 (2025-10-07)
+++ v1 (2026-01-08)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4920B4" w14:textId="31CDE710" w:rsidR="00A1320F" w:rsidRDefault="00760C05" w:rsidP="00BC03C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-630"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>DAVID</w:t>
       </w:r>
       <w:r w:rsidR="00182580">
@@ -2193,67 +2193,78 @@
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D20BB">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E55A70">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E55A70">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00CB5914">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Behavioral Biases,</w:t>
+        <w:t xml:space="preserve"> Behavioral</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5914">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Biases,</w:t>
       </w:r>
       <w:r w:rsidR="00A70A1A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB5914">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Fund Flows</w:t>
       </w:r>
       <w:r w:rsidR="00A70A1A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -2280,114 +2291,239 @@
       </w:r>
       <w:r w:rsidR="00CB5914">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE459D0" w14:textId="0F5F53E8" w:rsidR="0081164E" w:rsidRPr="0081164E" w:rsidRDefault="004711E1" w:rsidP="0081164E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-342"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB4D8EC" w14:textId="53EE413C" w:rsidR="00BD0380" w:rsidRPr="00BD0380" w:rsidRDefault="00BD0380" w:rsidP="00BD0380">
+    <w:p w14:paraId="14AF6314" w14:textId="44976532" w:rsidR="00A630E6" w:rsidRPr="008658A0" w:rsidRDefault="00BD0380" w:rsidP="00A630E6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-342"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="008658A0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BD0380">
+      <w:r w:rsidR="00A630E6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="008658A0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Is the Value Premium Dead? Forecasting Value Growth Cycles with the Implied Value Premium</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” with Yan </w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="00037647">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Li</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Bhaskaran </w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="00037647">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Swaminathan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025), accepted, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="008658A0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Financial and Quantitative Analysis</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="00037647">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571A78BF" w14:textId="77777777" w:rsidR="00A630E6" w:rsidRDefault="00A630E6" w:rsidP="00BD0380">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="-342"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BB4D8EC" w14:textId="48004BE2" w:rsidR="00BD0380" w:rsidRPr="00BD0380" w:rsidRDefault="00A630E6" w:rsidP="00BD0380">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="-342"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BD0380" w:rsidRPr="00BD0380">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">“Can International Funds Navigate Changing Global Investment </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BD0380">
+      <w:r w:rsidR="00BD0380" w:rsidRPr="00BD0380">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Environments?,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BD0380">
+      <w:r w:rsidR="00BD0380" w:rsidRPr="00BD0380">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">” 2024, with Andrew Karolyi and Wei Jiao, </w:t>
+        <w:t>” with Andrew Karolyi and Wei Jiao</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(conditional acceptance)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BD0380">
+        <w:t xml:space="preserve"> (2025)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0380" w:rsidRPr="00BD0380">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Journal of Financial and Quantitative Analysis</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0380" w:rsidRPr="008658A0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7A5E05" w14:textId="77777777" w:rsidR="00BD0380" w:rsidRDefault="00BD0380" w:rsidP="0081164E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-342" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C565C5A" w14:textId="6726904A" w:rsidR="0081164E" w:rsidRPr="003C772C" w:rsidRDefault="0081164E" w:rsidP="0081164E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-342" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C772C">
         <w:rPr>
@@ -2425,67 +2561,57 @@
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Addoum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Ariel Ortiz</w:t>
       </w:r>
       <w:r w:rsidR="006B344F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t>, (2023)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bobea, (2023)</w:t>
       </w:r>
       <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Financial Economics</w:t>
@@ -2639,67 +2765,57 @@
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Addoum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Ariel Ortiz</w:t>
       </w:r>
       <w:r w:rsidR="006B344F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bobea,</w:t>
       </w:r>
       <w:r w:rsidR="00D20604">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020) </w:t>
       </w:r>
       <w:r w:rsidRPr="001646B2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Review of Financial Studies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -2717,50 +2833,51 @@
       <w:r w:rsidRPr="005F0E6D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52DA3858" w14:textId="5500CDCC" w:rsidR="00A74831" w:rsidRPr="0010762F" w:rsidRDefault="00A74831" w:rsidP="00A74831">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-342"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0010762F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0010762F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“The Coming Wave: Where do Emerging Mar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ket Investors Put Their Money?” (20</w:t>
@@ -3495,82 +3612,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6761B273" w14:textId="0E67B716" w:rsidR="00F01159" w:rsidRDefault="00F01159" w:rsidP="00A70A1A">
       <w:pPr>
         <w:ind w:left="720" w:right="-72"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0042298C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A Tale of Two Yield Curves: Modelling the Joint Term Structure </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">of U.S. and Euro Interest Rates” (2011) with Alexei Egorov, and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Li, </w:t>
+        <w:t xml:space="preserve">of U.S. and Euro Interest Rates” (2011) with Alexei Egorov, and Haitao Li, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Econometrics</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8440F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">v. 162, pp. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E8440F">
         <w:rPr>
@@ -3796,67 +3896,57 @@
       </w:r>
       <w:r w:rsidRPr="00E8440F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Is Unlevered Firm Volatility Asymmetric?” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(2011) with </w:t>
       </w:r>
       <w:r w:rsidRPr="00E8440F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hazem </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Daouk,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8440F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E8440F">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Empirical Finance</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8440F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4171,83 +4261,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “An International Dynamic Asset </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pricing</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Model” (1999) with Robert </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> Model” (1999) with Robert Hodrick and Paul Sengmueller, </w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>International Tax and Public Finance</w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> v.6, pp.597-620.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DAD65A" w14:textId="77777777" w:rsidR="007E521F" w:rsidRPr="007E521F" w:rsidRDefault="007E521F" w:rsidP="007E521F"/>
     <w:p w14:paraId="15D350AE" w14:textId="3BE78628" w:rsidR="00FB476A" w:rsidRPr="00A1320F" w:rsidRDefault="00FB476A" w:rsidP="00FB476A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-72"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
@@ -4440,50 +4498,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4729D04C" w14:textId="77777777" w:rsidR="00A70A1A" w:rsidRDefault="00A70A1A" w:rsidP="00A70A1A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720" w:right="-342" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D711D01" w14:textId="2A28C775" w:rsidR="000C454E" w:rsidRPr="00413CA0" w:rsidRDefault="000C454E" w:rsidP="00A70A1A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="720" w:right="-342" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Corruption and International Valuation: Does Virtue Pay?” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
@@ -4547,71 +4606,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Capital Market Governance: Do Securities Laws Affect Market Performance?” (2006) </w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">with Hazem </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> and Charles Lee, </w:t>
+        <w:t xml:space="preserve">with Hazem Daouk and Charles Lee, </w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Corporate Finance</w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> v. </w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4693,65 +4732,51 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C454E" w:rsidRPr="00413CA0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>“Does Corruption Increase Emerging Market Bond Spreads?”</w:t>
       </w:r>
       <w:r w:rsidR="000C454E" w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2003) with Francisco </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and Erik Durbin, </w:t>
+        <w:t xml:space="preserve"> (2003) with Francisco Ciocchini and Erik Durbin, </w:t>
       </w:r>
       <w:r w:rsidR="000C454E" w:rsidRPr="00413CA0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Economics and Business </w:t>
       </w:r>
       <w:r w:rsidR="000C454E" w:rsidRPr="00413CA0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>v.55, pp. 503-28.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6702DBCB" w14:textId="3521A671" w:rsidR="00C2249B" w:rsidRPr="001A334B" w:rsidRDefault="000C454E" w:rsidP="001A334B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-72"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
@@ -4771,193 +4796,249 @@
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CURRENT WORKING PAPERS AND WORK IN PROGRESS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5917CE64" w14:textId="77777777" w:rsidR="00A406D6" w:rsidRPr="0081164E" w:rsidRDefault="00A406D6" w:rsidP="001646B2">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D1A5E2D" w14:textId="45FF411B" w:rsidR="001419D5" w:rsidRDefault="001419D5" w:rsidP="001419D5">
+    <w:p w14:paraId="2D1A5E2D" w14:textId="7BC9635F" w:rsidR="001419D5" w:rsidRDefault="001419D5" w:rsidP="001419D5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Finance of Donor Advised Funds</w:t>
       </w:r>
       <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,” 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA7C86">
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="0081164E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0081164E">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">, with </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yipiao</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cai, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sijia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fan and Jie Ying.</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:t xml:space="preserve"> Fan and Jie Ying</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:t xml:space="preserve">, revise and resubmit, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="008658A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Review of Corporate Finance Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FBB3FE" w14:textId="77777777" w:rsidR="00BA7C86" w:rsidRDefault="00BA7C86" w:rsidP="001419D5">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA7C86">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63390033" w14:textId="77F63030" w:rsidR="00BA7C86" w:rsidRPr="00BA7C86" w:rsidRDefault="00BA7C86" w:rsidP="00BA7C86">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Biodiversity Risk Disclosure</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">,” 2024, with </w:t>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Biodiversity Risk Disclosure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sijia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fan</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -4971,968 +5052,789 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Liu and</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yao Lu</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:left="720"/>
+      <w:r w:rsidR="00A630E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:t>, revise and resubmit,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6" w:rsidRPr="008658A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Journal of Accounting and Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054595B1" w14:textId="77777777" w:rsidR="00BA7C86" w:rsidRDefault="00BA7C86" w:rsidP="00BA7C86">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA7C86">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CCD0C45" w14:textId="3AA3AB3B" w:rsidR="00BA7C86" w:rsidRPr="0081164E" w:rsidRDefault="00BA7C86" w:rsidP="00BA7C86">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Global Climate Cycle and Foreign exchange returns</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">” 2024, with Joon </w:t>
+        <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bae, </w:t>
+        <w:t>Global Climate Cycle and Foreign exchange returns</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tae-</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>” 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A630E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>hoon</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>5</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, with Joon </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA7C86">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lim, </w:t>
+        <w:t xml:space="preserve">Bae, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>and Lucio</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA7C86">
+        <w:t>Tae-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>hoon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lim, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and Lucio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Sarno</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580240FA" w14:textId="77777777" w:rsidR="001419D5" w:rsidRDefault="001419D5" w:rsidP="003C772C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:right="-342" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E711E56" w14:textId="679B9DD1" w:rsidR="00C2249B" w:rsidRPr="001A709F" w:rsidRDefault="00C2249B" w:rsidP="003C772C">
+    <w:p w14:paraId="15B7649B" w14:textId="77777777" w:rsidR="0029655A" w:rsidRPr="00413CA0" w:rsidRDefault="0029655A" w:rsidP="0029655A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:right="-342" w:firstLine="0"/>
-[...3 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:b w:val="0"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL ACTIVITIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C87A65" w14:textId="69839FCB" w:rsidR="002C427E" w:rsidRDefault="002C427E" w:rsidP="002C427E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:b w:val="0"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conference Presentations </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79961AF0" w14:textId="77777777" w:rsidR="001419D5" w:rsidRPr="00413CA0" w:rsidRDefault="001419D5" w:rsidP="002C427E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45F9F53E" w14:textId="77777777" w:rsidR="00591665" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>American Economic Association (2013, two papers)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BA1CD2" w14:textId="1452DAA9" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:b w:val="0"/>
-[...110 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>American Finance Association (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016, 2015 two papers, 2009, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:b w:val="0"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2008, 2007 two papers)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBF9115" w14:textId="07F97F27" w:rsidR="0010762F" w:rsidRPr="0010762F" w:rsidRDefault="0010762F" w:rsidP="0010762F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bank of Korea/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bank of International Settlement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Seoul</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B31CDE" w14:textId="417AA71B" w:rsidR="007E521F" w:rsidRPr="0010762F" w:rsidRDefault="007E521F" w:rsidP="00E9496A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bank of International Settlement workshop in Hong Kong (2017) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA19D23" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:b w:val="0"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Canadian Economic Association (1999)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0550F17E" w14:textId="4FEF24BA" w:rsidR="00591665" w:rsidRPr="0081164E" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>China International Conference in Finance (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61F31" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2016, 2013, two papers, 2004)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D4A565" w14:textId="2350EE4B" w:rsidR="00B61F31" w:rsidRPr="0081164E" w:rsidRDefault="00B61F31" w:rsidP="00B61F31">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>China Financial Research Conference (2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649EE225" w14:textId="76A5CD53" w:rsidR="00A92CAC" w:rsidRDefault="00A92CAC" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CUHK-Review of Asset Pricing Studies Conference (2023)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0A7E1D" w14:textId="593F1895" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:b w:val="0"/>
-[...52 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darden Emerging Market Conference (2002)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9F232D" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>PROFESSIONAL ACTIVITIES</w:t>
-[...6 lines deleted...]
-          <w:i/>
+        <w:t>European Financial Management Association (2007)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E904C90" w14:textId="36BC0323" w:rsidR="00446F50" w:rsidRDefault="00446F50" w:rsidP="002C3B59">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Federal Reserve Bank of Atlanta-Georgia State Liquidity Conference (2015)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3B0C49" w14:textId="77777777" w:rsidR="00A92CAC" w:rsidRDefault="00A92CAC" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Financial Economics and Accounting Conference (2023)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79790F12" w14:textId="1FCCC1FF" w:rsidR="00591665" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Financial Management Association Annual meeting (2013, two papers</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7197">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2007, 2001</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E65B43" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:i/>
-[...39 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech International Finance Conference (2005, 2004, 2002)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5379B573" w14:textId="77777777" w:rsidR="000A7197" w:rsidRPr="00413CA0" w:rsidRDefault="000A7197" w:rsidP="000A7197">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indiana University </w:t>
+      </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>American Finance Association (</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>Financial Economics and Accounting conference (2003)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A03276" w14:textId="77777777" w:rsidR="00591665" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Korean American Finance Association 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9496A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anniversary Conference (2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E479D9" w14:textId="77777777" w:rsidR="000A7197" w:rsidRPr="00413CA0" w:rsidRDefault="000A7197" w:rsidP="000A7197">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2008, 2007 two papers)</w:t>
-[...83 lines deleted...]
-    <w:p w14:paraId="4BA19D23" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+        <w:t>Latin American Econometric Society (2006)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D01C81B" w14:textId="77777777" w:rsidR="002C427E" w:rsidRPr="00413CA0" w:rsidRDefault="002C427E" w:rsidP="002C427E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Canadian Economic Association (1999)</w:t>
-[...70 lines deleted...]
-    <w:p w14:paraId="6A0A7E1D" w14:textId="593F1895" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+        <w:t>Market Structure and Market Integrity Conference in Toronto (2006)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A089E1" w14:textId="06D62128" w:rsidR="000A7197" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="000A7197">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Darden Emerging Market Conference (2002)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D9F232D" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+        <w:t>Midwest Economic Association (1999)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C58EA89" w14:textId="0828A173" w:rsidR="000A7197" w:rsidRDefault="000A7197" w:rsidP="000A7197">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NBER Summer Institute (2015)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDAC453" w14:textId="77777777" w:rsidR="000A7197" w:rsidRPr="00413CA0" w:rsidRDefault="000A7197" w:rsidP="000A7197">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>European Financial Management Association (2007)</w:t>
-[...56 lines deleted...]
-      <w:r>
+        <w:t>Queen’s University International Finance Conference (2007)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443AF87A" w14:textId="77777777" w:rsidR="002C427E" w:rsidRPr="00413CA0" w:rsidRDefault="002C427E" w:rsidP="002C427E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Socially Responsible Investing Conference (2003)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A99843" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Chicago CRSP Forum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E65B43" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
+    <w:p w14:paraId="322FC0D0" w14:textId="77777777" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Georgia Tech International Finance Conference (2005, 2004, 2002)</w:t>
-[...201 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vienna Symposium on Asset Management (2007)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF93868" w14:textId="01BF3CC5" w:rsidR="00591665" w:rsidRPr="00413CA0" w:rsidRDefault="00591665" w:rsidP="00591665">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Western Finance Association (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2016 coauthor present, </w:t>
       </w:r>
@@ -6148,1192 +6050,1207 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2016, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2012, 2008)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19AC3D0B" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>City University of Hong Kong (2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1820E1" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Columbia University (2000, 1999)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F074F1E" w14:textId="78390D85" w:rsidR="00D84455" w:rsidRDefault="00E01B07" w:rsidP="00D84455">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cornell University (Johnson School </w:t>
+      </w:r>
+      <w:r w:rsidR="00446F50">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2014, 2013, 2012, 2011, 2006;</w:t>
+      </w:r>
+      <w:r w:rsidR="004175C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Brownbag </w:t>
+      </w:r>
+      <w:r w:rsidR="00A92CAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023, 2022, </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7197">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019, </w:t>
+      </w:r>
+      <w:r w:rsidR="0073506C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A940D0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016, </w:t>
+      </w:r>
+      <w:r w:rsidR="004175C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2015, 2014, 2013, 2012, 2011;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hotel School 2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84455" w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2005; Economics Department 2002</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84455">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46233CDE" w14:textId="59192E6D" w:rsidR="00A630E6" w:rsidRDefault="00A630E6" w:rsidP="00D84455">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dayton University (2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6146D7F0" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Federal Reserve Board (2011, 2000, 1999)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D70FB0" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Federal Reserve Bank of Boston (2009, 2008)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1219643B" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Federal R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eserve Bank of New York (2000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DA04F6" w14:textId="30FD47AE" w:rsidR="0010762F" w:rsidRDefault="0010762F" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Florida International University (2018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFAED7A" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>George Washington University (2009)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A07A5F9" w14:textId="6EBB0DB3" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hong Kong Institute of Monetary Research (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34DC6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2014, 2012, 2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42771E25" w14:textId="19096DD0" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hong Kong University of Science and Technology (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34DC6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2011, 2008)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690FBD30" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Monetary Fund (2009)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158F6CFC" w14:textId="2BE6EE26" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nanyang Technological Univer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sity (</w:t>
+      </w:r>
+      <w:r w:rsidR="00591665">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00591665">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2007)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64C862B3" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>National Taiwan University (2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7FC891" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Singapore (2007)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3889BC8E" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pennsylva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nia State University (2000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D118D03" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Queen’s University (2006)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA7CF64" w14:textId="3CCC0BDD" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Shanghai Advanced Institute of Finance (2016, 2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F371AC9" w14:textId="75F38868" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Singapor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Management University (2007</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2E55">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A1D8AD" w14:textId="7D9C5E49" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Syracuse University (</w:t>
+      </w:r>
+      <w:r w:rsidR="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2013, 2006, 2002)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29BF18D6" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Buffalo (2009)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530B3F49" w14:textId="2B94A8D0" w:rsidR="00000311" w:rsidRPr="0010762F" w:rsidRDefault="00000311" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Unive</w:t>
+      </w:r>
+      <w:r w:rsidR="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rsity of Georgia (2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010762F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768A10CF" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of Hong Kong (2014, 2012, 2011) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565C02BB" w14:textId="77777777" w:rsidR="00E01B07" w:rsidRDefault="00E01B07" w:rsidP="00E01B07">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Miami (2014)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02686DE5" w14:textId="6051936E" w:rsidR="00D20604" w:rsidRDefault="00D20604" w:rsidP="00D20604">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Minnesota (</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5028">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scheduled 2021)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C9BEA1" w14:textId="77777777" w:rsidR="00E01B07" w:rsidRDefault="00E01B07" w:rsidP="00E01B07">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of New South Wales (2014) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A2FF81" w14:textId="77777777" w:rsidR="00E01B07" w:rsidRDefault="00E01B07" w:rsidP="00E01B07">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of Sydney (2014) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1830C99D" w14:textId="77777777" w:rsidR="00E01B07" w:rsidRDefault="00E01B07" w:rsidP="00E01B07">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>echnology in Sydney</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71AFF1F1" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Wisconsin at Milwaukee (2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC13335" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Temple University (2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218C183F" w14:textId="168AFE4F" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wharton School (2012, 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1940F6" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Xiamen University (2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5A4585" w14:textId="059601D4" w:rsidR="00E24DB2" w:rsidRDefault="00E24DB2" w:rsidP="00E24DB2">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Union College (2006)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D0E6DF" w14:textId="3979E4E8" w:rsidR="000A7197" w:rsidRDefault="000A7197" w:rsidP="00E24DB2">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Minnesota (2021 scheduled)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B795F8" w14:textId="77777777" w:rsidR="00E24DB2" w:rsidRDefault="00E24DB2" w:rsidP="00D05FC1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Toronto (2004)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D20D403" w14:textId="77777777" w:rsidR="00E24DB2" w:rsidRDefault="00E24DB2" w:rsidP="00E24DB2">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413CA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Universi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ty of Wisconsin-Madison (2000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA65FCC" w14:textId="77777777" w:rsidR="00A940D0" w:rsidRDefault="00A940D0" w:rsidP="00A940D0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>City University of Hong Kong (2012)</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>York University (2007, 2005)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5DC94E" w14:textId="77777777" w:rsidR="00E24DB2" w:rsidRDefault="00E24DB2" w:rsidP="00E24DB2">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688ED2CD" w14:textId="6063114F" w:rsidR="005D518E" w:rsidRPr="00413CA0" w:rsidRDefault="005D518E" w:rsidP="005D518E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Keynote Speaker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A39EB26" w14:textId="0BB56EDE" w:rsidR="005D518E" w:rsidRDefault="005D518E" w:rsidP="005D518E">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>China Finance Review International Conference, Shanghai Jiao Tong University (2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED19005" w14:textId="77777777" w:rsidR="005D518E" w:rsidRPr="00413CA0" w:rsidRDefault="005D518E" w:rsidP="00E24DB2">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4684A354" w14:textId="015CE96A" w:rsidR="00715EB6" w:rsidRPr="00413CA0" w:rsidRDefault="00715EB6" w:rsidP="00715EB6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conference Organizer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697AADA5" w14:textId="3E0186A0" w:rsidR="00715EB6" w:rsidRDefault="00715EB6" w:rsidP="00715EB6">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Climate and Finance Workshop (2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226494DF" w14:textId="77777777" w:rsidR="00715EB6" w:rsidRDefault="00715EB6" w:rsidP="002C3B59">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2160"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12502518" w14:textId="77777777" w:rsidR="002C3B59" w:rsidRPr="0081164E" w:rsidRDefault="002C3B59" w:rsidP="002C3B59">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...49 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794FA444" w14:textId="6BBC6794" w:rsidR="005B136C" w:rsidRPr="0081164E" w:rsidRDefault="005B136C" w:rsidP="005B136C">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Western Finance Association Annual Meeting (</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2E30">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025, 2024, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3525C" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20604" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021, 2020, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74831" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2019, </w:t>
       </w:r>
-      <w:r w:rsidR="0073506C">
-[...845 lines deleted...]
-    <w:p w14:paraId="226494DF" w14:textId="77777777" w:rsidR="00715EB6" w:rsidRDefault="00715EB6" w:rsidP="002C3B59">
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BDE535" w14:textId="3EFD119F" w:rsidR="005B136C" w:rsidRPr="0081164E" w:rsidRDefault="005B136C" w:rsidP="00097986">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2160"/>
         <w:rPr>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="12502518" w14:textId="77777777" w:rsidR="002C3B59" w:rsidRPr="0081164E" w:rsidRDefault="002C3B59" w:rsidP="002C3B59">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>China Financial Research Conference (</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2E30">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025, 2024, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3525C" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022, 2021, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20604" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74831" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5981AA8B" w14:textId="0465F4A7" w:rsidR="00D20604" w:rsidRPr="0081164E" w:rsidRDefault="00D20604" w:rsidP="005B136C">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2160"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00413CA0">
-[...8 lines deleted...]
-    <w:p w14:paraId="794FA444" w14:textId="6BBC6794" w:rsidR="005B136C" w:rsidRPr="0081164E" w:rsidRDefault="005B136C" w:rsidP="005B136C">
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Northern Finance Association Annual Meeting (</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2E30">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025, 2024, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3525C" w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022, 2021, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081164E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2020, 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10680C97" w14:textId="233B610E" w:rsidR="005B136C" w:rsidRPr="0081164E" w:rsidRDefault="005B136C" w:rsidP="005B136C">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2160"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0081164E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Western Finance Association Annual Meeting (</w:t>
-[...181 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>European Finance Association Annual Meeting (</w:t>
       </w:r>
       <w:r w:rsidR="004B2E30">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2024, </w:t>
       </w:r>
       <w:r w:rsidR="00A3525C" w:rsidRPr="0081164E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2022, 2021, </w:t>
       </w:r>
       <w:r w:rsidR="00D20604" w:rsidRPr="0081164E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2020, </w:t>
@@ -7888,50 +7805,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: Placement: Assistant Professor of Finance, </w:t>
       </w:r>
       <w:r w:rsidR="004B2E30">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chinese University of Hong Kong</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7701D238" w14:textId="49D74B04" w:rsidR="002C618D" w:rsidRDefault="002C618D" w:rsidP="00174FCB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Charles Kang (Dissertation Committee), 2021: Placement: Assistant Professor, University of Hong Kong</w:t>
       </w:r>
       <w:r w:rsidR="001162EA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accounting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B36B2D9" w14:textId="5AAB41A2" w:rsidR="00174FCB" w:rsidRDefault="00174FCB" w:rsidP="00174FCB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kai W</w:t>
       </w:r>
@@ -8211,51 +8129,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Placement: Korean Inst</w:t>
       </w:r>
       <w:r w:rsidR="000D03D4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>itute of International Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188FF214" w14:textId="30F6E61A" w:rsidR="002C6D4A" w:rsidRPr="00413CA0" w:rsidRDefault="002C6D4A" w:rsidP="002C6D4A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Guohua Li (Dissertation Committee),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2009</w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00084564">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Placement: Economic Consulting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6546A1AF" w14:textId="4069389B" w:rsidR="002C6D4A" w:rsidRPr="00413CA0" w:rsidRDefault="002C6D4A" w:rsidP="002C6D4A">
@@ -8345,56 +8262,65 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chair</w:t>
       </w:r>
       <w:r w:rsidR="00EA694B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008175DA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EA694B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master’s theses:</w:t>
+        <w:t>Master’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA694B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> theses:</w:t>
       </w:r>
       <w:r w:rsidR="004A56ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ming Ju (Rochester PhD Business</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004A56ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidR="00EA694B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF4C59">
         <w:rPr>
@@ -8538,67 +8464,57 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sumudu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Watugala</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="37D5D5E1" w14:textId="160D9C62" w:rsidR="00D26433" w:rsidRDefault="00D26433" w:rsidP="00D26433">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Byoung-Hyoun</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Hwang</w:t>
+        <w:t>Byoung-Hyoun Hwang</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C732617" w14:textId="2C32E708" w:rsidR="00D26433" w:rsidRPr="00D26433" w:rsidRDefault="00D26433" w:rsidP="00D26433">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Edith Liu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="235EB38A" w14:textId="77777777" w:rsidR="00D26433" w:rsidRPr="00D26433" w:rsidRDefault="00D26433" w:rsidP="00D26433"/>
     <w:p w14:paraId="6C57D8CD" w14:textId="77777777" w:rsidR="00856DCC" w:rsidRPr="00E14A2E" w:rsidRDefault="00451B61" w:rsidP="00856DCC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
@@ -9216,89 +9132,166 @@
       <w:pPr>
         <w:ind w:right="-630"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TEACHING</w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="00DF420D" w14:textId="77777777" w:rsidR="00130D4B" w:rsidRDefault="00130D4B" w:rsidP="00130D4B">
+      <w:pPr>
+        <w:ind w:right="-630" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impact Finance AEM 4681 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF5A659" w14:textId="77777777" w:rsidR="00130D4B" w:rsidRDefault="00130D4B" w:rsidP="00130D4B">
+      <w:pPr>
+        <w:ind w:right="-630" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2025: 5.0/5.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DFB4B98" w14:textId="7210952C" w:rsidR="00130D4B" w:rsidRDefault="00DB7D0A" w:rsidP="00130D4B">
+      <w:pPr>
+        <w:ind w:right="-630" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Spring</w:t>
+      </w:r>
+      <w:r w:rsidR="00130D4B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024: 4.57/4.43</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8FF275" w14:textId="77777777" w:rsidR="00130D4B" w:rsidRPr="00004138" w:rsidRDefault="00130D4B" w:rsidP="00130D4B">
+      <w:pPr>
+        <w:ind w:right="-630" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="03D1D6CE" w14:textId="3FF3D783" w:rsidR="00697D75" w:rsidRDefault="00697D75" w:rsidP="00697D75">
       <w:pPr>
         <w:ind w:right="-630" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004138">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Valuation </w:t>
       </w:r>
       <w:r w:rsidRPr="00004138">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>AEM 428</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">0/5280. Instructor/course ratings: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C3C79A" w14:textId="1C7A12A9" w:rsidR="004B2E30" w:rsidRDefault="004B2E30" w:rsidP="00697D75">
+    <w:p w14:paraId="52CB0BFE" w14:textId="6F4DCC2A" w:rsidR="00130D4B" w:rsidRDefault="00A630E6" w:rsidP="00130D4B">
       <w:pPr>
         <w:ind w:right="-630" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Fall 2024 (2 sections): 4.63/4.63, 4.16/4.21</w:t>
+        <w:t>Spring 2025 (2 sections): 4.63/4.33, 4.29/4.21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C3C79A" w14:textId="5C3C5B48" w:rsidR="004B2E30" w:rsidRDefault="00DB7D0A" w:rsidP="00697D75">
+      <w:pPr>
+        <w:ind w:right="-630" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2E30">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2024 (2 sections): 4.63/4.63, 4.16/4.21</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4853FC20" w14:textId="5D2B575F" w:rsidR="00697D75" w:rsidRDefault="00697D75" w:rsidP="00697D75">
       <w:pPr>
         <w:ind w:right="-630" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fall 2022 (2 sections)</w:t>
       </w:r>
       <w:r w:rsidR="00662134">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -9417,88 +9410,65 @@
         <w:t>Spring 2013: 4.77/4.62</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BC2E9B" w14:textId="204D3AD9" w:rsidR="00697D75" w:rsidRDefault="00662134" w:rsidP="00697D75">
       <w:pPr>
         <w:ind w:right="-630" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Fall 2012: 4.29/4.29</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055254B5" w14:textId="77777777" w:rsidR="004B2E30" w:rsidRDefault="004B2E30" w:rsidP="00697D75">
       <w:pPr>
         <w:ind w:right="-630" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="456D9AC0" w14:textId="51162C1E" w:rsidR="004B2E30" w:rsidRDefault="004B2E30" w:rsidP="004B2E30">
-[...20 lines deleted...]
-    </w:p>
     <w:p w14:paraId="09844EC4" w14:textId="77777777" w:rsidR="00662134" w:rsidRDefault="00662134" w:rsidP="00662134">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Financial Markets and Institutions AEM 4590 Spring 2018: 4.68/4.61</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D9A746A" w14:textId="34B09FD9" w:rsidR="00662134" w:rsidRDefault="00662134" w:rsidP="00662134">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Valuation Principles AEM 4305 Spring 2017: 4.64/4.36</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34567EB2" w14:textId="77777777" w:rsidR="00662134" w:rsidRDefault="00662134" w:rsidP="00662134">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
@@ -9719,64 +9689,71 @@
       <w:pPr>
         <w:ind w:right="-630"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DEPARTMENT RESPONSIBILITIES</w:t>
       </w:r>
       <w:r w:rsidRPr="00413CA0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2194EBA8" w14:textId="459EADD7" w:rsidR="00D85E9F" w:rsidRDefault="00D85E9F" w:rsidP="00D46E3D">
-[...12 lines deleted...]
-        <w:t>MPS Applied Economics and Management, Finance concentration leader, 2024</w:t>
+    <w:p w14:paraId="2194EBA8" w14:textId="557C4793" w:rsidR="00D85E9F" w:rsidRDefault="00D85E9F" w:rsidP="00D46E3D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MPS Applied Economics and Management, Finance concentration leader, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7D0A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025, 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5537B6A1" w14:textId="331E043A" w:rsidR="00DE66E0" w:rsidRDefault="00DE66E0" w:rsidP="00D46E3D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Curriculum Review Implementation Committee, 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51992D3A" w14:textId="5FC8BD96" w:rsidR="00DE66E0" w:rsidRDefault="00DE66E0" w:rsidP="00D46E3D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10737,51 +10714,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2023-present</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1555D647" w14:textId="532D6762" w:rsidR="005B136C" w:rsidRDefault="005B136C" w:rsidP="005B136C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Chairman of the Board, First Ithaca Chinese Christian Church (2017-18</w:t>
       </w:r>
       <w:r w:rsidR="00D85E9F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2024-present)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086ADA32" w14:textId="1525616D" w:rsidR="007157AE" w:rsidRDefault="007157AE" w:rsidP="007157AE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deacon, First Ithaca Chinese Christian Church (2002-2006)</w:t>
       </w:r>
@@ -11248,182 +11224,182 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2020-present</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B625A45" w14:textId="77777777" w:rsidR="00671806" w:rsidRDefault="00671806" w:rsidP="00671806">
       <w:pPr>
         <w:ind w:right="-630"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00671806" w:rsidSect="003605BE">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="864" w:right="1296" w:bottom="1008" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="378EF200" w14:textId="77777777" w:rsidR="00255553" w:rsidRDefault="00255553">
+    <w:p w14:paraId="04BF5B11" w14:textId="77777777" w:rsidR="00296FCB" w:rsidRDefault="00296FCB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D279E74" w14:textId="77777777" w:rsidR="00255553" w:rsidRDefault="00255553">
+    <w:p w14:paraId="16C24200" w14:textId="77777777" w:rsidR="00296FCB" w:rsidRDefault="00296FCB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="284EE1F8" w14:textId="77777777" w:rsidR="00255553" w:rsidRDefault="00255553">
+    <w:p w14:paraId="160E8189" w14:textId="77777777" w:rsidR="00296FCB" w:rsidRDefault="00296FCB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26D9E507" w14:textId="77777777" w:rsidR="00255553" w:rsidRDefault="00255553">
+    <w:p w14:paraId="2D1A5D13" w14:textId="77777777" w:rsidR="00296FCB" w:rsidRDefault="00296FCB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06790C50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13261EEA"/>
     <w:lvl w:ilvl="0" w:tplc="6E0EB206">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13004,52 +12980,52 @@
   <w:num w:numId="12" w16cid:durableId="880246158">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="648442811">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1039089420">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="494497208">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="361710682">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1165702053">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="227571751">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -13127,50 +13103,51 @@
     <w:rsid w:val="000D014B"/>
     <w:rsid w:val="000D03D4"/>
     <w:rsid w:val="000D648F"/>
     <w:rsid w:val="000E0217"/>
     <w:rsid w:val="000E0449"/>
     <w:rsid w:val="000E6B0F"/>
     <w:rsid w:val="000E7768"/>
     <w:rsid w:val="000F3806"/>
     <w:rsid w:val="000F641F"/>
     <w:rsid w:val="00102CCA"/>
     <w:rsid w:val="0010383E"/>
     <w:rsid w:val="00104808"/>
     <w:rsid w:val="00104E62"/>
     <w:rsid w:val="00105791"/>
     <w:rsid w:val="0010762F"/>
     <w:rsid w:val="001076E8"/>
     <w:rsid w:val="00110363"/>
     <w:rsid w:val="00112EFC"/>
     <w:rsid w:val="00113747"/>
     <w:rsid w:val="00114B50"/>
     <w:rsid w:val="001162EA"/>
     <w:rsid w:val="00124A8E"/>
     <w:rsid w:val="00125850"/>
     <w:rsid w:val="00126263"/>
     <w:rsid w:val="0012720B"/>
+    <w:rsid w:val="00130D4B"/>
     <w:rsid w:val="00131451"/>
     <w:rsid w:val="001357A4"/>
     <w:rsid w:val="00137844"/>
     <w:rsid w:val="00137EC6"/>
     <w:rsid w:val="001419D5"/>
     <w:rsid w:val="0014418A"/>
     <w:rsid w:val="001503B8"/>
     <w:rsid w:val="001560B0"/>
     <w:rsid w:val="001568B0"/>
     <w:rsid w:val="0016094C"/>
     <w:rsid w:val="001646B2"/>
     <w:rsid w:val="00165F02"/>
     <w:rsid w:val="00172623"/>
     <w:rsid w:val="00174FCB"/>
     <w:rsid w:val="001767FB"/>
     <w:rsid w:val="001806DD"/>
     <w:rsid w:val="001809DA"/>
     <w:rsid w:val="00182580"/>
     <w:rsid w:val="001835EB"/>
     <w:rsid w:val="001838B1"/>
     <w:rsid w:val="00184D0A"/>
     <w:rsid w:val="00185569"/>
     <w:rsid w:val="00187ADE"/>
     <w:rsid w:val="00190E12"/>
     <w:rsid w:val="00190F8F"/>
@@ -13220,50 +13197,51 @@
     <w:rsid w:val="002411F3"/>
     <w:rsid w:val="002416C5"/>
     <w:rsid w:val="002423A7"/>
     <w:rsid w:val="00246095"/>
     <w:rsid w:val="00246931"/>
     <w:rsid w:val="00251AB2"/>
     <w:rsid w:val="0025383F"/>
     <w:rsid w:val="00254FA6"/>
     <w:rsid w:val="00255553"/>
     <w:rsid w:val="002560FA"/>
     <w:rsid w:val="00257D54"/>
     <w:rsid w:val="002616F7"/>
     <w:rsid w:val="00261E24"/>
     <w:rsid w:val="00266513"/>
     <w:rsid w:val="00267182"/>
     <w:rsid w:val="00267688"/>
     <w:rsid w:val="00273193"/>
     <w:rsid w:val="00275D48"/>
     <w:rsid w:val="00285715"/>
     <w:rsid w:val="0028682C"/>
     <w:rsid w:val="00290910"/>
     <w:rsid w:val="00291234"/>
     <w:rsid w:val="00295294"/>
     <w:rsid w:val="0029655A"/>
     <w:rsid w:val="00296599"/>
+    <w:rsid w:val="00296FCB"/>
     <w:rsid w:val="00297F57"/>
     <w:rsid w:val="002A11FE"/>
     <w:rsid w:val="002A1F28"/>
     <w:rsid w:val="002A6B69"/>
     <w:rsid w:val="002A72A6"/>
     <w:rsid w:val="002A7C54"/>
     <w:rsid w:val="002B110A"/>
     <w:rsid w:val="002B1FE2"/>
     <w:rsid w:val="002B39DF"/>
     <w:rsid w:val="002B50E4"/>
     <w:rsid w:val="002B7CB8"/>
     <w:rsid w:val="002C097E"/>
     <w:rsid w:val="002C19F9"/>
     <w:rsid w:val="002C3393"/>
     <w:rsid w:val="002C3B59"/>
     <w:rsid w:val="002C40B4"/>
     <w:rsid w:val="002C427E"/>
     <w:rsid w:val="002C618D"/>
     <w:rsid w:val="002C6D4A"/>
     <w:rsid w:val="002C7B9E"/>
     <w:rsid w:val="002D6D0F"/>
     <w:rsid w:val="002E3A32"/>
     <w:rsid w:val="002E56EF"/>
     <w:rsid w:val="002E6D68"/>
     <w:rsid w:val="002F288A"/>
@@ -13427,50 +13405,51 @@
     <w:rsid w:val="00512BCC"/>
     <w:rsid w:val="00514FF1"/>
     <w:rsid w:val="005153B4"/>
     <w:rsid w:val="00517BB8"/>
     <w:rsid w:val="00517DA7"/>
     <w:rsid w:val="00523D84"/>
     <w:rsid w:val="005254D3"/>
     <w:rsid w:val="005278AF"/>
     <w:rsid w:val="0053231D"/>
     <w:rsid w:val="005340AA"/>
     <w:rsid w:val="00541B42"/>
     <w:rsid w:val="00546D61"/>
     <w:rsid w:val="0054739E"/>
     <w:rsid w:val="0055191D"/>
     <w:rsid w:val="005520A9"/>
     <w:rsid w:val="005565C0"/>
     <w:rsid w:val="00557352"/>
     <w:rsid w:val="00560864"/>
     <w:rsid w:val="00566F69"/>
     <w:rsid w:val="00567ECE"/>
     <w:rsid w:val="00572597"/>
     <w:rsid w:val="0057471B"/>
     <w:rsid w:val="00576117"/>
     <w:rsid w:val="00577AA9"/>
     <w:rsid w:val="005807DE"/>
+    <w:rsid w:val="00584700"/>
     <w:rsid w:val="00591665"/>
     <w:rsid w:val="005918D8"/>
     <w:rsid w:val="005933A1"/>
     <w:rsid w:val="005A1A2A"/>
     <w:rsid w:val="005A47A2"/>
     <w:rsid w:val="005B136C"/>
     <w:rsid w:val="005B144C"/>
     <w:rsid w:val="005B1AB0"/>
     <w:rsid w:val="005B534B"/>
     <w:rsid w:val="005B6717"/>
     <w:rsid w:val="005C19D1"/>
     <w:rsid w:val="005C393D"/>
     <w:rsid w:val="005C5614"/>
     <w:rsid w:val="005C5CC7"/>
     <w:rsid w:val="005C5F77"/>
     <w:rsid w:val="005C6315"/>
     <w:rsid w:val="005D4480"/>
     <w:rsid w:val="005D518E"/>
     <w:rsid w:val="005D77E7"/>
     <w:rsid w:val="005D798B"/>
     <w:rsid w:val="005E0260"/>
     <w:rsid w:val="005E2041"/>
     <w:rsid w:val="005E5B87"/>
     <w:rsid w:val="005F0E6D"/>
     <w:rsid w:val="005F119F"/>
@@ -13604,50 +13583,51 @@
     <w:rsid w:val="007F0EDC"/>
     <w:rsid w:val="007F1B0D"/>
     <w:rsid w:val="007F669C"/>
     <w:rsid w:val="00801B12"/>
     <w:rsid w:val="00803ED6"/>
     <w:rsid w:val="0081164E"/>
     <w:rsid w:val="00814D5E"/>
     <w:rsid w:val="00815049"/>
     <w:rsid w:val="008175DA"/>
     <w:rsid w:val="00817F2E"/>
     <w:rsid w:val="00820B1F"/>
     <w:rsid w:val="00822564"/>
     <w:rsid w:val="00827696"/>
     <w:rsid w:val="008302A4"/>
     <w:rsid w:val="0083166C"/>
     <w:rsid w:val="0083599C"/>
     <w:rsid w:val="0083712D"/>
     <w:rsid w:val="00837EE4"/>
     <w:rsid w:val="00843B98"/>
     <w:rsid w:val="00843F0A"/>
     <w:rsid w:val="008504A8"/>
     <w:rsid w:val="00856DCC"/>
     <w:rsid w:val="00860947"/>
     <w:rsid w:val="00862282"/>
     <w:rsid w:val="00863206"/>
+    <w:rsid w:val="008658A0"/>
     <w:rsid w:val="008722AC"/>
     <w:rsid w:val="008739BA"/>
     <w:rsid w:val="00874E84"/>
     <w:rsid w:val="00875E4A"/>
     <w:rsid w:val="00894A91"/>
     <w:rsid w:val="008A3F0C"/>
     <w:rsid w:val="008A6B9A"/>
     <w:rsid w:val="008A6E4B"/>
     <w:rsid w:val="008A70EB"/>
     <w:rsid w:val="008B25A5"/>
     <w:rsid w:val="008B3F71"/>
     <w:rsid w:val="008C0EEE"/>
     <w:rsid w:val="008C1F1E"/>
     <w:rsid w:val="008C2643"/>
     <w:rsid w:val="008C3880"/>
     <w:rsid w:val="008C4DF7"/>
     <w:rsid w:val="008C5650"/>
     <w:rsid w:val="008C6A05"/>
     <w:rsid w:val="008D16A8"/>
     <w:rsid w:val="008D1886"/>
     <w:rsid w:val="008D3D65"/>
     <w:rsid w:val="008D7D34"/>
     <w:rsid w:val="008E305D"/>
     <w:rsid w:val="008E3A43"/>
     <w:rsid w:val="008E4DE5"/>
@@ -13713,50 +13693,51 @@
     <w:rsid w:val="00A00465"/>
     <w:rsid w:val="00A03507"/>
     <w:rsid w:val="00A05882"/>
     <w:rsid w:val="00A05EDB"/>
     <w:rsid w:val="00A079A6"/>
     <w:rsid w:val="00A1110F"/>
     <w:rsid w:val="00A11C48"/>
     <w:rsid w:val="00A11DC5"/>
     <w:rsid w:val="00A1226C"/>
     <w:rsid w:val="00A1320F"/>
     <w:rsid w:val="00A133CA"/>
     <w:rsid w:val="00A15108"/>
     <w:rsid w:val="00A2008C"/>
     <w:rsid w:val="00A2058E"/>
     <w:rsid w:val="00A2172A"/>
     <w:rsid w:val="00A3525C"/>
     <w:rsid w:val="00A35320"/>
     <w:rsid w:val="00A35A49"/>
     <w:rsid w:val="00A3606E"/>
     <w:rsid w:val="00A406D6"/>
     <w:rsid w:val="00A454FA"/>
     <w:rsid w:val="00A4564F"/>
     <w:rsid w:val="00A474EF"/>
     <w:rsid w:val="00A47ABE"/>
     <w:rsid w:val="00A5315F"/>
+    <w:rsid w:val="00A630E6"/>
     <w:rsid w:val="00A63CD6"/>
     <w:rsid w:val="00A65FF4"/>
     <w:rsid w:val="00A70A1A"/>
     <w:rsid w:val="00A72BF9"/>
     <w:rsid w:val="00A74831"/>
     <w:rsid w:val="00A80B54"/>
     <w:rsid w:val="00A833B8"/>
     <w:rsid w:val="00A84028"/>
     <w:rsid w:val="00A841EF"/>
     <w:rsid w:val="00A84CA0"/>
     <w:rsid w:val="00A85557"/>
     <w:rsid w:val="00A87DB9"/>
     <w:rsid w:val="00A92CAC"/>
     <w:rsid w:val="00A940D0"/>
     <w:rsid w:val="00AA33C3"/>
     <w:rsid w:val="00AA361F"/>
     <w:rsid w:val="00AA3647"/>
     <w:rsid w:val="00AA3F19"/>
     <w:rsid w:val="00AA73B3"/>
     <w:rsid w:val="00AA7BEA"/>
     <w:rsid w:val="00AB1A5F"/>
     <w:rsid w:val="00AB1E19"/>
     <w:rsid w:val="00AB527D"/>
     <w:rsid w:val="00AC1BB7"/>
     <w:rsid w:val="00AC21FE"/>
@@ -13817,50 +13798,51 @@
     <w:rsid w:val="00BB4E51"/>
     <w:rsid w:val="00BB7916"/>
     <w:rsid w:val="00BC03C4"/>
     <w:rsid w:val="00BC279F"/>
     <w:rsid w:val="00BC3E4D"/>
     <w:rsid w:val="00BD0055"/>
     <w:rsid w:val="00BD011E"/>
     <w:rsid w:val="00BD0260"/>
     <w:rsid w:val="00BD0380"/>
     <w:rsid w:val="00BD1E94"/>
     <w:rsid w:val="00BD4B8F"/>
     <w:rsid w:val="00BD599D"/>
     <w:rsid w:val="00BD732E"/>
     <w:rsid w:val="00BE78E8"/>
     <w:rsid w:val="00BF0C9F"/>
     <w:rsid w:val="00BF347D"/>
     <w:rsid w:val="00BF3F50"/>
     <w:rsid w:val="00BF4030"/>
     <w:rsid w:val="00BF75F3"/>
     <w:rsid w:val="00C006DA"/>
     <w:rsid w:val="00C01F93"/>
     <w:rsid w:val="00C028D8"/>
     <w:rsid w:val="00C04D52"/>
     <w:rsid w:val="00C11393"/>
     <w:rsid w:val="00C14390"/>
+    <w:rsid w:val="00C15476"/>
     <w:rsid w:val="00C166BB"/>
     <w:rsid w:val="00C170E5"/>
     <w:rsid w:val="00C207F7"/>
     <w:rsid w:val="00C2249B"/>
     <w:rsid w:val="00C23394"/>
     <w:rsid w:val="00C237F7"/>
     <w:rsid w:val="00C23CE7"/>
     <w:rsid w:val="00C25E69"/>
     <w:rsid w:val="00C33A4D"/>
     <w:rsid w:val="00C358EF"/>
     <w:rsid w:val="00C36EE1"/>
     <w:rsid w:val="00C42120"/>
     <w:rsid w:val="00C42793"/>
     <w:rsid w:val="00C51347"/>
     <w:rsid w:val="00C5360A"/>
     <w:rsid w:val="00C53643"/>
     <w:rsid w:val="00C55504"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C576B1"/>
     <w:rsid w:val="00C61BCB"/>
     <w:rsid w:val="00C61C14"/>
     <w:rsid w:val="00C667E0"/>
     <w:rsid w:val="00C7066B"/>
     <w:rsid w:val="00C70F77"/>
     <w:rsid w:val="00C72981"/>
@@ -13924,50 +13906,51 @@
     <w:rsid w:val="00D453B2"/>
     <w:rsid w:val="00D45678"/>
     <w:rsid w:val="00D46E3D"/>
     <w:rsid w:val="00D529E5"/>
     <w:rsid w:val="00D53F20"/>
     <w:rsid w:val="00D577EC"/>
     <w:rsid w:val="00D618F6"/>
     <w:rsid w:val="00D67017"/>
     <w:rsid w:val="00D707E3"/>
     <w:rsid w:val="00D73661"/>
     <w:rsid w:val="00D769AE"/>
     <w:rsid w:val="00D8184E"/>
     <w:rsid w:val="00D84455"/>
     <w:rsid w:val="00D84D94"/>
     <w:rsid w:val="00D85E9F"/>
     <w:rsid w:val="00D87497"/>
     <w:rsid w:val="00D87D70"/>
     <w:rsid w:val="00D90228"/>
     <w:rsid w:val="00D903A8"/>
     <w:rsid w:val="00D948F7"/>
     <w:rsid w:val="00D953EB"/>
     <w:rsid w:val="00DA4487"/>
     <w:rsid w:val="00DA4972"/>
     <w:rsid w:val="00DA6B42"/>
     <w:rsid w:val="00DB5962"/>
+    <w:rsid w:val="00DB7D0A"/>
     <w:rsid w:val="00DB7F76"/>
     <w:rsid w:val="00DC16CE"/>
     <w:rsid w:val="00DC1C3A"/>
     <w:rsid w:val="00DC2554"/>
     <w:rsid w:val="00DC3370"/>
     <w:rsid w:val="00DC3C72"/>
     <w:rsid w:val="00DD11EF"/>
     <w:rsid w:val="00DD1B77"/>
     <w:rsid w:val="00DE11D8"/>
     <w:rsid w:val="00DE20C9"/>
     <w:rsid w:val="00DE4B31"/>
     <w:rsid w:val="00DE4BD5"/>
     <w:rsid w:val="00DE66E0"/>
     <w:rsid w:val="00DF4C59"/>
     <w:rsid w:val="00DF5A4F"/>
     <w:rsid w:val="00E01B07"/>
     <w:rsid w:val="00E03546"/>
     <w:rsid w:val="00E0431C"/>
     <w:rsid w:val="00E04C4C"/>
     <w:rsid w:val="00E05192"/>
     <w:rsid w:val="00E05D87"/>
     <w:rsid w:val="00E0633D"/>
     <w:rsid w:val="00E064E4"/>
     <w:rsid w:val="00E06AB4"/>
     <w:rsid w:val="00E14A2E"/>
@@ -14090,51 +14073,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="537AAB7A"/>
   <w15:docId w15:val="{2E0D36C8-13F5-45D1-8897-2E22CA4D8901}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14571,50 +14554,51 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003605BE"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
@@ -14732,55 +14716,62 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E8440F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007F1B0D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="004711E1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A630E6"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.reuters.com/article/2015/05/20/us-saft-wealth-idUSKBN0O52NE20150520" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bloomberg.com/news/articles/2015-06-04/you-call-this-a-bond-rout-wait-until-the-real-selling-starts" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -15049,69 +15040,69 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F32CDD5-18E2-EB41-B985-11F1BC875E69}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2983</Words>
-  <Characters>17004</Characters>
+  <Words>2561</Words>
+  <Characters>17372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
+  <Lines>144</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DAVID TAT-CHEE NG</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Columbia University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19948</CharactersWithSpaces>
+  <CharactersWithSpaces>19894</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DAVID TAT-CHEE NG</dc:title>
   <dc:subject/>
   <dc:creator>tdn</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>