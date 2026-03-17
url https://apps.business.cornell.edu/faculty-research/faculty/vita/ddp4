--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,47 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1451"/>
         <w:gridCol w:w="5376"/>
         <w:gridCol w:w="921"/>
         <w:gridCol w:w="874"/>
@@ -558,51 +563,67 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Lead the Investment Banking Immersion, a practitioner-led program for first year MBA students seeking a career in banking. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Focus on teaching MBA students all aspects of the Mergers and Acquisition and Capital Formation processes. </w:t>
             </w:r>
             <w:r w:rsidRPr="00B07082">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Build and maintain key investment banking relationships. Counsel students on career, academic, and personal development initiatives. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teach a range of finance-related courses to undergraduate, MBA, and executive MBA students, including Corporate Finance, Mergers and Acquisitions, and Investment Banking Essentials. </w:t>
+              <w:t xml:space="preserve">Teach a range of finance-related courses to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>undergraduate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, MBA, and executive MBA students, including Corporate Finance, Mergers and Acquisitions, and Investment Banking Essentials. </w:t>
             </w:r>
             <w:r w:rsidRPr="00B07082">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep experience in corporate training. Founder of Cornell’s FinTech Intensive.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C58D395" w14:textId="77777777" w:rsidR="00FD48CC" w:rsidRDefault="00FD48CC" w:rsidP="00BA5C67">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -780,156 +801,137 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1451" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D1758FA" w14:textId="77777777" w:rsidR="00894309" w:rsidRDefault="00894309" w:rsidP="005C350B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7171" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="77F2E0FA" w14:textId="77777777" w:rsidR="00894309" w:rsidRDefault="00894309" w:rsidP="00DE3C5A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4278C26B" w14:textId="3016DEC1" w:rsidR="005F4E4C" w:rsidRDefault="005F4E4C" w:rsidP="004451DA">
-[...93 lines deleted...]
-          <w:p w14:paraId="3DA29246" w14:textId="486DA199" w:rsidR="00325523" w:rsidRDefault="00325523" w:rsidP="00325523">
+          <w:p w14:paraId="24BC6ACF" w14:textId="77777777" w:rsidR="002B3E9D" w:rsidRDefault="002B3E9D" w:rsidP="002B3E9D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B3E9D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Hossam Khunaizi, On Behalf of Himself and All Others Similarly Situated, v. George B. Holmes, et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2451975A" w14:textId="4D49D6A6" w:rsidR="002B3E9D" w:rsidRPr="002B3E9D" w:rsidRDefault="002B3E9D" w:rsidP="002B3E9D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002B3E9D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Case No. 2023-0400-MTZ (Delaware)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69281044" w14:textId="03A1D28A" w:rsidR="002B3E9D" w:rsidRPr="002B3E9D" w:rsidRDefault="002B3E9D" w:rsidP="002B3E9D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B3E9D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Expert report, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Deposition, Trial testimony</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E99C46A" w14:textId="5BA0741E" w:rsidR="00325523" w:rsidRDefault="00325523" w:rsidP="004451DA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Emisphere Technologies, Inc. Stockholders Litigation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA29246" w14:textId="486DA199" w:rsidR="00325523" w:rsidRDefault="00325523" w:rsidP="00325523">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="004451DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ase No. </w:t>
             </w:r>
             <w:r w:rsidRPr="00325523">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021-0025-NAC</w:t>
             </w:r>
             <w:r w:rsidRPr="004451DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
@@ -1184,51 +1186,51 @@
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="004451DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ase No. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E34829">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022-0344-JTL</w:t>
             </w:r>
             <w:r w:rsidRPr="004451DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Delaware)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39C794F7" w14:textId="3EB67B59" w:rsidR="00E34829" w:rsidRPr="00E34829" w:rsidRDefault="00E34829" w:rsidP="003C38D5">
+          <w:p w14:paraId="39C794F7" w14:textId="435F64C8" w:rsidR="00E34829" w:rsidRPr="00E34829" w:rsidRDefault="00E34829" w:rsidP="003C38D5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004451DA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Expert report</w:t>
             </w:r>
             <w:r w:rsidR="00DD47BA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, Deposition, Trial testimony</w:t>
             </w:r>
@@ -1429,292 +1431,292 @@
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Expert Report, Deposition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7304326F" w14:textId="3F720DA3" w:rsidR="00894309" w:rsidRDefault="00AF2A94" w:rsidP="003C38D5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF2A94">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Case No. 18-cv-966</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Delaware)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="511CE954" w14:textId="106A8299" w:rsidR="00AF2A94" w:rsidRPr="00894309" w:rsidRDefault="00AF2A94" w:rsidP="003C38D5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Expert Report, Deposition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43BD4C68" w14:textId="3BADC797" w:rsidR="00894309" w:rsidRDefault="00894309" w:rsidP="00DE3C5A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="12337753" w14:textId="77777777" w:rsidR="00894309" w:rsidRDefault="00894309" w:rsidP="00DE3C5A">
+          <w:p w14:paraId="431A8F25" w14:textId="77777777" w:rsidR="00894309" w:rsidRDefault="00894309" w:rsidP="00DE3C5A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44738D5A" w14:textId="77777777" w:rsidR="006B7D3B" w:rsidRPr="006B7D3B" w:rsidRDefault="006B7D3B" w:rsidP="006B7D3B">
-[...188 lines deleted...]
-          <w:p w14:paraId="50290699" w14:textId="77777777" w:rsidR="006B7D3B" w:rsidRPr="006B7D3B" w:rsidRDefault="006B7D3B" w:rsidP="006B7D3B">
+          <w:p w14:paraId="25DE8E9A" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44873AE8" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7418C63A" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55C91336" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0894D01C" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E3AE121" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="490E73D3" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68289883" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7453E5D0" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A1D163A" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="162EDFDE" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="334434F6" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="455025A4" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36E26EE6" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55CF652F" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CA36F73" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="011976B9" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BE5CE27" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A0203D1" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16B7B7B3" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="568E90FC" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26F77609" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A7DE729" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CC99BBB" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AEF37A1" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C260AD0" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="479F3185" w14:textId="77777777" w:rsidR="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50290699" w14:textId="77777777" w:rsidR="00770935" w:rsidRPr="00770935" w:rsidRDefault="00770935" w:rsidP="00770935">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B94F16" w:rsidRPr="00B07082" w14:paraId="79036A4E" w14:textId="77777777" w:rsidTr="00AF2A94">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1451" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="250F0E79" w14:textId="77777777" w:rsidR="00B94F16" w:rsidRDefault="00B94F16" w:rsidP="005C350B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3210,63 +3212,77 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1451" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74DDB750" w14:textId="77777777" w:rsidR="005C350B" w:rsidRPr="00B07082" w:rsidRDefault="005C350B" w:rsidP="00FE79CB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="nb-NO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B07082">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Interests:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8701" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="78CE73B1" w14:textId="77777777" w:rsidR="005C350B" w:rsidRPr="00B07082" w:rsidRDefault="005C350B" w:rsidP="004A204E">
-[...11 lines deleted...]
-              <w:t>Financial Literacy advancement (Museum of American Finance), travel, fitness and healthy living, golf, skiing</w:t>
+          <w:p w14:paraId="78CE73B1" w14:textId="26B84729" w:rsidR="005C350B" w:rsidRPr="00B07082" w:rsidRDefault="005C350B" w:rsidP="004A204E">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B07082">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Financial Literacy </w:t>
+            </w:r>
+            <w:r w:rsidR="001121D3" w:rsidRPr="001121D3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>advancement (Museum of American Finance)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B07082">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, travel, fitness and healthy living, golf, skiing</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2339426A" w14:textId="77777777" w:rsidR="005C350B" w:rsidRPr="00B07082" w:rsidRDefault="005C350B" w:rsidP="004A204E">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00185986" w:rsidRPr="00B07082" w14:paraId="28839AA6" w14:textId="77777777" w:rsidTr="008E629F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
@@ -3342,71 +3358,71 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="273B499C" w14:textId="77777777" w:rsidR="00185986" w:rsidRPr="00B07082" w:rsidRDefault="00185986" w:rsidP="00DE3C5A">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="nb-NO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BD095E3" w14:textId="77777777" w:rsidR="00CB15EB" w:rsidRPr="00B07082" w:rsidRDefault="00CB15EB" w:rsidP="00D96800">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="nb-NO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB15EB" w:rsidRPr="00B07082" w:rsidSect="002769AA">
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1080" w:bottom="1008" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27C6F871" w14:textId="77777777" w:rsidR="00AD7F60" w:rsidRDefault="00AD7F60" w:rsidP="00A51313">
+    <w:p w14:paraId="6520DC6D" w14:textId="77777777" w:rsidR="00E911A7" w:rsidRDefault="00E911A7" w:rsidP="00A51313">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04109568" w14:textId="77777777" w:rsidR="00AD7F60" w:rsidRDefault="00AD7F60" w:rsidP="00A51313">
+    <w:p w14:paraId="187157C6" w14:textId="77777777" w:rsidR="00E911A7" w:rsidRDefault="00E911A7" w:rsidP="00A51313">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3427,84 +3443,84 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4CA23716" w14:textId="29D37A72" w:rsidR="00A51313" w:rsidRDefault="00D5382D">
+  <w:p w14:paraId="4CA23716" w14:textId="655A5A0E" w:rsidR="00A51313" w:rsidRDefault="00D5382D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="00B43E1C">
-      <w:t>January</w:t>
+    <w:r w:rsidR="00770935">
+      <w:t>March</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> 2</w:t>
     </w:r>
-    <w:r w:rsidR="00B43E1C">
+    <w:r w:rsidR="00770935">
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BE0746E" w14:textId="77777777" w:rsidR="00AD7F60" w:rsidRDefault="00AD7F60" w:rsidP="00A51313">
+    <w:p w14:paraId="62EAFE39" w14:textId="77777777" w:rsidR="00E911A7" w:rsidRDefault="00E911A7" w:rsidP="00A51313">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33A406E8" w14:textId="77777777" w:rsidR="00AD7F60" w:rsidRDefault="00AD7F60" w:rsidP="00A51313">
+    <w:p w14:paraId="4C1C481F" w14:textId="77777777" w:rsidR="00E911A7" w:rsidRDefault="00E911A7" w:rsidP="00A51313">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23B500FE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -3830,162 +3846,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5AB9401A"/>
-[...110 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DCC605D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A2EAFA4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4064,242 +3968,241 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2057854217">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1929146332">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1192382837">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="701907678">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1394620347">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1147436720">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="6" w16cid:durableId="1552035565">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:view w:val="web"/>
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="APWAFVersion" w:val="5.0"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003D6BA3"/>
     <w:rsid w:val="000014E9"/>
     <w:rsid w:val="00034D93"/>
     <w:rsid w:val="00063DDF"/>
     <w:rsid w:val="0007559C"/>
     <w:rsid w:val="0011210C"/>
+    <w:rsid w:val="001121D3"/>
     <w:rsid w:val="0018477F"/>
     <w:rsid w:val="00184F6A"/>
     <w:rsid w:val="00185986"/>
     <w:rsid w:val="001B53E8"/>
     <w:rsid w:val="001E4907"/>
     <w:rsid w:val="001F6D88"/>
     <w:rsid w:val="00233E99"/>
     <w:rsid w:val="00257B21"/>
     <w:rsid w:val="0026675D"/>
     <w:rsid w:val="00267D8B"/>
     <w:rsid w:val="002769AA"/>
     <w:rsid w:val="00283272"/>
     <w:rsid w:val="0029679A"/>
     <w:rsid w:val="002A3C0E"/>
+    <w:rsid w:val="002B3E9D"/>
     <w:rsid w:val="002C7926"/>
     <w:rsid w:val="002E328D"/>
     <w:rsid w:val="002E6F97"/>
     <w:rsid w:val="002F7DFE"/>
     <w:rsid w:val="00302338"/>
     <w:rsid w:val="00317CCB"/>
     <w:rsid w:val="00325523"/>
     <w:rsid w:val="0033797A"/>
     <w:rsid w:val="003549AC"/>
     <w:rsid w:val="003C168C"/>
     <w:rsid w:val="003C38D5"/>
     <w:rsid w:val="003C7640"/>
     <w:rsid w:val="003D6BA3"/>
-    <w:rsid w:val="003E2CB6"/>
     <w:rsid w:val="003F081C"/>
     <w:rsid w:val="003F5D1B"/>
     <w:rsid w:val="00442EFD"/>
     <w:rsid w:val="0044432E"/>
     <w:rsid w:val="00444980"/>
     <w:rsid w:val="004451DA"/>
     <w:rsid w:val="00456AAE"/>
     <w:rsid w:val="00460E0B"/>
     <w:rsid w:val="00496729"/>
     <w:rsid w:val="00497260"/>
     <w:rsid w:val="004A204E"/>
     <w:rsid w:val="004C183D"/>
     <w:rsid w:val="004D49BF"/>
     <w:rsid w:val="00501234"/>
     <w:rsid w:val="00520E69"/>
     <w:rsid w:val="00522F65"/>
     <w:rsid w:val="00531141"/>
     <w:rsid w:val="0053770B"/>
     <w:rsid w:val="005633BB"/>
     <w:rsid w:val="00582EC2"/>
     <w:rsid w:val="00583A19"/>
     <w:rsid w:val="005C350B"/>
     <w:rsid w:val="005D4E57"/>
     <w:rsid w:val="005D7D50"/>
-    <w:rsid w:val="005F4E4C"/>
     <w:rsid w:val="00604478"/>
     <w:rsid w:val="00605E97"/>
-    <w:rsid w:val="006124F3"/>
     <w:rsid w:val="00656DA7"/>
     <w:rsid w:val="00661B27"/>
     <w:rsid w:val="00686516"/>
     <w:rsid w:val="00687749"/>
     <w:rsid w:val="00695E3D"/>
     <w:rsid w:val="006A2766"/>
-    <w:rsid w:val="006B7D3B"/>
     <w:rsid w:val="006C48F8"/>
     <w:rsid w:val="006D797B"/>
     <w:rsid w:val="00714AC8"/>
     <w:rsid w:val="007332D5"/>
+    <w:rsid w:val="00733B85"/>
     <w:rsid w:val="00735EB0"/>
     <w:rsid w:val="00737218"/>
     <w:rsid w:val="007465B6"/>
     <w:rsid w:val="0074670B"/>
     <w:rsid w:val="00752216"/>
+    <w:rsid w:val="00770935"/>
     <w:rsid w:val="007719A0"/>
     <w:rsid w:val="00781D8B"/>
     <w:rsid w:val="00784F45"/>
     <w:rsid w:val="00793D22"/>
-    <w:rsid w:val="007D5DE5"/>
     <w:rsid w:val="007F367B"/>
     <w:rsid w:val="00805D87"/>
     <w:rsid w:val="00863286"/>
     <w:rsid w:val="00894309"/>
     <w:rsid w:val="00895793"/>
     <w:rsid w:val="00896A9A"/>
     <w:rsid w:val="008B0F03"/>
     <w:rsid w:val="008C4BA6"/>
     <w:rsid w:val="008D3BEF"/>
     <w:rsid w:val="008E629F"/>
     <w:rsid w:val="00915812"/>
     <w:rsid w:val="009223A3"/>
     <w:rsid w:val="0092519D"/>
-    <w:rsid w:val="009522AD"/>
     <w:rsid w:val="00992E1A"/>
     <w:rsid w:val="009E288E"/>
     <w:rsid w:val="009E6652"/>
     <w:rsid w:val="009F533C"/>
     <w:rsid w:val="00A2328F"/>
     <w:rsid w:val="00A37F7E"/>
     <w:rsid w:val="00A44BA8"/>
     <w:rsid w:val="00A50258"/>
     <w:rsid w:val="00A504E6"/>
     <w:rsid w:val="00A51313"/>
     <w:rsid w:val="00AA12AC"/>
     <w:rsid w:val="00AB62D5"/>
     <w:rsid w:val="00AD4DA3"/>
     <w:rsid w:val="00AD65D4"/>
-    <w:rsid w:val="00AD7F60"/>
     <w:rsid w:val="00AF2A94"/>
     <w:rsid w:val="00B07082"/>
-    <w:rsid w:val="00B43E1C"/>
-    <w:rsid w:val="00B80936"/>
     <w:rsid w:val="00B94F16"/>
     <w:rsid w:val="00BA5C67"/>
     <w:rsid w:val="00BC6F5D"/>
     <w:rsid w:val="00C06C25"/>
     <w:rsid w:val="00C26466"/>
+    <w:rsid w:val="00C54CDD"/>
     <w:rsid w:val="00C55B0E"/>
     <w:rsid w:val="00C6780B"/>
     <w:rsid w:val="00C70DBE"/>
     <w:rsid w:val="00C71672"/>
     <w:rsid w:val="00C71F54"/>
     <w:rsid w:val="00C736DE"/>
     <w:rsid w:val="00C80C32"/>
     <w:rsid w:val="00CB087B"/>
     <w:rsid w:val="00CB15EB"/>
     <w:rsid w:val="00CD026F"/>
     <w:rsid w:val="00CD65FC"/>
     <w:rsid w:val="00D5382D"/>
     <w:rsid w:val="00D612E6"/>
     <w:rsid w:val="00D768B7"/>
     <w:rsid w:val="00D96800"/>
+    <w:rsid w:val="00DA00FE"/>
     <w:rsid w:val="00DA7138"/>
     <w:rsid w:val="00DD4575"/>
     <w:rsid w:val="00DD47BA"/>
     <w:rsid w:val="00DE6B23"/>
     <w:rsid w:val="00DF52B1"/>
     <w:rsid w:val="00E12B50"/>
     <w:rsid w:val="00E34829"/>
+    <w:rsid w:val="00E363FA"/>
     <w:rsid w:val="00E42BBB"/>
     <w:rsid w:val="00E45F56"/>
     <w:rsid w:val="00E6271D"/>
     <w:rsid w:val="00E744E7"/>
     <w:rsid w:val="00E749A4"/>
+    <w:rsid w:val="00E911A7"/>
     <w:rsid w:val="00EC0DD8"/>
     <w:rsid w:val="00ED2291"/>
     <w:rsid w:val="00EF4A73"/>
     <w:rsid w:val="00F015E8"/>
     <w:rsid w:val="00F20AC2"/>
     <w:rsid w:val="00F26773"/>
+    <w:rsid w:val="00F5569D"/>
     <w:rsid w:val="00F7031F"/>
     <w:rsid w:val="00F70BFB"/>
     <w:rsid w:val="00F72326"/>
     <w:rsid w:val="00F74EB7"/>
     <w:rsid w:val="00FB6EAE"/>
     <w:rsid w:val="00FD48CC"/>
     <w:rsid w:val="00FE79CB"/>
     <w:rsid w:val="00FF0E1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -4927,51 +4830,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A51313"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5215,71 +5118,396 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="daab4109-f5e7-4a15-a97d-e02a12f165d5">6D2XCHEJTUTX-779887209-11027</_dlc_DocId>
+    <WorkflowCategory xmlns="daab4109-f5e7-4a15-a97d-e02a12f165d5" xsi:nil="true"/>
+    <_dlc_DocIdPersistId xmlns="daab4109-f5e7-4a15-a97d-e02a12f165d5" xsi:nil="true"/>
+    <_dlc_DocIdUrl xmlns="daab4109-f5e7-4a15-a97d-e02a12f165d5">
+      <Url>https://cresearch1.sharepoint.com/consulting/experts/_layouts/15/DocIdRedir.aspx?ID=6D2XCHEJTUTX-779887209-11027</Url>
+      <Description>6D2XCHEJTUTX-779887209-11027</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Experts - CV" ma:contentTypeID="0x01010070290B168219B943A23FEBB54CFAA74800274EEF31A3381F43908C255BBEA6BDF4" ma:contentTypeVersion="74" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="681712840e05f010ad6b32b233e8d1b7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="daab4109-f5e7-4a15-a97d-e02a12f165d5" xmlns:ns4="0f9dd009-c519-496b-a769-20aab826a8da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a49fb1877d2195580152fbfd2271e20b" ns3:_="" ns4:_="">
+    <xsd:import namespace="daab4109-f5e7-4a15-a97d-e02a12f165d5"/>
+    <xsd:import namespace="0f9dd009-c519-496b-a769-20aab826a8da"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:WorkflowCategory" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="daab4109-f5e7-4a15-a97d-e02a12f165d5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="WorkflowCategory" ma:index="9" nillable="true" ma:displayName="Category" ma:internalName="WorkflowCategory" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="10" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="11" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:format="Hyperlink" ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="12" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0f9dd009-c519-496b-a769-20aab826a8da" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="15" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Category"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C53A5D59-5F80-4E0D-98A9-3526C7385A58}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BCD21BB-047B-4D83-B785-EFE403A6D960}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="daab4109-f5e7-4a15-a97d-e02a12f165d5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09A591E3-DEC3-4949-959D-00182891DC88}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="daab4109-f5e7-4a15-a97d-e02a12f165d5"/>
+    <ds:schemaRef ds:uri="0f9dd009-c519-496b-a769-20aab826a8da"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD45F2B-24CF-4313-B665-2DBF2E4859C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>5224</Characters>
+  <Pages>3</Pages>
+  <Words>926</Words>
+  <Characters>5282</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
+  <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6128</CharactersWithSpaces>
+  <CharactersWithSpaces>6196</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Drew</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010070290B168219B943A23FEBB54CFAA74800274EEF31A3381F43908C255BBEA6BDF4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>7b045dec-7e79-4c91-9014-96ee01204c0b</vt:lpwstr>
+  </property>
+</Properties>
+</file>