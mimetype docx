--- v0 (2025-10-12)
+++ v1 (2026-02-11)
@@ -4,63 +4,75 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3E1234EF" w14:textId="35AF2BEB" w:rsidR="00CA5270" w:rsidRDefault="00D50416" w:rsidP="00CA5270">
+    <w:p w14:paraId="3E1234EF" w14:textId="148C1F92" w:rsidR="00CA5270" w:rsidRDefault="0064265D" w:rsidP="00CA5270">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t>January 2025</w:t>
+        <w:t>January</w:t>
+      </w:r>
+      <w:r w:rsidR="0009794D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BF92E1" w14:textId="77777777" w:rsidR="00AC62C6" w:rsidRDefault="00AC62C6" w:rsidP="00CA5270">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B85915C" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRPr="00CA5270" w:rsidRDefault="00DD7435" w:rsidP="0048090A">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D2FE5">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -139,51 +151,51 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Brooks School of Public Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB34917" w14:textId="77777777" w:rsidR="00832A98" w:rsidRPr="004D2FE5" w:rsidRDefault="00832A98" w:rsidP="00E25ECC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0507FC48" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRDefault="00606DFE">
+    <w:p w14:paraId="0507FC48" w14:textId="53E3D1A9" w:rsidR="00DD7435" w:rsidRDefault="00606DFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">OFFICE ADDRESS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -193,134 +205,117 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006362B7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
-        <w:t>HOME</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="1E6612A0" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRDefault="00E9708D">
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6612A0" w14:textId="0D411EA8" w:rsidR="00DD7435" w:rsidRDefault="00E9708D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>464 Warren Hall</w:t>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006362B7">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00606DFE">
-        <w:t>201 White Park Road</w:t>
+    </w:p>
+    <w:p w14:paraId="4CE54E01" w14:textId="4797A22B" w:rsidR="00606DFE" w:rsidRDefault="00832A98" w:rsidP="00E9708D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cornell University</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006362B7">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00606DFE">
         <w:tab/>
-      </w:r>
-[...34 lines deleted...]
-        <w:t>14850</w:t>
       </w:r>
       <w:r w:rsidR="00E9708D">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FD9419" w14:textId="4033AD55" w:rsidR="00E9708D" w:rsidRDefault="00606DFE" w:rsidP="00E9708D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Ithaca, NY 14853</w:t>
       </w:r>
       <w:r w:rsidR="00E9708D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E9708D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E9708D">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E9708D">
@@ -604,88 +599,117 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-810"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Head, Resource and Environmental Policy Division, Center for Agricultural and Rural </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F8E80C" w14:textId="77777777" w:rsidR="00DE29FB" w:rsidRDefault="00DD7435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-810"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Development, Iowa State University, 1999</w:t>
       </w:r>
       <w:r w:rsidR="00724BB2">
         <w:t>-2017</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452D793F" w14:textId="491E07BD" w:rsidR="007A17C7" w:rsidRDefault="000147D9">
+    <w:p w14:paraId="25EB0BB9" w14:textId="77777777" w:rsidR="00DE29FB" w:rsidRDefault="000147D9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-810"/>
       </w:pPr>
       <w:r>
-        <w:t>Visiting Researcher, University of East Anglia, U.K., School of Environmental Sciences, 2009</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C9132D6" w14:textId="07349E43" w:rsidR="00881112" w:rsidRDefault="005A33E0">
+        <w:t xml:space="preserve">Visiting Researcher, University of East Anglia, U.K., School of Environmental Sciences, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452D793F" w14:textId="77777777" w:rsidR="007A17C7" w:rsidRDefault="00DE29FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:right="-810"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000147D9">
+        <w:t>Jan-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000147D9">
+        <w:t>July,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000147D9">
+        <w:t xml:space="preserve"> 2009</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9132D6" w14:textId="77777777" w:rsidR="00881112" w:rsidRDefault="005A33E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Visiting Researcher, </w:t>
       </w:r>
       <w:r w:rsidR="00727C19">
         <w:t>LEERNA-</w:t>
       </w:r>
       <w:r>
         <w:t>INRA,</w:t>
       </w:r>
       <w:r w:rsidR="00727C19">
         <w:t xml:space="preserve"> IDEI,</w:t>
       </w:r>
       <w:r w:rsidR="00881112">
         <w:t xml:space="preserve"> University of Toulouse, France</w:t>
       </w:r>
       <w:r w:rsidR="00941361">
-        <w:t>,</w:t>
-      </w:r>
+        <w:t>, Jan-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00881112">
+        <w:t>July,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00881112">
         <w:t xml:space="preserve"> 2003</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69582A7C" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRDefault="00DD7435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Associate Professor of Economics, Iowa State University, 1993-1996</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7662C2DE" w14:textId="77777777" w:rsidR="00DE29FB" w:rsidRDefault="00DD7435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Associate </w:t>
       </w:r>
@@ -749,1230 +773,1296 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROFESSIONAL AWARDS AND SERVICE</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK6"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK7"/>
     </w:p>
     <w:p w14:paraId="6548C983" w14:textId="77777777" w:rsidR="00BA46EC" w:rsidRDefault="00BA46EC" w:rsidP="00AF1D7A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>National Academy of Sciences, elected 2015</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346784DA" w14:textId="77777777" w:rsidR="00BE423D" w:rsidRDefault="00EC24DA" w:rsidP="00AF1D7A">
+    <w:p w14:paraId="6B8ACB5A" w14:textId="77777777" w:rsidR="008C74BD" w:rsidRDefault="00EC24DA" w:rsidP="00AF1D7A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Fellow</w:t>
       </w:r>
       <w:r w:rsidR="0059316D">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE423D">
-[...9 lines deleted...]
-    <w:p w14:paraId="02606602" w14:textId="77777777" w:rsidR="00EC24DA" w:rsidRDefault="00BE423D" w:rsidP="00BE423D">
+      <w:r w:rsidR="00336E88">
+        <w:t xml:space="preserve">Society of Cost-Benefit Analysis, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C74BD">
+        <w:t xml:space="preserve">elected 2026, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DC7216" w14:textId="6499D116" w:rsidR="008C74BD" w:rsidRDefault="008C74BD" w:rsidP="008C74BD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC24DA">
-[...17 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00BE423D">
+        <w:t>American Association for the Advancement of Science</w:t>
+      </w:r>
+      <w:r w:rsidR="0022558F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0014196E">
-[...10 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00BE423D">
-        <w:t>2006</w:t>
-[...720 lines deleted...]
-    <w:p w14:paraId="3851CC0B" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+        <w:t>(AAAS), elected 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02606602" w14:textId="71118411" w:rsidR="00EC24DA" w:rsidRDefault="008C74BD" w:rsidP="008C74BD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00124F02">
-[...6 lines deleted...]
-    <w:p w14:paraId="350D8ECC" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC24DA">
+        <w:t xml:space="preserve">Association of Environmental and Resource Economists (AERE), </w:t>
+      </w:r>
+      <w:r w:rsidR="0059316D">
+        <w:t xml:space="preserve">elected </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC24DA">
+        <w:t>2015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="473600CA" w14:textId="77777777" w:rsidR="00BE423D" w:rsidRDefault="0059316D" w:rsidP="0014196E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0014196E">
+        <w:t>American Agricultural Economics Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC24DA">
+        <w:t xml:space="preserve"> (AAEA)</w:t>
+      </w:r>
+      <w:r w:rsidR="0014196E">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">elected </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE423D">
+        <w:t>2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC929B6" w14:textId="048C239C" w:rsidR="00EC24DA" w:rsidRDefault="0059316D" w:rsidP="0059316D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC24DA">
+        <w:t xml:space="preserve">niversity Fellow, Resources for the Future, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D27727">
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1AAA">
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29522447" w14:textId="77777777" w:rsidR="003211FD" w:rsidRDefault="003211FD" w:rsidP="003211FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>National Academ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ies of Engineering, Science, and Medicine, standing committees:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4686B1" w14:textId="77777777" w:rsidR="003211FD" w:rsidRDefault="003211FD" w:rsidP="003211FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>Water Science and Technology Board, chair, 2017-2020; member 2012-2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FAA1867" w14:textId="77777777" w:rsidR="003211FD" w:rsidRDefault="003211FD" w:rsidP="0059316D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>National Academies’ Report Review Committee, 2018-2020</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1B771B09" w14:textId="0F69AE55" w:rsidR="00882D3E" w:rsidRDefault="006531C4" w:rsidP="00800E10">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE25B4">
+        <w:t>ommittees of t</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4A99">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA48B0" w:rsidRPr="00124F02">
+        <w:t>National Academ</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4A99">
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D45">
+        <w:t xml:space="preserve"> of Engineering, Science, and Medicine</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA48B0" w:rsidRPr="00124F02">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B672F54" w14:textId="77777777" w:rsidR="00336E88" w:rsidRDefault="00DD42ED" w:rsidP="00800E10">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00336E88">
+        <w:t>Committee on Independent Scientific Review of Everglades Restoration Progress</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66997324" w14:textId="7FF88737" w:rsidR="00336E88" w:rsidRDefault="00336E88" w:rsidP="00800E10">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> (CISRERP), 2025-26 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+          <w:color w:val="474747"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD3C985" w14:textId="27E32BAF" w:rsidR="00DD42ED" w:rsidRDefault="00336E88" w:rsidP="00800E10">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DD42ED">
+        <w:t xml:space="preserve">Response and Resilient Recovery Strategic Science Initiative-Strategy Group on </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6451A0E2" w14:textId="0F7AEC90" w:rsidR="00DD42ED" w:rsidRDefault="00DD42ED" w:rsidP="00800E10">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">  COVID-19 and Ecosystem Services in the Built Environment, 2022-23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B40F307" w14:textId="77777777" w:rsidR="00DD42ED" w:rsidRDefault="003211FD" w:rsidP="00B91552">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee on Reducing Health Impacts of Reactive Nitrogen in Ground and Surface</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD42ED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ED3EA0" w14:textId="77777777" w:rsidR="00DD42ED" w:rsidRDefault="00DD42ED" w:rsidP="00B91552">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003211FD" w:rsidRPr="001F1954">
+        <w:t>Water from Agricultural Sources: An Environmental Health Matters Workshop to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4354E629" w14:textId="768842CF" w:rsidR="00B91552" w:rsidRPr="001F1954" w:rsidRDefault="00DD42ED" w:rsidP="00B91552">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003211FD" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> Identify Opportunities for Leadership, chair, 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0E8E15" w14:textId="77777777" w:rsidR="009A3FCB" w:rsidRPr="001F1954" w:rsidRDefault="003211FD" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee on Long-Term Environmental Trends in the Gulf of Mexico, 2020-21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9B06A3" w14:textId="77777777" w:rsidR="00DD42ED" w:rsidRDefault="00B346B7" w:rsidP="00DD42ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee on</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD59D8" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> Improving Data Collecting and Reporting about Agriculture with</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5F4A84" w14:textId="386830DC" w:rsidR="00B346B7" w:rsidRPr="001F1954" w:rsidRDefault="00DD42ED" w:rsidP="00DD42ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0084630B" w:rsidRPr="001F1954">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD59D8" w:rsidRPr="001F1954">
+        <w:t>ncreasingly Complex Farm B</w:t>
+      </w:r>
+      <w:r w:rsidR="00620D45" w:rsidRPr="001F1954">
+        <w:t>usiness Structure, chair 2016-18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BA7EED" w14:textId="77777777" w:rsidR="006163B3" w:rsidRPr="001F1954" w:rsidRDefault="006163B3" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee on Scientific Tools and Approaches for Sustainability, member 2013-14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA3FCD3" w14:textId="77777777" w:rsidR="00632518" w:rsidRPr="001F1954" w:rsidRDefault="00632518" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Planning Committee on Exploring the True Cost of Food, Institute of Medicine, 2011-12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635C9FAB" w14:textId="77777777" w:rsidR="00DD42ED" w:rsidRDefault="00EA48B0" w:rsidP="00DD42ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00416BD9" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> to Improve Federal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> Water Resource</w:t>
+      </w:r>
+      <w:r w:rsidR="00416BD9" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> Planning,</w:t>
+      </w:r>
+      <w:r w:rsidR="00632518" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> National Research Council,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B90963" w14:textId="73665FF3" w:rsidR="00EA48B0" w:rsidRPr="001F1954" w:rsidRDefault="00DD42ED" w:rsidP="00DD42ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00416BD9" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve">Water Science and Technology Board, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5E38" w:rsidRPr="001F1954">
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidR="00632518" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A9E572" w14:textId="7521CD94" w:rsidR="008613C9" w:rsidRDefault="00800E10" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee on Health, Environmental, and Other External Costs and Benefits of Energ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD42ED">
+        <w:t>y</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D40F05" w14:textId="648AF145" w:rsidR="00800E10" w:rsidRPr="001F1954" w:rsidRDefault="00DD42ED" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00800E10" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve">Production and Consumption, </w:t>
+      </w:r>
+      <w:r w:rsidR="00632518" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve">National Research Council, </w:t>
+      </w:r>
+      <w:r w:rsidR="00800E10" w:rsidRPr="001F1954">
+        <w:t>2008-20</w:t>
+      </w:r>
+      <w:r w:rsidR="007A17C7" w:rsidRPr="001F1954">
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="00632518" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52510D07" w14:textId="77777777" w:rsidR="008613C9" w:rsidRPr="001F1954" w:rsidRDefault="008613C9" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Agricultural Resource Management Survey Panel,</w:t>
+      </w:r>
+      <w:r w:rsidR="00632518" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> National Research Council, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>2006-</w:t>
+      </w:r>
+      <w:r w:rsidR="00632518" w:rsidRPr="001F1954">
+        <w:t>07</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6DBA0F" w14:textId="0464131F" w:rsidR="00FD00A4" w:rsidRPr="001F1954" w:rsidRDefault="00FD00A4" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee to Assess the U.S. Army Corps of Engineers Methods of Analysis and Peer</w:t>
+      </w:r>
+      <w:r w:rsidR="003211FD" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1954">
+        <w:t xml:space="preserve">Review for Water Resources Project Planning, </w:t>
+      </w:r>
+      <w:r w:rsidR="00632518" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve">National Research Council, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>2002-2003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E87963C" w14:textId="77777777" w:rsidR="00AF1D7A" w:rsidRDefault="00AF1D7A" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:t>U.S. Environmental Protection Agency, Science Advisory Board:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229B4BE6" w14:textId="77777777" w:rsidR="00AF1D7A" w:rsidRPr="001F1954" w:rsidRDefault="00AF1D7A" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Executive Board, 2003-2010</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92654" w:rsidRPr="001F1954">
+        <w:t>, member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABB70B3" w14:textId="6B55DB4E" w:rsidR="00B92654" w:rsidRPr="001F1954" w:rsidRDefault="00B92654" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Agricultural Science Committee, 2016-2018, member</w:t>
+      </w:r>
+      <w:r w:rsidR="00196572" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003716EB">
+        <w:t>fired</w:t>
+      </w:r>
+      <w:r w:rsidR="00196572" w:rsidRPr="001F1954">
+        <w:t xml:space="preserve"> 2017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DF5B11" w14:textId="77777777" w:rsidR="00AF1D7A" w:rsidRPr="001F1954" w:rsidRDefault="00AF1D7A" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Environmental Economics Advisory Committee, 1998-2003, Chair, 2006- 2011</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB5856C" w14:textId="77777777" w:rsidR="00AF1D7A" w:rsidRPr="001F1954" w:rsidRDefault="00AF1D7A" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Committee on Science Integration for Decision Making, 2009-2010, member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CC6FCD" w14:textId="77777777" w:rsidR="00AF1D7A" w:rsidRPr="001F1954" w:rsidRDefault="00AF1D7A" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Hypoxia Advisory Panel, 2006-2008, member and co-leader</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE9F712" w14:textId="77777777" w:rsidR="00AF1D7A" w:rsidRPr="001F1954" w:rsidRDefault="00AF1D7A" w:rsidP="001F1954">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F1954">
+        <w:t>Illegal Competitive Advantage Economic Benefit Advisory Panel, 2005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B84116" w14:textId="69489E24" w:rsidR="00AC7328" w:rsidRDefault="00AC7328" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:t>Advisory Committees and Other Board Service:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB48CB5" w14:textId="30AF753B" w:rsidR="00810E15" w:rsidRDefault="00810E15" w:rsidP="00810E15">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">University of Iowa, IIHR- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hydroscience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and Engineering, Advisory Board, 2025-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9B6EF5" w14:textId="079B690F" w:rsidR="00AC62C6" w:rsidRDefault="007F62DC" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AC62C6">
+        <w:t>Cornell Laboratory of Ornithology, Advi</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0E78">
+        <w:t xml:space="preserve">sory Board, 2022 - </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E7B82D" w14:textId="3EFC6BCB" w:rsidR="007F62DC" w:rsidRDefault="00AC62C6" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007F62DC">
+        <w:t xml:space="preserve">Environmental Defense Fund, Environmental Economics Advisory Committee, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A65F9">
+        <w:t>2020-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA5B0C5" w14:textId="5102569D" w:rsidR="006576E4" w:rsidRDefault="00AC7328" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006576E4">
+        <w:t>Resources for the Future, Executive Board, 2019-</w:t>
+      </w:r>
+      <w:r w:rsidR="0048090A">
+        <w:t>2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657B7637" w14:textId="272A1544" w:rsidR="00AC7328" w:rsidRDefault="006576E4" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AC7328">
+        <w:t>Center for Environmental Decision Making, Carnegie Melon, Advisory Board, 2016-</w:t>
+      </w:r>
+      <w:r w:rsidR="0048090A">
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C731789" w14:textId="77777777" w:rsidR="00AC7328" w:rsidRDefault="00AC7328" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>International Food Policy Research Institute (IFPRI), Board of Trustees, 2011-2016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765AD0C3" w14:textId="364D70B3" w:rsidR="00AC7328" w:rsidRPr="007827F3" w:rsidRDefault="00AC7328" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007827F3">
+        <w:t>ASU Decision Center for a Desert City</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007827F3">
+        <w:t xml:space="preserve"> External Advisory Committee</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2014-</w:t>
+      </w:r>
+      <w:r w:rsidR="0048090A">
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1507BB8F" w14:textId="77777777" w:rsidR="00AC7328" w:rsidRDefault="00AC7328" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="007827F3">
+        <w:tab/>
+        <w:t>Sustainable Management of Crop Health (SMaCH), French National Institute for</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B31405" w14:textId="68C37F5A" w:rsidR="00AC7328" w:rsidRDefault="00AC7328" w:rsidP="00AC7328">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007827F3">
+        <w:t xml:space="preserve"> Agricultural Research (INRA), Scientific Advisory Board</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2014-</w:t>
+      </w:r>
+      <w:r w:rsidR="0048090A">
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4513F110" w14:textId="6B3198E5" w:rsidR="00AC7328" w:rsidRPr="00AC7328" w:rsidRDefault="00AC7328" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>Leopold Center for Sustainable Agriculture, Advisory Board, 2014 -</w:t>
+      </w:r>
+      <w:r w:rsidR="0048090A">
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2913C636" w14:textId="77777777" w:rsidR="00DA7BCC" w:rsidRDefault="00DA7BCC" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:t>Formal Mentoring Activities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A7BF75" w14:textId="77777777" w:rsidR="00DA7BCC" w:rsidRDefault="00DA7BCC" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Mentor, Committee on the Status of Women in the Economics Profession, Regional </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C68F467" w14:textId="77777777" w:rsidR="00DA7BCC" w:rsidRDefault="00DA7BCC" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">  meeting, Chicago, Ill, 2007; National meeting, Boston, MA, 2015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0174C181" w14:textId="77777777" w:rsidR="00DA7BCC" w:rsidRDefault="00DA7BCC" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>Invited speaker, ADVANCE Seminar and roundtable, University of Maryland, Fall 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77301A2C" w14:textId="77777777" w:rsidR="00DA7BCC" w:rsidRDefault="00DA7BCC" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> and Texas A&amp;M University, Spring 2014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B68FF8D" w14:textId="77777777" w:rsidR="00DA7BCC" w:rsidRDefault="00DA7BCC" w:rsidP="00AF1D7A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>Invited Speaker, University of Rhode Island faculty mentoring program, 2005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56208316" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>Association of Environmental and Resource Economists:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3851CC0B" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
-        <w:t>Committee to Select Publication of Enduring Quality, Member, 2008-2010</w:t>
-[...351 lines deleted...]
-    <w:p w14:paraId="075B6586" w14:textId="3CC91889" w:rsidR="0016524B" w:rsidRPr="00177044" w:rsidRDefault="0016524B" w:rsidP="0016524B">
+        <w:t>President Elect, 2010, President 2011-2012</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Outgoing President 2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350D8ECC" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:lastRenderedPageBreak/>
+        <w:t>Committee to Select Publication of Enduring Quality, Member, 2008-2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642C08EA" w14:textId="77777777" w:rsidR="00D27727" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t xml:space="preserve">Vice President, 2002-2003, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085EECED" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>Board of Directors, 1996-98</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB3F380" w14:textId="77777777" w:rsidR="00D27727" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:right="-540"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t xml:space="preserve">Nominating Committee, 1991, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t xml:space="preserve">ontributed Papers Committee, 1991-1992 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E914034" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>Research Awards:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0558E868" w14:textId="77777777" w:rsidR="00D27727" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Bruce Gardner Memorial Prize for Applied Policy Analysis, Agricultural and Applied </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED88545" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00707BFD" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">   Economics Association, 2012 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137D7758" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t xml:space="preserve">Outstanding Journal Article Award, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Canadian Journal of Agricultural Economics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>, 2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F582530" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t xml:space="preserve">College of Agriculture and </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Life Sciences Team Award, 2008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03978173" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>First place and “Best of Show” award, EPA Science Forum Poster Competition,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664DD88A" w14:textId="77777777" w:rsidR="00D27727" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">   Washington D.C., 2004 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53791613" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>American Agricultural Economics Association Poster Competition, 2006 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t xml:space="preserve"> place award, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6750BEFA" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t xml:space="preserve">   2005 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t xml:space="preserve"> place award, 2004 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t xml:space="preserve"> place award, and 2003 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t xml:space="preserve"> place award </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBB6220" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>American Agricultural Economics Association, Quality of Research Discovery Award,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B02F47" w14:textId="77777777" w:rsidR="00D27727" w:rsidRPr="00124F02" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Honorable Mention, 2000 and 2001  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C12A5D6" w14:textId="77777777" w:rsidR="00D27727" w:rsidRDefault="00D27727" w:rsidP="00D27727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>Western Agricultural Economics Association Outstanding Published Research, 1998</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2270E414" w14:textId="77777777" w:rsidR="006163B3" w:rsidRPr="00124F02" w:rsidRDefault="006163B3" w:rsidP="006163B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>American Agricultural Economics Association:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEA84F1" w14:textId="77777777" w:rsidR="006163B3" w:rsidRPr="00124F02" w:rsidRDefault="006163B3" w:rsidP="006163B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>Fellow’s Address, annual meetings, Denver, CO, 2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FAFBCD" w14:textId="77777777" w:rsidR="006163B3" w:rsidRPr="00124F02" w:rsidRDefault="006163B3" w:rsidP="006163B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>Fellow’s Selection Committee, Member, 2008-2010</w:t>
+      </w:r>
+      <w:r w:rsidR="00D771CD">
+        <w:t>, 2014-2016, Chair, 2016-</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1954">
+        <w:t>2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319AB0AE" w14:textId="77777777" w:rsidR="006163B3" w:rsidRPr="00124F02" w:rsidRDefault="006163B3" w:rsidP="006163B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>Nominating Committee, Member, 2008-2010</w:t>
+      </w:r>
+      <w:r w:rsidR="007827F3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>Board of Directors, Member, 2000-2003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1678C873" w14:textId="77777777" w:rsidR="006163B3" w:rsidRPr="00124F02" w:rsidRDefault="006163B3" w:rsidP="006163B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t xml:space="preserve">Quality of Research Discovery Committee, 1996, Chair, 1994-1995, Member, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AE90F6" w14:textId="77777777" w:rsidR="006163B3" w:rsidRDefault="006163B3" w:rsidP="006163B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124F02">
+        <w:tab/>
+        <w:t>Selected Papers Committee, 1989, Co-Chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFBF525" w14:textId="77777777" w:rsidR="00387574" w:rsidRPr="00124F02" w:rsidRDefault="007D4A99" w:rsidP="0072164A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:t>Editorial Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00814BE1" w:rsidRPr="00124F02">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075B6586" w14:textId="569DFB47" w:rsidR="0016524B" w:rsidRPr="00177044" w:rsidRDefault="0016524B" w:rsidP="0016524B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
         <w:t xml:space="preserve">Proceedings of the National Academy of Sciences, </w:t>
       </w:r>
       <w:r>
-        <w:t>Editorial Board, 2019 – 2020, 2024-</w:t>
+        <w:t>Editorial Board, 2019 –20, 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00336E88">
+        <w:t xml:space="preserve"> - 25</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F88D17" w14:textId="502E4BD3" w:rsidR="006F395F" w:rsidRDefault="006F395F" w:rsidP="006F395F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Review of Environmental Economics and Policy, </w:t>
       </w:r>
       <w:r>
         <w:t>Editor, 2018-</w:t>
       </w:r>
       <w:r w:rsidR="00EA1FBF">
         <w:t>2022,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Editorial Board, 2015-2017</w:t>
       </w:r>
@@ -1998,85 +2088,79 @@
     <w:p w14:paraId="7BFB0DCC" w14:textId="77777777" w:rsidR="0085174D" w:rsidRPr="0085174D" w:rsidRDefault="00803BFC" w:rsidP="00DE29FB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="0085174D">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ustralian Journal of Agricultural and Resource Economics,</w:t>
       </w:r>
       <w:r w:rsidR="0085174D">
         <w:t xml:space="preserve"> Editorial Board, 2014-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694D4AB6" w14:textId="4E940F54" w:rsidR="00803BFC" w:rsidRDefault="0085174D" w:rsidP="00DE29FB">
+    <w:p w14:paraId="694D4AB6" w14:textId="77777777" w:rsidR="00803BFC" w:rsidRDefault="0085174D" w:rsidP="00DE29FB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00803BFC">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">nnual Review of Resource Economics, </w:t>
       </w:r>
       <w:r w:rsidR="00803BFC">
         <w:t>Editorial Board, 201</w:t>
       </w:r>
       <w:r w:rsidR="00632518">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="008D4E12">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:t>-</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 2018</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55380ED8" w14:textId="77777777" w:rsidR="00632518" w:rsidRDefault="00632518" w:rsidP="00DE29FB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00632518">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Encyclopedia of Energy, Natural Resource and Environmental Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Senior </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629E4F6E" w14:textId="77777777" w:rsidR="00632518" w:rsidRDefault="00632518" w:rsidP="00DE29FB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -2265,59 +2349,51 @@
       <w:r w:rsidRPr="00124F02">
         <w:t>Resources for the Future:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6F7489" w14:textId="77777777" w:rsidR="00EA48B0" w:rsidRPr="00124F02" w:rsidRDefault="00EA48B0" w:rsidP="00EA48B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
         <w:tab/>
         <w:t>Selection Committee for “Frontiers in Environmental Economics Conference,” 2008</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D65D12" w14:textId="77777777" w:rsidR="00EA48B0" w:rsidRDefault="00EA48B0" w:rsidP="00EA48B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
         <w:tab/>
-        <w:t xml:space="preserve">Selection Committee for John </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Selection Committee for John Krutilla </w:t>
       </w:r>
       <w:r w:rsidR="002D4868" w:rsidRPr="00124F02">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>emorial</w:t>
       </w:r>
       <w:r w:rsidR="002D4868" w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>Stipend, 2008-current</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="55BD694F" w14:textId="77777777" w:rsidR="00814BE1" w:rsidRPr="00124F02" w:rsidRDefault="00814BE1" w:rsidP="00814BE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
         <w:t>Western Agricultural Economics Association:</w:t>
@@ -2337,305 +2413,351 @@
     </w:p>
     <w:p w14:paraId="1D0E39F4" w14:textId="77777777" w:rsidR="00814BE1" w:rsidRPr="00124F02" w:rsidRDefault="00814BE1" w:rsidP="00814BE1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
         <w:tab/>
         <w:t xml:space="preserve">Best Journal Article Committee, 1991, 1997, Member </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45D2046E" w14:textId="77777777" w:rsidR="00E40A66" w:rsidRDefault="00E40A66" w:rsidP="002E3957">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="172535E3" w14:textId="1235BCB3" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
-[...16 lines deleted...]
-    <w:p w14:paraId="4C9CD5FC" w14:textId="77777777" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
+    <w:p w14:paraId="1FD9EC77" w14:textId="77777777" w:rsidR="00BC7D92" w:rsidRDefault="00BC7D92" w:rsidP="00136C68">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="172535E3" w14:textId="65EF13DD" w:rsidR="00136C68" w:rsidRDefault="007E72FE" w:rsidP="00136C68">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">SELECTED </w:t>
+      </w:r>
+      <w:r w:rsidR="00136C68">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">MEDIA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017B6378" w14:textId="75A3961C" w:rsidR="007E72FE" w:rsidRDefault="007E72FE" w:rsidP="007E72FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Leading US economists urge peers to fight Trump’s attack on environment, The Guardian </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>https://www.theguardian.com/environment/2025/aug/19/leading-us-economists-urge-peers-to-fight-trumps-attack-on-environment</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4C9CD5FC" w14:textId="760E1DF0" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AE630FF" w14:textId="655C412F" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
+    <w:p w14:paraId="5AE630FF" w14:textId="63EF5F2E" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Water Institute Symposium, University of Florida, </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Water Institute Symposium, University of Florida, Gain</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0E07">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Gainseville</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>es</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, FL, Feb. 20-21, </w:t>
+        <w:t xml:space="preserve">ville, FL, Feb. 20-21, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00575A2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.youtube.com/embed/pvhUWVOm2CE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3E8A3957" w14:textId="77777777" w:rsidR="00C63750" w:rsidRDefault="00C63750" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="795A3901" w14:textId="60083E43" w:rsidR="00C63750" w:rsidRDefault="00C63750" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Social Cost of Water Pollution, 2024 Rachel Carson Distinguished Lecture Anniversary Series, Center for System Integration and Sustainability at Michigan State, Jan 18, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C63750">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00575A2C" w:rsidRPr="00575A2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://vimeo.com/904222936</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1876C67A" w14:textId="77777777" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CEF59D4" w14:textId="37C9FC70" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Women in Economics: Catherine Kling On Nature’s Real Worth, IMF Podcasts, Nov. 16, 2023 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00575A2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.imf.org/en/News/Podcasts/All-Podcasts/2023/11/16/catherine-kling</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1A3E64B7" w14:textId="77777777" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B9BF077" w14:textId="3C7FD78B" w:rsidR="00136C68" w:rsidRDefault="00136C68" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Reducing the Health Impacts of the Nitrogen Problem: An Environmental Health Matters Workshop</w:t>
       </w:r>
       <w:r w:rsidR="00A728B3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, the National Academy of Sciences, Engineering, and Medicine, Jan – Feb, 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00A728B3" w:rsidRPr="00575A2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.nationalacademies.org/our-work/reducing-health-impacts-of-reactive-nitrogen-in-ground-and-surface-water-from-agricultural-sources-an-environmental-health-matters-workshop-to-identify-opportunities-for-leadership</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="26A4B908" w14:textId="77777777" w:rsidR="00575A2C" w:rsidRDefault="00575A2C" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06462B5F" w14:textId="4F13C5E5" w:rsidR="00575A2C" w:rsidRDefault="00575A2C" w:rsidP="00136C68">
+    <w:p w14:paraId="06462B5F" w14:textId="6A8B0B5A" w:rsidR="00575A2C" w:rsidRDefault="00575A2C" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Market Solutions for Water Pollution, Resources Radio, Sept. 17, 2019 </w:t>
-[...9 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">Market Solutions for Water Pollution, Resources Radio, Sept. 17, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00575A2C">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>https://www.resources.org/resources-radio/market-solutions-water-pollution-cathy-kling/</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="505E1CF9" w14:textId="77777777" w:rsidR="00575A2C" w:rsidRDefault="00575A2C" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66349DC1" w14:textId="1C834C66" w:rsidR="00575A2C" w:rsidRDefault="00575A2C" w:rsidP="00136C68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
@@ -2769,50 +2891,62 @@
         </w:rPr>
         <w:t xml:space="preserve">PH.D. STUDENTS </w:t>
       </w:r>
       <w:r w:rsidR="00984F39">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>and POST-DOCS</w:t>
       </w:r>
       <w:r w:rsidR="00F773D8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>, major/co-major professor</w:t>
       </w:r>
       <w:r w:rsidR="00984F39">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00984F39">
         <w:t>year of degree, first placement</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4CB7AED7" w14:textId="0103CD4D" w:rsidR="002D0436" w:rsidRDefault="002D0436" w:rsidP="002E3957">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:right="-360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Marley Bonacquist-Currin, 2025, Water Finance Exchange, Applied Research Manager</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2B86C0EC" w14:textId="77777777" w:rsidR="00F773D8" w:rsidRDefault="00F773D8" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Kevin Meyer, 2017, Saginaw Valley State University, Michigan, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA3D7CD" w14:textId="77777777" w:rsidR="00656024" w:rsidRDefault="00656024" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Jimena Gonzalez-Ramirez, 2016, Manhattan College, New York City, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="079ACAEA" w14:textId="77777777" w:rsidR="00967F93" w:rsidRDefault="00967F93" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
@@ -2824,153 +2958,116 @@
         <w:t xml:space="preserve">Mainul Hoque, 2015, Bangladesh </w:t>
       </w:r>
       <w:r w:rsidR="00B42BDC">
         <w:t>Institute of Development Studies, Bangladesh</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586714CD" w14:textId="77777777" w:rsidR="00A8551C" w:rsidRDefault="00A8551C" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Jiaqi Ge, 2014, James Hutton Institute, Aberdeen Scotland, Social Systems Simulation Modeler</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0595D33E" w14:textId="77777777" w:rsidR="00F36D4F" w:rsidRDefault="00F36D4F" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Adriana </w:t>
-[...7 lines deleted...]
-        <w:t>, 2013, Center for Agric. and Rural Development, Iowa State University</w:t>
+        <w:t>Adriana Valcu, 2013, Center for Agric. and Rural Development, Iowa State University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FD5B209" w14:textId="77777777" w:rsidR="003A4A57" w:rsidRDefault="003A4A57" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Keith Evans, 2011, St. Lawrence University, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="241BEC2C" w14:textId="77777777" w:rsidR="009C2976" w:rsidRDefault="009C2976" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> College, visiting Assistant Professor</w:t>
+      <w:r>
+        <w:t>Subhra Bhatacharjee, 2010, Oberlein College, visiting Assistant Professor</w:t>
       </w:r>
       <w:r w:rsidR="003A2DFB">
         <w:t xml:space="preserve"> and United Nations   </w:t>
       </w:r>
       <w:r w:rsidR="00813739">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A2DFB">
         <w:t>Development Program, New York, NY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4012D9" w14:textId="77777777" w:rsidR="009C2976" w:rsidRDefault="009C2976" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Manoj Jha</w:t>
       </w:r>
       <w:r w:rsidR="00416BD9">
         <w:t xml:space="preserve"> (post-doc)</w:t>
       </w:r>
       <w:r>
         <w:t>, 2010, North Carolina A&amp;T Univ</w:t>
       </w:r>
       <w:r w:rsidR="00416BD9">
         <w:t>ersity,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B1FF7E1" w14:textId="77777777" w:rsidR="008D2D51" w:rsidRDefault="008D2D51" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mira </w:t>
-[...7 lines deleted...]
-        <w:t>, 2008, Almaty State University, Kazakhstan, faculty</w:t>
+        <w:t>Mira Nurmakhanova, 2008, Almaty State University, Kazakhstan, faculty</w:t>
       </w:r>
       <w:r w:rsidR="00C24477">
         <w:t xml:space="preserve"> appointment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747565E6" w14:textId="77777777" w:rsidR="00DE6D7A" w:rsidRDefault="00DE6D7A" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Chih-Chen Liu, 2008, </w:t>
       </w:r>
       <w:r w:rsidR="008F66B8">
         <w:t xml:space="preserve">National </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">University of </w:t>
       </w:r>
       <w:r w:rsidR="008F66B8">
         <w:t>Kaohsiung, Taiwan</w:t>
       </w:r>
       <w:r>
@@ -3007,50 +3104,51 @@
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Shikha Marwah, 2003, St. Edwards University, Lecturer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C3BA65" w14:textId="77777777" w:rsidR="00984F39" w:rsidRDefault="00984F39" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Kevin Egan, 2003, University of Toledo, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D2A024" w14:textId="77777777" w:rsidR="00984F39" w:rsidRDefault="00984F39" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Jay Corrigan, 2001, Kenyon College, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70564AAF" w14:textId="77777777" w:rsidR="00984F39" w:rsidRDefault="00984F39" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Silvia Secchi (post-doc), 2001, </w:t>
       </w:r>
       <w:r w:rsidR="00DE6D7A">
         <w:t>Southern Illinois</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> University</w:t>
       </w:r>
       <w:r w:rsidR="00DE6D7A">
         <w:t>, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397C11F6" w14:textId="77777777" w:rsidR="00984F39" w:rsidRDefault="00984F39" w:rsidP="00984F39">
       <w:pPr>
@@ -3121,132 +3219,181 @@
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Daniel Phaneuf, 1996, North Carolina State University, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26481A72" w14:textId="77777777" w:rsidR="00984F39" w:rsidRDefault="00984F39" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Jonathan Rubin, 1990, University of Tennessee, Assistant Professor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="372B60CE" w14:textId="77777777" w:rsidR="00984F39" w:rsidRDefault="00984F39" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Marca Weinberg, 1989, Economic Research Service, USDA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162D8D10" w14:textId="77777777" w:rsidR="0084630B" w:rsidRDefault="0084630B" w:rsidP="00984F39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47AC20C5" w14:textId="10253B69" w:rsidR="00433E8B" w:rsidRDefault="00EB5B4A" w:rsidP="00BF6504">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">GRANTS AND CONTRACTS  </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk61960273"/>
     </w:p>
-    <w:p w14:paraId="6ECAAD52" w14:textId="77777777" w:rsidR="00B12F20" w:rsidRDefault="00B12F20" w:rsidP="00781455"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4987F30E" w14:textId="4BF88641" w:rsidR="00EE1066" w:rsidRDefault="00EE1066" w:rsidP="00781455">
+    <w:p w14:paraId="09B32230" w14:textId="77777777" w:rsidR="00FA241E" w:rsidRDefault="00FA241E" w:rsidP="00781455"/>
+    <w:p w14:paraId="3C598403" w14:textId="511ABC35" w:rsidR="00135DD2" w:rsidRPr="00540218" w:rsidRDefault="0064265D" w:rsidP="00781455">
+      <w:r w:rsidRPr="00540218">
+        <w:t>US Department of Agriculture, NIFA,</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD2" w:rsidRPr="00540218">
+        <w:t xml:space="preserve"> “Developing Standardized Nonmarket Valuation and Benefits Transfer Methods Using Cellphone Location and Foot Traffic Data, </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED74C0" w:rsidRPr="00540218">
+        <w:t>2024 - 2028</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DD2" w:rsidRPr="00540218">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED74C0" w:rsidRPr="00540218">
+        <w:t>$486,500.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1871E79A" w14:textId="6F0C7F86" w:rsidR="00CC1D04" w:rsidRPr="00540218" w:rsidRDefault="00CC1D04" w:rsidP="00781455"/>
+    <w:p w14:paraId="7D34370A" w14:textId="5B4E4990" w:rsidR="00CC1D04" w:rsidRPr="00540218" w:rsidRDefault="00CC1D04" w:rsidP="00781455">
+      <w:r w:rsidRPr="00540218">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>TNC and Cornall Atkinson, "Accelerating Farmer Adoption of Edge-of-Field Conservation Practices on Leakiest Fields: Economic Experiment Evidence that Reduce Hypothetical Bias" 2025 – 2026, $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0CB40F" w14:textId="77777777" w:rsidR="00ED74C0" w:rsidRPr="00540218" w:rsidRDefault="00ED74C0" w:rsidP="00781455"/>
+    <w:p w14:paraId="364FFEDE" w14:textId="1FF32DA6" w:rsidR="00AE0DB3" w:rsidRPr="00540218" w:rsidRDefault="00ED74C0" w:rsidP="00ED74C0">
+      <w:r w:rsidRPr="00540218">
+        <w:t>Cornell Atkinson</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA241E" w:rsidRPr="00540218">
+        <w:t xml:space="preserve"> and Walmart Foundation</w:t>
+      </w:r>
+      <w:r w:rsidR="00540218" w:rsidRPr="00540218">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA241E" w:rsidRPr="00540218">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00540218">
+        <w:t xml:space="preserve">“Enhancing Biodiversity Protection in U.S. Agricultural Supply Chains Through Data-Driven Solutions,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00540218" w:rsidRPr="00540218">
+        <w:t xml:space="preserve">(co-principal Investigator), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00540218">
+        <w:t>2025-2027, $150,000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E31FD41" w14:textId="6F0CDF5C" w:rsidR="00AE0DB3" w:rsidRPr="00CC1D04" w:rsidRDefault="00AE0DB3" w:rsidP="00AE0DB3">
+      <w:pPr>
+        <w:pStyle w:val="content2"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00540218">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Environmental Defense Fund and Cornell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC1D04">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atkinson, "Creating a Sustainable Agricultural System in the Mississippi River Basin with Natural Infrastructure: The Economic Costs and Benefits," 2023 - 2024 $100,000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EB05E8" w14:textId="77777777" w:rsidR="0064265D" w:rsidRDefault="0064265D" w:rsidP="00781455"/>
+    <w:p w14:paraId="4987F30E" w14:textId="72184FEF" w:rsidR="00EE1066" w:rsidRDefault="00EE1066" w:rsidP="00781455">
       <w:r>
         <w:t>Cornell Atkinson Center and TNC, “Mitigating Agricultural Water Pollution,” 2023 – 2024. $112,266.</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F52E367" w14:textId="77777777" w:rsidR="00EE1066" w:rsidRDefault="00EE1066" w:rsidP="00781455"/>
     <w:p w14:paraId="7C2F5829" w14:textId="64C334A9" w:rsidR="00433E8B" w:rsidRDefault="00C62201" w:rsidP="00781455">
       <w:r>
         <w:t xml:space="preserve">US Department of Agriculture, NIFA, </w:t>
       </w:r>
       <w:r w:rsidR="006824D1">
         <w:t xml:space="preserve">“Measuring the Social Costs of Nutrient Pollution through Integrated Assessment Modeling,” </w:t>
       </w:r>
       <w:r w:rsidR="00FE06AE">
         <w:t xml:space="preserve">(co-Principal Investigator), 2021-2025, </w:t>
       </w:r>
       <w:r w:rsidR="00B12F20">
         <w:t>$400,000</w:t>
       </w:r>
       <w:r w:rsidR="00EE1066">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D07453A" w14:textId="77777777" w:rsidR="00C62201" w:rsidRDefault="00C62201" w:rsidP="00781455"/>
-    <w:p w14:paraId="21734897" w14:textId="0CF9DB9B" w:rsidR="00B12F20" w:rsidRDefault="00B12F20" w:rsidP="00781455">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> $154,000. </w:t>
+    <w:p w14:paraId="21734897" w14:textId="4C5C3A3F" w:rsidR="00B12F20" w:rsidRDefault="00B12F20" w:rsidP="00781455">
+      <w:r>
+        <w:t xml:space="preserve">US Department of Agriculture, Forest Service cooperative agreement, “The Value of Birds to Birdwatchers Along the Pacific Flyway: a Stated Preference Study to Understand Policy Implications for Ecosystem Services and Management,” $154,000. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D465839" w14:textId="77777777" w:rsidR="00B12F20" w:rsidRDefault="00B12F20" w:rsidP="00781455"/>
     <w:p w14:paraId="6ECA08A7" w14:textId="5EB47DAE" w:rsidR="00380914" w:rsidRDefault="00A26782" w:rsidP="00781455">
       <w:r>
         <w:t xml:space="preserve">Cornell NYC Visioning Initiative Grant, </w:t>
       </w:r>
       <w:r w:rsidR="00380914">
         <w:t>“Biodiversity Studies Using Interdisciplinary Research Designs: The Ecosystem Services Costs of Nightlights in New York City,” (co-Principal Investigator), 2019-2020, $74,200.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BACFB3" w14:textId="77777777" w:rsidR="00380914" w:rsidRDefault="00380914" w:rsidP="00781455"/>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="34BEE88F" w14:textId="77777777" w:rsidR="00781455" w:rsidRDefault="00781455" w:rsidP="00781455">
       <w:r>
         <w:t>US Department of Agriculture, NIFA</w:t>
       </w:r>
       <w:r w:rsidRPr="00B461FD">
         <w:t>, “</w:t>
       </w:r>
       <w:r w:rsidR="00A92206">
         <w:t>Rural Drinking Water Habits, Information Provision, and Pollution Exposure,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">” </w:t>
@@ -3254,50 +3401,51 @@
       <w:r w:rsidR="00A92206">
         <w:t xml:space="preserve">(co-Principal Investigator), </w:t>
       </w:r>
       <w:r>
         <w:t>2019-2021</w:t>
       </w:r>
       <w:r w:rsidR="00380914">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> $ </w:t>
       </w:r>
       <w:r w:rsidR="00A92206">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007F0FBF">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00A92206">
         <w:t>0,000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AEC8A52" w14:textId="77777777" w:rsidR="00781455" w:rsidRDefault="00781455" w:rsidP="00B461FD"/>
     <w:p w14:paraId="7F83337E" w14:textId="77777777" w:rsidR="00781455" w:rsidRDefault="00781455" w:rsidP="00781455">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>US Department of Agriculture, NIFA</w:t>
       </w:r>
       <w:r w:rsidRPr="00B461FD">
         <w:t>, “</w:t>
       </w:r>
       <w:r>
         <w:t>Integrated Assessment Models for Water Quality Valuation: Application to NRCS Conservation Initiatives</w:t>
       </w:r>
       <w:r w:rsidR="00A92206">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidR="00A92206">
         <w:t>(co-Principal Investigator),</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2019-2021</w:t>
       </w:r>
       <w:r w:rsidR="00A92206">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> $</w:t>
@@ -3383,51 +3531,50 @@
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E812B9B" w14:textId="77777777" w:rsidR="00AF299A" w:rsidRDefault="00AF299A" w:rsidP="00C03FBF">
       <w:r>
         <w:t>National Science Foundation, “FEW: Coupling Economic Models with Agronomic, Hydrologic, and Bioenergy Models for Sustainable Food, Energy, and Water Systems,” (Principal Investigator), 2015, $46,000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C72A151" w14:textId="77777777" w:rsidR="00F5789E" w:rsidRDefault="00F5789E" w:rsidP="00C03FBF"/>
     <w:p w14:paraId="24A36942" w14:textId="77777777" w:rsidR="00F5789E" w:rsidRDefault="00F5789E" w:rsidP="00C03FBF">
       <w:r>
         <w:t>National Science Foundation, SESYNC, “The Value of Water Quality to Lake Recreation: Evidence from Geotagged Social Media,” (Principal Investigator), 2015-2016, $70</w:t>
       </w:r>
       <w:r w:rsidR="00B92654">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>740.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C09D1BC" w14:textId="77777777" w:rsidR="00F70656" w:rsidRDefault="00F70656" w:rsidP="00C03FBF"/>
     <w:p w14:paraId="0FBFDB16" w14:textId="77777777" w:rsidR="00AF299A" w:rsidRDefault="00AF299A" w:rsidP="00C03FBF">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">US Department of Agriculture, ERS, </w:t>
       </w:r>
       <w:r w:rsidR="0096071F">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Nudging in the Face of Risk and Ambiguity Aversion:  Adopting Cover Crops to Reduce Nutrient Pollution,” (Principal Investigator), 2015-17, $75,000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E44A0E6" w14:textId="77777777" w:rsidR="005B65E7" w:rsidRDefault="005B65E7" w:rsidP="00C03FBF"/>
     <w:p w14:paraId="39DD8374" w14:textId="77777777" w:rsidR="00CF1A15" w:rsidRDefault="00AF299A" w:rsidP="00C03FBF">
       <w:r>
         <w:t>US Department of Agriculture, NIFA, “</w:t>
       </w:r>
       <w:r w:rsidR="00CF1A15">
         <w:t>The Value of Water Quantity vs Quality: Assessing the Tradeoffs between Agricultural yields and Downstream Uses of Water Resources</w:t>
       </w:r>
       <w:r>
         <w:t>,”</w:t>
       </w:r>
       <w:r w:rsidR="00CF1A15">
         <w:t xml:space="preserve"> (co-Principal Investigator), 2015-2018, </w:t>
       </w:r>
       <w:r w:rsidR="004608CD">
         <w:t>$660,000.</w:t>
@@ -3542,50 +3689,51 @@
       <w:r w:rsidRPr="00A97901">
         <w:t>Agriculture Program, National Institute of Food and Agriculture</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (co-</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>Principal Investigator</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97901">
         <w:t>), 2011-2015, $</w:t>
       </w:r>
       <w:r>
         <w:t>300</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97901">
         <w:t>,000</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="020D6A2D" w14:textId="77777777" w:rsidR="00284BFF" w:rsidRDefault="00284BFF" w:rsidP="00A97901"/>
     <w:p w14:paraId="57AEF266" w14:textId="77777777" w:rsidR="00A97901" w:rsidRDefault="00A97901" w:rsidP="00A97901">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>US Department of Agriculture</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97901">
         <w:t>, Climate and Corn-Based Cropping Systems Coordinate</w:t>
       </w:r>
       <w:r w:rsidR="00284BFF">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97901">
         <w:t xml:space="preserve"> Agriculture Program, National Institute of Food and Agriculture</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (co-</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>Principal Investigator</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97901">
         <w:t>), 2011-2015, $640,000</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9619C8" w14:textId="77777777" w:rsidR="00882D3E" w:rsidRPr="007C11CD" w:rsidRDefault="00882D3E" w:rsidP="00A97901">
@@ -3635,51 +3783,51 @@
       <w:r w:rsidR="00390E9C">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>CS</w:t>
       </w:r>
       <w:r w:rsidR="009175EB" w:rsidRPr="00124F02">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> “Water Quality Benefits from Agricultural Conservation Actions and Programs,” (</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>Principal Investigator</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>), 2010-2011</w:t>
       </w:r>
       <w:r w:rsidR="00E941F2" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>$50,000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C6AE04" w14:textId="77777777" w:rsidR="00D7655A" w:rsidRPr="00124F02" w:rsidRDefault="00D7655A" w:rsidP="00124F02"/>
+    <w:p w14:paraId="5480119C" w14:textId="77777777" w:rsidR="00D15B3E" w:rsidRPr="00124F02" w:rsidRDefault="00D15B3E" w:rsidP="00124F02"/>
     <w:p w14:paraId="06479B68" w14:textId="77777777" w:rsidR="009C2976" w:rsidRPr="00124F02" w:rsidRDefault="009C2976" w:rsidP="00124F02">
       <w:r w:rsidRPr="00124F02">
         <w:t>US Department of Agriculture, Economic Research Service</w:t>
       </w:r>
       <w:r w:rsidR="009175EB" w:rsidRPr="00124F02">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidR="009175EB" w:rsidRPr="00124F02">
         <w:t>The Supply of Greenhouse Gas Offsets from Agriculture and their Water Quality Effects in the Upper Mississippi River Basin,”</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B44F3" w:rsidRPr="00124F02">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>Principal Investigator</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
@@ -3731,51 +3879,50 @@
       <w:r w:rsidR="00A07CD9">
         <w:t>nvironmental Protection Agency,</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> “A Market Feasibility Assessment for Water Quality Trading and Reverse Auctions in the Raccoon River Watershed,” </w:t>
       </w:r>
       <w:r w:rsidR="002B44F3" w:rsidRPr="00124F02">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>Principal Investigator</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3" w:rsidRPr="00124F02">
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve">2009-2010, $200,000. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D6DC92" w14:textId="77777777" w:rsidR="00C24477" w:rsidRPr="00124F02" w:rsidRDefault="00C24477" w:rsidP="00124F02"/>
     <w:p w14:paraId="58D88B61" w14:textId="77777777" w:rsidR="007A17C7" w:rsidRDefault="007A17C7" w:rsidP="00124F02">
       <w:r w:rsidRPr="00124F02">
-        <w:lastRenderedPageBreak/>
         <w:t>US Environment</w:t>
       </w:r>
       <w:r w:rsidR="00A07CD9">
         <w:t xml:space="preserve">al Protection Agency, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>“A Market Feasibility Assessment for Reverse Auctions in the Walnut Creek Watershed,” (</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>Principal Investigator</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3" w:rsidRPr="00124F02">
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> 2009-2010, $200,000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0667E6E0" w14:textId="77777777" w:rsidR="00813739" w:rsidRDefault="00813739" w:rsidP="00124F02"/>
     <w:p w14:paraId="5B10E2A9" w14:textId="77777777" w:rsidR="007A17C7" w:rsidRDefault="007A17C7" w:rsidP="00124F02">
       <w:r w:rsidRPr="00124F02">
         <w:t>US Environmental Protection Agency, STAR grant, “A Market Feasibility Assessment for Reverse Auctions in the Boone River Watershed,” (</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>Principal Investigator</w:t>
@@ -3998,51 +4145,50 @@
     </w:p>
     <w:p w14:paraId="13EFDF9F" w14:textId="77777777" w:rsidR="008C0E78" w:rsidRDefault="008C0E78" w:rsidP="00124F02"/>
     <w:p w14:paraId="650CC065" w14:textId="77777777" w:rsidR="00EB5B4A" w:rsidRPr="00124F02" w:rsidRDefault="00390E9C" w:rsidP="00EB5B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>US Environmental Protection Agency special grant (noncompetitive),</w:t>
       </w:r>
       <w:r w:rsidR="00EB5B4A" w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> “Resource and Agricultural Policy System,”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Principal Investigator) </w:t>
       </w:r>
       <w:r w:rsidR="00EB5B4A" w:rsidRPr="00124F02">
         <w:t>over $2,500,000, 1999-2006.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353DD9E7" w14:textId="77777777" w:rsidR="00C03FBF" w:rsidRDefault="00C03FBF" w:rsidP="00EB5B4A"/>
     <w:p w14:paraId="20DD4C62" w14:textId="77777777" w:rsidR="00EB5B4A" w:rsidRDefault="00F11F58" w:rsidP="00EB5B4A">
       <w:r w:rsidRPr="00124F02">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Iowa State </w:t>
       </w:r>
       <w:r w:rsidR="00EB5B4A" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">Water Resources Research Institute, “Improving Water Quality in Iowa Rivers: Cost-Benefit Analysis of Adopting New Conservation Practices,” 2005-2006 </w:t>
       </w:r>
       <w:r w:rsidR="002B44F3" w:rsidRPr="00124F02">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="002B44F3">
         <w:t>co-PI</w:t>
       </w:r>
       <w:r w:rsidR="00B249BF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EB5B4A" w:rsidRPr="00124F02">
         <w:t>, $40,000</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C820CB" w14:textId="77777777" w:rsidR="009F5F03" w:rsidRPr="00124F02" w:rsidRDefault="009F5F03" w:rsidP="00EB5B4A"/>
     <w:p w14:paraId="6C9EF9BD" w14:textId="77777777" w:rsidR="00EB5B4A" w:rsidRDefault="00EB5B4A" w:rsidP="00EB5B4A">
       <w:pPr>
         <w:tabs>
@@ -4525,51 +4671,51 @@
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D15836">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PRESENTATIONS</w:t>
       </w:r>
       <w:r w:rsidR="007A510D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A07CD9" w:rsidRPr="00FC3162">
         <w:t>At conferences and professional meetings:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DDDD1DB" w14:textId="77777777" w:rsidR="004A21A7" w:rsidRDefault="004A21A7" w:rsidP="00A07CD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71C8B3BE" w14:textId="77777777" w:rsidR="00C03FBF" w:rsidRPr="00FC3162" w:rsidRDefault="00C03FBF" w:rsidP="00A07CD9">
+    <w:p w14:paraId="71C8B3BE" w14:textId="3B234DD9" w:rsidR="00C03FBF" w:rsidRPr="00FC3162" w:rsidRDefault="00C03FBF" w:rsidP="00A07CD9">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Agricultural and Applied Economics Association (former American Agricultural Economics Association), Agricultural Policy Forum, Agricultural Outlook Forum, Allied Social Sciences Association, Association of Environmental and Resource Economics, Annual Water Monitoring Conference, Australian Agricultural and Resource Economics Association, Camp Resources, Carbon Sequestration Modeling Forum, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mj-ea" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Catchment Scale Research and Evaluation for Agriculture and Water Quality (Dublin), </w:t>
       </w:r>
       <w:r w:rsidR="00925B26" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mj-ea" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Colorado Environmental and Resource Economics Workshop, </w:t>
       </w:r>
       <w:r w:rsidR="008C69DC">
@@ -4632,81 +4778,94 @@
         </w:rPr>
         <w:t xml:space="preserve">Heartland Environmental and Resource Economics Conference, </w:t>
       </w:r>
       <w:r w:rsidR="001633C3" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Iowa Environmental Council, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Iowa Water Center, Workshop on </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mj-ea" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Linking Biophysical and Economic Models of Biofuel Production and Environmental Impacts, </w:t>
       </w:r>
       <w:r w:rsidR="00F06141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mj-ea" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Land, Environment, and Economic Policy Conference, </w:t>
+        <w:t xml:space="preserve">Land, Environment, and Economic </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mj-ea" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Policy Conference, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Midwest Regional Wildlife Conference, </w:t>
       </w:r>
       <w:r w:rsidR="00941361" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Northeast Agricultural and Resource Economics Association Workshop, </w:t>
       </w:r>
       <w:r w:rsidR="009134A1" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">National Academy of Science Roundtable on Environmental Health, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">National Research Council Committees, National Bureau of Economic Research, National Science Foundation Workshop on Environmental Observatories, OECD </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Workshop on Evaluating Agri-Environmental Policies, </w:t>
+      </w:r>
+      <w:r w:rsidR="009223E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Property and Environment Research Center Big Sky Workshop, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Seed Science Convention, Soil and Water Conservation Society, Southern Economics Association, USDA-CSREES National Water Conference, </w:t>
       </w:r>
       <w:r w:rsidR="00EF3546">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Urban Ag Academy, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>UC Santa Barbara workshop on Marketable Permits, W</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>133 Regional Meetings, Western Agricultural Economics Association, Western Economics Association</w:t>
@@ -4741,51 +4900,51 @@
         <w:t>PRESENTATIONS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C03FBF" w:rsidRPr="009936F1">
         <w:t xml:space="preserve">At universities and research </w:t>
       </w:r>
       <w:r w:rsidR="00C03FBF" w:rsidRPr="003B5864">
         <w:t>institutions:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0B1F79" w14:textId="77777777" w:rsidR="004A21A7" w:rsidRPr="00B6614C" w:rsidRDefault="004A21A7" w:rsidP="00A07CD9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BC33F8B" w14:textId="06017453" w:rsidR="007A510D" w:rsidRDefault="00C03FBF" w:rsidP="00A07CD9">
+    <w:p w14:paraId="6BC33F8B" w14:textId="408D5E25" w:rsidR="007A510D" w:rsidRDefault="00C03FBF" w:rsidP="00A07CD9">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">California Institute for Energy Efficiency, </w:t>
       </w:r>
       <w:r w:rsidR="00B3452E" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Arizona State University, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Center for Earth Surface Dynamics (Minnesota), </w:t>
       </w:r>
       <w:r w:rsidR="00486D63" w:rsidRPr="00FC3162">
@@ -4826,50 +4985,56 @@
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, International Food Policy Research Institute</w:t>
       </w:r>
       <w:r w:rsidR="00B177E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Washington DC)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, INRA (Rennes, France), Iowa State University, </w:t>
       </w:r>
       <w:r w:rsidR="00486D63" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Michigan State University, </w:t>
       </w:r>
+      <w:r w:rsidR="00422920">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Singapore University, National Taiwan University, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">North Carolina State University,  The Ohio State University,  </w:t>
       </w:r>
       <w:r w:rsidR="00486D63" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Oregon State University</w:t>
       </w:r>
       <w:r w:rsidR="00BE423D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, Pennsylvania State University</w:t>
       </w:r>
       <w:r w:rsidR="00486D63" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BE423D">
@@ -4938,58 +5103,51 @@
         </w:rPr>
         <w:t xml:space="preserve">USDA Economic Research Service, USDA Natural Resource Conservation Service, </w:t>
       </w:r>
       <w:r w:rsidR="008C69DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Aarhus, (Roskilde, DK), </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Alberta, (Edmonton, CA), </w:t>
       </w:r>
       <w:r w:rsidR="00AF3DEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of British Columbia, Vancouver, BC, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">University of </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">California Davis, University of East Anglia (Norwich, UK), </w:t>
+        <w:t xml:space="preserve">University of California Davis, University of East Anglia (Norwich, UK), </w:t>
       </w:r>
       <w:r w:rsidR="005A55A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Connecticut, </w:t>
       </w:r>
       <w:r w:rsidR="00A43502">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida, </w:t>
       </w:r>
       <w:r w:rsidR="00486D63" w:rsidRPr="00FC3162">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Georgia, University of Illinois, </w:t>
       </w:r>
       <w:r w:rsidR="003525B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Indiana, SPEA, </w:t>
       </w:r>
@@ -5175,166 +5333,286 @@
       <w:r>
         <w:t xml:space="preserve">Herriges, J. and C. Kling, editors. </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Revealed Preferences Approaches to Environmental Valuation, The International Library of Environmental Economics and Policy, Volumes I and II, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>Ashgate Publishing, 2008</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB7F268" w14:textId="77777777" w:rsidR="00925B26" w:rsidRDefault="00925B26" w:rsidP="00204252">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="784AB6C7" w14:textId="07B8755D" w:rsidR="00D116F7" w:rsidRDefault="00926106" w:rsidP="008C5E6C">
-[...13 lines deleted...]
-        <w:t>REFEREED JOURNAL</w:t>
+    <w:p w14:paraId="7774FD89" w14:textId="77777777" w:rsidR="00BC7D92" w:rsidRDefault="00BC7D92" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CF17A7" w14:textId="77777777" w:rsidR="00BC7D92" w:rsidRDefault="00BC7D92" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="784AB6C7" w14:textId="5E2F5B51" w:rsidR="00D116F7" w:rsidRDefault="00926106" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>JOURNAL</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ARTICLES</w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk61960041"/>
-    </w:p>
-[...39 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003B5D5E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND REFEREED BOOK CHAPTERS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A4C1B43" w14:textId="77777777" w:rsidR="0064265D" w:rsidRDefault="0064265D" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62F83CDD" w14:textId="33F5D368" w:rsidR="0064265D" w:rsidRDefault="00B466DB" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B466DB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kling, CL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, S Polasky, and K Segerson. “Changes in US Environmental Policy Under the Trump Administration: An Economic Perspective,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B466DB">
+        <w:rPr>
+          <w:b/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Environmental and Resource Economics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 88 (</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>):2291-2317</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5D5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B2E6B2" w14:textId="77777777" w:rsidR="003B5D5E" w:rsidRDefault="003B5D5E" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78A4ED10" w14:textId="08AFDD06" w:rsidR="003B5D5E" w:rsidRDefault="003B5D5E" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vossler, CA, DA Keiser, CL Kling, and DJ Phaneuf. “Information Scripts and the Incentive Compatibility of Discrete Choice Experiments,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5D5E">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of the Association of Environmental and Resource Economists </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>12(2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0FD871" w14:textId="77777777" w:rsidR="003B5D5E" w:rsidRDefault="003B5D5E" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030B895E" w14:textId="4AB6E60B" w:rsidR="003B5D5E" w:rsidRPr="00B466DB" w:rsidRDefault="003B5D5E" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lade, GE, J Comito, J Benning, C Kling, and D. Keiser. “Improving Private Well Testing Programs: Experimental Evidence from Iowa,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5D5E">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Environmental Science and Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D50416">
-[...25 lines deleted...]
-    <w:p w14:paraId="7729A0B9" w14:textId="2234D7BE" w:rsidR="005F1364" w:rsidRDefault="005F1364" w:rsidP="008C5E6C">
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>58(202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5DAC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>):14596.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE421DE" w14:textId="77777777" w:rsidR="0064265D" w:rsidRDefault="0064265D" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7729A0B9" w14:textId="0309829B" w:rsidR="005F1364" w:rsidRPr="00595E6A" w:rsidRDefault="005F1364" w:rsidP="008C5E6C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="005F1364">
         <w:rPr>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Vossler CA, Dolph CL, Finlay JC, Keiser DA, Kling CL, Phaneuf DJ. </w:t>
       </w:r>
       <w:r w:rsidR="003F25E5">
         <w:rPr>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1364">
         <w:rPr>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -5359,351 +5637,396 @@
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00595E6A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Proceedings of the National Academy of Sciences</w:t>
       </w:r>
       <w:r w:rsidRPr="00595E6A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00595E6A">
         <w:t>120:18 (2023).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="614A63CF" w14:textId="77777777" w:rsidR="00D50416" w:rsidRDefault="00D50416" w:rsidP="00D50416">
-[...85 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="558F4B0E" w14:textId="77777777" w:rsidR="005F1364" w:rsidRPr="00595E6A" w:rsidRDefault="005F1364" w:rsidP="008C5E6C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6051DCB7" w14:textId="232C9EAA" w:rsidR="005F1364" w:rsidRPr="00595E6A" w:rsidRDefault="00595E6A" w:rsidP="00595E6A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00595E6A">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Moore, CC, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00595E6A">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Jl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00595E6A">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Corona, C Griffiths, MT </w:t>
-[...31 lines deleted...]
-        <w:t>, DJ Phaneuf, DJ Smith, CA Vossler, W Wheeler. “</w:t>
+        <w:t xml:space="preserve"> Corona, C Griffiths, MT Heberling, JA Hewitt, DA Keiser, CL Kling, DM Massey, M Papenfus, DJ Phaneuf, DJ Smith, CA Vossler, W Wheeler. “</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00595E6A">
           <w:rPr>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
           <w:t>Measuring the social benefits of water quality improvements to support regulatory objectives: Progress and future directions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00595E6A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005F1364" w:rsidRPr="00595E6A">
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidR="005F1364" w:rsidRPr="00595E6A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Proceedings of the National Academy of Sciences</w:t>
       </w:r>
       <w:r w:rsidR="005F1364" w:rsidRPr="00595E6A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F1364" w:rsidRPr="00595E6A">
         <w:t>120:18 (2023).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661741C6" w14:textId="05FDFF79" w:rsidR="00926106" w:rsidRDefault="00926106" w:rsidP="001169C4">
+    <w:p w14:paraId="303A5804" w14:textId="77777777" w:rsidR="00926106" w:rsidRDefault="00926106" w:rsidP="00926106">
       <w:pPr>
         <w:pStyle w:val="Head"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Del Rossi, G., M Hoque, Y. Ji, and C.L. Kling. “The Economics of Nutrient Pollution from Agriculture,” </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00926106">
+        <w:t>Saleh,  M.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A. Castillo, K. Swedberg, J. Zhang, K.J. Boyle, D. Cardoso, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L.Kling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, C. Nolte, M. Papenfus, D. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phanuef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Polasky. “Valuing Water Quality in the United States Using a National Dataset on Property Values,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D116F7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Annual Review of Resource Economics</w:t>
+        <w:t>Proceedings of the National Academy of Sciences</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15(2023): 105-130.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EFEDC95" w14:textId="4C80039B" w:rsidR="0084422B" w:rsidRPr="0066148D" w:rsidRDefault="0084422B" w:rsidP="001169C4">
+        <w:t>120</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326F9C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326F9C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661741C6" w14:textId="05FDFF79" w:rsidR="00926106" w:rsidRDefault="00926106" w:rsidP="001169C4">
       <w:pPr>
         <w:pStyle w:val="Head"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ji, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D05AC4">
+        <w:t xml:space="preserve">Del Rossi, G., M Hoque, Y. Ji, and C.L. Kling. “The Economics of Nutrient Pollution from Agriculture,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926106">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Annual Review of Resource Economics</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Y., D.A. Keiser, C.L. Kling, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D465B2">
+        <w:t xml:space="preserve"> 15(2023): 105-130.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFEDC95" w14:textId="4C80039B" w:rsidR="0084422B" w:rsidRPr="0066148D" w:rsidRDefault="0084422B" w:rsidP="001169C4">
+      <w:pPr>
+        <w:pStyle w:val="Head"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D05AC4">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">D.J </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Ji, </w:t>
+      </w:r>
       <w:r w:rsidR="00D05AC4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Phan</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B275C">
+        <w:t xml:space="preserve">Y., D.A. Keiser, C.L. Kling, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D465B2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>u</w:t>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00D05AC4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>D.J Phan</w:t>
+      </w:r>
+      <w:r w:rsidR="002B275C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05AC4">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>ef</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D465B2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. “Revenue and Distributional Consequences of </w:t>
       </w:r>
       <w:r w:rsidR="00D465B2" w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alternative Outdoor Recreation Pricing Mechanisms: Evidence form a Micro Panel Data Set,”</w:t>
       </w:r>
       <w:r w:rsidR="00BF7B29" w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5773,303 +6096,242 @@
         <w:t>478-494.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E3CB3F" w14:textId="20A07610" w:rsidR="000918A3" w:rsidRDefault="000918A3" w:rsidP="001169C4">
       <w:pPr>
         <w:pStyle w:val="Head"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Levin, S.A., Anderies, J.M., Adger, N., Barrett, S., Bennett, E.M., Cardenas, J.C., Carpenter, S.R., </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0066148D">
+        <w:t>Levin, S.A., Anderies, J.M., Adger, N., Barrett, S., Bennett, E.M., Cardenas, J.C., Carpenter, S.R., Crépin, A.-S., Ehrlich, P., Fischer, J., Folke, C., Kautsky, N., Kling, C., Nyborg, K., Polasky, S., Scheffer, M., Segerson, K., Shogren, J., Van Den Bergh, J., Walker, B., Weber, E.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1AFC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Crépin</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>9</w:t>
+      </w:r>
       <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, A.-S., Ehrlich, P., Fischer, J., Folke, C., Kautsky, N., Kling, C., Nyborg, K., </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0066148D">
+        <w:t xml:space="preserve">, Wilen, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B35E9C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="006F1AFC">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0066148D">
+        <w:t>Governance in the Face of Extreme Events: Lessons from Evolutionary Processes for Structuring Interventions, and the Need to Go Beyond</w:t>
+      </w:r>
+      <w:r w:rsidR="00B35E9C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Wilen, J. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B35E9C">
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>“</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066148D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ecosystems</w:t>
       </w:r>
       <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Governance in the Face of Extreme Events: Lessons from Evolutionary Processes for Structuring Interventions, and the Need to Go Beyond</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B35E9C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>,”</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0066148D">
+        <w:t>(202</w:t>
+      </w:r>
+      <w:r w:rsidR="003525B3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="0066148D">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B35E9C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B35E9C">
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:r w:rsidR="003525B3">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>(202</w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t>697-711.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502A5F7C" w14:textId="4638B334" w:rsidR="00F73FE4" w:rsidRDefault="000F2CCA" w:rsidP="001169C4">
       <w:pPr>
         <w:pStyle w:val="Head"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F2CCA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Diefenderfer</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F2CCA">
+        <w:t xml:space="preserve">Diefenderfer, H. L., McKinney, L. D., Boynton, W. R., Heck, K. L., Jr, Kleiss, B. A., Mishra, D. R., Greening, H., George, A. A., 2nd, Carl Kraft, B. A., &amp; Kling, C. L. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73FE4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, H. L., McKinney, L. D., Boynton, W. R., Heck, K. L., Jr, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>“</w:t>
+      </w:r>
       <w:r w:rsidRPr="000F2CCA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Kleiss</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Ten years of Gulf Coast </w:t>
+      </w:r>
       <w:r w:rsidRPr="000F2CCA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, B. A., Mishra, D. R., Greening, H., George, A. A., 2nd, Carl Kraft, B. A., &amp; Kling, C. L. </w:t>
-[...21 lines deleted...]
-        <w:t>Ten years of Gulf Coast ecosystem restoration projects since the </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>ecosystem restoration projects since the </w:t>
       </w:r>
       <w:r w:rsidRPr="000F2CCA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Deepwater Horizon</w:t>
       </w:r>
       <w:r w:rsidRPr="000F2CCA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> oil spill</w:t>
       </w:r>
@@ -6155,145 +6417,131 @@
       <w:r w:rsidRPr="000F2CCA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(2022). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="310200B5" w14:textId="3B7839A9" w:rsidR="000F2CCA" w:rsidRPr="00F73FE4" w:rsidRDefault="00F73FE4" w:rsidP="001169C4">
       <w:pPr>
         <w:pStyle w:val="Head"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F73FE4">
         <w:rPr>
           <w:rStyle w:val="author"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Segerson</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F73FE4">
+        <w:t>Segerson, K</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="author"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, K</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73FE4">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1C1D1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="1C1D1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C.L. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F73FE4">
         <w:rPr>
           <w:rStyle w:val="author"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00F73FE4">
+        <w:t>Kling,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="author"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Kling,</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> N.E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F73FE4">
         <w:rPr>
           <w:rStyle w:val="author"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> N.E. </w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>Bockstael</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F73FE4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>. “</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73FE4">
         <w:rPr>
           <w:rStyle w:val="articletitle"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="1C1D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Contributions of </w:t>
@@ -6646,547 +6894,499 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B7B49B" w14:textId="6E472359" w:rsidR="002F0122" w:rsidRPr="00326F9C" w:rsidRDefault="002F0122" w:rsidP="001169C4">
       <w:pPr>
         <w:pStyle w:val="Head"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hansen, A.T., T. Campbell, S Jong Cho, J.A. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, B.J. Dalzell, C.L. Dolph, </w:t>
+        <w:t xml:space="preserve">Hansen, A.T., T. Campbell, S Jong Cho, J.A. Czuba, B.J. Dalzell, C.L. Dolph, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L.Hawthorn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0066148D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, S. Rabotyagov, Z. Lang, K. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0066148D">
+        <w:t>, S. Rabotyagov, Z. Lang, K. Kumarasamy, P. Belmont, J.C. Finlay, E. Foufoula-Georgiou, K.B. Gran, C. L. Kling, and P. Wilcock. “Integrated assessment modeling reveals near-channel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F0122">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Kumarasamy</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0066148D">
+        <w:t xml:space="preserve"> management as cost-effective to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326F9C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, P. Belmont, J.C. Finlay, E. Foufoula-Georgiou, K.B. Gran, C. L. Kling, and P. Wilcock. “Integrated assessment modeling reveals near-channel</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F0122">
+        <w:t xml:space="preserve">improve water quality in agricultural watersheds," </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326F9C">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Proceedings of the National Academy of Sciences</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326F9C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00326F9C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> management as cost-effective to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00326F9C">
+        <w:t>118 (2021)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73FE4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">improve water quality in agricultural watersheds," </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00326F9C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0AC024" w14:textId="7FD3357B" w:rsidR="00A83803" w:rsidRDefault="00A83803" w:rsidP="001169C4">
+      <w:pPr>
+        <w:pStyle w:val="Head"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>118 (2021)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F73FE4">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5D0AC024" w14:textId="7FD3357B" w:rsidR="00A83803" w:rsidRDefault="00A83803" w:rsidP="001169C4">
+        <w:t xml:space="preserve">Keiser, D.A., S.M, Olmstead, K.J. Boyle, V.B. Flatt, B.L. Keeler, C.L. Kling, D.J. Phaneuf, J.S. Shapiro, and J.P. Shimshack, “A Water Rule that Turns a Blind Eye to Transboundary Pollution,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A83803">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Science</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 372:6539(2021): 241-243.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0354A2" w14:textId="7D4D4BC1" w:rsidR="001169C4" w:rsidRPr="001169C4" w:rsidRDefault="001169C4" w:rsidP="001169C4">
       <w:pPr>
         <w:pStyle w:val="Head"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001169C4">
+        <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Lian</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Keiser, D.A., S.M, Olmstead, K.J. Boyle, V.B. Flatt, B.L. Keeler, C.L. Kling, D.J. Phaneuf, J.S. Shapiro, and J.P. Shimshack, “A Water Rule that Turns a Blind Eye to Transboundary Pollution,” </w:t>
-[...10 lines deleted...]
-      <w:r>
+        <w:t>g,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83803">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 372:6539(2021): 241-243.</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t xml:space="preserve"> Y.,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Lian</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> I. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>g,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A83803">
+        <w:t>Rudik</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Y.,</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rudik</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Y. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t>Zo</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">u, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Y. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zo</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">u, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t>Johnston</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Johnston</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">D. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t>Rodewald</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">D. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rodewald</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t xml:space="preserve">L. Kling </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Conservation Co-Benefits from Air Pollution Regulation: Evidence from Birds,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Proceedings of the National Academy of Sciences</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001169C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">L. Kling </w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="001169C4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Conservation Co-Benefits from Air Pollution Regulation: Evidence from Birds,”</w:t>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="001169C4">
+        <w:t xml:space="preserve"> (2020): </w:t>
+      </w:r>
+      <w:r w:rsidR="005B65E7">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> 30900-30906</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD289A5" w14:textId="77777777" w:rsidR="00E44C7F" w:rsidRDefault="00E44C7F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001169C4">
-        <w:rPr>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> et al.’s Prospects of Bioenergy Cropping Systems for a More</w:t>
+        <w:t>Moore, K.J., C.L. Kling, and D.R. Raman, “A Midwest USA Perspective on Von Cossel et al.’s Prospects of Bioenergy Cropping Systems for a More</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Social-Ecologically Sound Bioeconomy" </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44C7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:t>10(2020): 1658.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F73AAA" w14:textId="77777777" w:rsidR="004A21A7" w:rsidRDefault="004A21A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
@@ -7334,51 +7534,50 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 96,2(2020): 225-243.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73297F7A" w14:textId="77777777" w:rsidR="00B46CE0" w:rsidRDefault="00B46CE0" w:rsidP="002A7872">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A0C5738" w14:textId="77777777" w:rsidR="002A7872" w:rsidRPr="00D65E2F" w:rsidRDefault="002A7872" w:rsidP="002A7872">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Polasky, S., C.L. Kling, S.A. Levin, S. R. Carpenter, G.C. Daily, P.R. Ehrlich, G.M. Heal, and J. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lubchenco. “Role of Economics in Analyzing the Environment and Sustainable Development,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Proceedings of the National Academy of Sciences</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 116:12(2019): 5233-5238. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667AC866" w14:textId="77777777" w:rsidR="00D65E2F" w:rsidRPr="00D65E2F" w:rsidRDefault="00D65E2F" w:rsidP="00D65E2F"/>
     <w:p w14:paraId="0F66CEB8" w14:textId="5F1160C1" w:rsidR="00D65E2F" w:rsidRPr="00D65E2F" w:rsidRDefault="00D65E2F" w:rsidP="00D65E2F">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="page"/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -7444,50 +7643,51 @@
         <w:t xml:space="preserve">2019: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65E2F">
         <w:rPr>
           <w:rStyle w:val="page"/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>1-18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="page"/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76151E44" w14:textId="77777777" w:rsidR="00D65E2F" w:rsidRPr="00D65E2F" w:rsidRDefault="00D65E2F" w:rsidP="00D65E2F"/>
     <w:p w14:paraId="2337041A" w14:textId="77777777" w:rsidR="00AF3DEB" w:rsidRDefault="00AF3DEB" w:rsidP="00F3239A">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Keiser, D.</w:t>
       </w:r>
       <w:r w:rsidR="002A7872">
         <w:t>A.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, C.L. Kling, and J.S. Shapiro. “The Low but Uncertain Measured Benefits of US Water Quality Policy,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF3DEB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Proceedings of the National Academy of Sciences</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A7872">
         <w:t xml:space="preserve">116:12 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2019): </w:t>
       </w:r>
       <w:r w:rsidR="002A7872">
@@ -7616,59 +7816,51 @@
         </w:rPr>
         <w:t>Environmental and Resource Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF3DEB">
         <w:t>69:3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2018): </w:t>
       </w:r>
       <w:r w:rsidR="00AF3DEB">
         <w:t>483-502</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="699AF044" w14:textId="77777777" w:rsidR="00B82EC5" w:rsidRPr="00B82EC5" w:rsidRDefault="00B82EC5" w:rsidP="00B82EC5"/>
     <w:p w14:paraId="78005E21" w14:textId="77777777" w:rsidR="00557BCC" w:rsidRDefault="00B74F45" w:rsidP="00F3239A">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r>
         <w:t>Kl</w:t>
       </w:r>
       <w:r w:rsidR="006F395F">
-        <w:t xml:space="preserve">ing, C.L., R.W. </w:t>
-[...7 lines deleted...]
-        <w:t>, G. Calh</w:t>
+        <w:t>ing, C.L., R.W. Arritt, G. Calh</w:t>
       </w:r>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="006F395F">
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:t>n, and D.A. Keiser.</w:t>
       </w:r>
       <w:r w:rsidR="00624E41">
         <w:t xml:space="preserve"> “Integrated Assessment Models </w:t>
       </w:r>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00624E41">
         <w:t>f</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the Food, Energy, an</w:t>
       </w:r>
       <w:r w:rsidR="00DD0BEC">
         <w:t>d Water Nexus: A Review and an O</w:t>
       </w:r>
@@ -7756,59 +7948,51 @@
           <w:i/>
         </w:rPr>
         <w:t>American Journal of Agricultural Economics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00557BCC">
         <w:t>98</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2016): </w:t>
       </w:r>
       <w:r w:rsidR="00557BCC">
         <w:t>1295-1313.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F14B074" w14:textId="77777777" w:rsidR="00557BCC" w:rsidRDefault="00557BCC" w:rsidP="00557BCC"/>
     <w:p w14:paraId="27C2108F" w14:textId="77777777" w:rsidR="00557BCC" w:rsidRDefault="00557BCC" w:rsidP="00557BCC">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bullerjahn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, G.S., R.M. McKay, T. W. Davis, D. Baker, G. Boyer, L </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, G. Doucette, J. Ho, E. Irwin, C. Kling, et al. “Global Solutions to Regional Problems: Collecting Global Expertise to Address the Problem of Harmful Cyanobacterial Blooms: A Lake Erie Case Study,” </w:t>
+        <w:t xml:space="preserve">, G.S., R.M. McKay, T. W. Davis, D. Baker, G. Boyer, L D’Anglada, G. Doucette, J. Ho, E. Irwin, C. Kling, et al. “Global Solutions to Regional Problems: Collecting Global Expertise to Address the Problem of Harmful Cyanobacterial Blooms: A Lake Erie Case Study,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Harmful Algae</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> special Issue, 54(2016): 223-238.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B01FD30" w14:textId="77777777" w:rsidR="00DD4D53" w:rsidRDefault="00DD4D53" w:rsidP="00557BCC"/>
     <w:p w14:paraId="765AFFF6" w14:textId="0065A61C" w:rsidR="00557BCC" w:rsidRDefault="00395255" w:rsidP="00557BCC">
       <w:r>
         <w:t xml:space="preserve">Panagopoulos, Y., </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00557BCC">
         <w:t>.Gassman</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -7923,60 +8107,51 @@
         </w:rPr>
         <w:t>Annual Review of Resource Economics</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC04E2">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t>(2015</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidR="00AC04E2">
         <w:t>169-187</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EDDAEC" w14:textId="77777777" w:rsidR="00145381" w:rsidRDefault="00145381" w:rsidP="007A510D"/>
     <w:p w14:paraId="2BF85A04" w14:textId="77777777" w:rsidR="007A510D" w:rsidRDefault="007A510D" w:rsidP="007A510D">
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, and J. Downing. “Recreational Demand for Clean Water: Evidence from Geotagged Photographs by Visitors to Lakes” </w:t>
+        <w:t xml:space="preserve">Keeler, B., S. Wood, S. Polasky, C. Kling, C. Filstrup, and J. Downing. “Recreational Demand for Clean Water: Evidence from Geotagged Photographs by Visitors to Lakes” </w:t>
       </w:r>
       <w:r w:rsidRPr="009D14A0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Frontiers in Ecology and the Environment</w:t>
       </w:r>
       <w:r w:rsidR="004D3556">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC04E2">
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="004D3556">
         <w:t>(2015</w:t>
       </w:r>
       <w:r>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidR="00AC04E2">
         <w:t xml:space="preserve"> 76-81</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
@@ -7990,85 +8165,57 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rabotyagov, S., T. Campbell</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M. White, J. Arnold, J. Atwood, L. Norfleet, C.L. Kling, P.W. Gassman, A</w:t>
       </w:r>
       <w:r w:rsidR="00B7276C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.M. </w:t>
-[...33 lines deleted...]
-        <w:t>, “Cost-Effective Tar</w:t>
+        <w:t>.M. Valcu, J. Richardson, R.E. T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>urner, and N.N. Rabalais, “Cost-Effective Tar</w:t>
       </w:r>
       <w:r w:rsidR="00B7276C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eting of Conservation Investments to Reduce the Northern Gulf of Mexico</w:t>
       </w:r>
       <w:r w:rsidR="00B7276C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hypoxic Zone</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B7276C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">,”  </w:t>
@@ -8176,59 +8323,51 @@
         <w:t>96:2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:t>(201</w:t>
       </w:r>
       <w:r w:rsidR="00AD1244" w:rsidRPr="00E35B88">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00ED22A4">
         <w:t>): 397-419.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C7A815" w14:textId="77777777" w:rsidR="00E35B88" w:rsidRPr="00E35B88" w:rsidRDefault="00E35B88" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5687E0A7" w14:textId="77777777" w:rsidR="00BF7402" w:rsidRDefault="00BF7402" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E35B88">
-        <w:t xml:space="preserve">Rabotyagov, S., C. Kling, P. Gassman, N. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, and R. Turner. “The Economics of Dead Zones: Causes, Impacts, Policy Challenges, and a Model of the Gulf of Mexico Hypoxic Zone,” </w:t>
+        <w:t xml:space="preserve">Rabotyagov, S., C. Kling, P. Gassman, N. Rabalais, and R. Turner. “The Economics of Dead Zones: Causes, Impacts, Policy Challenges, and a Model of the Gulf of Mexico Hypoxic Zone,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Review of Environmental Economics and Policy</w:t>
       </w:r>
       <w:r w:rsidR="00653889">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00653889">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E746AC" w:rsidRPr="00E746AC">
         <w:rPr>
@@ -8238,176 +8377,147 @@
       </w:r>
       <w:r w:rsidR="00E746AC">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C25B42" w14:textId="77777777" w:rsidR="00B3452E" w:rsidRDefault="00B3452E" w:rsidP="00B3452E"/>
     <w:p w14:paraId="7C33BEBA" w14:textId="77777777" w:rsidR="00E746AC" w:rsidRDefault="00E746AC" w:rsidP="00B3452E">
       <w:r>
         <w:t xml:space="preserve">Kling, C., Y. Panagopoulos, A. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Valcu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, P.</w:t>
       </w:r>
       <w:r w:rsidR="00850D35">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Gassman, S. Rabotyagov, T. Campbell, M. White, J. Arnold, R. Srinivasan, M. Jha, J. Richardson, R.E. Turner, and N. </w:t>
-[...7 lines deleted...]
-        <w:t>. “Land Use Model Integrating Agriculture and the En</w:t>
+        <w:t>Gassman, S. Rabotyagov, T. Campbell, M. White, J. Arnold, R. Srinivasan, M. Jha, J. Richardson, R.E. Turner, and N. Rabalais. “Land Use Model Integrating Agriculture and the En</w:t>
       </w:r>
       <w:r w:rsidR="003D72D3">
         <w:t>vironment (LUMINATE): Linkages b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">etween Agricultural Land Use, local Water Quality and Hypoxic Concerns in the Gulf of Mexico Basin,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>European Review of Agricultural Economics</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0022061A">
         <w:t xml:space="preserve"> special issue,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0022061A">
         <w:t>41:3</w:t>
       </w:r>
       <w:r>
         <w:t>(2014):</w:t>
       </w:r>
       <w:r w:rsidR="0022061A">
         <w:t>431-459</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6828D7E9" w14:textId="77777777" w:rsidR="009A3FCB" w:rsidRDefault="009A3FCB" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01EFE6AE" w14:textId="77777777" w:rsidR="0028432D" w:rsidRDefault="00BF7402" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r w:rsidRPr="00E35B88">
         <w:t>Panagopoulos, Y., P.</w:t>
       </w:r>
       <w:r w:rsidR="0028432D" w:rsidRPr="00E35B88">
-        <w:t xml:space="preserve"> Gassman, R. </w:t>
-[...15 lines deleted...]
-        <w:t>, T. Campbell, M. Jha, C. Kling, R. Srinivasa</w:t>
+        <w:t xml:space="preserve"> Gassman, R. Arritt, D. Herzmann, T. Campbell, M. Jha, C. Kling, R. Srinivasa</w:t>
       </w:r>
       <w:r w:rsidR="004464C4">
         <w:t xml:space="preserve">n, M. White and J. Arnold. </w:t>
       </w:r>
       <w:r w:rsidR="0028432D" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> “Surface Water Quality and Cropping Systems Sustainability under a Changing Climate in the Upper Mississippi River Basin,” </w:t>
       </w:r>
       <w:r w:rsidR="0028432D" w:rsidRPr="00E35B88">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Soil and Water Conservation</w:t>
       </w:r>
       <w:r w:rsidR="0028432D" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004464C4">
         <w:t>69:6</w:t>
       </w:r>
       <w:r w:rsidR="0028432D" w:rsidRPr="00E35B88">
         <w:t>(2014):</w:t>
       </w:r>
       <w:r w:rsidR="004464C4">
         <w:t>483-494</w:t>
       </w:r>
       <w:r w:rsidR="0028432D" w:rsidRPr="00E35B88">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B715D4D" w14:textId="77777777" w:rsidR="006F395F" w:rsidRPr="006F395F" w:rsidRDefault="006F395F" w:rsidP="006F395F"/>
     <w:p w14:paraId="771546BC" w14:textId="77777777" w:rsidR="004C1947" w:rsidRDefault="004C1947" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r w:rsidRPr="00E35B88">
         <w:t>Liu, C-C., J.</w:t>
       </w:r>
       <w:r w:rsidR="00BF7402" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:t>Herriges, C. Kling, S. Secchi, J.</w:t>
       </w:r>
       <w:r w:rsidR="00032D9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E35B88">
-        <w:t>Nassauer</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Nassauer, </w:t>
       </w:r>
       <w:r w:rsidR="00BF7402" w:rsidRPr="00E35B88">
         <w:t>and D.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> Phaneuf. “A Comparison of Value Elicitation Question Formats in Multiple-Good Contingent Valuation,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Frontiers of Economics in China</w:t>
       </w:r>
       <w:r w:rsidR="0093320C">
         <w:t xml:space="preserve"> 9:1</w:t>
       </w:r>
       <w:r w:rsidR="00837BD1">
         <w:t>(2014): 85-108.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0647A37F" w14:textId="77777777" w:rsidR="00F30DAD" w:rsidRDefault="00F30DAD" w:rsidP="00F30DAD"/>
     <w:p w14:paraId="0557E2BB" w14:textId="77777777" w:rsidR="007827F3" w:rsidRDefault="007827F3" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
@@ -8531,122 +8641,127 @@
         <w:t xml:space="preserve"> (2013), </w:t>
       </w:r>
       <w:r w:rsidR="0028432D" w:rsidRPr="00E35B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>wileyonlinelibrary.com,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> DOI: 10.1002/hyp.9865.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="388A5396" w14:textId="77777777" w:rsidR="002958D9" w:rsidRPr="00E35B88" w:rsidRDefault="002958D9" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DB58406" w14:textId="77777777" w:rsidR="008150A0" w:rsidRPr="00E35B88" w:rsidRDefault="00A25C5F" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r w:rsidRPr="00E35B88">
-        <w:lastRenderedPageBreak/>
         <w:t>Kling, C., D</w:t>
       </w:r>
       <w:r w:rsidR="008150A0" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve">. Phaneuf, and J. Zhao. “From Exxon to BP: Has Some Number Become Better than No Number?” </w:t>
       </w:r>
       <w:r w:rsidR="008150A0" w:rsidRPr="00E35B88">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Journal of Economic Perspectives</w:t>
       </w:r>
       <w:r w:rsidR="00F939B8" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> 26:4(2012): 3-26</w:t>
       </w:r>
       <w:r w:rsidR="008150A0" w:rsidRPr="00E35B88">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2796AE8D" w14:textId="77777777" w:rsidR="00433653" w:rsidRDefault="00433653" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AB31EED" w14:textId="77777777" w:rsidR="00C03FBF" w:rsidRDefault="00C03FBF" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r w:rsidRPr="00E35B88">
         <w:t>Gonzalez-Ramirez, J., A.</w:t>
       </w:r>
       <w:r w:rsidR="00B7276C">
         <w:t xml:space="preserve">M. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E35B88">
-        <w:t>Valcu</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, and C. Kling.  “An Overview of Carbon Offsets from Agriculture,” </w:t>
+        <w:t xml:space="preserve">Valcu, and C. Kling.  “An Overview of Carbon Offsets from Agriculture,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Annual Review of Resource Economics</w:t>
       </w:r>
       <w:r w:rsidR="00503201" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F939B8" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00503201" w:rsidRPr="00E35B88">
         <w:t>(2012):</w:t>
       </w:r>
       <w:r w:rsidR="00F939B8" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> 145-160</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35B88">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B663C8" w14:textId="77777777" w:rsidR="00474C48" w:rsidRPr="00474C48" w:rsidRDefault="00474C48" w:rsidP="00474C48"/>
-    <w:p w14:paraId="041EC8E6" w14:textId="77777777" w:rsidR="00AE2102" w:rsidRDefault="00BC712A" w:rsidP="00E35B88">
+    <w:p w14:paraId="1B79B10A" w14:textId="77777777" w:rsidR="00BC7D92" w:rsidRDefault="00BC7D92" w:rsidP="00E35B88">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="049FBCDD" w14:textId="77777777" w:rsidR="00BC7D92" w:rsidRDefault="00BC7D92" w:rsidP="00E35B88">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041EC8E6" w14:textId="26898428" w:rsidR="00AE2102" w:rsidRDefault="00BC712A" w:rsidP="00E35B88">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+      </w:pPr>
       <w:r w:rsidRPr="00E35B88">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kling, C. </w:t>
       </w:r>
       <w:r w:rsidR="00AE2102" w:rsidRPr="00E35B88">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00C87FF2" w:rsidRPr="00E35B88">
         <w:t>Economic Incentives to Improve Water Quality in Agricultural Landscapes: Some New Variations on Old Ideas</w:t>
       </w:r>
       <w:r w:rsidR="00AE2102" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve">,” </w:t>
       </w:r>
       <w:r w:rsidR="00AE2102" w:rsidRPr="00E35B88">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>American Journal of Agricultural Economics</w:t>
       </w:r>
       <w:r w:rsidR="00AE2102" w:rsidRPr="00E35B88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00993DC1" w:rsidRPr="00E35B88">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00993DC1">
@@ -9209,135 +9324,133 @@
       <w:r w:rsidR="00A96582" w:rsidRPr="00124F02">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B33029" w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C7F79F2" w14:textId="77777777" w:rsidR="00C635C2" w:rsidRDefault="00C635C2" w:rsidP="00A96582"/>
     <w:p w14:paraId="2176244A" w14:textId="77777777" w:rsidR="00C635C2" w:rsidRDefault="00C635C2" w:rsidP="00C635C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Kling, C., M</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>. Helmers, M. Tomer, T. Isenhart, T. Moorman, and W. Simpkins</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
-        <w:t xml:space="preserve"> “Agriculture and Water Quality in the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: Overview of Issues and Approaches,” </w:t>
+        <w:t xml:space="preserve"> “Agriculture and Water Quality in the Cornbelt: Overview of Issues and Approaches,” </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Choices</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>(2007).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C5AE986" w14:textId="77777777" w:rsidR="00433653" w:rsidRDefault="00433653" w:rsidP="00C635C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56BD8DD3" w14:textId="77777777" w:rsidR="00C635C2" w:rsidRDefault="00C635C2" w:rsidP="00C635C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
-        <w:lastRenderedPageBreak/>
         <w:t>Schilling,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> K.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> M.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> Tomer, P. Gassman, T. Isenhart, T. Moorman, W. Simpkins, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">C. Kling, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve">and C. Wolter “A Tale of Three Watersheds: Non-point Source Pollution and Conservation Practices Across Iowa,” </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Choices</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidRPr="00124F02">
-        <w:t>(2007)</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>(2007</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00124F02">
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="40F6B0D1" w14:textId="77777777" w:rsidR="002A7872" w:rsidRDefault="002A7872" w:rsidP="00C635C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52EA219C" w14:textId="77777777" w:rsidR="00C55556" w:rsidRPr="00124F02" w:rsidRDefault="003D3BFD" w:rsidP="00A96582">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
         <w:t>Feng,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> H.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
@@ -9389,50 +9502,51 @@
       </w:r>
       <w:r w:rsidR="00C55556" w:rsidRPr="00124F02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B1835C9" w14:textId="77777777" w:rsidR="0090129F" w:rsidRDefault="0090129F" w:rsidP="00814C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="1791"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="OLE_LINK8"/>
       <w:bookmarkStart w:id="11" w:name="OLE_LINK9"/>
     </w:p>
     <w:p w14:paraId="6AD4513C" w14:textId="77777777" w:rsidR="00814C97" w:rsidRDefault="003D3BFD" w:rsidP="00814C97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="1791"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
+        <w:lastRenderedPageBreak/>
         <w:t>Kurkalova</w:t>
       </w:r>
       <w:r>
         <w:t>, L., C. Kling,</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> and J</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> Zhao</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00814C97" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">“Green Subsidies in Agriculture: Estimating the Adoption Costs of Conservation Tillage from Observed Behavior,” </w:t>
       </w:r>
       <w:r w:rsidR="00814C97" w:rsidRPr="00124F02">
         <w:rPr>
@@ -9943,51 +10057,50 @@
           <w:iCs/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00F4301F" w:rsidRPr="00124F02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="478B132E" w14:textId="77777777" w:rsidR="00145381" w:rsidRDefault="00145381" w:rsidP="000B2475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:right="-90"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3252956B" w14:textId="77777777" w:rsidR="005C4AF9" w:rsidRDefault="00E11B5A" w:rsidP="005C4AF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zhao, J. and C. Kling. </w:t>
       </w:r>
       <w:r w:rsidR="005C4AF9" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">"Environmental Regulation </w:t>
       </w:r>
       <w:r w:rsidR="00DE6D7A" w:rsidRPr="00124F02">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="005C4AF9" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">nder Policy Persistence," </w:t>
       </w:r>
       <w:r w:rsidR="005C4AF9" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Resource and Energy Economics</w:t>
       </w:r>
       <w:r w:rsidR="005C4AF9" w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA56F3" w:rsidRPr="00124F02">
         <w:t>25</w:t>
@@ -10091,65 +10204,56 @@
         <w:t>(2001): 293-300</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FCE0631" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRPr="00124F02" w:rsidRDefault="00DD7435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DD03B13" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRDefault="006B6EEC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Pautsch</w:t>
-[...7 lines deleted...]
-        <w:t>, G., L. Kurk</w:t>
+        <w:t>Pautsch, G., L. Kurk</w:t>
       </w:r>
       <w:r w:rsidR="00395255">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">lova, B. Babcock, and C. Kling. </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">"The Efficiency of Sequestering Carbon in Agricultural Soils," </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -10516,51 +10620,50 @@
         <w:t xml:space="preserve"> 78(1996): </w:t>
       </w:r>
       <w:r>
         <w:t>103-114</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E228A0A" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRPr="00124F02" w:rsidRDefault="00DD7435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E166F85" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRDefault="00595825">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Weinberg, M. and C. Kling. </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">“Uncoordinated Agricultural and Environmental Policy-Making: An Application to Irrigated Agriculture,” </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>American Journal of Agricultural Economics</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t>, 78(1996): 65-78</w:t>
       </w:r>
       <w:r w:rsidR="00D010CF" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">, reprinted in J. </w:t>
       </w:r>
       <w:r w:rsidR="00D010CF" w:rsidRPr="00124F02">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Shortle and R. Griffin, eds. </w:t>
       </w:r>
       <w:r w:rsidR="00D010CF" w:rsidRPr="00124F02">
@@ -10583,63 +10686,55 @@
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nvironment.</w:t>
       </w:r>
       <w:r w:rsidR="00D010CF" w:rsidRPr="00124F02">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Northampton, Mass.: Elgar 2001; 154-67 </w:t>
       </w:r>
       <w:r w:rsidR="00DA7D65" w:rsidRPr="00124F02">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">and in </w:t>
       </w:r>
       <w:r w:rsidR="00C360AD">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">S. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DA7D65" w:rsidRPr="00124F02">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Batie</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> and R. Horan, eds. </w:t>
+        <w:t xml:space="preserve">Batie and R. Horan, eds. </w:t>
       </w:r>
       <w:r w:rsidR="00DA7D65" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The Economics of Agri-environmental Policy. Volume 2. International Library of Environmental Economics and Policy</w:t>
       </w:r>
       <w:r w:rsidR="00DA7D65" w:rsidRPr="00124F02">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.  Burlington, Vt.: Ashgate, 2004; 337-50</w:t>
       </w:r>
       <w:r w:rsidR="00D010CF" w:rsidRPr="00124F02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC12738" w14:textId="77777777" w:rsidR="003D72D3" w:rsidRDefault="003D72D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
@@ -10712,59 +10807,51 @@
     </w:p>
     <w:p w14:paraId="4E938CF9" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRDefault="009C56B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kling, C. </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">“Emission Trading vs. Rigid Regulations in the Control of Vehicle Emissions,” </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Land Economics</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t>, 70(1994): 174-188.</w:t>
       </w:r>
       <w:r w:rsidR="00AA3BFC" w:rsidRPr="00124F02">
-        <w:t xml:space="preserve"> Reprinted in G. Helfand and P. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, Eds., </w:t>
+        <w:t xml:space="preserve"> Reprinted in G. Helfand and P. Berck, Eds., </w:t>
       </w:r>
       <w:r w:rsidR="00AA3BFC" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The Theory and Practice of Command and Control in Environmental Policy, </w:t>
       </w:r>
       <w:r w:rsidR="00AA3BFC" w:rsidRPr="00124F02">
         <w:t>Ashgate Publishing, 2004.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D940806" w14:textId="77777777" w:rsidR="00904749" w:rsidRDefault="00904749">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03048050" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRPr="00124F02" w:rsidRDefault="009C56B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
@@ -11159,50 +11246,51 @@
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:noBreakHyphen/>
         <w:t>1017</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C1A91B" w14:textId="77777777" w:rsidR="00813739" w:rsidRDefault="00813739">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="378135F8" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRDefault="009C56B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Hlk72584644"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Kling, C. and R. Sexton.</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> “Bootstrapping in Applied Welfare Analysis,” </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>American Journal of Agricultural Economics</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t>, 69(1990): 406</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:noBreakHyphen/>
         <w:t>418.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p w14:paraId="730037AB" w14:textId="77777777" w:rsidR="004E0B10" w:rsidRPr="00124F02" w:rsidRDefault="004E0B10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
@@ -11686,125 +11774,118 @@
     <w:p w14:paraId="30081C92" w14:textId="77777777" w:rsidR="00D100C1" w:rsidRDefault="00D100C1" w:rsidP="00D616F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="423CCA7B" w14:textId="77777777" w:rsidR="00493463" w:rsidRDefault="00493463" w:rsidP="00284A77">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
         <w:t>Dale, V.</w:t>
       </w:r>
       <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t xml:space="preserve">H., Kling, C.L., Meyer, J.L., Sanders, J., Stallworth, H., Armitage, Th., </w:t>
+        <w:t>H., Kling, C.L., Meyer, J.L., Sanders, J., Stallworth, H., Armitage, Th., Wang</w:t>
+      </w:r>
+      <w:r w:rsidR="003B16AD">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t>sness, D., Bianchi, T.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Blumberg, A., Boynton, W., Conley, D.J., Crumpton, W., David, M., Gilbert, D., Howarth, R.W., Lowrance, R., Mankin, K., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t>Wang</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B16AD">
+        <w:t>Opaluch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t>sness</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">, Blumberg, A., Boynton, W., Conley, D.J., Crumpton, W., David, M., Gilbert, D., Howarth, R.W., Lowrance, R., Mankin, K., </w:t>
+        <w:t xml:space="preserve">, J., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t>Opaluch</w:t>
+        <w:t>Paerl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t xml:space="preserve">, J., </w:t>
+        <w:t xml:space="preserve">, H., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t>Paerl</w:t>
+        <w:t>Reckhow</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t xml:space="preserve">, H., </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
+        <w:t>, K.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B16AD">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t>Reckhow</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
+        <w:t xml:space="preserve">, Sharpley, A.N., </w:t>
+      </w:r>
+      <w:r w:rsidR="003B16AD">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
-        <w:t>, K.</w:t>
-[...5 lines deleted...]
-        <w:t>, Sharpley, A.N., Simpson, T</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Simpson, T</w:t>
       </w:r>
       <w:r w:rsidR="00B4414C" w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve">, Snyder, C.S., Wright, D. </w:t>
       </w:r>
       <w:r w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Hypoxia in the Northern Gulf of Mexico</w:t>
       </w:r>
       <w:r w:rsidRPr="00284A77">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
         </w:rPr>
@@ -12008,60 +12089,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nassauer</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, C. Kling, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and D</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
@@ -12090,267 +12169,185 @@
         </w:rPr>
         <w:t>From the Corn Belt to the Gulf: Societal and Environmental Implications of Alternative Agricultural Futures</w:t>
       </w:r>
       <w:r w:rsidR="002E3322" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, edited by J</w:t>
       </w:r>
       <w:r w:rsidR="00313D36" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oan</w:t>
       </w:r>
       <w:r w:rsidR="002E3322" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Nassauer, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00313D36" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ary</w:t>
+      </w:r>
       <w:r w:rsidR="002E3322" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nassauer</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Santelmann, and D</w:t>
+      </w:r>
+      <w:r w:rsidR="00313D36" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onald</w:t>
+      </w:r>
       <w:r w:rsidR="002E3322" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, M</w:t>
+        <w:t xml:space="preserve"> Scavia, RFF Press, Washington D.C. </w:t>
+      </w:r>
+      <w:r w:rsidR="001C34EC" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F3F05C" w14:textId="77777777" w:rsidR="00493463" w:rsidRPr="00124F02" w:rsidRDefault="00493463" w:rsidP="002E3322">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A58CADF" w14:textId="77777777" w:rsidR="00FA4533" w:rsidRDefault="00493463" w:rsidP="002E3322">
+      <w:pPr>
+        <w:pStyle w:val="PlainText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nassauer, J. and C. Kling. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4533" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Changing Societal Expectations for Environmental Benefits from Agricultural Policy,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4533" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>From the Corn Belt to the Gulf: Societal and Environmental Implications of Alternative Agricultural Futures</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4533" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, edited by J</w:t>
       </w:r>
       <w:r w:rsidR="00313D36" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>oan</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4533" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nassauer, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00313D36" w:rsidRPr="00124F02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>ary</w:t>
       </w:r>
-      <w:r w:rsidR="002E3322" w:rsidRPr="00124F02">
+      <w:r w:rsidR="00FA4533" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...181 lines deleted...]
-        <w:t>, and D</w:t>
+        <w:t xml:space="preserve"> Santelmann, and D</w:t>
       </w:r>
       <w:r w:rsidR="00313D36" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>onald</w:t>
       </w:r>
       <w:r w:rsidR="00FA4533" w:rsidRPr="00124F02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scavia, Resources for the Future Press, Washington D.C.  2007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -12503,51 +12500,50 @@
         <w:t>olorado</w:t>
       </w:r>
       <w:r w:rsidR="00B45C9A" w:rsidRPr="00124F02">
         <w:t>, 2006</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B33ED5" w14:textId="77777777" w:rsidR="009E5C36" w:rsidRDefault="009E5C36" w:rsidP="00493463">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F7E2CE0" w14:textId="77777777" w:rsidR="001C4742" w:rsidRDefault="00493463" w:rsidP="00493463">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Feng, H., L. </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve">Kurkalova, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">C. Kling, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>and S</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> Secchi. </w:t>
       </w:r>
       <w:r w:rsidR="001C4742" w:rsidRPr="00124F02">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00F5216C" w:rsidRPr="00124F02">
         <w:t>CAC versus Incentive</w:t>
       </w:r>
       <w:r w:rsidR="001C4742" w:rsidRPr="00124F02">
         <w:t>-Based Instrument</w:t>
@@ -12584,59 +12580,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Herriges, J. and C. Kling. </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">“Recreation Demand Models,” </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The International Yearbook of Environmental and Resource Economics 2002/2003</w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t xml:space="preserve">, edited by </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Tom </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and Henk Folmer</w:t>
+        <w:t>Tom Tietenberg and Henk Folmer</w:t>
       </w:r>
       <w:r w:rsidR="004E4D3A">
         <w:t>, Edward Elgar Press, 2003</w:t>
       </w:r>
       <w:r w:rsidR="008731D1" w:rsidRPr="00124F02">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D59193" w14:textId="77777777" w:rsidR="004A21A7" w:rsidRDefault="004A21A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D3E86F8" w14:textId="77777777" w:rsidR="00FC3653" w:rsidRPr="00124F02" w:rsidRDefault="00FC3653">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
@@ -12989,59 +12977,51 @@
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:t>Kling C</w:t>
       </w:r>
       <w:r w:rsidR="005B2732">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD7435" w:rsidRPr="00124F02">
         <w:t>“Determining the Value of Non-Marketed Goods: Economic, Psychological, and Policy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04ACB92A" w14:textId="77777777" w:rsidR="00DD7435" w:rsidRPr="00124F02" w:rsidRDefault="00DD7435">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00124F02">
-        <w:t xml:space="preserve">Relevant Aspects of Contingent Valuation Methods,” edited by Raymond Kopp, Werner </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, and Norbert Schwarz, </w:t>
+        <w:t xml:space="preserve">Relevant Aspects of Contingent Valuation Methods,” edited by Raymond Kopp, Werner Pommerehne, and Norbert Schwarz, </w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>American Journal of Agricultural Economics</w:t>
       </w:r>
       <w:r w:rsidRPr="00124F02">
         <w:t>, (2001).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71483BD3" w14:textId="77777777" w:rsidR="00D616F8" w:rsidRPr="00124F02" w:rsidRDefault="00D616F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B2BF700" w14:textId="77777777" w:rsidR="002B5EB9" w:rsidRDefault="00493463" w:rsidP="00E746AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
@@ -13094,179 +13074,200 @@
     </w:p>
     <w:p w14:paraId="60AFA3D3" w14:textId="77777777" w:rsidR="002B5EB9" w:rsidRDefault="002B5EB9" w:rsidP="00E746AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3959307E" w14:textId="77777777" w:rsidR="000F2CCA" w:rsidRDefault="000F2CCA" w:rsidP="00E746AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5806F8AF" w14:textId="77777777" w:rsidR="000F2CCA" w:rsidRDefault="000F2CCA" w:rsidP="00E746AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D2CB3FD" w14:textId="798F9F83" w:rsidR="002B5EB9" w:rsidRPr="00124F02" w:rsidRDefault="002B5EB9" w:rsidP="000F2CCA">
-      <w:fldSimple w:instr=" ADDIN EN.REFLIST "/>
+    <w:p w14:paraId="4D2CB3FD" w14:textId="798F9F83" w:rsidR="002B5EB9" w:rsidRPr="00124F02" w:rsidRDefault="00AA00A7" w:rsidP="000F2CCA">
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> ADDIN EN.REFLIST </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="002B5EB9" w:rsidRPr="00124F02" w:rsidSect="002956AA">
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1440" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C6F979D" w14:textId="77777777" w:rsidR="00C16313" w:rsidRDefault="00C16313">
+    <w:p w14:paraId="2916FB5E" w14:textId="77777777" w:rsidR="00AA00A7" w:rsidRDefault="00AA00A7">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47BBCBBA" w14:textId="77777777" w:rsidR="00C16313" w:rsidRDefault="00C16313">
+    <w:p w14:paraId="7006C1A7" w14:textId="77777777" w:rsidR="00AA00A7" w:rsidRDefault="00AA00A7">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7019AC8A" w14:textId="77777777" w:rsidR="00C16313" w:rsidRDefault="00C16313">
+    <w:p w14:paraId="0B908C13" w14:textId="77777777" w:rsidR="00AA00A7" w:rsidRDefault="00AA00A7">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:altName w:val="Sylfaen"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="+mj-ea">
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="+mn-ea">
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18CF237E" w14:textId="77777777" w:rsidR="00B533DF" w:rsidRDefault="00B533DF">
     <w:pPr>
       <w:spacing w:before="140" w:line="100" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5D914D39" w14:textId="77777777" w:rsidR="00B533DF" w:rsidRDefault="00B533DF">
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A4C633E" w14:textId="77777777" w:rsidR="00B533DF" w:rsidRDefault="00621BFB">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
@@ -13388,51 +13389,51 @@
                             <w:rPr>
                               <w:spacing w:val="-3"/>
                             </w:rPr>
                             <w:noBreakHyphen/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="77CC3EBE" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:12pt;width:468pt;height:12pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDz9mhFzQEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ2mIz4hRFiw4D&#13;&#10;ugvQ9QNkWbaF2aJGKrGzrx8lx+m6vQ17EY4o8Yg8PNpeT0MvDgbJgivlepVLYZyG2rq2lE/f7t+8&#13;&#10;k4KCcrXqwZlSHg3J693rV9vRF2YDHfS1QcEkjorRl7ILwRdZRrozg6IVeOP4sAEcVOAttlmNamT2&#13;&#10;oc82eX6VjYC1R9CGiKN386HcJf6mMTp8aRoyQfSl5NpCWjGtVVyz3VYVLSrfWX0qQ/1DFYOyjh89&#13;&#10;U92poMQe7V9Ug9UIBE1YaRgyaBqrTeqBu1nnf3Tz2ClvUi8sDvmzTPT/aPXnw6P/irF08g+gv5Nw&#13;&#10;cNsp15ob8iwfDzWKlI2eivPluCFOE9X4CWoeq9oHSP1PDQ6RjDsTU5L5eJbZTEFoDl6+v3h7lfM0&#13;&#10;NJ+tLzcXjOMTqliyPVL4YGAQEZQSuY7Erg4PFOary5X4mIN72/dplL17EWDOOWKSF07ZS/nRJVSE&#13;&#10;qZo4N8IK6iN3hTD7hH3NoAP8KcXIHikl/dgrNFL0Hx0PIRpqAbiAagHKaU4tZZBihrdhNt7eo227&#13;&#10;pOxc7A2r19jU2HMVJ8157kmak0ejsX7fp1vPP2n3CwAA//8DAFBLAwQUAAYACAAAACEAijA/0eAA&#13;&#10;AAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPS0/DMAy+I/EfIiNxYwmjQlXXdJp4CCSEgIF6zpqs&#13;&#10;KTROlWRd9+9xT3Cx/cn29yjXk+vZaELsPEq4XghgBhuvO2wlfH0+XuXAYlKoVe/RSDiZCOvq/KxU&#13;&#10;hfZH/DDjNrWMSDAWSoJNaSg4j401TsWFHwzSbu+DU4lgaLkO6kjkrudLIW65Ux2SglWDubOm+dke&#13;&#10;nIT6LZ74+Dy834jw8J1en+xLXVspLy+m+xWVzQpYMlP6+4A5A/mHiozt/AF1ZD3hLKNAScJy7vOB&#13;&#10;yAVNOwlZLoBXJf+fo/oFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#13;&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#13;&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8/ZoRc0BAACRAwAA&#13;&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAijA/0eAAAAAP&#13;&#10;AQAADwAAAAAAAAAAAAAAAAAnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#13;&#10;AA==&#13;&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
+            <v:rect w14:anchorId="77CC3EBE" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:1in;margin-top:12pt;width:468pt;height:12pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz9mhFzQEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ2mIz4hRFiw4D&#10;ugvQ9QNkWbaF2aJGKrGzrx8lx+m6vQ17EY4o8Yg8PNpeT0MvDgbJgivlepVLYZyG2rq2lE/f7t+8&#10;k4KCcrXqwZlSHg3J693rV9vRF2YDHfS1QcEkjorRl7ILwRdZRrozg6IVeOP4sAEcVOAttlmNamT2&#10;oc82eX6VjYC1R9CGiKN386HcJf6mMTp8aRoyQfSl5NpCWjGtVVyz3VYVLSrfWX0qQ/1DFYOyjh89&#10;U92poMQe7V9Ug9UIBE1YaRgyaBqrTeqBu1nnf3Tz2ClvUi8sDvmzTPT/aPXnw6P/irF08g+gv5Nw&#10;cNsp15ob8iwfDzWKlI2eivPluCFOE9X4CWoeq9oHSP1PDQ6RjDsTU5L5eJbZTEFoDl6+v3h7lfM0&#10;NJ+tLzcXjOMTqliyPVL4YGAQEZQSuY7Erg4PFOary5X4mIN72/dplL17EWDOOWKSF07ZS/nRJVSE&#10;qZo4N8IK6iN3hTD7hH3NoAP8KcXIHikl/dgrNFL0Hx0PIRpqAbiAagHKaU4tZZBihrdhNt7eo227&#10;pOxc7A2r19jU2HMVJ8157kmak0ejsX7fp1vPP2n3CwAA//8DAFBLAwQUAAYACAAAACEA75HMO90A&#10;AAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvEMBCF74L/IYzgzU1ci5TadBFRFETUVXrOtmNT&#10;bSYlyXa7/97pSU8zj3m8+V65md0gJgyx96ThcqVAIDW+7anT8PnxcJGDiMlQawZPqOGIETbV6Ulp&#10;itYf6B2nbeoEh1AsjAab0lhIGRuLzsSVH5H49uWDM4ll6GQbzIHD3SDXSl1LZ3riD9aMeGex+dnu&#10;nYb6NR7l9DS+Xalw/51eHu1zXVutz8/m2xsQCef0Z4YFn9GhYqad31MbxcA6y7hL0rBe5mJQueJt&#10;pyHLFciqlP8rVL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8/ZoRc0BAACRAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA75HMO90AAAAKAQAA&#10;DwAAAAAAAAAAAAAAAAAnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight="0">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" aspectratio="t"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3A453C94" w14:textId="77777777" w:rsidR="00B533DF" w:rsidRDefault="00B533DF">
                     <w:pPr>
                       <w:tabs>
                         <w:tab w:val="center" w:pos="4680"/>
                         <w:tab w:val="right" w:pos="9360"/>
                       </w:tabs>
                       <w:rPr>
                         <w:spacing w:val="-3"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:tab/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-3"/>
                       </w:rPr>
                       <w:noBreakHyphen/>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -13465,58 +13466,58 @@
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-3"/>
                       </w:rPr>
                       <w:noBreakHyphen/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C844C3E" w14:textId="77777777" w:rsidR="00C16313" w:rsidRDefault="00C16313">
+    <w:p w14:paraId="2EA93781" w14:textId="77777777" w:rsidR="00AA00A7" w:rsidRDefault="00AA00A7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DD2F479" w14:textId="77777777" w:rsidR="00C16313" w:rsidRDefault="00C16313">
+    <w:p w14:paraId="554F0522" w14:textId="77777777" w:rsidR="00AA00A7" w:rsidRDefault="00AA00A7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EAD80CF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -14508,93 +14509,92 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="141822581">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="844635981">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="560947887">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1207839301">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1760445949">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="207760037">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="169"/>
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="950"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;0&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;Annotated&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;CG Times&lt;/FontName&gt;&lt;FontSize&gt;12&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;0&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;EnableBibliographyCategories&gt;0&lt;/EnableBibliographyCategories&gt;&lt;/ENLayout&gt;"/>
     <w:docVar w:name="EN.Libraries" w:val="&lt;Libraries&gt;&lt;/Libraries&gt;"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00663EED"/>
-    <w:rsid w:val="0000394B"/>
     <w:rsid w:val="00004EF4"/>
     <w:rsid w:val="0000740C"/>
     <w:rsid w:val="0001068F"/>
     <w:rsid w:val="00011621"/>
     <w:rsid w:val="000147D9"/>
     <w:rsid w:val="00016A91"/>
     <w:rsid w:val="00032D9E"/>
     <w:rsid w:val="000345BD"/>
     <w:rsid w:val="00040B18"/>
     <w:rsid w:val="00042CB7"/>
     <w:rsid w:val="00043799"/>
     <w:rsid w:val="00043DC3"/>
     <w:rsid w:val="00053ECE"/>
     <w:rsid w:val="000542E9"/>
     <w:rsid w:val="00056BF3"/>
     <w:rsid w:val="0006173E"/>
     <w:rsid w:val="00062CC8"/>
     <w:rsid w:val="00062D9E"/>
     <w:rsid w:val="0006665C"/>
     <w:rsid w:val="0006721D"/>
     <w:rsid w:val="000732D9"/>
     <w:rsid w:val="00074DC0"/>
     <w:rsid w:val="00075512"/>
     <w:rsid w:val="00075920"/>
     <w:rsid w:val="000765B9"/>
@@ -14610,242 +14610,248 @@
     <w:rsid w:val="000A62BD"/>
     <w:rsid w:val="000B1CE7"/>
     <w:rsid w:val="000B2475"/>
     <w:rsid w:val="000B6EEE"/>
     <w:rsid w:val="000C4EA4"/>
     <w:rsid w:val="000E1830"/>
     <w:rsid w:val="000E4A74"/>
     <w:rsid w:val="000F1348"/>
     <w:rsid w:val="000F252C"/>
     <w:rsid w:val="000F2CCA"/>
     <w:rsid w:val="000F4593"/>
     <w:rsid w:val="00105E67"/>
     <w:rsid w:val="00105EB2"/>
     <w:rsid w:val="00111293"/>
     <w:rsid w:val="00112A55"/>
     <w:rsid w:val="00113AE7"/>
     <w:rsid w:val="00114D5C"/>
     <w:rsid w:val="00116735"/>
     <w:rsid w:val="001169C4"/>
     <w:rsid w:val="0011713B"/>
     <w:rsid w:val="00122D7E"/>
     <w:rsid w:val="00124F02"/>
     <w:rsid w:val="001267BB"/>
     <w:rsid w:val="00126F32"/>
     <w:rsid w:val="00132924"/>
+    <w:rsid w:val="00135DD2"/>
     <w:rsid w:val="00136C68"/>
     <w:rsid w:val="0014108E"/>
     <w:rsid w:val="0014196E"/>
     <w:rsid w:val="00142CBB"/>
     <w:rsid w:val="00143B5B"/>
     <w:rsid w:val="001451D9"/>
     <w:rsid w:val="00145381"/>
     <w:rsid w:val="00147D6E"/>
     <w:rsid w:val="00150860"/>
     <w:rsid w:val="00154189"/>
     <w:rsid w:val="00156657"/>
     <w:rsid w:val="00160AB6"/>
     <w:rsid w:val="00162BAA"/>
     <w:rsid w:val="001633C3"/>
     <w:rsid w:val="00163CE4"/>
     <w:rsid w:val="0016524B"/>
     <w:rsid w:val="00165C16"/>
     <w:rsid w:val="001719C3"/>
     <w:rsid w:val="00175A13"/>
     <w:rsid w:val="00177044"/>
     <w:rsid w:val="00177340"/>
-    <w:rsid w:val="0018244B"/>
     <w:rsid w:val="00184C39"/>
     <w:rsid w:val="001912C4"/>
     <w:rsid w:val="001912E2"/>
     <w:rsid w:val="00194C83"/>
     <w:rsid w:val="00196572"/>
     <w:rsid w:val="001A0491"/>
     <w:rsid w:val="001A2D5B"/>
     <w:rsid w:val="001A6E20"/>
     <w:rsid w:val="001B27E5"/>
     <w:rsid w:val="001B3DBD"/>
     <w:rsid w:val="001C0DA4"/>
     <w:rsid w:val="001C1347"/>
     <w:rsid w:val="001C1BDB"/>
     <w:rsid w:val="001C2EDD"/>
     <w:rsid w:val="001C34EC"/>
     <w:rsid w:val="001C4742"/>
     <w:rsid w:val="001D1064"/>
     <w:rsid w:val="001D4D89"/>
     <w:rsid w:val="001E0BF3"/>
     <w:rsid w:val="001E1B5C"/>
     <w:rsid w:val="001E35B1"/>
     <w:rsid w:val="001E388B"/>
     <w:rsid w:val="001E3DEC"/>
     <w:rsid w:val="001E5D57"/>
     <w:rsid w:val="001F0822"/>
     <w:rsid w:val="001F1954"/>
+    <w:rsid w:val="001F3FEE"/>
     <w:rsid w:val="001F4DA8"/>
     <w:rsid w:val="00200CBB"/>
     <w:rsid w:val="002025DF"/>
     <w:rsid w:val="00204252"/>
     <w:rsid w:val="0020568C"/>
     <w:rsid w:val="002108A6"/>
     <w:rsid w:val="00212D45"/>
     <w:rsid w:val="002203DD"/>
     <w:rsid w:val="0022061A"/>
     <w:rsid w:val="00221D1E"/>
     <w:rsid w:val="0022433E"/>
     <w:rsid w:val="0022558F"/>
     <w:rsid w:val="0023123E"/>
     <w:rsid w:val="00236B48"/>
     <w:rsid w:val="00251FFB"/>
     <w:rsid w:val="00252852"/>
     <w:rsid w:val="00252EE4"/>
     <w:rsid w:val="002558AE"/>
     <w:rsid w:val="002601C3"/>
     <w:rsid w:val="00262316"/>
     <w:rsid w:val="00262853"/>
     <w:rsid w:val="00263FEB"/>
     <w:rsid w:val="002650A4"/>
     <w:rsid w:val="0026517D"/>
     <w:rsid w:val="0027477D"/>
     <w:rsid w:val="00275D34"/>
     <w:rsid w:val="00280627"/>
     <w:rsid w:val="00281F6C"/>
     <w:rsid w:val="002840BE"/>
     <w:rsid w:val="002842B6"/>
     <w:rsid w:val="0028432D"/>
     <w:rsid w:val="0028444B"/>
     <w:rsid w:val="00284A77"/>
     <w:rsid w:val="00284BFF"/>
     <w:rsid w:val="00290CD1"/>
     <w:rsid w:val="002915F9"/>
     <w:rsid w:val="00294015"/>
     <w:rsid w:val="002956AA"/>
     <w:rsid w:val="002958D9"/>
     <w:rsid w:val="002A04B5"/>
     <w:rsid w:val="002A09B7"/>
     <w:rsid w:val="002A7872"/>
-    <w:rsid w:val="002B00D8"/>
     <w:rsid w:val="002B0355"/>
     <w:rsid w:val="002B275C"/>
     <w:rsid w:val="002B44F3"/>
     <w:rsid w:val="002B5CD5"/>
     <w:rsid w:val="002B5EB9"/>
     <w:rsid w:val="002C0B74"/>
     <w:rsid w:val="002C5211"/>
+    <w:rsid w:val="002D0436"/>
     <w:rsid w:val="002D2B77"/>
     <w:rsid w:val="002D4868"/>
     <w:rsid w:val="002D4BAE"/>
     <w:rsid w:val="002E05E1"/>
     <w:rsid w:val="002E127E"/>
     <w:rsid w:val="002E2B5E"/>
     <w:rsid w:val="002E3322"/>
     <w:rsid w:val="002E3957"/>
     <w:rsid w:val="002E52F9"/>
     <w:rsid w:val="002E5BB4"/>
     <w:rsid w:val="002E75A1"/>
     <w:rsid w:val="002F0122"/>
     <w:rsid w:val="002F1AAA"/>
     <w:rsid w:val="003010C8"/>
     <w:rsid w:val="003010CF"/>
     <w:rsid w:val="00302F15"/>
     <w:rsid w:val="00303740"/>
     <w:rsid w:val="00303769"/>
     <w:rsid w:val="003055F4"/>
     <w:rsid w:val="00311934"/>
     <w:rsid w:val="00313D36"/>
     <w:rsid w:val="00314ABD"/>
     <w:rsid w:val="003211FD"/>
     <w:rsid w:val="00322216"/>
     <w:rsid w:val="00322444"/>
     <w:rsid w:val="00325D18"/>
     <w:rsid w:val="00326F9C"/>
     <w:rsid w:val="00331985"/>
+    <w:rsid w:val="00336E88"/>
     <w:rsid w:val="0034036C"/>
     <w:rsid w:val="0034239D"/>
     <w:rsid w:val="003444ED"/>
     <w:rsid w:val="00345239"/>
     <w:rsid w:val="0034622A"/>
     <w:rsid w:val="00346C42"/>
     <w:rsid w:val="00347646"/>
     <w:rsid w:val="00347851"/>
     <w:rsid w:val="00350401"/>
     <w:rsid w:val="003525B3"/>
     <w:rsid w:val="00355FE1"/>
     <w:rsid w:val="00364FE3"/>
     <w:rsid w:val="003656CD"/>
     <w:rsid w:val="00365B13"/>
     <w:rsid w:val="00370191"/>
     <w:rsid w:val="003710BD"/>
     <w:rsid w:val="003716EB"/>
     <w:rsid w:val="0037483F"/>
     <w:rsid w:val="003760A9"/>
     <w:rsid w:val="00380914"/>
     <w:rsid w:val="003836AA"/>
     <w:rsid w:val="0038561F"/>
     <w:rsid w:val="00387574"/>
     <w:rsid w:val="00387B9E"/>
     <w:rsid w:val="0039029F"/>
     <w:rsid w:val="00390E9C"/>
     <w:rsid w:val="0039244A"/>
     <w:rsid w:val="00393A48"/>
     <w:rsid w:val="00395255"/>
     <w:rsid w:val="00395508"/>
     <w:rsid w:val="00395869"/>
     <w:rsid w:val="00397748"/>
     <w:rsid w:val="003A1F20"/>
     <w:rsid w:val="003A2DFB"/>
     <w:rsid w:val="003A4A57"/>
+    <w:rsid w:val="003A4EC8"/>
     <w:rsid w:val="003A65F9"/>
     <w:rsid w:val="003A7611"/>
     <w:rsid w:val="003A7E8D"/>
     <w:rsid w:val="003B0569"/>
     <w:rsid w:val="003B106F"/>
     <w:rsid w:val="003B16AD"/>
     <w:rsid w:val="003B2BC5"/>
     <w:rsid w:val="003B41AF"/>
+    <w:rsid w:val="003B5D5E"/>
     <w:rsid w:val="003B741A"/>
     <w:rsid w:val="003C17D4"/>
     <w:rsid w:val="003C3BC6"/>
     <w:rsid w:val="003C401D"/>
     <w:rsid w:val="003C4CC7"/>
     <w:rsid w:val="003D363C"/>
     <w:rsid w:val="003D3B9D"/>
     <w:rsid w:val="003D3BFD"/>
     <w:rsid w:val="003D464B"/>
     <w:rsid w:val="003D5517"/>
     <w:rsid w:val="003D72D3"/>
+    <w:rsid w:val="003E0E07"/>
     <w:rsid w:val="003E3ECF"/>
     <w:rsid w:val="003E7390"/>
     <w:rsid w:val="003F25E5"/>
     <w:rsid w:val="003F593B"/>
     <w:rsid w:val="003F6376"/>
     <w:rsid w:val="003F7D99"/>
     <w:rsid w:val="00404B2B"/>
     <w:rsid w:val="00405BB8"/>
     <w:rsid w:val="00405D2C"/>
     <w:rsid w:val="00410AF8"/>
     <w:rsid w:val="004169A7"/>
     <w:rsid w:val="00416BD9"/>
+    <w:rsid w:val="00422920"/>
     <w:rsid w:val="00431067"/>
     <w:rsid w:val="00432349"/>
     <w:rsid w:val="00433653"/>
     <w:rsid w:val="00433E8B"/>
     <w:rsid w:val="00437032"/>
     <w:rsid w:val="00437075"/>
     <w:rsid w:val="00440A72"/>
     <w:rsid w:val="00444638"/>
     <w:rsid w:val="00444ED3"/>
     <w:rsid w:val="004464C4"/>
     <w:rsid w:val="00451A9E"/>
     <w:rsid w:val="00452F9A"/>
     <w:rsid w:val="00453F41"/>
     <w:rsid w:val="004552EF"/>
     <w:rsid w:val="004560B6"/>
     <w:rsid w:val="00456CAD"/>
     <w:rsid w:val="004577C2"/>
     <w:rsid w:val="004608CD"/>
     <w:rsid w:val="0046419F"/>
     <w:rsid w:val="004671E7"/>
     <w:rsid w:val="00467EF8"/>
     <w:rsid w:val="00470EFF"/>
     <w:rsid w:val="0047151D"/>
     <w:rsid w:val="004715BD"/>
     <w:rsid w:val="00471D98"/>
@@ -14860,62 +14866,64 @@
     <w:rsid w:val="004A21A7"/>
     <w:rsid w:val="004A3DE6"/>
     <w:rsid w:val="004A6C84"/>
     <w:rsid w:val="004A7E6A"/>
     <w:rsid w:val="004B00AF"/>
     <w:rsid w:val="004B22A0"/>
     <w:rsid w:val="004B2A07"/>
     <w:rsid w:val="004B4F04"/>
     <w:rsid w:val="004C0EC0"/>
     <w:rsid w:val="004C1947"/>
     <w:rsid w:val="004C385F"/>
     <w:rsid w:val="004C3BF3"/>
     <w:rsid w:val="004C7CF9"/>
     <w:rsid w:val="004D140E"/>
     <w:rsid w:val="004D2FE5"/>
     <w:rsid w:val="004D3556"/>
     <w:rsid w:val="004D558D"/>
     <w:rsid w:val="004D5FC6"/>
     <w:rsid w:val="004D62C9"/>
     <w:rsid w:val="004E0B10"/>
     <w:rsid w:val="004E2BCD"/>
     <w:rsid w:val="004E3767"/>
     <w:rsid w:val="004E4D3A"/>
     <w:rsid w:val="004E4EF5"/>
     <w:rsid w:val="004E52EB"/>
+    <w:rsid w:val="004E67E4"/>
     <w:rsid w:val="004F3EF9"/>
     <w:rsid w:val="00500F32"/>
     <w:rsid w:val="00503201"/>
     <w:rsid w:val="0050327A"/>
     <w:rsid w:val="0051034C"/>
     <w:rsid w:val="00512AD8"/>
     <w:rsid w:val="00515213"/>
     <w:rsid w:val="00515253"/>
     <w:rsid w:val="005237A7"/>
     <w:rsid w:val="00532EC7"/>
     <w:rsid w:val="0053430B"/>
     <w:rsid w:val="00534CBF"/>
+    <w:rsid w:val="00540218"/>
     <w:rsid w:val="005415D2"/>
     <w:rsid w:val="00542342"/>
     <w:rsid w:val="00543F0C"/>
     <w:rsid w:val="00544FA8"/>
     <w:rsid w:val="00557BCC"/>
     <w:rsid w:val="00557E3C"/>
     <w:rsid w:val="00562B09"/>
     <w:rsid w:val="005640DE"/>
     <w:rsid w:val="005664C7"/>
     <w:rsid w:val="00573781"/>
     <w:rsid w:val="00575A2C"/>
     <w:rsid w:val="00576C50"/>
     <w:rsid w:val="0058278E"/>
     <w:rsid w:val="0058739C"/>
     <w:rsid w:val="005877DB"/>
     <w:rsid w:val="00591AFD"/>
     <w:rsid w:val="00592A93"/>
     <w:rsid w:val="0059316D"/>
     <w:rsid w:val="00595825"/>
     <w:rsid w:val="00595E6A"/>
     <w:rsid w:val="005A19B5"/>
     <w:rsid w:val="005A273A"/>
     <w:rsid w:val="005A33E0"/>
     <w:rsid w:val="005A55A9"/>
     <w:rsid w:val="005A5698"/>
@@ -14935,72 +14943,74 @@
     <w:rsid w:val="005E744D"/>
     <w:rsid w:val="005F1158"/>
     <w:rsid w:val="005F1364"/>
     <w:rsid w:val="005F256F"/>
     <w:rsid w:val="005F2FBD"/>
     <w:rsid w:val="005F43D0"/>
     <w:rsid w:val="00602069"/>
     <w:rsid w:val="00602A34"/>
     <w:rsid w:val="00603C41"/>
     <w:rsid w:val="00606DFE"/>
     <w:rsid w:val="00611D99"/>
     <w:rsid w:val="006127D9"/>
     <w:rsid w:val="006163B3"/>
     <w:rsid w:val="00620D45"/>
     <w:rsid w:val="00621BFB"/>
     <w:rsid w:val="00624E41"/>
     <w:rsid w:val="0062553E"/>
     <w:rsid w:val="0063049F"/>
     <w:rsid w:val="00632518"/>
     <w:rsid w:val="00634CAD"/>
     <w:rsid w:val="006362B7"/>
     <w:rsid w:val="00636CE2"/>
     <w:rsid w:val="00637A88"/>
     <w:rsid w:val="00640427"/>
     <w:rsid w:val="006406E5"/>
+    <w:rsid w:val="0064265D"/>
     <w:rsid w:val="00645452"/>
     <w:rsid w:val="006472D6"/>
     <w:rsid w:val="006531C4"/>
     <w:rsid w:val="00653889"/>
     <w:rsid w:val="00655355"/>
     <w:rsid w:val="00656024"/>
     <w:rsid w:val="006575F1"/>
     <w:rsid w:val="006576E4"/>
     <w:rsid w:val="0066148D"/>
     <w:rsid w:val="006618DC"/>
     <w:rsid w:val="00661EBC"/>
     <w:rsid w:val="00663EED"/>
     <w:rsid w:val="006721E4"/>
     <w:rsid w:val="00675163"/>
     <w:rsid w:val="00675BD4"/>
     <w:rsid w:val="00680D4C"/>
     <w:rsid w:val="006824D1"/>
     <w:rsid w:val="006836D2"/>
     <w:rsid w:val="006843F1"/>
     <w:rsid w:val="00684875"/>
     <w:rsid w:val="00685670"/>
     <w:rsid w:val="006925A3"/>
+    <w:rsid w:val="00696431"/>
     <w:rsid w:val="006A08FD"/>
     <w:rsid w:val="006A3A99"/>
     <w:rsid w:val="006A4FDD"/>
     <w:rsid w:val="006B34B4"/>
     <w:rsid w:val="006B45E7"/>
     <w:rsid w:val="006B4B05"/>
     <w:rsid w:val="006B6EEC"/>
     <w:rsid w:val="006B765B"/>
     <w:rsid w:val="006C0662"/>
     <w:rsid w:val="006C1DC9"/>
     <w:rsid w:val="006C28AF"/>
     <w:rsid w:val="006C2F60"/>
     <w:rsid w:val="006C3252"/>
     <w:rsid w:val="006C4116"/>
     <w:rsid w:val="006D08BB"/>
     <w:rsid w:val="006D4777"/>
     <w:rsid w:val="006D561D"/>
     <w:rsid w:val="006E61DF"/>
     <w:rsid w:val="006E7F17"/>
     <w:rsid w:val="006F1117"/>
     <w:rsid w:val="006F1AFC"/>
     <w:rsid w:val="006F395F"/>
     <w:rsid w:val="006F7F8C"/>
     <w:rsid w:val="00700291"/>
     <w:rsid w:val="0071422E"/>
@@ -15012,69 +15022,70 @@
     <w:rsid w:val="00724BB2"/>
     <w:rsid w:val="007279CA"/>
     <w:rsid w:val="00727C19"/>
     <w:rsid w:val="00732333"/>
     <w:rsid w:val="0073619D"/>
     <w:rsid w:val="00737DBF"/>
     <w:rsid w:val="00741A3B"/>
     <w:rsid w:val="00742154"/>
     <w:rsid w:val="0074284A"/>
     <w:rsid w:val="007628E0"/>
     <w:rsid w:val="00775C92"/>
     <w:rsid w:val="00780030"/>
     <w:rsid w:val="0078024D"/>
     <w:rsid w:val="00781455"/>
     <w:rsid w:val="007827F3"/>
     <w:rsid w:val="007868F0"/>
     <w:rsid w:val="00792309"/>
     <w:rsid w:val="007946C5"/>
     <w:rsid w:val="00796022"/>
     <w:rsid w:val="007A17C7"/>
     <w:rsid w:val="007A287A"/>
     <w:rsid w:val="007A510D"/>
     <w:rsid w:val="007A7992"/>
     <w:rsid w:val="007B02E0"/>
     <w:rsid w:val="007B0A3E"/>
-    <w:rsid w:val="007B5B9C"/>
     <w:rsid w:val="007C1C76"/>
     <w:rsid w:val="007C5082"/>
     <w:rsid w:val="007D0FE9"/>
     <w:rsid w:val="007D4A99"/>
     <w:rsid w:val="007D5C7D"/>
     <w:rsid w:val="007E165D"/>
     <w:rsid w:val="007E2291"/>
     <w:rsid w:val="007E3D02"/>
     <w:rsid w:val="007E4498"/>
     <w:rsid w:val="007E57B3"/>
+    <w:rsid w:val="007E72FE"/>
     <w:rsid w:val="007F0FBF"/>
     <w:rsid w:val="007F3B52"/>
     <w:rsid w:val="007F62DC"/>
     <w:rsid w:val="00800E10"/>
     <w:rsid w:val="00803BFC"/>
     <w:rsid w:val="008048E6"/>
     <w:rsid w:val="00805A36"/>
     <w:rsid w:val="00806E20"/>
+    <w:rsid w:val="00810E15"/>
     <w:rsid w:val="00813739"/>
     <w:rsid w:val="00813B99"/>
     <w:rsid w:val="00814BE1"/>
     <w:rsid w:val="00814C97"/>
     <w:rsid w:val="008150A0"/>
     <w:rsid w:val="008234CB"/>
     <w:rsid w:val="00823A89"/>
     <w:rsid w:val="00824D0C"/>
     <w:rsid w:val="00832A98"/>
     <w:rsid w:val="00834934"/>
     <w:rsid w:val="00834E4A"/>
     <w:rsid w:val="008354E5"/>
     <w:rsid w:val="00837BD1"/>
     <w:rsid w:val="00842066"/>
     <w:rsid w:val="0084422B"/>
     <w:rsid w:val="00844C39"/>
     <w:rsid w:val="00844CE9"/>
     <w:rsid w:val="00845FDD"/>
     <w:rsid w:val="0084630B"/>
     <w:rsid w:val="00850D35"/>
     <w:rsid w:val="0085174D"/>
     <w:rsid w:val="0085297C"/>
     <w:rsid w:val="00853F90"/>
     <w:rsid w:val="0085458F"/>
     <w:rsid w:val="008560F6"/>
@@ -15082,71 +15093,72 @@
     <w:rsid w:val="00865B98"/>
     <w:rsid w:val="008662AE"/>
     <w:rsid w:val="00866632"/>
     <w:rsid w:val="008722BE"/>
     <w:rsid w:val="00872BCC"/>
     <w:rsid w:val="008731D1"/>
     <w:rsid w:val="008750F0"/>
     <w:rsid w:val="00881112"/>
     <w:rsid w:val="00882D3E"/>
     <w:rsid w:val="00885730"/>
     <w:rsid w:val="00887A84"/>
     <w:rsid w:val="00890CFB"/>
     <w:rsid w:val="00894036"/>
     <w:rsid w:val="008A2234"/>
     <w:rsid w:val="008A2635"/>
     <w:rsid w:val="008A32F1"/>
     <w:rsid w:val="008A3B48"/>
     <w:rsid w:val="008A6535"/>
     <w:rsid w:val="008B1740"/>
     <w:rsid w:val="008B4748"/>
     <w:rsid w:val="008B74E2"/>
     <w:rsid w:val="008C089B"/>
     <w:rsid w:val="008C0E78"/>
     <w:rsid w:val="008C5E6C"/>
     <w:rsid w:val="008C69DC"/>
+    <w:rsid w:val="008C74BD"/>
     <w:rsid w:val="008D1FFB"/>
     <w:rsid w:val="008D25ED"/>
     <w:rsid w:val="008D2D51"/>
     <w:rsid w:val="008D3D41"/>
-    <w:rsid w:val="008D4E12"/>
     <w:rsid w:val="008D53B7"/>
     <w:rsid w:val="008D5A74"/>
     <w:rsid w:val="008E5D8B"/>
     <w:rsid w:val="008E6BFB"/>
     <w:rsid w:val="008F6471"/>
     <w:rsid w:val="008F66B8"/>
     <w:rsid w:val="008F7D16"/>
     <w:rsid w:val="0090129F"/>
     <w:rsid w:val="00904749"/>
     <w:rsid w:val="0090634C"/>
     <w:rsid w:val="009075E2"/>
     <w:rsid w:val="00910599"/>
     <w:rsid w:val="009134A1"/>
     <w:rsid w:val="00916FD0"/>
     <w:rsid w:val="009175EB"/>
     <w:rsid w:val="00917DCB"/>
+    <w:rsid w:val="009223E9"/>
     <w:rsid w:val="00925B26"/>
     <w:rsid w:val="00925DDD"/>
     <w:rsid w:val="00926106"/>
     <w:rsid w:val="00926F84"/>
     <w:rsid w:val="0092705E"/>
     <w:rsid w:val="00927CAD"/>
     <w:rsid w:val="00927D78"/>
     <w:rsid w:val="0093320C"/>
     <w:rsid w:val="009342F3"/>
     <w:rsid w:val="00935747"/>
     <w:rsid w:val="0093603B"/>
     <w:rsid w:val="00937738"/>
     <w:rsid w:val="00941361"/>
     <w:rsid w:val="009427F6"/>
     <w:rsid w:val="00944389"/>
     <w:rsid w:val="00946241"/>
     <w:rsid w:val="009471B3"/>
     <w:rsid w:val="00956786"/>
     <w:rsid w:val="0096071F"/>
     <w:rsid w:val="00961686"/>
     <w:rsid w:val="00967F93"/>
     <w:rsid w:val="00973D61"/>
     <w:rsid w:val="00975001"/>
     <w:rsid w:val="009751D7"/>
     <w:rsid w:val="00975562"/>
@@ -15164,306 +15176,306 @@
     <w:rsid w:val="009A088A"/>
     <w:rsid w:val="009A1CF8"/>
     <w:rsid w:val="009A2125"/>
     <w:rsid w:val="009A3FCB"/>
     <w:rsid w:val="009A7E70"/>
     <w:rsid w:val="009B0BE6"/>
     <w:rsid w:val="009B0CF0"/>
     <w:rsid w:val="009B4D77"/>
     <w:rsid w:val="009B7B84"/>
     <w:rsid w:val="009C2976"/>
     <w:rsid w:val="009C56B7"/>
     <w:rsid w:val="009C6A57"/>
     <w:rsid w:val="009C6D91"/>
     <w:rsid w:val="009D0F55"/>
     <w:rsid w:val="009D14A0"/>
     <w:rsid w:val="009D1D94"/>
     <w:rsid w:val="009D5A8E"/>
     <w:rsid w:val="009D645B"/>
     <w:rsid w:val="009D70E3"/>
     <w:rsid w:val="009D7E83"/>
     <w:rsid w:val="009E27F8"/>
     <w:rsid w:val="009E5C36"/>
     <w:rsid w:val="009E726A"/>
     <w:rsid w:val="009F5F03"/>
     <w:rsid w:val="009F60F5"/>
-    <w:rsid w:val="00A00596"/>
     <w:rsid w:val="00A07CD9"/>
-    <w:rsid w:val="00A10A1B"/>
-    <w:rsid w:val="00A10D9E"/>
     <w:rsid w:val="00A141E0"/>
     <w:rsid w:val="00A215CE"/>
     <w:rsid w:val="00A21CAF"/>
     <w:rsid w:val="00A25C5F"/>
     <w:rsid w:val="00A2623B"/>
     <w:rsid w:val="00A26782"/>
     <w:rsid w:val="00A31002"/>
     <w:rsid w:val="00A361E2"/>
     <w:rsid w:val="00A43502"/>
     <w:rsid w:val="00A50767"/>
     <w:rsid w:val="00A52130"/>
     <w:rsid w:val="00A64B88"/>
     <w:rsid w:val="00A66840"/>
     <w:rsid w:val="00A66869"/>
     <w:rsid w:val="00A70458"/>
     <w:rsid w:val="00A728B3"/>
     <w:rsid w:val="00A746D3"/>
     <w:rsid w:val="00A758A0"/>
     <w:rsid w:val="00A770ED"/>
     <w:rsid w:val="00A83803"/>
     <w:rsid w:val="00A83C4D"/>
     <w:rsid w:val="00A83D97"/>
     <w:rsid w:val="00A8551C"/>
     <w:rsid w:val="00A9051C"/>
     <w:rsid w:val="00A909BB"/>
     <w:rsid w:val="00A92206"/>
     <w:rsid w:val="00A92EF2"/>
     <w:rsid w:val="00A93C1A"/>
     <w:rsid w:val="00A94114"/>
     <w:rsid w:val="00A95C09"/>
     <w:rsid w:val="00A96582"/>
     <w:rsid w:val="00A966E9"/>
     <w:rsid w:val="00A97901"/>
+    <w:rsid w:val="00AA00A7"/>
     <w:rsid w:val="00AA0901"/>
     <w:rsid w:val="00AA1451"/>
     <w:rsid w:val="00AA1D56"/>
     <w:rsid w:val="00AA3BFC"/>
     <w:rsid w:val="00AA72CE"/>
     <w:rsid w:val="00AB274A"/>
     <w:rsid w:val="00AB59B5"/>
     <w:rsid w:val="00AC04E2"/>
     <w:rsid w:val="00AC126F"/>
     <w:rsid w:val="00AC1570"/>
     <w:rsid w:val="00AC25B0"/>
     <w:rsid w:val="00AC31EB"/>
     <w:rsid w:val="00AC62C6"/>
     <w:rsid w:val="00AC7328"/>
     <w:rsid w:val="00AD1244"/>
     <w:rsid w:val="00AD32AD"/>
     <w:rsid w:val="00AD43DE"/>
     <w:rsid w:val="00AD5297"/>
     <w:rsid w:val="00AD5E38"/>
     <w:rsid w:val="00AD6953"/>
     <w:rsid w:val="00AE03DF"/>
+    <w:rsid w:val="00AE0DB3"/>
     <w:rsid w:val="00AE2102"/>
     <w:rsid w:val="00AE33C8"/>
     <w:rsid w:val="00AE3CC9"/>
+    <w:rsid w:val="00AE43E7"/>
     <w:rsid w:val="00AF0E5C"/>
     <w:rsid w:val="00AF1D7A"/>
     <w:rsid w:val="00AF264B"/>
     <w:rsid w:val="00AF299A"/>
     <w:rsid w:val="00AF3DEB"/>
     <w:rsid w:val="00AF5271"/>
     <w:rsid w:val="00AF5764"/>
     <w:rsid w:val="00AF5AD7"/>
     <w:rsid w:val="00AF5C4C"/>
     <w:rsid w:val="00B012C3"/>
-    <w:rsid w:val="00B030D4"/>
     <w:rsid w:val="00B12F20"/>
     <w:rsid w:val="00B14BFF"/>
     <w:rsid w:val="00B164ED"/>
     <w:rsid w:val="00B16B53"/>
     <w:rsid w:val="00B177E7"/>
     <w:rsid w:val="00B20483"/>
     <w:rsid w:val="00B206F1"/>
-    <w:rsid w:val="00B235B1"/>
     <w:rsid w:val="00B240D5"/>
     <w:rsid w:val="00B241B3"/>
     <w:rsid w:val="00B2475C"/>
     <w:rsid w:val="00B249BF"/>
     <w:rsid w:val="00B33029"/>
     <w:rsid w:val="00B34213"/>
     <w:rsid w:val="00B3452E"/>
     <w:rsid w:val="00B346B7"/>
     <w:rsid w:val="00B35E9C"/>
     <w:rsid w:val="00B410F6"/>
     <w:rsid w:val="00B42BDC"/>
     <w:rsid w:val="00B4414C"/>
     <w:rsid w:val="00B45C9A"/>
     <w:rsid w:val="00B461FD"/>
     <w:rsid w:val="00B46449"/>
+    <w:rsid w:val="00B466DB"/>
     <w:rsid w:val="00B46909"/>
     <w:rsid w:val="00B46CE0"/>
     <w:rsid w:val="00B533DF"/>
     <w:rsid w:val="00B55D59"/>
     <w:rsid w:val="00B568E8"/>
     <w:rsid w:val="00B62254"/>
     <w:rsid w:val="00B62EC2"/>
     <w:rsid w:val="00B638CC"/>
     <w:rsid w:val="00B639C8"/>
     <w:rsid w:val="00B64CDC"/>
     <w:rsid w:val="00B6614C"/>
     <w:rsid w:val="00B718C5"/>
     <w:rsid w:val="00B71C62"/>
     <w:rsid w:val="00B7276C"/>
     <w:rsid w:val="00B730B4"/>
     <w:rsid w:val="00B74F45"/>
     <w:rsid w:val="00B80516"/>
     <w:rsid w:val="00B81D65"/>
     <w:rsid w:val="00B82EC5"/>
     <w:rsid w:val="00B83B14"/>
     <w:rsid w:val="00B84781"/>
     <w:rsid w:val="00B85F16"/>
     <w:rsid w:val="00B90AE5"/>
     <w:rsid w:val="00B91552"/>
     <w:rsid w:val="00B91C27"/>
     <w:rsid w:val="00B9238A"/>
     <w:rsid w:val="00B92654"/>
     <w:rsid w:val="00B92FB5"/>
     <w:rsid w:val="00B9637B"/>
     <w:rsid w:val="00BA30D4"/>
     <w:rsid w:val="00BA3375"/>
     <w:rsid w:val="00BA46EC"/>
     <w:rsid w:val="00BA47E8"/>
     <w:rsid w:val="00BA56F3"/>
-    <w:rsid w:val="00BA5B13"/>
     <w:rsid w:val="00BB1919"/>
     <w:rsid w:val="00BB39CC"/>
     <w:rsid w:val="00BB7287"/>
     <w:rsid w:val="00BB76EC"/>
     <w:rsid w:val="00BC29DF"/>
     <w:rsid w:val="00BC38B9"/>
     <w:rsid w:val="00BC712A"/>
+    <w:rsid w:val="00BC7D92"/>
     <w:rsid w:val="00BD0C35"/>
     <w:rsid w:val="00BD188E"/>
     <w:rsid w:val="00BD34BA"/>
     <w:rsid w:val="00BE22A5"/>
     <w:rsid w:val="00BE423D"/>
     <w:rsid w:val="00BE545B"/>
     <w:rsid w:val="00BF319C"/>
     <w:rsid w:val="00BF40BA"/>
     <w:rsid w:val="00BF4894"/>
     <w:rsid w:val="00BF56C5"/>
     <w:rsid w:val="00BF64CA"/>
     <w:rsid w:val="00BF6504"/>
     <w:rsid w:val="00BF7402"/>
     <w:rsid w:val="00BF7A7F"/>
     <w:rsid w:val="00BF7B29"/>
     <w:rsid w:val="00C01903"/>
     <w:rsid w:val="00C02EEA"/>
     <w:rsid w:val="00C03FBF"/>
     <w:rsid w:val="00C043D2"/>
     <w:rsid w:val="00C105E7"/>
     <w:rsid w:val="00C12658"/>
     <w:rsid w:val="00C132FF"/>
     <w:rsid w:val="00C14ACC"/>
-    <w:rsid w:val="00C16313"/>
     <w:rsid w:val="00C17438"/>
     <w:rsid w:val="00C24477"/>
     <w:rsid w:val="00C31B14"/>
     <w:rsid w:val="00C31DA0"/>
     <w:rsid w:val="00C34833"/>
     <w:rsid w:val="00C3584A"/>
     <w:rsid w:val="00C360AD"/>
     <w:rsid w:val="00C37CA6"/>
     <w:rsid w:val="00C45440"/>
     <w:rsid w:val="00C50D0E"/>
     <w:rsid w:val="00C55556"/>
     <w:rsid w:val="00C60948"/>
     <w:rsid w:val="00C60DD3"/>
     <w:rsid w:val="00C62201"/>
     <w:rsid w:val="00C635C2"/>
     <w:rsid w:val="00C63750"/>
     <w:rsid w:val="00C7375A"/>
     <w:rsid w:val="00C73B68"/>
     <w:rsid w:val="00C75564"/>
     <w:rsid w:val="00C76307"/>
     <w:rsid w:val="00C77CEB"/>
     <w:rsid w:val="00C86A34"/>
     <w:rsid w:val="00C87FF2"/>
     <w:rsid w:val="00C92478"/>
     <w:rsid w:val="00C92581"/>
     <w:rsid w:val="00CA38A9"/>
     <w:rsid w:val="00CA5270"/>
     <w:rsid w:val="00CA7975"/>
     <w:rsid w:val="00CB6A36"/>
     <w:rsid w:val="00CC12CB"/>
+    <w:rsid w:val="00CC1D04"/>
     <w:rsid w:val="00CC27DE"/>
     <w:rsid w:val="00CC2CCE"/>
     <w:rsid w:val="00CC371C"/>
     <w:rsid w:val="00CC404D"/>
     <w:rsid w:val="00CC5721"/>
     <w:rsid w:val="00CD2BA2"/>
     <w:rsid w:val="00CD5491"/>
+    <w:rsid w:val="00CD6C0B"/>
     <w:rsid w:val="00CD7052"/>
     <w:rsid w:val="00CD7F11"/>
     <w:rsid w:val="00CE25B4"/>
     <w:rsid w:val="00CE2626"/>
     <w:rsid w:val="00CE3AB6"/>
     <w:rsid w:val="00CE4A9A"/>
     <w:rsid w:val="00CF008C"/>
     <w:rsid w:val="00CF0BEF"/>
     <w:rsid w:val="00CF1A15"/>
     <w:rsid w:val="00CF2597"/>
     <w:rsid w:val="00CF55FC"/>
     <w:rsid w:val="00CF6CA6"/>
     <w:rsid w:val="00D010CF"/>
     <w:rsid w:val="00D01E3A"/>
     <w:rsid w:val="00D0369D"/>
     <w:rsid w:val="00D0427D"/>
     <w:rsid w:val="00D04FA2"/>
     <w:rsid w:val="00D05AC4"/>
     <w:rsid w:val="00D100C1"/>
     <w:rsid w:val="00D116F7"/>
     <w:rsid w:val="00D128F5"/>
+    <w:rsid w:val="00D15B3E"/>
     <w:rsid w:val="00D219DD"/>
     <w:rsid w:val="00D27727"/>
     <w:rsid w:val="00D30961"/>
     <w:rsid w:val="00D3335B"/>
     <w:rsid w:val="00D33795"/>
     <w:rsid w:val="00D35D8E"/>
     <w:rsid w:val="00D36098"/>
     <w:rsid w:val="00D3676C"/>
     <w:rsid w:val="00D40A92"/>
     <w:rsid w:val="00D41929"/>
-    <w:rsid w:val="00D44DB0"/>
     <w:rsid w:val="00D46342"/>
     <w:rsid w:val="00D465B2"/>
     <w:rsid w:val="00D46EED"/>
-    <w:rsid w:val="00D50416"/>
     <w:rsid w:val="00D50F10"/>
     <w:rsid w:val="00D550CF"/>
     <w:rsid w:val="00D56176"/>
     <w:rsid w:val="00D616F8"/>
     <w:rsid w:val="00D61872"/>
     <w:rsid w:val="00D61F24"/>
     <w:rsid w:val="00D65E2F"/>
     <w:rsid w:val="00D74ACC"/>
-    <w:rsid w:val="00D7655A"/>
     <w:rsid w:val="00D771CD"/>
     <w:rsid w:val="00D9033E"/>
     <w:rsid w:val="00D918BA"/>
     <w:rsid w:val="00D97BB3"/>
     <w:rsid w:val="00DA0012"/>
     <w:rsid w:val="00DA13D9"/>
     <w:rsid w:val="00DA21BD"/>
     <w:rsid w:val="00DA717D"/>
+    <w:rsid w:val="00DA78D7"/>
     <w:rsid w:val="00DA7BCC"/>
     <w:rsid w:val="00DA7D65"/>
     <w:rsid w:val="00DB00E6"/>
     <w:rsid w:val="00DB0571"/>
     <w:rsid w:val="00DB3167"/>
+    <w:rsid w:val="00DB5DAC"/>
     <w:rsid w:val="00DB61E4"/>
     <w:rsid w:val="00DC14BE"/>
     <w:rsid w:val="00DC1B74"/>
     <w:rsid w:val="00DC2CAA"/>
     <w:rsid w:val="00DD012C"/>
     <w:rsid w:val="00DD0292"/>
     <w:rsid w:val="00DD0BEC"/>
     <w:rsid w:val="00DD15C1"/>
     <w:rsid w:val="00DD22A2"/>
     <w:rsid w:val="00DD2536"/>
     <w:rsid w:val="00DD41CA"/>
     <w:rsid w:val="00DD42ED"/>
     <w:rsid w:val="00DD4D53"/>
     <w:rsid w:val="00DD6934"/>
     <w:rsid w:val="00DD7435"/>
     <w:rsid w:val="00DE0DB5"/>
     <w:rsid w:val="00DE102D"/>
     <w:rsid w:val="00DE29FB"/>
     <w:rsid w:val="00DE394F"/>
     <w:rsid w:val="00DE4A08"/>
     <w:rsid w:val="00DE4F90"/>
     <w:rsid w:val="00DE6D7A"/>
     <w:rsid w:val="00DF1E34"/>
     <w:rsid w:val="00DF2656"/>
     <w:rsid w:val="00E01F30"/>
@@ -15495,113 +15507,115 @@
     <w:rsid w:val="00E7610E"/>
     <w:rsid w:val="00E77BB0"/>
     <w:rsid w:val="00E83482"/>
     <w:rsid w:val="00E835CD"/>
     <w:rsid w:val="00E86CA4"/>
     <w:rsid w:val="00E875E9"/>
     <w:rsid w:val="00E93EBE"/>
     <w:rsid w:val="00E941F2"/>
     <w:rsid w:val="00E9708D"/>
     <w:rsid w:val="00EA02A1"/>
     <w:rsid w:val="00EA1FBF"/>
     <w:rsid w:val="00EA39FB"/>
     <w:rsid w:val="00EA48B0"/>
     <w:rsid w:val="00EA4CD7"/>
     <w:rsid w:val="00EA670F"/>
     <w:rsid w:val="00EA7D6E"/>
     <w:rsid w:val="00EB2D51"/>
     <w:rsid w:val="00EB5A53"/>
     <w:rsid w:val="00EB5B4A"/>
     <w:rsid w:val="00EC24DA"/>
     <w:rsid w:val="00EC4C22"/>
     <w:rsid w:val="00ED1540"/>
     <w:rsid w:val="00ED22A4"/>
     <w:rsid w:val="00ED5A5E"/>
     <w:rsid w:val="00ED6BE3"/>
+    <w:rsid w:val="00ED74C0"/>
     <w:rsid w:val="00ED780D"/>
     <w:rsid w:val="00ED7FB8"/>
     <w:rsid w:val="00EE1066"/>
     <w:rsid w:val="00EE66AA"/>
     <w:rsid w:val="00EE7A25"/>
     <w:rsid w:val="00EF18E5"/>
     <w:rsid w:val="00EF3546"/>
     <w:rsid w:val="00F05C50"/>
     <w:rsid w:val="00F05FD6"/>
     <w:rsid w:val="00F06141"/>
     <w:rsid w:val="00F06ACC"/>
     <w:rsid w:val="00F11CE0"/>
     <w:rsid w:val="00F11F58"/>
     <w:rsid w:val="00F17204"/>
     <w:rsid w:val="00F22F70"/>
     <w:rsid w:val="00F243FA"/>
     <w:rsid w:val="00F26D5D"/>
     <w:rsid w:val="00F30DAD"/>
     <w:rsid w:val="00F317B7"/>
     <w:rsid w:val="00F3239A"/>
     <w:rsid w:val="00F33F26"/>
-    <w:rsid w:val="00F343DD"/>
     <w:rsid w:val="00F34B75"/>
     <w:rsid w:val="00F36532"/>
     <w:rsid w:val="00F36D4F"/>
     <w:rsid w:val="00F37CB9"/>
     <w:rsid w:val="00F4301F"/>
     <w:rsid w:val="00F44910"/>
     <w:rsid w:val="00F44BA9"/>
     <w:rsid w:val="00F461B1"/>
     <w:rsid w:val="00F5128A"/>
     <w:rsid w:val="00F5216C"/>
     <w:rsid w:val="00F53F52"/>
     <w:rsid w:val="00F5690E"/>
     <w:rsid w:val="00F575FA"/>
     <w:rsid w:val="00F5789E"/>
     <w:rsid w:val="00F62A90"/>
     <w:rsid w:val="00F65539"/>
     <w:rsid w:val="00F67B36"/>
     <w:rsid w:val="00F67EA1"/>
     <w:rsid w:val="00F7010C"/>
     <w:rsid w:val="00F70656"/>
     <w:rsid w:val="00F73FE4"/>
     <w:rsid w:val="00F773D8"/>
     <w:rsid w:val="00F774DB"/>
     <w:rsid w:val="00F839B3"/>
     <w:rsid w:val="00F83C2B"/>
     <w:rsid w:val="00F84333"/>
     <w:rsid w:val="00F84ABD"/>
     <w:rsid w:val="00F85894"/>
     <w:rsid w:val="00F87080"/>
     <w:rsid w:val="00F878B9"/>
     <w:rsid w:val="00F91C50"/>
     <w:rsid w:val="00F939B8"/>
     <w:rsid w:val="00F93AB1"/>
     <w:rsid w:val="00F93ECB"/>
     <w:rsid w:val="00F961A7"/>
     <w:rsid w:val="00F97B58"/>
     <w:rsid w:val="00FA013A"/>
     <w:rsid w:val="00FA1E55"/>
+    <w:rsid w:val="00FA241E"/>
     <w:rsid w:val="00FA2D96"/>
     <w:rsid w:val="00FA4533"/>
     <w:rsid w:val="00FA7E40"/>
+    <w:rsid w:val="00FB18BF"/>
     <w:rsid w:val="00FB3DFE"/>
     <w:rsid w:val="00FC140A"/>
     <w:rsid w:val="00FC3162"/>
     <w:rsid w:val="00FC3653"/>
     <w:rsid w:val="00FC7268"/>
     <w:rsid w:val="00FD00A4"/>
     <w:rsid w:val="00FD18F6"/>
     <w:rsid w:val="00FD1D68"/>
     <w:rsid w:val="00FD59D8"/>
     <w:rsid w:val="00FE06AE"/>
     <w:rsid w:val="00FE2860"/>
     <w:rsid w:val="00FE4138"/>
     <w:rsid w:val="00FE4986"/>
     <w:rsid w:val="00FF756F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -15630,51 +15644,51 @@
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Plain Text" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Cite" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17240,50 +17254,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00AE2102"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="googqs-tidbit">
     <w:name w:val="goog_qs-tidbit"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00CE3AB6"/>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00B4414C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00284A77"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0028432D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cit-auth">
     <w:name w:val="cit-auth"/>
     <w:rsid w:val="00BF7402"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cit-sep">
     <w:name w:val="cit-sep"/>
     <w:rsid w:val="00BF7402"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cit-title">
@@ -17482,50 +17497,89 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F73FE4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="citedissue">
     <w:name w:val="citedissue"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F73FE4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="pagefirst">
     <w:name w:val="pagefirst"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F73FE4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="pagelast">
     <w:name w:val="pagelast"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F73FE4"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="list-inline-item">
     <w:name w:val="list-inline-item"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00D116F7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="gscah">
+    <w:name w:val="gsc_a_h"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0064265D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00336E88"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="content2">
+    <w:name w:val="content_2"/>
+    <w:link w:val="content2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AE0DB3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="1080" w:hanging="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="content2Char">
+    <w:name w:val="content_2 Char"/>
+    <w:link w:val="content2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AE0DB3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="124128418">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="673144974">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -17777,51 +17831,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1319963505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ckling@cornell.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalacademies.org/our-work/reducing-health-impacts-of-reactive-nitrogen-in-ground-and-surface-water-from-agricultural-sources-an-environmental-health-matters-workshop-to-identify-opportunities-for-leadership" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/sections/thesalt/2016/05/05/476600965/the-environmental-cost-of-growing-food" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imf.org/en/News/Podcasts/All-Podcasts/2023/11/16/catherine-kling" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/2020/08/04/897804434/food-is-growing-more-plentiful-so-why-do-people-keep-warning-of-shortages" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/sections/thesalt/2019/12/31/790261705/farmers-got-billions-from-taxpayers-in-2019-and-hardly-anyone-objected" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/904222936" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/2019/03/05/688786177/how-federal-disaster-money-favors-the-rich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/embed/pvhUWVOm2CE" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/scholar?oi=bibs&amp;cluster=16004392001243702355&amp;btnI=1&amp;hl=en" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dyson.cornell.edu/faculty-research/faculty/clk228/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.resources.org/resources-radio/market-solutions-water-pollution-cathy-kling/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ckling@cornell.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imf.org/en/News/Podcasts/All-Podcasts/2023/11/16/catherine-kling" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/sections/thesalt/2016/05/05/476600965/the-environmental-cost-of-growing-food" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/904222936" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/2020/08/04/897804434/food-is-growing-more-plentiful-so-why-do-people-keep-warning-of-shortages" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/sections/thesalt/2019/12/31/790261705/farmers-got-billions-from-taxpayers-in-2019-and-hardly-anyone-objected" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/embed/pvhUWVOm2CE" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npr.org/2019/03/05/688786177/how-federal-disaster-money-favors-the-rich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theguardian.com/environment/2025/aug/19/leading-us-economists-urge-peers-to-fight-trumps-attack-on-environment" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/scholar?oi=bibs&amp;cluster=16004392001243702355&amp;btnI=1&amp;hl=en" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dyson.cornell.edu/faculty-research/faculty/clk228/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalacademies.org/our-work/reducing-health-impacts-of-reactive-nitrogen-in-ground-and-surface-water-from-agricultural-sources-an-environmental-health-matters-workshop-to-identify-opportunities-for-leadership" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -18096,75 +18150,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8814B6A6-FAD0-4B25-A2EF-78D832D2C5CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>8066</Words>
-  <Characters>45981</Characters>
+  <Words>8298</Words>
+  <Characters>47299</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>383</Lines>
-  <Paragraphs>107</Paragraphs>
+  <Lines>394</Lines>
+  <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>August 1996</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Economics Department, Iowa State University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>53940</CharactersWithSpaces>
+  <CharactersWithSpaces>55487</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>3997713</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:ckolstad@stanford.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5439545</vt:i4>
       </vt:variant>
       <vt:variant>