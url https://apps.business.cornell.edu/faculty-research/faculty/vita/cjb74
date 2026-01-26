--- v0 (2025-10-12)
+++ v1 (2026-01-26)
@@ -2,3664 +2,4541 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0ABD3219" w14:textId="2151C382" w:rsidR="00461DA8" w:rsidRPr="00A1193C" w:rsidRDefault="006B4E35" w:rsidP="004E3DAF">
+    <w:p w14:paraId="0ABD3219" w14:textId="2151C382" w:rsidR="00461DA8" w:rsidRPr="00B55F0A" w:rsidRDefault="006B4E35" w:rsidP="004E3DAF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHRIS</w:t>
       </w:r>
-      <w:r w:rsidR="00A140DD">
-        <w:rPr>
+      <w:r w:rsidR="00A140DD" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00947020" w:rsidRPr="00A1193C">
-        <w:rPr>
+      <w:r w:rsidR="00947020" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BORDONI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E8C160" w14:textId="77777777" w:rsidR="00803C48" w:rsidRPr="00803C48" w:rsidRDefault="00803C48" w:rsidP="00803C48">
+    <w:p w14:paraId="62E8C160" w14:textId="77777777" w:rsidR="00803C48" w:rsidRPr="00B55F0A" w:rsidRDefault="00803C48" w:rsidP="00803C48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Samuel Curtis Johnson Graduate School of Management at Cornell University </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779C8580" w14:textId="00D6F3B9" w:rsidR="00803C48" w:rsidRDefault="00A140DD" w:rsidP="00803C48">
+    <w:p w14:paraId="779C8580" w14:textId="00D6F3B9" w:rsidR="00803C48" w:rsidRPr="00B55F0A" w:rsidRDefault="00A140DD" w:rsidP="00803C48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>225</w:t>
       </w:r>
-      <w:r w:rsidR="00803C48">
-        <w:rPr>
+      <w:r w:rsidR="00803C48" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sage Hall, Ithaca, NY 14853</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65829829" w14:textId="4DF68064" w:rsidR="00167017" w:rsidRDefault="00B66EA8" w:rsidP="00167017">
+    <w:p w14:paraId="05A3EA51" w14:textId="295FD88C" w:rsidR="00BC4E52" w:rsidRPr="00B55F0A" w:rsidRDefault="00B66EA8" w:rsidP="00B830FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bordoni</w:t>
       </w:r>
-      <w:r w:rsidR="006B4E35">
-        <w:rPr>
+      <w:r w:rsidR="006B4E35" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>@cornell.edu</w:t>
       </w:r>
-      <w:r w:rsidR="00167017">
-        <w:rPr>
+      <w:r w:rsidR="00167017" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A3EA51" w14:textId="13D1E0A9" w:rsidR="00BC4E52" w:rsidRDefault="00BC4E52" w:rsidP="0028298A">
+    <w:p w14:paraId="2CC206FA" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRDefault="00BA438F" w:rsidP="0028298A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75A48271" w14:textId="3EB3D472" w:rsidR="00C451AA" w:rsidRDefault="00C451AA" w:rsidP="0028298A">
-[...11 lines deleted...]
-    <w:p w14:paraId="2D388D9F" w14:textId="4DAACAAA" w:rsidR="00E170D4" w:rsidRPr="00CF167F" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
+    <w:p w14:paraId="2939D5C9" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EDUCATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACB5391" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5551A975" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>THE UNIVERSITY OF CHICAGO, BOOTH SCHOOL OF BUSINESS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Chicago, IL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DEC7CB" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Master of Business Administration, Strategic Management, Finance, and Economics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A38BDD" w14:textId="5B3FD96E" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Siebel Scholar Class of 2012; Wallman Scholar (top 5% of class)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D061E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; GMAT: 770</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E39844F" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management Consulting Career Advisor; Net Impact Board Fellow</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F95C188" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F2E81C2" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CORNELL UNIVERSITY, ILR SCHOOL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ithaca, NY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2634B2FD" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bachelor of Science, Industrial &amp; Labor Relations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC360A3" w14:textId="4007FD6D" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Merrill Presidential Scholar; Degree Marshall (top 1% of college or school)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385F270E" w14:textId="77777777" w:rsidR="000D7C98" w:rsidRPr="00B55F0A" w:rsidRDefault="000D7C98" w:rsidP="000D7C98">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co-authored “Ethnic Heterogeneity and the Enforcement of Environmental Regulation” with Professor Julio Videras, published in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Review of Social Economy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> December 2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EF89A3" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRDefault="00BA438F" w:rsidP="00E170D4">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D388D9F" w14:textId="49C92DD1" w:rsidR="00E170D4" w:rsidRPr="00B55F0A" w:rsidRDefault="00BA438F" w:rsidP="00E170D4">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E170D4" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>TEACHING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9DE5A0" w14:textId="77777777" w:rsidR="00E170D4" w:rsidRPr="0001306F" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6D9DE5A0" w14:textId="77777777" w:rsidR="00E170D4" w:rsidRPr="00B55F0A" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20625ACD" w14:textId="6ACFD069" w:rsidR="00E170D4" w:rsidRPr="00C172E8" w:rsidRDefault="00093BD0" w:rsidP="00E170D4">
+    <w:p w14:paraId="20625ACD" w14:textId="6ACFD069" w:rsidR="00E170D4" w:rsidRPr="00B55F0A" w:rsidRDefault="00093BD0" w:rsidP="00E170D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CORNELL UNIVERISTY, S.C. JOHNSON GRADUATE SCHOOL OF MANAGEMENT</w:t>
       </w:r>
-      <w:r w:rsidR="00E170D4" w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidR="00E170D4" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ithaca, NY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78422A89" w14:textId="47BC7656" w:rsidR="00E170D4" w:rsidRPr="00C172E8" w:rsidRDefault="00093BD0" w:rsidP="00E170D4">
+    <w:p w14:paraId="143389B9" w14:textId="6600D313" w:rsidR="00B830FD" w:rsidRPr="00B55F0A" w:rsidRDefault="00817898" w:rsidP="00B9015F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Senior Lecturer of Strategy &amp; Business Economics</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Associate Teaching Professor</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7C98">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00093BD0" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategy &amp; Business Economics</w:t>
+      </w:r>
+      <w:r w:rsidR="00E170D4" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E170D4" w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidR="00E170D4" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="00093BD0" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBC75D9" w14:textId="4848C006" w:rsidR="00E170D4" w:rsidRPr="00312006" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
+    <w:p w14:paraId="1C484C68" w14:textId="77777777" w:rsidR="00B830FD" w:rsidRPr="00B55F0A" w:rsidRDefault="00B830FD" w:rsidP="00B9015F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EF4C298" w14:textId="7390F85B" w:rsidR="00481026" w:rsidRPr="00093BD0" w:rsidRDefault="00481026" w:rsidP="00481026">
+    <w:p w14:paraId="7D6F0464" w14:textId="66E2F0B1" w:rsidR="00B830FD" w:rsidRPr="000E32F1" w:rsidRDefault="00B9015F" w:rsidP="00B9015F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Courses taught</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C965A8F" w14:textId="425EC062" w:rsidR="00AD4D0F" w:rsidRPr="00C921F7" w:rsidRDefault="00481026" w:rsidP="00C921F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00093BD0">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">NBA </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">NBA 6765: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66EA8" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>6765</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Strategy &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Consulting Practicum</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00AD4D0F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semester-long, intensive course designed to help </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MBA students </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13309" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>build the specific mindsets, behaviors, and skills to succeed in management consulting, corporate strategy, internal consulting, or adjacent roles</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4D0F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Includes an in-depth examination of the strategic dilemmas encountered by </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66EA8" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">advisors </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4D0F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and their clients, experiential workshops to develop </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>critical</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4D0F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hard and soft </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4D0F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skills, and a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">capstone </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4D0F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consulting engagement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D4C40B" w14:textId="77777777" w:rsidR="00AD4D0F" w:rsidRPr="00C921F7" w:rsidRDefault="00AD4D0F" w:rsidP="00AD4D0F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="667FF471" w14:textId="14F71B67" w:rsidR="00481026" w:rsidRPr="00C921F7" w:rsidRDefault="00481026" w:rsidP="00C921F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NBA 5330: Management Cases</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Case-based elective designed to deepen students’ understanding of corporate and competitive strategy across the lifecycle of an enterprise</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Topics covered include </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scaling and launching businesses, organic growth strategies, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acquisitions and divestitures, business transformation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and turnarounds</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB3E718" w14:textId="77777777" w:rsidR="00481026" w:rsidRPr="00C921F7" w:rsidRDefault="00481026" w:rsidP="00E170D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="13"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22FCF65F" w14:textId="499D1493" w:rsidR="00481026" w:rsidRPr="00C921F7" w:rsidRDefault="00481026" w:rsidP="00C921F7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>AEM 4655</w:t>
+      </w:r>
+      <w:r w:rsidR="00093BD0" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00B66EA8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Strategy &amp;</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Consulting Practicum</w:t>
+        <w:t>Applied Corporate &amp; Competitive Strategy</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Undergraduate elective introducing real-world strategy applications through case studies, group discussions, and small-group research projects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D018914" w14:textId="1A52CD31" w:rsidR="00481026" w:rsidRPr="00AD4D0F" w:rsidRDefault="00AD4D0F" w:rsidP="00AD4D0F">
+    <w:p w14:paraId="7C497E14" w14:textId="77777777" w:rsidR="00B9015F" w:rsidRPr="00D061E5" w:rsidRDefault="00B9015F" w:rsidP="00E170D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13DBE671" w14:textId="4F573962" w:rsidR="00B9015F" w:rsidRPr="00B55F0A" w:rsidRDefault="00B9015F" w:rsidP="00E170D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Teaching honors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD34531" w14:textId="5511ED11" w:rsidR="00154ABA" w:rsidRDefault="00154ABA" w:rsidP="00B55F0A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00154ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dean’s Distinguished Award for Societal Impact in Teaching</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...23 lines deleted...]
-        <w:t>build the specific mindsets, behaviors, and skills to succeed during their summer internships and/or upon joining a consultancy or internal strategy group full-time</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025): 1 of 3 faculty honored by the College of Business for advancing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00154ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>student learning through innovative pedagogical strategies and creative approaches to teaching</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C965A8F" w14:textId="5C3421E2" w:rsidR="00AD4D0F" w:rsidRPr="00AD4D0F" w:rsidRDefault="00AD4D0F" w:rsidP="00AD4D0F">
+    <w:p w14:paraId="5D50AAF1" w14:textId="4349C450" w:rsidR="00B55F0A" w:rsidRPr="00B55F0A" w:rsidRDefault="00B55F0A" w:rsidP="00B55F0A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00154ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Johnson Last Lectures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">advisors </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>and their clients, experiential workshops to help students develop essential consulting skills, and a simulated consulting engagement</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 1 of 2 faculty </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">selected </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E108A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-Year </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MBA</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">student body </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to deliver </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7488">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">final lecture </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">before </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>graduation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D4C40B" w14:textId="77777777" w:rsidR="00AD4D0F" w:rsidRPr="00AD4D0F" w:rsidRDefault="00AD4D0F" w:rsidP="00AD4D0F">
-[...29 lines deleted...]
-    <w:p w14:paraId="5EACF41A" w14:textId="77777777" w:rsidR="00481026" w:rsidRPr="005701F1" w:rsidRDefault="00481026" w:rsidP="00481026">
+    <w:p w14:paraId="3F58777B" w14:textId="6BE94A70" w:rsidR="00B55F0A" w:rsidRDefault="00A047E5" w:rsidP="00B55F0A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00154ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Johnson </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55F0A" w:rsidRPr="00154ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Teaching Honor Roll</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55F0A" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2023,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13309">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024, 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4028222D" w14:textId="77777777" w:rsidR="00B9015F" w:rsidRPr="00D061E5" w:rsidRDefault="00B9015F" w:rsidP="00E170D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="13"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="667FF471" w14:textId="47412F2D" w:rsidR="00481026" w:rsidRPr="00481026" w:rsidRDefault="00481026" w:rsidP="00481026">
+    <w:p w14:paraId="23A8556F" w14:textId="1E416F4A" w:rsidR="00B9015F" w:rsidRPr="00B55F0A" w:rsidRDefault="00B9015F" w:rsidP="00B9015F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9C9D68" w14:textId="66C8FD51" w:rsidR="004E09DB" w:rsidRPr="00B55F0A" w:rsidRDefault="004E09DB" w:rsidP="004E09DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Topics covered include new market entry, organic growth strategies, acquisitions and divestitures, and business transformation</w:t>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Johnson Faculty Policy Committee (2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55F0A" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, elected by Johnson school faculty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB3E718" w14:textId="77777777" w:rsidR="00481026" w:rsidRPr="00AD4D0F" w:rsidRDefault="00481026" w:rsidP="00E170D4">
-[...47 lines deleted...]
-    <w:p w14:paraId="22FCF65F" w14:textId="63D36E10" w:rsidR="00481026" w:rsidRPr="00AD4D0F" w:rsidRDefault="00481026" w:rsidP="005701F1">
+    <w:p w14:paraId="3062E461" w14:textId="5B89B491" w:rsidR="00B55F0A" w:rsidRPr="00BE7488" w:rsidRDefault="00B55F0A" w:rsidP="00B55F0A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>ndergraduate elective introducing real-world strategy applications through case studies, group discussions, and small-group research projects</w:t>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Johnson Program Committee, 2-Year MBA (2025-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E108A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E653DB" w14:textId="2DC29108" w:rsidR="00236CC7" w:rsidRPr="00236CC7" w:rsidRDefault="00236CC7" w:rsidP="00236CC7">
-[...170 lines deleted...]
-    <w:p w14:paraId="7AAA7411" w14:textId="4A1B3233" w:rsidR="00E170D4" w:rsidRPr="00700665" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
+    <w:p w14:paraId="12351831" w14:textId="2E20CBEE" w:rsidR="00BE7488" w:rsidRPr="00B55F0A" w:rsidRDefault="00BE7488" w:rsidP="00B55F0A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">while building their </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Johnson Admissions-to-Placements Strategy Committee, 2-Year MBA (2025-Pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00E108A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>esent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>critical thinking skills</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC49BCC" w14:textId="03860BAB" w:rsidR="00E170D4" w:rsidRPr="00E170D4" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
+    <w:p w14:paraId="3F5EDB2C" w14:textId="77777777" w:rsidR="00E108A9" w:rsidRPr="00B55F0A" w:rsidRDefault="00E108A9" w:rsidP="00E108A9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Topics covered include the role of business in society, the macroenvironment, industry analysis, and firm strategy at the corporate, business unit, and functional levels</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Johnson Fried Fellows Committee, 2-Year MBA (2024-Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A998A18" w14:textId="77777777" w:rsidR="00E170D4" w:rsidRPr="007E6C70" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
-[...52 lines deleted...]
-    <w:p w14:paraId="46850BF4" w14:textId="77777777" w:rsidR="00E170D4" w:rsidRPr="00700665" w:rsidRDefault="00E170D4" w:rsidP="00E170D4">
+    <w:p w14:paraId="2FFFD442" w14:textId="29034AB5" w:rsidR="004E09DB" w:rsidRPr="00E108A9" w:rsidRDefault="004E09DB" w:rsidP="004E09DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Capstone strategy course aiming to deepen students’ understanding of strategy and competitive advantage</w:t>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Curriculum Review Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2-Year MBA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023-2024)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35BE5DF9" w14:textId="108E0AE1" w:rsidR="00E170D4" w:rsidRPr="00312006" w:rsidRDefault="00E170D4" w:rsidP="00312006">
+    <w:p w14:paraId="7369A824" w14:textId="77777777" w:rsidR="004E09DB" w:rsidRPr="00B55F0A" w:rsidRDefault="004E09DB" w:rsidP="004E09DB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="270"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Johnson Management Consulting Industry Lead (2022-Present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE23947" w14:textId="50A32131" w:rsidR="00B9015F" w:rsidRPr="00B55F0A" w:rsidRDefault="00B9015F" w:rsidP="00B9015F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty Advisor, Johnson Consulting Club (2022-Present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B5EF34" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71066CEE" w14:textId="2A927C43" w:rsidR="00BA438F" w:rsidRPr="00B55F0A" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AMERICAN UNIVERSITY, KOGOD SCHOOL OF BUSINESS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Washington, DC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8DD030" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRPr="00B55F0A" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Adjunct Instructor, Department of Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020-2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4178804D" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRPr="00B55F0A" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46DEF306" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRPr="00B55F0A" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Courses taught</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721DF9FA" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRPr="00FD4944" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030BF2FF" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRPr="00B55F0A" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>KSB 612: Strategic Thinking for Decisions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C75C7D2" w14:textId="6FFE247E" w:rsidR="00BA438F" w:rsidRPr="00C921F7" w:rsidRDefault="00817898" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Topics include business models and value chains, inorganic growth, executing strategy, decision-making biases, and how strategic concepts can be applied to the individual student</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Core </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>course that provides new MBA students with an introduction to business while building their critical thinking skills</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Topics covered include the role of business in society, the macroenvironment, industry analysis, and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">firm </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F" w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>strategy at the corporate, business unit, and functional levels</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28891006" w14:textId="35E890BE" w:rsidR="00E170D4" w:rsidRDefault="00E170D4" w:rsidP="0028298A">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4D7FC36B" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRPr="00FD4944" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3605A75C" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRDefault="004B34D2" w:rsidP="0028298A">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3978C181" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRPr="00B55F0A" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>KSB 613: Strategic Decision Making</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="29CFAC92" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C33D20" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="68A43F56" w14:textId="158C7EDE" w:rsidR="00BA438F" w:rsidRPr="00C921F7" w:rsidRDefault="00BA438F" w:rsidP="00BA438F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Capstone strategy course aiming to deepen students’ understanding of strategy and competitive advantage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Topics include business models and value chains, inorganic growth, executing strategy, decision-making biases, and how strategic concepts can be applied to student</w:t>
+      </w:r>
+      <w:r w:rsidR="00817898">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s’ careers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5747A619" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRDefault="00BA438F" w:rsidP="004B34D2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E5CE11F" w14:textId="77777777" w:rsidR="00BA438F" w:rsidRDefault="00BA438F" w:rsidP="004B34D2">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29CFAC92" w14:textId="206DCB18" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>STRATEGY CONSULTING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1C359B" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="0001306F" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="1F1C359B" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1841499D" w14:textId="4F593A5A" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="1841499D" w14:textId="4F593A5A" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BORDONI &amp; COMPANY</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B66EA8">
-        <w:rPr>
+      <w:r w:rsidR="00B66EA8" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ithaca, NY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB1B865" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="1BB1B865" w14:textId="404465ED" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="00817898" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Founder &amp; CEO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2015-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFBC28D" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C21556" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="0BFBC28D" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5463561E" w14:textId="33E7D1B7" w:rsidR="004B34D2" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="5463561E" w14:textId="2C3FB380" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002634CF">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bordoni &amp; C</w:t>
       </w:r>
-      <w:r w:rsidR="00776CED">
-        <w:rPr>
+      <w:r w:rsidR="00776CED" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ompany</w:t>
       </w:r>
-      <w:r w:rsidRPr="002634CF">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a boutique strategy consultancy that helps </w:t>
       </w:r>
-      <w:r w:rsidR="00776CED">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00776CED" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leaders of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mid-size </w:t>
+      </w:r>
+      <w:r w:rsidR="00776CED" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enterprises</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66EA8" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00776CED">
-        <w:rPr>
+      <w:r w:rsidR="00776CED" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> large </w:t>
       </w:r>
-      <w:r w:rsidR="0095254F">
-        <w:rPr>
+      <w:r w:rsidR="0095254F" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nonprofits</w:t>
       </w:r>
-      <w:r w:rsidR="00B66EA8">
-        <w:rPr>
+      <w:r w:rsidR="00B66EA8" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
-      <w:r w:rsidR="0095254F">
-[...101 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="0095254F" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">foundations reinvent their organizations during periods of radical change. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01EB8DE6" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C21556" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="01EB8DE6" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00DD287A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="13"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44AF7198" w14:textId="687530CF" w:rsidR="004B34D2" w:rsidRPr="00FD4944" w:rsidRDefault="00FD4944" w:rsidP="004B34D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Select engagements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44AF7198" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C14715" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-[...23 lines deleted...]
-    <w:p w14:paraId="19A5A12D" w14:textId="3AAA4CA8" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="19A5A12D" w14:textId="24B71900" w:rsidR="004B34D2" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
-        <w:ind w:hanging="270"/>
-        <w:rPr>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Strategy development, learning &amp; development</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Developed </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-year strategic plan for the Board and Senior Leadership Team of a large training company </w:t>
+      </w:r>
+      <w:r w:rsidR="00100413" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>faced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with rapidly changing customer preferences and </w:t>
+      </w:r>
+      <w:r w:rsidR="00100413" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>new sources of competition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Strategy recommendations led to the launch of a multi-year</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, $100M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transformation program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26331AD4" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...71 lines deleted...]
-      </w:r>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EBF9CC1" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="4B92CA3E" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:ind w:hanging="270"/>
-        <w:rPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Strategy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> development, corporate philanthropy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Led strategy refresh for a foundation attempting to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reimagine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">its overall mission and programmatic focus. Performed a current-state assessment of existing initiatives, conducted a landscape analysis of the ecosystem, and developed </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>strategic and programmatic options</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A9E5A0" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...25 lines deleted...]
-      </w:r>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C9BBA06" w14:textId="77777777" w:rsidR="0095254F" w:rsidRPr="00C172E8" w:rsidRDefault="0095254F" w:rsidP="0095254F">
+    <w:p w14:paraId="0082F638" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="0095254F" w:rsidP="005968FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
-        <w:ind w:hanging="270"/>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Strategy development, education technology</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...39 lines deleted...]
-        <w:t>traction</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coached the senior leadership team of an EdTech startup through a strategic pivot. Interviewed 40+ staff and subject matter experts and analyzed customer data to determine existing strengths, identify opportunities for growth, and develop a strategy to gain market traction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77ED7373" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-[...14 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="0BDAF322" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-      </w:r>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B7303BA" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-[...442 lines deleted...]
-    <w:p w14:paraId="0AE2A55E" w14:textId="6599E358" w:rsidR="004B34D2" w:rsidRPr="00793FCE" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="345F2506" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
-        <w:ind w:hanging="270"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Outreach</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> cities from 50 states to participate in the competition</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>M&amp;A strategy, non-profit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Developed a comprehensive M&amp;A strategy for a global non-profit. Options presented ranged from single transactions to an industry “roll-up” to building a consortium of like-minded organizations. Client acquired two of the recommended targets within 12 months</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EEB335" w14:textId="39AD7B53" w:rsidR="004B34D2" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="69AE282E" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CA541F3" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
-        <w:ind w:hanging="270"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Training</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> full-day workshops attended by 4,000 city leaders with a 94% approval rating</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>JV target screening, healthcare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Led target-screening effort for a mega non-profit seeking to identify partners for a commercial venture. Systematically filtered 1.6M hypothetical partners down to a short-list of 45 potential organizations, followed by a target-list of the 7 most attractive organizations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675DCA99" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="007872F3" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="59485BD4" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0038C23B" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
-        <w:ind w:hanging="270"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Evaluation</w:t>
-[...6 lines deleted...]
-        <w:t>: Developed competition application questions and selection criteria</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>M&amp;A due diligence, non-profit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Served as </w:t>
+      </w:r>
+      <w:r w:rsidR="00100413" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>senior advisor to a $200M+ deal in the non-profit space. Oversaw the commercial diligence and valuation workstreams and helped identify, onboard, and manage additional vendors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14324154" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00AB284D" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="47F7BC2A" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FC29C1A" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="18"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="270"/>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Technical assistance</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: Provided support to mayors, city administrators, and other civic leaders </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Go-to-market strategy, health and wellness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Co-developed a strategy to commercialize an emerging, global wellness movement. Evaluated multiple busines</w:t>
+      </w:r>
+      <w:r w:rsidR="00100413" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> models, assessed required capabilities, and determined immediate and medium-term next steps</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6700DCA6" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="001D41EA" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-      <w:pPr>
+    <w:p w14:paraId="05FA8388" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B5AA12A" w14:textId="338AB193" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-        <w:ind w:hanging="270"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Organization </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turnaround, professional services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Coached leadership and staff through the turnaround of a failed $10M acquisition. Major themes included identifying flaws in the current operating model, rediscovering the organization’s original success factors, and convening stakeholders to pressure-test and align on the future strategy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7694BDF0" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED19335" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>non-profit</w:t>
-[...15 lines deleted...]
-        <w:t>Co-led the launch of a 25-person non-profit. Key activities included hiring staff, establishing basic systems and processes, and identifying future funding streams</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Operational excellence, non-profit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Designed, launched, and oversaw initiatives to decrease “customer” turnover, improve channel partner quality, and build an internal innovation function at a global non-profit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271DC1CB" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C21556" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-[...5 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="43478F9B" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BA05B65" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00793FCE" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-[...31 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="6C8BD002" w14:textId="3A76FC3B" w:rsidR="004B34D2" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...33 lines deleted...]
-        <w:t>chapters and professional community</w:t>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Social</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impact strategy, professional association</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Led the creation of a social impact strategy for a major membership association, including interviewing 60+ board members, staff, and stakeholders</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> surveying 75,000 association members</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> benchmarking against best-in-class</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and designing a new portfolio of social impact initiatives with resourcing, phasing, and integration points</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310CFD25" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-      <w:pPr>
+    <w:p w14:paraId="2B5D0B0C" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33EEB335" w14:textId="3B990B16" w:rsidR="004B34D2" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...12 lines deleted...]
-        <w:t>Part 1: Thinking like a Chief Reinvention Officer</w:t>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Innovation contest, government</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Partnered with a leading foundation to design and execute a nationwide contest to identify, test, and scale innovative ideas in city government. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Successfully recruited 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>00+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cities from 50 states to participate in the competition</w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Also l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed the design and delivery of a $1.5M training program to </w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>teach cities human</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7C98">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>centered design</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, culminating in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> full-day workshops </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attended by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4,000 city leaders with a 94% approval rating</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A584510" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-      <w:pPr>
+    <w:p w14:paraId="2B7D87C1" w14:textId="77777777" w:rsidR="005968FB" w:rsidRPr="005968FB" w:rsidRDefault="005968FB" w:rsidP="005968FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6700DCA6" w14:textId="16BED8B8" w:rsidR="004B34D2" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...12 lines deleted...]
-        <w:t>Part 2: Building from the Center</w:t>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Organization launch, non-profit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Co-led the launch of a 25-person non-profit. Key activities included hiring staff, establishing basic systems and processes, and identifying future funding streams</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075E61BD" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-      <w:pPr>
+    <w:p w14:paraId="3BA05B65" w14:textId="09CDBA07" w:rsidR="004B34D2" w:rsidRPr="005968FB" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Select workshops</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DB245B" w14:textId="02246994" w:rsidR="00C921F7" w:rsidRPr="005968FB" w:rsidRDefault="00DD287A" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...12 lines deleted...]
-        <w:t>Part 3: (Re) Imagining the Future</w:t>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Playing</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to Win</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Two-day workshop for ~40 senior leaders in a global non-profit to explore the emerging need for change, a new vision for success, and a revised competitive strategy</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB" w:rsidRPr="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74ACD50F" w14:textId="77777777" w:rsidR="00D01456" w:rsidRPr="00C172E8" w:rsidRDefault="00D01456" w:rsidP="00D01456">
-      <w:pPr>
+    <w:p w14:paraId="6E6721BF" w14:textId="42B2DED5" w:rsidR="00C921F7" w:rsidRPr="005968FB" w:rsidRDefault="00DD287A" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...12 lines deleted...]
-        <w:t>“Legal Department 3.0.” 3-part workshop series to reimagine the future of the legal department at a Fortune 500 company</w:t>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Team Retreat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Two-day management team retreat attended by </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">150 most senior staff </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a global association</w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">explore </w:t>
+      </w:r>
+      <w:r w:rsidR="00C921F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the future of the organization</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25769929" w14:textId="77777777" w:rsidR="00D01456" w:rsidRPr="00C172E8" w:rsidRDefault="00D01456" w:rsidP="00D01456">
-      <w:pPr>
+    <w:p w14:paraId="075E61BD" w14:textId="36F24C39" w:rsidR="004B34D2" w:rsidRPr="005968FB" w:rsidRDefault="00DD287A" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...12 lines deleted...]
-        <w:t>Part 1: Resilience as a Performance Imperative</w:t>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Reinvented</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Thriving in a Turbulent World</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-part workshop series developed to help a professional association reimagine the future of chapters and professional community</w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a hybrid world</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part 1: Thinking like a Chief Reinvention Officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part 2: Building from the Center</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part 3: </w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>magining the Future</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51DE8559" w14:textId="77777777" w:rsidR="00D01456" w:rsidRPr="00C172E8" w:rsidRDefault="00D01456" w:rsidP="00D01456">
-      <w:pPr>
+    <w:p w14:paraId="668E1AF3" w14:textId="0E2CB52E" w:rsidR="00D01456" w:rsidRPr="005968FB" w:rsidRDefault="00DD287A" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Legal</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Department 3.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-part workshop series to </w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transform</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the legal department at a Fortune 500 company</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part 1: Resilience as a Performance Imperative</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Part 2: An introduction to Reinvention</w:t>
       </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00840FC1" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D01456" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part 3: Legal Department 3.0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="668E1AF3" w14:textId="5D4E1405" w:rsidR="00D01456" w:rsidRPr="00D01456" w:rsidRDefault="00D01456" w:rsidP="00D01456">
-      <w:pPr>
+    <w:p w14:paraId="0E67282C" w14:textId="5AF223AE" w:rsidR="004B34D2" w:rsidRPr="00DD287A" w:rsidRDefault="00DD287A" w:rsidP="005968FB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="0"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Resilient</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Employees, Teams, and Organizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005968FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-part workshop series to foster greater organizational resilience post-pandemic at a global organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part 1: Resilience 101</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part 2: Resilience in Action</w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="004B34D2" w:rsidRPr="00DD287A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Part 3: Resilience at Work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD84ADA" w14:textId="5909C316" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-[...27 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6A6B1E20" w14:textId="77777777" w:rsidR="00AD4D0F" w:rsidRPr="00B55F0A" w:rsidRDefault="00AD4D0F" w:rsidP="004B34D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="66BC7A10" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
-[...150 lines deleted...]
-    <w:p w14:paraId="6A6B1E20" w14:textId="77777777" w:rsidR="00AD4D0F" w:rsidRDefault="00AD4D0F" w:rsidP="004B34D2">
+    <w:p w14:paraId="5A4DB84A" w14:textId="2B0498EA" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>CIVIC CONSULTING ALLIANCE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Chicago, IL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A3D89B" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="72A3D89B" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Associate Principal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2014-2015</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B99777" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C21556" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="12B99777" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56338321" w14:textId="65A5C70C" w:rsidR="004B34D2" w:rsidRPr="006D5EF0" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="4E457B2A" w14:textId="1320C5AA" w:rsidR="0000004B" w:rsidRPr="00B55F0A" w:rsidRDefault="00840FC1" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
-          <w:bCs/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:bCs/>
-[...11 lines deleted...]
-        <w:t>the City of Chicago, Cook County, and the State of Illinois</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Management Team member at a </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA438F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">boutique </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:bCs/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">business experts, government leaders, and </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consultancy working to </w:t>
+      </w:r>
+      <w:r w:rsidR="00817898">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>increase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:bCs/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">staff to make the region safer, healthier, better educated, and </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the vitality of Chicago, Cook County, and the State of Illinois. </w:t>
+      </w:r>
+      <w:r w:rsidR="0000004B" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engagements included partnering with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:bCs/>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mayor’s Office</w:t>
+      </w:r>
+      <w:r w:rsidR="0000004B" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, World Business Chicago, the Chicago City Treasurer, and the Illinois Department of Commerce and Economic Opportunity to </w:t>
+      </w:r>
+      <w:r w:rsidR="00817898">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">improve </w:t>
+      </w:r>
+      <w:r w:rsidR="0000004B" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A047E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">region’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0000004B" w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>economic competitiveness and expand economic mobility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113A6AEC" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="113A6AEC" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0924A2B9" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="0924A2B9" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>THE BOSTON CONSULTING GROUP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Chicago, IL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D835584" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="5D835584" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consultant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2012-2014</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1D25A1" w14:textId="1BC08379" w:rsidR="004B34D2" w:rsidRPr="00D01456" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="1F1D25A1" w14:textId="1BC08379" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Summer Consultant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>2011</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA92D7F" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="6CA92D7F" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31434C6F" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="31434C6F" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DELOITTE CONSULTING</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>New York, NY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD81C5B" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00C172E8" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="7DD81C5B" w14:textId="77777777" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consultant, Strategy &amp; Operations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2009-2010</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2713B1E1" w14:textId="3B094510" w:rsidR="004B34D2" w:rsidRPr="0001306F" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
+    <w:p w14:paraId="2713B1E1" w14:textId="3B094510" w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidRDefault="004B34D2" w:rsidP="004B34D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10080"/>
         </w:tabs>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Business Analyst, Strategy &amp; Operations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C172E8">
-        <w:rPr>
+      <w:r w:rsidRPr="00B55F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2007-2009</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACCB1D9" w14:textId="523900C8" w:rsidR="004B34D2" w:rsidRDefault="004B34D2" w:rsidP="0028298A">
-[...401 lines deleted...]
-    <w:sectPr w:rsidR="00803C48" w:rsidRPr="00803C48" w:rsidSect="00612688">
+    <w:sectPr w:rsidR="004B34D2" w:rsidRPr="00B55F0A" w:rsidSect="00612688">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1080" w:bottom="720" w:left="1080" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11902A11" w14:textId="77777777" w:rsidR="004866B5" w:rsidRDefault="004866B5" w:rsidP="00C66CD5">
+    <w:p w14:paraId="1DA1579E" w14:textId="77777777" w:rsidR="00CD38EA" w:rsidRDefault="00CD38EA" w:rsidP="00C66CD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="422B761E" w14:textId="77777777" w:rsidR="004866B5" w:rsidRDefault="004866B5" w:rsidP="00C66CD5">
+    <w:p w14:paraId="292B7F6D" w14:textId="77777777" w:rsidR="00CD38EA" w:rsidRDefault="00CD38EA" w:rsidP="00C66CD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1104424910"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="42E5D468" w14:textId="0D99C48C" w:rsidR="00C66CD5" w:rsidRDefault="00C66CD5" w:rsidP="00C66CD5">
+      <w:p w14:paraId="42E5D468" w14:textId="36EF4143" w:rsidR="00C66CD5" w:rsidRDefault="00C66CD5" w:rsidP="00C66CD5">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="000D7C98">
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="PageNumber"/>
+          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0941F878" w14:textId="77777777" w:rsidR="00C66CD5" w:rsidRDefault="00C66CD5" w:rsidP="00C66CD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="74092776"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2D71AB88" w14:textId="2CB97A90" w:rsidR="00C66CD5" w:rsidRPr="00C66CD5" w:rsidRDefault="00C66CD5" w:rsidP="00B578E8">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C66CD5">
@@ -3694,70 +4571,70 @@
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00C66CD5">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3EC9B47F" w14:textId="77777777" w:rsidR="00C66CD5" w:rsidRDefault="00C66CD5" w:rsidP="00C66CD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69CF12AF" w14:textId="77777777" w:rsidR="004866B5" w:rsidRDefault="004866B5" w:rsidP="00C66CD5">
+    <w:p w14:paraId="3911D300" w14:textId="77777777" w:rsidR="00CD38EA" w:rsidRDefault="00CD38EA" w:rsidP="00C66CD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2966E181" w14:textId="77777777" w:rsidR="004866B5" w:rsidRDefault="004866B5" w:rsidP="00C66CD5">
+    <w:p w14:paraId="392A486E" w14:textId="77777777" w:rsidR="00CD38EA" w:rsidRDefault="00CD38EA" w:rsidP="00C66CD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="033A095E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="166CB598"/>
     <w:lvl w:ilvl="0" w:tplc="A054393E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6701,50 +7578,165 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69C60C8B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6E6E0D9E"/>
+    <w:lvl w:ilvl="0" w:tplc="D120426A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71E645B5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="680C1284"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6849,51 +7841,167 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72197F4C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EB3A9650"/>
+    <w:lvl w:ilvl="0" w:tplc="0EFE8226">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75E8278B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D260B42"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6962,71 +8070,71 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76BB25C9"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D1460F58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77653FF7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="680C1284"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7131,51 +8239,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DE80D59"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="680C1284"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7280,84 +8388,84 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E124E42"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8B6416AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="5181600">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="23020296">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="429786257">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2124762246">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1716395062">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="354041178">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2108960557">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1343972173">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2140023982">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2143378742">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="716666344">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="596640468">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="587352219">
     <w:abstractNumId w:val="21"/>
   </w:num>
@@ -7367,629 +8475,681 @@
   <w:num w:numId="15" w16cid:durableId="1565868537">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1903056425">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1072043177">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="971523783">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1158349154">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="204606450">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1209075465">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1605307028">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1885289957">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="426732536">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="38091934">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="215552206">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="538786330">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1020162574">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1112169764">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2131195228">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="125045430">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1769158467">
     <w:abstractNumId w:val="19"/>
   </w:num>
+  <w:num w:numId="33" w16cid:durableId="524513853">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="446704695">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="172"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="60"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00461DA8"/>
+    <w:rsid w:val="0000004B"/>
     <w:rsid w:val="000005D8"/>
     <w:rsid w:val="0000061F"/>
     <w:rsid w:val="0000274C"/>
     <w:rsid w:val="000104EA"/>
     <w:rsid w:val="0001306F"/>
     <w:rsid w:val="00015265"/>
     <w:rsid w:val="00015D44"/>
     <w:rsid w:val="000171DD"/>
     <w:rsid w:val="0002276B"/>
     <w:rsid w:val="00026606"/>
     <w:rsid w:val="000459C7"/>
     <w:rsid w:val="0004712D"/>
+    <w:rsid w:val="00051BD1"/>
     <w:rsid w:val="0005630B"/>
     <w:rsid w:val="00057430"/>
     <w:rsid w:val="00070099"/>
     <w:rsid w:val="00071141"/>
     <w:rsid w:val="0007146E"/>
     <w:rsid w:val="00071898"/>
     <w:rsid w:val="00071C38"/>
     <w:rsid w:val="000775ED"/>
     <w:rsid w:val="00080B87"/>
     <w:rsid w:val="00080E6F"/>
     <w:rsid w:val="000871E9"/>
     <w:rsid w:val="000877AD"/>
     <w:rsid w:val="00092B36"/>
     <w:rsid w:val="00093BD0"/>
     <w:rsid w:val="00096BA5"/>
     <w:rsid w:val="000A2B6C"/>
     <w:rsid w:val="000A5334"/>
     <w:rsid w:val="000A664B"/>
+    <w:rsid w:val="000B6D73"/>
     <w:rsid w:val="000B7E07"/>
     <w:rsid w:val="000C6E50"/>
     <w:rsid w:val="000D06D4"/>
     <w:rsid w:val="000D3F1F"/>
     <w:rsid w:val="000D7C3C"/>
+    <w:rsid w:val="000D7C98"/>
+    <w:rsid w:val="000E32F1"/>
     <w:rsid w:val="000E4AD6"/>
     <w:rsid w:val="000E7867"/>
     <w:rsid w:val="000F21D8"/>
     <w:rsid w:val="000F6633"/>
     <w:rsid w:val="00100413"/>
     <w:rsid w:val="00106129"/>
     <w:rsid w:val="001076D9"/>
     <w:rsid w:val="00110854"/>
     <w:rsid w:val="001154B4"/>
     <w:rsid w:val="0012629A"/>
     <w:rsid w:val="0012713E"/>
     <w:rsid w:val="00134DCD"/>
     <w:rsid w:val="001359E2"/>
     <w:rsid w:val="00147D2E"/>
     <w:rsid w:val="001545AB"/>
+    <w:rsid w:val="00154ABA"/>
     <w:rsid w:val="0016439C"/>
     <w:rsid w:val="00167017"/>
     <w:rsid w:val="00171F28"/>
     <w:rsid w:val="001729A1"/>
     <w:rsid w:val="0017545F"/>
     <w:rsid w:val="00182742"/>
+    <w:rsid w:val="0018574E"/>
     <w:rsid w:val="00192652"/>
     <w:rsid w:val="00195C1E"/>
     <w:rsid w:val="001A2C11"/>
     <w:rsid w:val="001A30A9"/>
     <w:rsid w:val="001A33FF"/>
     <w:rsid w:val="001B06BC"/>
     <w:rsid w:val="001B6F2A"/>
     <w:rsid w:val="001D41EA"/>
     <w:rsid w:val="001D6E30"/>
     <w:rsid w:val="001E13C2"/>
     <w:rsid w:val="001F2147"/>
     <w:rsid w:val="001F4527"/>
     <w:rsid w:val="001F6F31"/>
     <w:rsid w:val="002013F6"/>
     <w:rsid w:val="00202313"/>
     <w:rsid w:val="00202C85"/>
     <w:rsid w:val="00205544"/>
     <w:rsid w:val="00206989"/>
     <w:rsid w:val="00210FCA"/>
     <w:rsid w:val="00212CA0"/>
     <w:rsid w:val="00213AB0"/>
     <w:rsid w:val="002276C5"/>
     <w:rsid w:val="002309B3"/>
     <w:rsid w:val="00236CC7"/>
     <w:rsid w:val="002634CF"/>
     <w:rsid w:val="0026432B"/>
     <w:rsid w:val="0027107E"/>
     <w:rsid w:val="002716ED"/>
     <w:rsid w:val="00272EFC"/>
     <w:rsid w:val="00273C8C"/>
     <w:rsid w:val="0028298A"/>
     <w:rsid w:val="00285506"/>
     <w:rsid w:val="00287649"/>
     <w:rsid w:val="002A2AE4"/>
     <w:rsid w:val="002A32DC"/>
     <w:rsid w:val="002A7591"/>
     <w:rsid w:val="002B132B"/>
     <w:rsid w:val="002B260A"/>
     <w:rsid w:val="002B5F3E"/>
     <w:rsid w:val="002C3542"/>
     <w:rsid w:val="002C3EEF"/>
     <w:rsid w:val="002C4F05"/>
+    <w:rsid w:val="002C6986"/>
     <w:rsid w:val="002D2713"/>
     <w:rsid w:val="002D6E43"/>
     <w:rsid w:val="002E09FE"/>
+    <w:rsid w:val="002E7B37"/>
     <w:rsid w:val="002F0F97"/>
     <w:rsid w:val="002F240E"/>
     <w:rsid w:val="002F5107"/>
     <w:rsid w:val="003015C0"/>
     <w:rsid w:val="003028E2"/>
     <w:rsid w:val="003039E1"/>
     <w:rsid w:val="003070E2"/>
     <w:rsid w:val="00307A96"/>
     <w:rsid w:val="00312006"/>
     <w:rsid w:val="003164BA"/>
     <w:rsid w:val="00317C92"/>
     <w:rsid w:val="0032077C"/>
     <w:rsid w:val="00332601"/>
     <w:rsid w:val="00336FBC"/>
     <w:rsid w:val="00340013"/>
     <w:rsid w:val="00344270"/>
     <w:rsid w:val="0034646B"/>
     <w:rsid w:val="00353718"/>
+    <w:rsid w:val="0035556A"/>
     <w:rsid w:val="00355839"/>
     <w:rsid w:val="00363567"/>
     <w:rsid w:val="0037727F"/>
+    <w:rsid w:val="00386DD0"/>
     <w:rsid w:val="0038726D"/>
     <w:rsid w:val="00387CA5"/>
     <w:rsid w:val="00391222"/>
     <w:rsid w:val="00393503"/>
+    <w:rsid w:val="003959E1"/>
     <w:rsid w:val="003B49A7"/>
+    <w:rsid w:val="003B6EE8"/>
     <w:rsid w:val="003C5ED6"/>
     <w:rsid w:val="003C7D04"/>
     <w:rsid w:val="003E09F2"/>
     <w:rsid w:val="003E2DA1"/>
     <w:rsid w:val="003E552F"/>
     <w:rsid w:val="003E6DB1"/>
     <w:rsid w:val="003F1876"/>
     <w:rsid w:val="003F1F63"/>
     <w:rsid w:val="003F6E2E"/>
     <w:rsid w:val="004052A2"/>
     <w:rsid w:val="004066A1"/>
     <w:rsid w:val="004175B8"/>
     <w:rsid w:val="004246B0"/>
     <w:rsid w:val="00426320"/>
+    <w:rsid w:val="004268CD"/>
     <w:rsid w:val="00427E2F"/>
     <w:rsid w:val="004317E0"/>
     <w:rsid w:val="00432918"/>
     <w:rsid w:val="00433BA9"/>
     <w:rsid w:val="004365C8"/>
     <w:rsid w:val="00444430"/>
     <w:rsid w:val="00446B03"/>
     <w:rsid w:val="00451014"/>
     <w:rsid w:val="00454578"/>
     <w:rsid w:val="00455D66"/>
     <w:rsid w:val="00456689"/>
     <w:rsid w:val="00456D71"/>
     <w:rsid w:val="00461DA8"/>
     <w:rsid w:val="00462BD6"/>
     <w:rsid w:val="0046449F"/>
     <w:rsid w:val="00464D35"/>
     <w:rsid w:val="0047379F"/>
     <w:rsid w:val="0047533B"/>
     <w:rsid w:val="00481026"/>
     <w:rsid w:val="00481F88"/>
     <w:rsid w:val="0048557E"/>
     <w:rsid w:val="00485A5A"/>
     <w:rsid w:val="004866B5"/>
     <w:rsid w:val="00493400"/>
     <w:rsid w:val="00493C99"/>
     <w:rsid w:val="00496747"/>
     <w:rsid w:val="004B34D2"/>
     <w:rsid w:val="004C2786"/>
     <w:rsid w:val="004C52DB"/>
     <w:rsid w:val="004D540D"/>
     <w:rsid w:val="004D6179"/>
     <w:rsid w:val="004D6DD2"/>
     <w:rsid w:val="004D7851"/>
+    <w:rsid w:val="004E09DB"/>
     <w:rsid w:val="004E3DAF"/>
     <w:rsid w:val="004E4B14"/>
     <w:rsid w:val="004E4E0C"/>
     <w:rsid w:val="005034AF"/>
     <w:rsid w:val="00521CA1"/>
     <w:rsid w:val="00525E37"/>
     <w:rsid w:val="00533062"/>
     <w:rsid w:val="005410B8"/>
     <w:rsid w:val="00546411"/>
     <w:rsid w:val="00551F43"/>
     <w:rsid w:val="005534D7"/>
     <w:rsid w:val="005603F5"/>
     <w:rsid w:val="005624A5"/>
     <w:rsid w:val="00565D28"/>
     <w:rsid w:val="005701F1"/>
     <w:rsid w:val="005732E5"/>
     <w:rsid w:val="00575A07"/>
     <w:rsid w:val="0057705E"/>
     <w:rsid w:val="0059066F"/>
+    <w:rsid w:val="005968FB"/>
     <w:rsid w:val="005B0762"/>
     <w:rsid w:val="005C3C68"/>
     <w:rsid w:val="005C73D9"/>
     <w:rsid w:val="005D1BAC"/>
     <w:rsid w:val="005E2DEC"/>
+    <w:rsid w:val="005E352E"/>
     <w:rsid w:val="005E424E"/>
     <w:rsid w:val="005F7898"/>
     <w:rsid w:val="006025E8"/>
     <w:rsid w:val="00606BDB"/>
     <w:rsid w:val="006076A1"/>
     <w:rsid w:val="006120DB"/>
     <w:rsid w:val="00612688"/>
     <w:rsid w:val="00613579"/>
     <w:rsid w:val="0061572C"/>
     <w:rsid w:val="00615EB1"/>
     <w:rsid w:val="006209F7"/>
     <w:rsid w:val="00624606"/>
+    <w:rsid w:val="00641299"/>
     <w:rsid w:val="00642CF5"/>
     <w:rsid w:val="00650D71"/>
     <w:rsid w:val="006676B4"/>
     <w:rsid w:val="006741DB"/>
     <w:rsid w:val="00682EE1"/>
     <w:rsid w:val="0069196E"/>
     <w:rsid w:val="0069207A"/>
     <w:rsid w:val="006A1A58"/>
     <w:rsid w:val="006A1CAA"/>
+    <w:rsid w:val="006A1E8E"/>
+    <w:rsid w:val="006A7C73"/>
     <w:rsid w:val="006B4E35"/>
     <w:rsid w:val="006B6DEA"/>
     <w:rsid w:val="006C4D71"/>
     <w:rsid w:val="006C6885"/>
     <w:rsid w:val="006D59C2"/>
     <w:rsid w:val="006D5EF0"/>
     <w:rsid w:val="006D607A"/>
     <w:rsid w:val="006D7F93"/>
     <w:rsid w:val="006E0F87"/>
     <w:rsid w:val="006E3259"/>
     <w:rsid w:val="006F25F9"/>
     <w:rsid w:val="006F46AA"/>
     <w:rsid w:val="006F4E7D"/>
     <w:rsid w:val="00700665"/>
     <w:rsid w:val="00701191"/>
     <w:rsid w:val="007011CE"/>
     <w:rsid w:val="00701691"/>
     <w:rsid w:val="00704A70"/>
     <w:rsid w:val="007051AE"/>
     <w:rsid w:val="007065BE"/>
     <w:rsid w:val="00712700"/>
     <w:rsid w:val="00725756"/>
     <w:rsid w:val="0074170D"/>
     <w:rsid w:val="00742264"/>
     <w:rsid w:val="0074232E"/>
     <w:rsid w:val="007467F0"/>
     <w:rsid w:val="00752226"/>
     <w:rsid w:val="007614B1"/>
     <w:rsid w:val="00764071"/>
     <w:rsid w:val="00764E33"/>
     <w:rsid w:val="00765B6B"/>
     <w:rsid w:val="00765F4F"/>
     <w:rsid w:val="00771662"/>
+    <w:rsid w:val="00774B4F"/>
     <w:rsid w:val="00776CED"/>
     <w:rsid w:val="00776FF3"/>
     <w:rsid w:val="00781F6D"/>
     <w:rsid w:val="007872F3"/>
     <w:rsid w:val="00787F56"/>
     <w:rsid w:val="00793FCE"/>
     <w:rsid w:val="007B67C2"/>
     <w:rsid w:val="007D1A7C"/>
     <w:rsid w:val="007E0ED2"/>
     <w:rsid w:val="007E37FF"/>
     <w:rsid w:val="007E6C70"/>
     <w:rsid w:val="007F1723"/>
     <w:rsid w:val="00803C48"/>
     <w:rsid w:val="00804761"/>
     <w:rsid w:val="0080483F"/>
     <w:rsid w:val="00811E30"/>
+    <w:rsid w:val="00817898"/>
     <w:rsid w:val="00817F56"/>
     <w:rsid w:val="00827632"/>
     <w:rsid w:val="00837A1E"/>
     <w:rsid w:val="00840584"/>
+    <w:rsid w:val="00840FC1"/>
     <w:rsid w:val="008411B9"/>
     <w:rsid w:val="00843E8B"/>
     <w:rsid w:val="00851386"/>
+    <w:rsid w:val="00851E9B"/>
     <w:rsid w:val="00862002"/>
     <w:rsid w:val="008704F3"/>
     <w:rsid w:val="00872DC7"/>
     <w:rsid w:val="0087356E"/>
     <w:rsid w:val="0087397C"/>
     <w:rsid w:val="008759B7"/>
     <w:rsid w:val="00883A38"/>
     <w:rsid w:val="00884365"/>
     <w:rsid w:val="008942A3"/>
     <w:rsid w:val="008A67E1"/>
     <w:rsid w:val="008B07E1"/>
     <w:rsid w:val="008B11DA"/>
     <w:rsid w:val="008C011B"/>
     <w:rsid w:val="008D3C44"/>
     <w:rsid w:val="008D46FA"/>
     <w:rsid w:val="008D71A0"/>
     <w:rsid w:val="008D7927"/>
     <w:rsid w:val="008E16B4"/>
     <w:rsid w:val="008E19A2"/>
     <w:rsid w:val="008F1D80"/>
     <w:rsid w:val="008F5ACD"/>
     <w:rsid w:val="008F68B0"/>
     <w:rsid w:val="00900092"/>
     <w:rsid w:val="00900423"/>
     <w:rsid w:val="00910E08"/>
     <w:rsid w:val="00917A0D"/>
     <w:rsid w:val="009216B8"/>
     <w:rsid w:val="00923D41"/>
     <w:rsid w:val="00932CB4"/>
     <w:rsid w:val="0093404C"/>
     <w:rsid w:val="00934367"/>
     <w:rsid w:val="00934471"/>
     <w:rsid w:val="0093625B"/>
     <w:rsid w:val="00937BF5"/>
     <w:rsid w:val="0094010C"/>
+    <w:rsid w:val="00944227"/>
     <w:rsid w:val="00947020"/>
     <w:rsid w:val="00947D54"/>
     <w:rsid w:val="0095254F"/>
     <w:rsid w:val="00961862"/>
     <w:rsid w:val="00974248"/>
     <w:rsid w:val="009762A4"/>
     <w:rsid w:val="00983ADB"/>
     <w:rsid w:val="00991427"/>
     <w:rsid w:val="00997D1A"/>
     <w:rsid w:val="009A4E5B"/>
     <w:rsid w:val="009B584E"/>
     <w:rsid w:val="009C1908"/>
     <w:rsid w:val="009D1FC0"/>
     <w:rsid w:val="009D36C8"/>
     <w:rsid w:val="009D56ED"/>
     <w:rsid w:val="009D6303"/>
     <w:rsid w:val="009E069F"/>
     <w:rsid w:val="009F352C"/>
+    <w:rsid w:val="00A047E5"/>
     <w:rsid w:val="00A06493"/>
+    <w:rsid w:val="00A117C7"/>
     <w:rsid w:val="00A1193C"/>
+    <w:rsid w:val="00A13309"/>
     <w:rsid w:val="00A13D1B"/>
     <w:rsid w:val="00A140DD"/>
     <w:rsid w:val="00A1410E"/>
     <w:rsid w:val="00A15D10"/>
     <w:rsid w:val="00A17B3B"/>
     <w:rsid w:val="00A245BB"/>
     <w:rsid w:val="00A41A54"/>
     <w:rsid w:val="00A44D65"/>
     <w:rsid w:val="00A44D8F"/>
     <w:rsid w:val="00A54058"/>
     <w:rsid w:val="00A56727"/>
     <w:rsid w:val="00A56F0D"/>
     <w:rsid w:val="00A578DF"/>
     <w:rsid w:val="00A73908"/>
     <w:rsid w:val="00A75E25"/>
     <w:rsid w:val="00A778C9"/>
     <w:rsid w:val="00A8113C"/>
     <w:rsid w:val="00AB066B"/>
     <w:rsid w:val="00AB284D"/>
     <w:rsid w:val="00AB2946"/>
     <w:rsid w:val="00AB67F1"/>
     <w:rsid w:val="00AC6914"/>
     <w:rsid w:val="00AC7EEA"/>
     <w:rsid w:val="00AD2B2E"/>
     <w:rsid w:val="00AD4D0F"/>
     <w:rsid w:val="00AD6A57"/>
     <w:rsid w:val="00AE44D1"/>
     <w:rsid w:val="00AF69CF"/>
     <w:rsid w:val="00AF729B"/>
+    <w:rsid w:val="00B03831"/>
     <w:rsid w:val="00B06841"/>
     <w:rsid w:val="00B076BD"/>
+    <w:rsid w:val="00B17803"/>
     <w:rsid w:val="00B37429"/>
     <w:rsid w:val="00B41335"/>
     <w:rsid w:val="00B43508"/>
     <w:rsid w:val="00B444D9"/>
+    <w:rsid w:val="00B55F0A"/>
     <w:rsid w:val="00B6521F"/>
     <w:rsid w:val="00B66EA8"/>
     <w:rsid w:val="00B67E8F"/>
     <w:rsid w:val="00B7114B"/>
     <w:rsid w:val="00B7547D"/>
     <w:rsid w:val="00B77E79"/>
     <w:rsid w:val="00B8119A"/>
+    <w:rsid w:val="00B830FD"/>
+    <w:rsid w:val="00B9015F"/>
     <w:rsid w:val="00B93309"/>
     <w:rsid w:val="00B966F7"/>
+    <w:rsid w:val="00BA438F"/>
     <w:rsid w:val="00BA4BAC"/>
     <w:rsid w:val="00BB35D8"/>
     <w:rsid w:val="00BC10CD"/>
     <w:rsid w:val="00BC110E"/>
     <w:rsid w:val="00BC4E52"/>
     <w:rsid w:val="00BD1E10"/>
     <w:rsid w:val="00BD2A77"/>
     <w:rsid w:val="00BD364B"/>
     <w:rsid w:val="00BE655A"/>
+    <w:rsid w:val="00BE7488"/>
     <w:rsid w:val="00BF043C"/>
     <w:rsid w:val="00BF0D5F"/>
     <w:rsid w:val="00BF5F1D"/>
     <w:rsid w:val="00BF6314"/>
     <w:rsid w:val="00C01EA2"/>
     <w:rsid w:val="00C0325F"/>
+    <w:rsid w:val="00C05FC4"/>
     <w:rsid w:val="00C06151"/>
     <w:rsid w:val="00C14715"/>
     <w:rsid w:val="00C155D2"/>
     <w:rsid w:val="00C172E8"/>
     <w:rsid w:val="00C21556"/>
     <w:rsid w:val="00C23ACC"/>
     <w:rsid w:val="00C33976"/>
     <w:rsid w:val="00C33D20"/>
     <w:rsid w:val="00C34F65"/>
     <w:rsid w:val="00C364B4"/>
     <w:rsid w:val="00C451AA"/>
+    <w:rsid w:val="00C46950"/>
     <w:rsid w:val="00C47A5B"/>
     <w:rsid w:val="00C62BD5"/>
     <w:rsid w:val="00C6447B"/>
     <w:rsid w:val="00C6573D"/>
     <w:rsid w:val="00C6671A"/>
     <w:rsid w:val="00C66783"/>
     <w:rsid w:val="00C66CD5"/>
     <w:rsid w:val="00C67281"/>
     <w:rsid w:val="00C705F5"/>
     <w:rsid w:val="00C72BF8"/>
+    <w:rsid w:val="00C921F7"/>
     <w:rsid w:val="00CA2D38"/>
     <w:rsid w:val="00CB0B7E"/>
     <w:rsid w:val="00CD0143"/>
+    <w:rsid w:val="00CD38EA"/>
     <w:rsid w:val="00CD5DFE"/>
     <w:rsid w:val="00CD6C0D"/>
     <w:rsid w:val="00CD7A82"/>
     <w:rsid w:val="00CF167F"/>
     <w:rsid w:val="00D0016E"/>
     <w:rsid w:val="00D01456"/>
+    <w:rsid w:val="00D061E5"/>
     <w:rsid w:val="00D13BEE"/>
     <w:rsid w:val="00D13C6D"/>
     <w:rsid w:val="00D30447"/>
     <w:rsid w:val="00D44803"/>
     <w:rsid w:val="00D47F42"/>
+    <w:rsid w:val="00D505DD"/>
     <w:rsid w:val="00D614B3"/>
     <w:rsid w:val="00D66834"/>
     <w:rsid w:val="00D749D9"/>
     <w:rsid w:val="00D767DC"/>
     <w:rsid w:val="00D8310A"/>
     <w:rsid w:val="00D8782C"/>
     <w:rsid w:val="00D96F53"/>
     <w:rsid w:val="00DA3301"/>
     <w:rsid w:val="00DB319E"/>
     <w:rsid w:val="00DB631C"/>
     <w:rsid w:val="00DC3FB4"/>
+    <w:rsid w:val="00DD287A"/>
     <w:rsid w:val="00DD7D7E"/>
     <w:rsid w:val="00DF6C99"/>
     <w:rsid w:val="00DF7353"/>
     <w:rsid w:val="00E03BB4"/>
     <w:rsid w:val="00E04540"/>
     <w:rsid w:val="00E052F6"/>
+    <w:rsid w:val="00E108A9"/>
     <w:rsid w:val="00E10F2C"/>
+    <w:rsid w:val="00E14695"/>
     <w:rsid w:val="00E170D4"/>
     <w:rsid w:val="00E20A46"/>
     <w:rsid w:val="00E41821"/>
     <w:rsid w:val="00E44D5E"/>
     <w:rsid w:val="00E54AC6"/>
     <w:rsid w:val="00E56AFC"/>
     <w:rsid w:val="00E57223"/>
     <w:rsid w:val="00E62DAB"/>
     <w:rsid w:val="00E656C0"/>
     <w:rsid w:val="00E73887"/>
     <w:rsid w:val="00E7511C"/>
     <w:rsid w:val="00E771BA"/>
     <w:rsid w:val="00E813DC"/>
     <w:rsid w:val="00E91BA7"/>
     <w:rsid w:val="00E948A4"/>
     <w:rsid w:val="00EA148B"/>
     <w:rsid w:val="00EA1936"/>
     <w:rsid w:val="00EA2F56"/>
+    <w:rsid w:val="00EA38FF"/>
     <w:rsid w:val="00EB7DD4"/>
     <w:rsid w:val="00EC6F6E"/>
     <w:rsid w:val="00ED30D2"/>
     <w:rsid w:val="00EE0246"/>
     <w:rsid w:val="00EF3074"/>
     <w:rsid w:val="00EF393E"/>
     <w:rsid w:val="00F00222"/>
     <w:rsid w:val="00F04581"/>
     <w:rsid w:val="00F17CD1"/>
     <w:rsid w:val="00F234BA"/>
     <w:rsid w:val="00F244B1"/>
     <w:rsid w:val="00F25156"/>
     <w:rsid w:val="00F26A7D"/>
     <w:rsid w:val="00F32AD0"/>
     <w:rsid w:val="00F41D97"/>
     <w:rsid w:val="00F54A4B"/>
     <w:rsid w:val="00F55BB7"/>
     <w:rsid w:val="00F77F8B"/>
     <w:rsid w:val="00F9422F"/>
     <w:rsid w:val="00FB24B5"/>
     <w:rsid w:val="00FC0D1A"/>
     <w:rsid w:val="00FC1189"/>
     <w:rsid w:val="00FC2355"/>
     <w:rsid w:val="00FC5D1B"/>
+    <w:rsid w:val="00FD4944"/>
     <w:rsid w:val="00FE0257"/>
     <w:rsid w:val="00FE6D4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3D98D669"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F5641B01-7092-409A-833C-7CC6A26F04DB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -8594,51 +9754,51 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00C66CD5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00C66CD5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="113867615">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="538202391">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9691,68 +10851,68 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1346</Words>
-  <Characters>7677</Characters>
+  <Words>1247</Words>
+  <Characters>8046</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>178</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9005</CharactersWithSpaces>
+  <CharactersWithSpaces>9212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:subject/>
   <dc:creator>Christopher Bordoni</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>